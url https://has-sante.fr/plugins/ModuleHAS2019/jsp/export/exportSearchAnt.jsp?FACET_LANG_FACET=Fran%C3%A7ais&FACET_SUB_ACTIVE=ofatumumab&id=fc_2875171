--- v0 (2025-10-16)
+++ v1 (2025-11-30)
@@ -74,51 +74,51 @@
   <si>
     <t/>
   </si>
   <si>
     <t>06/12/2025 11:52:28</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3270867/en/kesimpta-ofatumumab</t>
   </si>
   <si>
     <t>p_3270867</t>
   </si>
   <si>
     <t>ofatumumab</t>
   </si>
   <si>
     <t>NOVARTIS PHARMA</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3270638/en/kesimpta-ofatumumab</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3410976/en/kesimpta-ofatumumab-sclerose-en-plaques</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3608831/en/kesimpta-ofatumumab-sclerose-en-plaques</t>
+    <t>https://www.has-sante.fr/jcms/p_3608831/en/kesimpta-ofatumumab-multiple-sclerosis-rms</t>
   </si>
   <si>
     <t>ARZERRA (ofatumumab)</t>
   </si>
   <si>
     <t>06/20/2018 16:44:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/pprd_2983222/en/arzerra-ofatumumab</t>
   </si>
   <si>
     <t>pprd_2983222</t>
   </si>
   <si>
     <t>NOVARTIS PHARMA S.A.S.</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_994266/en/arzerra</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2040126/en/arzerra-ofatumumab-monoclonal-antibody</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2748409/en/arzerra-ofatumumab</t>
   </si>