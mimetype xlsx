--- v1 (2025-11-30)
+++ v2 (2026-01-14)
@@ -1,320 +1,1203 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Drugs" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Guide maladie chronique" r:id="rId3" sheetId="1"/>
+    <sheet name="Export évènement de calendrier" r:id="rId4" sheetId="2"/>
+    <sheet name="Export Medicament" r:id="rId5" sheetId="3"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Drugs'!$B$1:$K$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="38" uniqueCount="31">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="219" uniqueCount="119">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Active ingredient</t>
-[...8 lines deleted...]
-    <t>Medicine</t>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Purpura Thrombopénique Immunologique  de l’enfant et de l’adolescent</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un enfant atteint de purpura thrombopénique immunologique (PTI). Il a été élaboré par le Centre de référence des cytopénies auto-immunes de l’enfant (CEREVANCE) sous l’égide de la filière de santé Maladies Rares Immuno-Hématologiques (MaRIH) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>10/04/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>18/04/2025 14:08:13</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3601597/fr/purpura-thrombopenique-immunologique-de-l-enfant-et-de-l-adolescent</t>
+  </si>
+  <si>
+    <t>p_3601597</t>
+  </si>
+  <si>
+    <t>Les maladies du spectre de la neuromyélite optique</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de la NMOSD. Il a été élaboré par le Centre de référence des maladies inflammatoires rares du cerveau et de la moelle à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>04/03/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3245151/fr/les-maladies-du-spectre-de-la-neuromyelite-optique</t>
+  </si>
+  <si>
+    <t>p_3245151</t>
+  </si>
+  <si>
+    <t>Syndrome néphrotique idiopathique de l’enfant</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de Syndrome néphrotique idiopathique de l’enfant. Il a été élaboré par le Centre de Référence Syndrome Néphrotique Idiopathique à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>23/03/2023 10:32:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3403870/fr/syndrome-nephrotique-idiopathique-de-l-enfant</t>
+  </si>
+  <si>
+    <t>p_3403870</t>
+  </si>
+  <si>
+    <t>Glomérulonéphrite Extra-Membraneuse</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de GEM. Il a été élaboré par le Centre de Référence Maladies Rares du Syndrome Néphrotique Idiopathique à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>12/12/2022 17:27:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3392035/fr/glomerulonephrite-extra-membraneuse</t>
+  </si>
+  <si>
+    <t>p_3392035</t>
+  </si>
+  <si>
+    <t>Purpura thrombotique thrombocytopénique</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient d’un patient atteint de PTT, dans sa forme autoimmune ou congénitale, et en contexte obstétrical. Il a été élaboré par le Centre de référence des microangiopathies thrombotiques (CNR-MAT) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>07/10/2022 11:12:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3375723/fr/purpura-thrombotique-thrombocytopenique</t>
+  </si>
+  <si>
+    <t>p_3375723</t>
+  </si>
+  <si>
+    <t>Maladie (ou syndrome) de Sjögren</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de Syndrome de Sjögren. Il a été élaboré par le Centre de référence des maladies auto-immunes et systémiques rares à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>07/04/2022 08:34:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3328894/fr/maladie-ou-syndrome-de-sjogren</t>
+  </si>
+  <si>
+    <t>p_3328894</t>
+  </si>
+  <si>
+    <t>Cryoglobulinémies</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de cryoglobulinémie. Il a été élaboré sous l’égide du centre de référence des maladies auto-immunes systémiques rares d’Ile-de-France et de la filière des maladies auto-immunes et auto-inflammatoires rares à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>14/10/2021 08:39:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3278570/fr/cryoglobulinemies</t>
+  </si>
+  <si>
+    <t>p_3278570</t>
+  </si>
+  <si>
+    <t>Type d'évènement</t>
+  </si>
+  <si>
+    <t>Evénement de Calendrier</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 14 mai 2025</t>
+  </si>
+  <si>
+    <t>09/05/2025 10:33:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3604273/fr/commission-de-la-transparence-reunion-du-14-mai-2025</t>
+  </si>
+  <si>
+    <t>p_3604273</t>
+  </si>
+  <si>
+    <t>Commission</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 23 avril 2025</t>
+  </si>
+  <si>
+    <t>16/04/2025 12:11:03</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3602198/fr/commission-de-la-transparence-reunion-du-23-avril-2025</t>
+  </si>
+  <si>
+    <t>p_3602198</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 15 janvier 2025</t>
+  </si>
+  <si>
+    <t>08/01/2025 16:09:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3576731/fr/commission-de-la-transparence-reunion-du-15-janvier-2025</t>
+  </si>
+  <si>
+    <t>p_3576731</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 18 décembre 2024</t>
+  </si>
+  <si>
+    <t>13/12/2024 08:24:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3572417/fr/commission-de-la-transparence-reunion-du-18-decembre-2024</t>
+  </si>
+  <si>
+    <t>p_3572417</t>
+  </si>
+  <si>
+    <t>CEESP - Réunion du 8 juin 2021</t>
+  </si>
+  <si>
+    <t>08/06/2021 18:13:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3270915/fr/ceesp-reunion-du-8-juin-2021</t>
+  </si>
+  <si>
+    <t>p_3270915</t>
+  </si>
+  <si>
+    <t>Commission de la Transparence - Réunion à distance du 2 juin 2021</t>
+  </si>
+  <si>
+    <t>26/05/2021 15:29:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3268363/fr/commission-de-la-transparence-reunion-a-distance-du-2-juin-2021</t>
+  </si>
+  <si>
+    <t>p_3268363</t>
+  </si>
+  <si>
+    <t>Commission de la Transparence - Réunion à distance du 5 mai 2021</t>
+  </si>
+  <si>
+    <t>30/04/2021 10:55:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3263613/fr/commission-de-la-transparence-reunion-a-distance-du-5-mai-2021</t>
+  </si>
+  <si>
+    <t>p_3263613</t>
+  </si>
+  <si>
+    <t>Commission de la Transparence - Réunion à distance du 21 avril 2021</t>
+  </si>
+  <si>
+    <t>16/04/2021 11:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3261408/fr/commission-de-la-transparence-reunion-a-distance-du-21-avril-2021</t>
+  </si>
+  <si>
+    <t>p_3261408</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 16 mai 2018</t>
+  </si>
+  <si>
+    <t>09/05/2018 15:39:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2849071/fr/commission-de-la-transparence-reunion-du-16-mai-2018</t>
+  </si>
+  <si>
+    <t>c_2849071</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 17 juin 2015</t>
+  </si>
+  <si>
+    <t>10/06/2015 18:26:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2038314/fr/commission-de-la-transparence-reunion-du-17-juin-2015</t>
+  </si>
+  <si>
+    <t>c_2038314</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 20 mai 2015</t>
+  </si>
+  <si>
+    <t>13/05/2015 10:16:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2034553/fr/commission-de-la-transparence-reunion-du-20-mai-2015</t>
+  </si>
+  <si>
+    <t>c_2034553</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 22 septembre 2010</t>
+  </si>
+  <si>
+    <t>22/09/2010 16:58:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_984076/fr/commission-de-la-transparence-reunion-du-22-septembre-2010</t>
+  </si>
+  <si>
+    <t>c_984076</t>
+  </si>
+  <si>
+    <t>Substance active (DCI)</t>
+  </si>
+  <si>
+    <t>Laboratoire / Fabricant</t>
+  </si>
+  <si>
+    <t>Avis sur les Médicaments</t>
+  </si>
+  <si>
+    <t>Médicament</t>
   </si>
   <si>
     <t>KESIMPTA (ofatumumab)</t>
   </si>
   <si>
-    <t/>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3270867/en/kesimpta-ofatumumab</t>
+    <t>12/06/2025 11:52:28</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3270867/fr/kesimpta-ofatumumab</t>
   </si>
   <si>
     <t>p_3270867</t>
   </si>
   <si>
     <t>ofatumumab</t>
   </si>
   <si>
     <t>NOVARTIS PHARMA</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3270638/en/kesimpta-ofatumumab</t>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3608831/en/kesimpta-ofatumumab-multiple-sclerosis-rms</t>
+    <t>https://www.has-sante.fr/jcms/p_3270638/fr/kesimpta-ofatumumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3410976/fr/kesimpta-ofatumumab-sclerose-en-plaques</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3608831/fr/kesimpta-ofatumumab-sclerose-en-plaques</t>
   </si>
   <si>
     <t>ARZERRA (ofatumumab)</t>
   </si>
   <si>
-    <t>06/20/2018 16:44:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2983222/en/arzerra-ofatumumab</t>
+    <t>20/06/2018 16:44:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983222/fr/arzerra-ofatumumab</t>
   </si>
   <si>
     <t>pprd_2983222</t>
   </si>
   <si>
     <t>NOVARTIS PHARMA S.A.S.</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_994266/en/arzerra</t>
-[...8 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2857791/en/arzerra-ofatumumab</t>
+    <t>https://www.has-sante.fr/jcms/c_994266/fr/arzerra-ofatumumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2040126/fr/arzerra-ofatumumab-anticorps-monoclonal</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2748409/fr/arzerra-ofatumumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2857791/fr/arzerra-ofatumumab</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:N3"/>
+  <dimension ref="A1:H8"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
-      <c r="I1" t="s">
-[...7 lines deleted...]
-      </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
+        <v>8</v>
+      </c>
+      <c r="B2" t="s">
+        <v>9</v>
+      </c>
+      <c r="C2" t="s">
+        <v>10</v>
+      </c>
+      <c r="D2" t="s">
         <v>11</v>
       </c>
-      <c r="B2" t="s">
+      <c r="E2" t="s">
         <v>12</v>
       </c>
-      <c r="C2" t="s">
-[...5 lines deleted...]
-      <c r="E2" t="s">
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
         <v>14</v>
       </c>
-      <c r="F2" t="s">
-[...2 lines deleted...]
-      <c r="G2" t="s">
+      <c r="H2" t="s">
         <v>15</v>
-      </c>
-[...16 lines deleted...]
-        <v>21</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="B3" t="s">
+        <v>16</v>
+      </c>
+      <c r="C3" t="s">
+        <v>17</v>
+      </c>
+      <c r="D3" t="s">
+        <v>13</v>
+      </c>
+      <c r="E3" t="s">
+        <v>18</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>19</v>
+      </c>
+      <c r="H3" t="s">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>8</v>
+      </c>
+      <c r="B4" t="s">
+        <v>21</v>
+      </c>
+      <c r="C4" t="s">
         <v>22</v>
       </c>
+      <c r="D4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E4" t="s">
+        <v>23</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>24</v>
+      </c>
+      <c r="H4" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>8</v>
+      </c>
+      <c r="B5" t="s">
+        <v>26</v>
+      </c>
+      <c r="C5" t="s">
+        <v>27</v>
+      </c>
+      <c r="D5" t="s">
+        <v>13</v>
+      </c>
+      <c r="E5" t="s">
+        <v>28</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>29</v>
+      </c>
+      <c r="H5" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>8</v>
+      </c>
+      <c r="B6" t="s">
+        <v>31</v>
+      </c>
+      <c r="C6" t="s">
+        <v>32</v>
+      </c>
+      <c r="D6" t="s">
+        <v>13</v>
+      </c>
+      <c r="E6" t="s">
+        <v>33</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
+        <v>34</v>
+      </c>
+      <c r="H6" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>8</v>
+      </c>
+      <c r="B7" t="s">
+        <v>36</v>
+      </c>
+      <c r="C7" t="s">
+        <v>37</v>
+      </c>
+      <c r="D7" t="s">
+        <v>13</v>
+      </c>
+      <c r="E7" t="s">
+        <v>38</v>
+      </c>
+      <c r="F7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G7" t="s">
+        <v>39</v>
+      </c>
+      <c r="H7" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>8</v>
+      </c>
+      <c r="B8" t="s">
+        <v>41</v>
+      </c>
+      <c r="C8" t="s">
+        <v>42</v>
+      </c>
+      <c r="D8" t="s">
+        <v>13</v>
+      </c>
+      <c r="E8" t="s">
+        <v>43</v>
+      </c>
+      <c r="F8" t="s">
+        <v>13</v>
+      </c>
+      <c r="G8" t="s">
+        <v>44</v>
+      </c>
+      <c r="H8" t="s">
+        <v>45</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:I13"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>47</v>
+      </c>
+      <c r="B2" t="s">
+        <v>48</v>
+      </c>
+      <c r="C2" t="s">
+        <v>13</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>49</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>50</v>
+      </c>
+      <c r="H2" t="s">
+        <v>51</v>
+      </c>
+      <c r="I2" t="s">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>47</v>
+      </c>
+      <c r="B3" t="s">
+        <v>53</v>
+      </c>
       <c r="C3" t="s">
         <v>13</v>
       </c>
       <c r="D3" t="s">
         <v>13</v>
       </c>
       <c r="E3" t="s">
-        <v>23</v>
+        <v>54</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>24</v>
+        <v>55</v>
       </c>
       <c r="H3" t="s">
-        <v>25</v>
+        <v>56</v>
       </c>
       <c r="I3" t="s">
-        <v>17</v>
+        <v>52</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>47</v>
+      </c>
+      <c r="B4" t="s">
+        <v>57</v>
+      </c>
+      <c r="C4" t="s">
+        <v>13</v>
+      </c>
+      <c r="D4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E4" t="s">
+        <v>58</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>59</v>
+      </c>
+      <c r="H4" t="s">
+        <v>60</v>
+      </c>
+      <c r="I4" t="s">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>47</v>
+      </c>
+      <c r="B5" t="s">
+        <v>61</v>
+      </c>
+      <c r="C5" t="s">
+        <v>13</v>
+      </c>
+      <c r="D5" t="s">
+        <v>13</v>
+      </c>
+      <c r="E5" t="s">
+        <v>62</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>63</v>
+      </c>
+      <c r="H5" t="s">
+        <v>64</v>
+      </c>
+      <c r="I5" t="s">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>47</v>
+      </c>
+      <c r="B6" t="s">
+        <v>65</v>
+      </c>
+      <c r="C6" t="s">
+        <v>13</v>
+      </c>
+      <c r="D6" t="s">
+        <v>13</v>
+      </c>
+      <c r="E6" t="s">
+        <v>66</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
+        <v>67</v>
+      </c>
+      <c r="H6" t="s">
+        <v>68</v>
+      </c>
+      <c r="I6" t="s">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>47</v>
+      </c>
+      <c r="B7" t="s">
+        <v>69</v>
+      </c>
+      <c r="C7" t="s">
+        <v>13</v>
+      </c>
+      <c r="D7" t="s">
+        <v>13</v>
+      </c>
+      <c r="E7" t="s">
+        <v>70</v>
+      </c>
+      <c r="F7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G7" t="s">
+        <v>71</v>
+      </c>
+      <c r="H7" t="s">
+        <v>72</v>
+      </c>
+      <c r="I7" t="s">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>47</v>
+      </c>
+      <c r="B8" t="s">
+        <v>73</v>
+      </c>
+      <c r="C8" t="s">
+        <v>13</v>
+      </c>
+      <c r="D8" t="s">
+        <v>13</v>
+      </c>
+      <c r="E8" t="s">
+        <v>74</v>
+      </c>
+      <c r="F8" t="s">
+        <v>13</v>
+      </c>
+      <c r="G8" t="s">
+        <v>75</v>
+      </c>
+      <c r="H8" t="s">
+        <v>76</v>
+      </c>
+      <c r="I8" t="s">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>47</v>
+      </c>
+      <c r="B9" t="s">
+        <v>77</v>
+      </c>
+      <c r="C9" t="s">
+        <v>13</v>
+      </c>
+      <c r="D9" t="s">
+        <v>13</v>
+      </c>
+      <c r="E9" t="s">
+        <v>78</v>
+      </c>
+      <c r="F9" t="s">
+        <v>13</v>
+      </c>
+      <c r="G9" t="s">
+        <v>79</v>
+      </c>
+      <c r="H9" t="s">
+        <v>80</v>
+      </c>
+      <c r="I9" t="s">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>47</v>
+      </c>
+      <c r="B10" t="s">
+        <v>81</v>
+      </c>
+      <c r="C10" t="s">
+        <v>13</v>
+      </c>
+      <c r="D10" t="s">
+        <v>13</v>
+      </c>
+      <c r="E10" t="s">
+        <v>82</v>
+      </c>
+      <c r="F10" t="s">
+        <v>13</v>
+      </c>
+      <c r="G10" t="s">
+        <v>83</v>
+      </c>
+      <c r="H10" t="s">
+        <v>84</v>
+      </c>
+      <c r="I10" t="s">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>47</v>
+      </c>
+      <c r="B11" t="s">
+        <v>85</v>
+      </c>
+      <c r="C11" t="s">
+        <v>13</v>
+      </c>
+      <c r="D11" t="s">
+        <v>13</v>
+      </c>
+      <c r="E11" t="s">
+        <v>86</v>
+      </c>
+      <c r="F11" t="s">
+        <v>13</v>
+      </c>
+      <c r="G11" t="s">
+        <v>87</v>
+      </c>
+      <c r="H11" t="s">
+        <v>88</v>
+      </c>
+      <c r="I11" t="s">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>47</v>
+      </c>
+      <c r="B12" t="s">
+        <v>89</v>
+      </c>
+      <c r="C12" t="s">
+        <v>13</v>
+      </c>
+      <c r="D12" t="s">
+        <v>13</v>
+      </c>
+      <c r="E12" t="s">
+        <v>90</v>
+      </c>
+      <c r="F12" t="s">
+        <v>13</v>
+      </c>
+      <c r="G12" t="s">
+        <v>91</v>
+      </c>
+      <c r="H12" t="s">
+        <v>92</v>
+      </c>
+      <c r="I12" t="s">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="s">
+        <v>47</v>
+      </c>
+      <c r="B13" t="s">
+        <v>93</v>
+      </c>
+      <c r="C13" t="s">
+        <v>13</v>
+      </c>
+      <c r="D13" t="s">
+        <v>13</v>
+      </c>
+      <c r="E13" t="s">
+        <v>94</v>
+      </c>
+      <c r="F13" t="s">
+        <v>13</v>
+      </c>
+      <c r="G13" t="s">
+        <v>95</v>
+      </c>
+      <c r="H13" t="s">
+        <v>96</v>
+      </c>
+      <c r="I13" t="s">
+        <v>52</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:I1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:N3"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>97</v>
+      </c>
+      <c r="J1" t="s">
+        <v>98</v>
+      </c>
+      <c r="K1" t="s">
+        <v>99</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>100</v>
+      </c>
+      <c r="B2" t="s">
+        <v>101</v>
+      </c>
+      <c r="C2" t="s">
+        <v>13</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>102</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>103</v>
+      </c>
+      <c r="H2" t="s">
+        <v>104</v>
+      </c>
+      <c r="I2" t="s">
+        <v>105</v>
+      </c>
+      <c r="J2" t="s">
+        <v>106</v>
+      </c>
+      <c r="K2" t="s">
+        <v>107</v>
+      </c>
+      <c r="L2" t="s">
+        <v>108</v>
+      </c>
+      <c r="M2" t="s">
+        <v>109</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>100</v>
+      </c>
+      <c r="B3" t="s">
+        <v>110</v>
+      </c>
+      <c r="C3" t="s">
+        <v>13</v>
+      </c>
+      <c r="D3" t="s">
+        <v>13</v>
+      </c>
+      <c r="E3" t="s">
+        <v>111</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>112</v>
+      </c>
+      <c r="H3" t="s">
+        <v>113</v>
+      </c>
+      <c r="I3" t="s">
+        <v>105</v>
       </c>
       <c r="J3" t="s">
-        <v>26</v>
+        <v>114</v>
       </c>
       <c r="K3" t="s">
-        <v>27</v>
+        <v>115</v>
       </c>
       <c r="L3" t="s">
-        <v>28</v>
+        <v>116</v>
       </c>
       <c r="M3" t="s">
-        <v>29</v>
+        <v>117</v>
       </c>
       <c r="N3" t="s">
-        <v>30</v>
+        <v>118</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>