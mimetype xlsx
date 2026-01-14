--- v0 (2025-10-16)
+++ v1 (2026-01-14)
@@ -35,69 +35,69 @@
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Health technology assessment</t>
-[...11 lines deleted...]
-    <t>04/16/2020 16:28:00</t>
+    <t>Evaluation des technologies de santé</t>
+  </si>
+  <si>
+    <t>Place des tests sérologiques dans la stratégie de prise en charge de la maladie COVID-19</t>
+  </si>
+  <si>
+    <t>[Mise à jour le 18/05/2020] La HAS définit les critères de qualité et d’exigence des tests sérologiques, à partir des dernières données scientifiques et médicales disponibles à ce jour pour faciliter leur développement et l’évaluation de leur fiabilité.</t>
+  </si>
+  <si>
+    <t>14/05/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>16/04/2020 16:28:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3179992/en/specifications-setting-out-the-performance-assessment-methods-applicable-to-serological-tests-detecting-anti-sars-cov-2-antibodies</t>
+    <t>https://www.has-sante.fr/jcms/p_3179992/fr/place-des-tests-serologiques-dans-la-strategie-de-prise-en-charge-de-la-maladie-covid-19</t>
   </si>
   <si>
     <t>p_3179992</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>