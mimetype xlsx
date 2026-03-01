--- v0 (2025-10-19)
+++ v1 (2026-03-01)
@@ -1,380 +1,173 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
-[...3 lines deleted...]
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet6.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Recommandation en santé " r:id="rId3" sheetId="1"/>
-[...4 lines deleted...]
-    <sheet name="Export Article HAS" r:id="rId8" sheetId="6"/>
+    <sheet name="Export " r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Recommandation en santé '!$B$1:$H$1</definedName>
-[...4 lines deleted...]
-    <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="true">'Export Article HAS'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="166" uniqueCount="87">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="24" uniqueCount="23">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Recommandation en santé publique</t>
-[...11 lines deleted...]
-    <t>13/02/2024 13:45:00</t>
+    <t>Public Health guideline</t>
+  </si>
+  <si>
+    <t>Inborn errors of metabolism : assessment of expanded newborn screening using tandem mass spectrometry in France (part 2)</t>
+  </si>
+  <si>
+    <t>Le dépistage néonatal est une intervention de santé publique visant à détecter dès la naissance certaines maladies rares mais graves. L’enjeu est de mettre en œuvre, avant l’apparition de symptômes, des mesures appropriées afin d’éviter ou de limiter les conséquences négatives de ces maladies sur la santé des enfants.</t>
+  </si>
+  <si>
+    <t>01/22/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>02/03/2020 10:20:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3426280/fr/depistage-neonatal-reevaluation-de-l-opportunite-d-integrer-cinq-erreurs-innees-du-metabolisme-au-programme-de-dnn</t>
-[...17 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2866458/fr/evaluation-a-priori-de-l-extension-du-depistage-neonatal-a-une-ou-plusieurs-erreurs-innees-du-metabolisme-par-spectrometrie-de-masse-en-tandem-volet-2</t>
+    <t>https://www.has-sante.fr/jcms/c_2866458/en/inborn-errors-of-metabolism-assessment-of-expanded-newborn-screening-using-tandem-mass-spectrometry-in-france-part-2</t>
   </si>
   <si>
     <t>c_2866458</t>
   </si>
   <si>
-    <t>Guide maladie chronique</t>
-[...80 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_546549/fr/strategie-de-prise-en-charge-en-cas-de-denutrition-proteino-energetique-chez-la-personne-agee</t>
+    <t>Practice guidelines</t>
+  </si>
+  <si>
+    <t>Malnutrition in the elderly - Nutritional support strategy</t>
+  </si>
+  <si>
+    <t>To provide a guide for health professionals to assist management of elderly subjects who are malnourished or at risk of malnutrition.</t>
+  </si>
+  <si>
+    <t>04/25/2007 00:00:00</t>
+  </si>
+  <si>
+    <t>06/26/2007 13:44:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_546549/en/malnutrition-in-the-elderly-nutritional-support-strategy</t>
   </si>
   <si>
     <t>c_546549</t>
-  </si>
-[...106 lines deleted...]
-    <t>p_3349687</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId8" Target="worksheets/sheet6.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H3"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
@@ -395,597 +188,67 @@
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
         <v>14</v>
       </c>
       <c r="H2" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>8</v>
+        <v>16</v>
       </c>
       <c r="B3" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="C3" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="D3" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="E3" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="H3" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-[...528 lines deleted...]
-
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>