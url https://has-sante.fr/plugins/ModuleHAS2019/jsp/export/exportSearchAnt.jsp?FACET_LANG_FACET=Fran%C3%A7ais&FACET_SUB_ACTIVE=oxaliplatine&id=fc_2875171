--- v0 (2025-10-16)
+++ v1 (2026-01-14)
@@ -1,250 +1,850 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet5.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet6.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet7.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet8.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Opinion on medical devic" r:id="rId3" sheetId="1"/>
-[...1 lines deleted...]
-    <sheet name="Export Health technology assess" r:id="rId5" sheetId="3"/>
+    <sheet name="Export Avis sur les dispositifs" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Recommandation en santé " r:id="rId4" sheetId="2"/>
+    <sheet name="Export Guide maladie chronique" r:id="rId5" sheetId="3"/>
+    <sheet name="Export Recommandation de bonne " r:id="rId6" sheetId="4"/>
+    <sheet name="Export Evaluation des technolog" r:id="rId7" sheetId="5"/>
+    <sheet name="Export évènement de calendrier" r:id="rId8" sheetId="6"/>
+    <sheet name="Export Avis et décisions de la " r:id="rId9" sheetId="7"/>
+    <sheet name="Export Medicament" r:id="rId10" sheetId="8"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Opinion on medical devic'!$B$1:$J$1</definedName>
-[...1 lines deleted...]
-    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Health technology assess'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Avis sur les dispositifs'!$B$1:$J$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Recommandation en santé '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="6" hidden="true">'Export Avis et décisions de la '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="7" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="68" uniqueCount="45">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="474" uniqueCount="240">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Nature of the product or service</t>
-[...17 lines deleted...]
-    <t>01/06/2011 13:09:00</t>
+    <t>Description</t>
+  </si>
+  <si>
+    <t>Laboratoire / Fabricant</t>
+  </si>
+  <si>
+    <t>Avis sur les dispositifs médicaux et autres produits de santé</t>
+  </si>
+  <si>
+    <t>THERASPHERE</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_1011043/en/sir-spheres-21-december-2010-2952-opinion</t>
+    <t>08/10/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>08/01/2025 09:19:03</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3568307/fr/therasphere</t>
+  </si>
+  <si>
+    <t>p_3568307</t>
+  </si>
+  <si>
+    <t>Microsphères d’Yttrium-90</t>
+  </si>
+  <si>
+    <t>BOSTON SCIENTIFIC SAS (France)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3568310/fr/therasphere</t>
+  </si>
+  <si>
+    <t>p_3568310</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3568325/fr/therasphere</t>
+  </si>
+  <si>
+    <t>p_3568325</t>
+  </si>
+  <si>
+    <t>SIR-SPHERES Y-90 RESIN MICROSPHERES (SIR-SPHERES)</t>
+  </si>
+  <si>
+    <t>24/05/2022 00:00:00</t>
+  </si>
+  <si>
+    <t>30/05/2022 09:06:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3341504/fr/sir-spheres-y-90-resin-microspheres-sir-spheres</t>
+  </si>
+  <si>
+    <t>p_3341504</t>
+  </si>
+  <si>
+    <t>Microsphères d’Yttrium 90</t>
+  </si>
+  <si>
+    <t>SIRTEX MEDICAL EUROPE GmbH</t>
+  </si>
+  <si>
+    <t>28/01/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>21/08/2020 16:21:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3197014/fr/therasphere</t>
+  </si>
+  <si>
+    <t>p_3197014</t>
+  </si>
+  <si>
+    <t>BTG</t>
+  </si>
+  <si>
+    <t>SIR-SPHERES</t>
+  </si>
+  <si>
+    <t>06/11/2018 00:00:00</t>
+  </si>
+  <si>
+    <t>20/12/2018 17:01:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2892909/fr/sir-spheres</t>
+  </si>
+  <si>
+    <t>c_2892909</t>
+  </si>
+  <si>
+    <t>24/03/2015 00:00:00</t>
+  </si>
+  <si>
+    <t>09/04/2015 18:09:46</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2023879/fr/sir-spheres</t>
+  </si>
+  <si>
+    <t>c_2023879</t>
+  </si>
+  <si>
+    <t>SIR-Spheres  - 21 décembre 2010 (2952) avis</t>
+  </si>
+  <si>
+    <t>Microsphères d’Yttrium-90 Nouveau dispositif Avis favorable dans le traitement des métastases hépatiques non résécables du cancer colorectal en chappement thérapeutique, pour la prise en charge temporaire dans le cadre d’une étude</t>
+  </si>
+  <si>
+    <t>21/12/2010 00:00:00</t>
+  </si>
+  <si>
+    <t>06/01/2011 13:09:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1011043/fr/sir-spheres-21-decembre-2010-2952-avis</t>
   </si>
   <si>
     <t>c_1011043</t>
   </si>
   <si>
-    <t>SIRTEX Medical Products Pty Ltd (Australia)</t>
-[...17 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_451135/en/patient-selection-criteria-for-at-home-cancer-chemotherapy</t>
+    <t>SIRTEX Medical Europe GmbH (Allemagne)</t>
+  </si>
+  <si>
+    <t>SIR-Spheres - CEPP du 07 juillet 2009 (2074)</t>
+  </si>
+  <si>
+    <t>29/07/2009 09:47:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_829806/fr/sir-spheres-cepp-du-07-juillet-2009-2074</t>
+  </si>
+  <si>
+    <t>c_829806</t>
+  </si>
+  <si>
+    <t>SIRTEX Medical Europe GmbH (ALLEMAGNE)</t>
+  </si>
+  <si>
+    <t>Recommandation en santé publique</t>
+  </si>
+  <si>
+    <t>Conditions du développement de la chimiothérapie en hospitalisation à domicile</t>
+  </si>
+  <si>
+    <t>Sur saisine de la Direction Générale de l’Offre de Soins, la HAS a réalisé un travail, actualisant la synthèse de littérature qu’elle avait publié en 2005, sur la chimiothérapie pratiquée en hospitalisation à domicile. Elle a complété cette analyse par une étude des bases de données tarifaires codant les séjours de chimiothérapie en HAD (PMSI HAD) et par cinq monographies de sites, après enquête de terrain. Ces travaux ont permis à la HAS de dresser un état des lieux précis des pratiques actuelles de chimiothérapie en HAD et de produire des recommandations, destinées au décideur public, pour lever les freins au développement de cette activité.</t>
+  </si>
+  <si>
+    <t>28/01/2015 00:00:00</t>
+  </si>
+  <si>
+    <t>16/03/2015 10:36:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1696038/fr/conditions-du-developpement-de-la-chimiotherapie-en-hospitalisation-a-domicile</t>
+  </si>
+  <si>
+    <t>c_1696038</t>
+  </si>
+  <si>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Anémie Hémolytique Auto-Immune de l’enfant et l’adolescent</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un enfant ou adolescent présentant une anémie hémolytique auto-immune (AHAI). Il a été élaboré par le Centre de référence des cytopénies auto-immunes de l’enfant (CEREVANCE) sous l’égide de la filière de santé MaRIH à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>05/12/2025 11:07:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3761395/fr/anemie-hemolytique-auto-immune-de-l-enfant-et-l-adolescent</t>
+  </si>
+  <si>
+    <t>p_3761395</t>
+  </si>
+  <si>
+    <t>Neuropathie amyloïde familiale</t>
+  </si>
+  <si>
+    <t>L’objectif de ce Protocole national de diagnostic et de soins (PNDS) est d’expliciter pour les professionnels de santé la prise en charge optimale actuelle et le parcours de soins d’un patient atteint de neuropathie amyloïde familiale (NAF).</t>
+  </si>
+  <si>
+    <t>03/05/2017 11:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2760531/fr/neuropathie-amyloide-familiale</t>
+  </si>
+  <si>
+    <t>c_2760531</t>
+  </si>
+  <si>
+    <t>Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Critères d'éligibilité des patients à une chimiothérapie anticancéreuse à domicile</t>
+  </si>
+  <si>
+    <t>Les recommandations ont pour objectif de définir des critères d'éligibilité des patients à une chimiothérapie anticancéreuse à domicile en abordant successivement :# 1. la typologie des chimiothérapies anticancéreuses réalisables à domicile dans des conditions de sécurité et de qualité comparables à celles de l'hospitalisation conventionnelle# 2. l'évaluation du patient dans le cadre d'un projet thérapeutique (préférences du patient et de son entourage et définition des critères médicaux, psychologiques, sociaux et environnementaux)# 3. la mise en œuvre de la chimiothérapie anticancéreuse à domicile et la surveillance postchimiothérapie.# La chimiothérapie anticancéreuse pédiatrique, qui requiert des considérations spécifiques, n’a pas été traitée.</t>
+  </si>
+  <si>
+    <t>01/09/2003 00:00:00</t>
+  </si>
+  <si>
+    <t>01/09/2003 09:43:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_451135/fr/criteres-d-eligibilite-des-patients-a-une-chimiotherapie-anticancereuse-a-domicile</t>
   </si>
   <si>
     <t>c_451135</t>
   </si>
   <si>
-    <t>Health technology assessment</t>
-[...14 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2891090/en/screening-for-dihydropyrimidine-dehydrogenase-deficiency-to-decrease-the-risk-of-severe-toxicities-related-to-fluoropyrimidines-5-fluorouracil-or-capecitabine-inahta-brief</t>
+    <t>Evaluation des technologies de santé</t>
+  </si>
+  <si>
+    <t>Méthodes de recherche d’un déficit en dihydropyrimidine deshydrogénase visant à prévenir certaines toxicités sévères associées aux traitements incluant une fluoropyrimidine (5-fluorouracile ou capécitabine)</t>
+  </si>
+  <si>
+    <t>L’objectif était de déterminer le ou les examens à réaliser en pratique et à large échelle pour identifier parmi les environ 80.000 patients/an traités par une chimiothérapie intégrant une fluoropyrimidine, dans le cadre de différents cancers (principalement cancers digestifs, du sein et ORL), ceux présentant un déficit d’activité de la dihydropyrimidine déshydrogénase (DPD), principale enzyme permettant l’élimination de ces médicaments.</t>
+  </si>
+  <si>
+    <t>21/09/2023 00:00:00</t>
+  </si>
+  <si>
+    <t>29/09/2023 10:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2891090/fr/methodes-de-recherche-d-un-deficit-en-dihydropyrimidine-deshydrogenase-visant-a-prevenir-certaines-toxicites-severes-associees-aux-traitements-incluant-une-fluoropyrimidine-5-fluorouracile-ou-capecitabine</t>
   </si>
   <si>
     <t>c_2891090</t>
   </si>
   <si>
-    <t>Hyperthermic Intraperitoneal Chemotherapy (HIPEC) associated or not with prior cytoreductive surgery - INAHTA Brief</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3168690/en/hyperthermic-intraperitoneal-chemotherapy-hipec-associated-or-not-with-prior-cytoreductive-surgery-inahta-brief</t>
+    <t>Chimiohyperthermie intrapéritonéale (CHIP) associée ou non à une chirurgie de cytoréduction préalable</t>
+  </si>
+  <si>
+    <t>La HAS a évalué l’efficacité et la sécurité de l’acte de chimiohyperthermie intrapéritonéale associée ou non à une cytoréduction préalable. L'objectif est de définir les indications, les conditions de réalisation de l’acte associée ou non à une cytoréduction préalable, de l’hospitalisation et, enfin du suivi post-hospitalisation.</t>
+  </si>
+  <si>
+    <t>17/06/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>21/06/2021 16:56:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3168690/fr/chimiohyperthermie-intraperitoneale-chip-associee-ou-non-a-une-chirurgie-de-cytoreduction-prealable</t>
   </si>
   <si>
     <t>p_3168690</t>
   </si>
   <si>
-    <t>Conformational intensity-modulated radiation therapy in anal canal cancer</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_1364144/en/conformational-intensity-modulated-radiation-therapy-in-anal-canal-cancer</t>
+    <t>Radiothérapie conformationnelle avec modulation d’intensité dans le cancer du canal anal</t>
+  </si>
+  <si>
+    <t>Ce rapport présente l'évaluation de la HAS concernant l'utilisation de la radiothérapie conformationnelle avec modulation d’intensité dans le traitement du cancer du canal anal.</t>
+  </si>
+  <si>
+    <t>22/07/2015 00:00:00</t>
+  </si>
+  <si>
+    <t>05/08/2015 10:58:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1364144/fr/radiotherapie-conformationnelle-avec-modulation-d-intensite-dans-le-cancer-du-canal-anal</t>
   </si>
   <si>
     <t>c_1364144</t>
+  </si>
+  <si>
+    <t>Type d'évènement</t>
+  </si>
+  <si>
+    <t>Evénement de Calendrier</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 10 septembre 2025</t>
+  </si>
+  <si>
+    <t>03/09/2025 16:02:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3643451/fr/commission-de-la-transparence-reunion-du-10-septembre-2025</t>
+  </si>
+  <si>
+    <t>p_3643451</t>
+  </si>
+  <si>
+    <t>Commission</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 28 mai 2025</t>
+  </si>
+  <si>
+    <t>21/05/2025 16:14:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3607140/fr/commission-de-la-transparence-reunion-du-28-mai-2025</t>
+  </si>
+  <si>
+    <t>p_3607140</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 20 novembre 2024</t>
+  </si>
+  <si>
+    <t>15/11/2024 08:30:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3556609/fr/commission-de-la-transparence-reunion-du-20-novembre-2024</t>
+  </si>
+  <si>
+    <t>p_3556609</t>
+  </si>
+  <si>
+    <t>CEESP - Réunion du 15 octobre 2024</t>
+  </si>
+  <si>
+    <t>14/10/2024 16:38:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3547673/fr/ceesp-reunion-du-15-octobre-2024</t>
+  </si>
+  <si>
+    <t>p_3547673</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 09 octobre 2024</t>
+  </si>
+  <si>
+    <t>03/10/2024 09:39:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3545982/fr/commission-de-la-transparence-reunion-du-09-octobre-2024</t>
+  </si>
+  <si>
+    <t>p_3545982</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 4 septembre 2024</t>
+  </si>
+  <si>
+    <t>28/08/2024 15:42:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3537824/fr/commission-de-la-transparence-reunion-du-4-septembre-2024</t>
+  </si>
+  <si>
+    <t>p_3537824</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 17 juillet 2024</t>
+  </si>
+  <si>
+    <t>10/07/2024 18:14:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3529998/fr/commission-de-la-transparence-reunion-du-17-juillet-2024</t>
+  </si>
+  <si>
+    <t>p_3529998</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 15 mars 2023</t>
+  </si>
+  <si>
+    <t>09/03/2023 16:17:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3419579/fr/commission-de-la-transparence-reunion-du-15-mars-2023</t>
+  </si>
+  <si>
+    <t>p_3419579</t>
+  </si>
+  <si>
+    <t>Commission de la Transparence - Réunion à distance du 16 décembre  2020</t>
+  </si>
+  <si>
+    <t>11/12/2020 09:46:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3223433/fr/commission-de-la-transparence-reunion-a-distance-du-16-decembre-2020</t>
+  </si>
+  <si>
+    <t>p_3223433</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion à distance du 7 octobre 2020</t>
+  </si>
+  <si>
+    <t>30/09/2020 16:29:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3210376/fr/commission-de-la-transparence-reunion-a-distance-du-7-octobre-2020</t>
+  </si>
+  <si>
+    <t>p_3210376</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 19 avril 2017</t>
+  </si>
+  <si>
+    <t>12/04/2017 10:58:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2756298/fr/commission-de-la-transparence-reunion-du-19-avril-2017</t>
+  </si>
+  <si>
+    <t>c_2756298</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 5 octobre 2016</t>
+  </si>
+  <si>
+    <t>28/09/2016 10:24:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2671437/fr/commission-de-la-transparence-reunion-du-5-octobre-2016</t>
+  </si>
+  <si>
+    <t>c_2671437</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 7 septembre 2016</t>
+  </si>
+  <si>
+    <t>30/08/2016 16:22:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2663194/fr/commission-de-la-transparence-reunion-du-7-septembre-2016</t>
+  </si>
+  <si>
+    <t>c_2663194</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 25 novembre 2015</t>
+  </si>
+  <si>
+    <t>18/11/2015 16:48:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2573511/fr/commission-de-la-transparence-reunion-du-25-novembre-2015</t>
+  </si>
+  <si>
+    <t>c_2573511</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 16 septembre 2015</t>
+  </si>
+  <si>
+    <t>09/09/2015 18:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2058865/fr/commission-de-la-transparence-reunion-du-16-septembre-2015</t>
+  </si>
+  <si>
+    <t>c_2058865</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 14 mai 2014</t>
+  </si>
+  <si>
+    <t>09/05/2014 17:29:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1740119/fr/commission-de-la-transparence-reunion-du-14-mai-2014</t>
+  </si>
+  <si>
+    <t>c_1740119</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 24 juillet 2013</t>
+  </si>
+  <si>
+    <t>24/07/2013 09:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1623173/fr/commission-de-la-transparence-reunion-du-24-juillet-2013</t>
+  </si>
+  <si>
+    <t>c_1623173</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 29 avril 2009</t>
+  </si>
+  <si>
+    <t>29/04/2009 16:36:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_779225/fr/commission-de-la-transparence-reunion-du-29-avril-2009</t>
+  </si>
+  <si>
+    <t>c_779225</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 23 janvier 2008</t>
+  </si>
+  <si>
+    <t>23/01/2008 16:36:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_623096/fr/commission-de-la-transparence-reunion-du-23-janvier-2008</t>
+  </si>
+  <si>
+    <t>c_623096</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 5 mars 2008</t>
+  </si>
+  <si>
+    <t>05/03/2008 16:36:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_635308/fr/commission-de-la-transparence-reunion-du-5-mars-2008</t>
+  </si>
+  <si>
+    <t>c_635308</t>
+  </si>
+  <si>
+    <t>Avis et décisions de la HAS</t>
+  </si>
+  <si>
+    <t>Décision n°2025.0214/DC/SEM du 18 septembre 2025 du collège de la Haute Autorité de santé portant autorisation d’accès précoce de la spécialité COLUMVI (glofitamab)</t>
+  </si>
+  <si>
+    <t>Autorisation d’accès précoce octroyée à la spécialité COLUMVI (glofitamab) dans l'indication « Columvi en association avec la gemcitabine et l’oxaliplatine est indiqué pour le traitement des patients adultes atteints d'un lymphome diffus à grandes cellules B non spécifié (LDGCB NOS) réfractaire ou en rechute, uniquement en deuxième ligne de traitement, non éligibles à une autogreffe de cellules souches (ASCT) et aux médicaments à base de cellules CAR-T ».</t>
+  </si>
+  <si>
+    <t>18/09/2025 15:58:00</t>
+  </si>
+  <si>
+    <t>26/09/2025 08:47:55</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3687430/fr/decision-n2025-0214/dc/sem-du-18-septembre-2025-du-college-de-la-haute-autorite-de-sante-portant-autorisation-d-acces-precoce-de-la-specialite-columvi-glofitamab</t>
+  </si>
+  <si>
+    <t>p_3687430</t>
+  </si>
+  <si>
+    <t>Décision n°2024.0322/DC/SEM du 20 novembre 2024 du collège de la Haute Autorité de santé portant autorisation d’accès précoce de la spécialité ZIIHERA (zanidatamab)</t>
+  </si>
+  <si>
+    <t>Autorisation d’accès précoce octroyée à la spécialité ZIIHERA (zanidatamab) dans l'indication « traitement des adultes atteints d’un cancer des voies biliaires HER2-positif IHC3+ non résécable, localement avancé ou métastatique, après au moins une précédente ligne de traitement systémique pour la maladie avancée contenant de la gemcitabine et inéligibles au protocole FOLFOX ».</t>
+  </si>
+  <si>
+    <t>20/11/2024 09:39:00</t>
+  </si>
+  <si>
+    <t>29/11/2024 16:13:16</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3563109/fr/decision-n2024-0322/dc/sem-du-20-novembre-2024-du-college-de-la-haute-autorite-de-sante-portant-autorisation-d-acces-precoce-de-la-specialite-ziihera-zanidatamab</t>
+  </si>
+  <si>
+    <t>p_3563109</t>
+  </si>
+  <si>
+    <t>Décision n°2024.0290/DC/SEM du 17 octobre 2024 du collège de la Haute Autorité de santé portant refus d’accès précoce de la spécialité FRUZAQLA (fruquintinib)</t>
+  </si>
+  <si>
+    <t>Refus d'autorisation d’accès précoce à la spécialité FRUZAQLA (fruquintinib) dans l’indication « en monothérapie dans le traitement des patients adultes atteints d’un cancer colorectal métastatique (CCRm) qui ont été traités antérieurement par les traitements standards disponibles, comprenant les chimiothérapies à base de fluoropyrimidine, d’oxaliplatine et d’irinotécan, les agents anti VEGF et les agents anti EGFR, et qui ont progressé ou sont intolérants au traitement par trifluridine-tipiracil ou par régorafénib ».</t>
+  </si>
+  <si>
+    <t>17/10/2024 09:39:00</t>
+  </si>
+  <si>
+    <t>25/10/2024 17:11:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3553072/fr/decision-n2024-0290/dc/sem-du-17-octobre-2024-du-college-de-la-haute-autorite-de-sante-portant-refus-d-acces-precoce-de-la-specialite-fruzaqla-fruquintinib</t>
+  </si>
+  <si>
+    <t>p_3553072</t>
+  </si>
+  <si>
+    <t>Décision n° 2022.0085/DC/SEM du 17 mars 2022 du collège de la Haute Autorité de santé portant autorisation d’accès précoce de la spécialité KEYTRUDA</t>
+  </si>
+  <si>
+    <t>Autorisation d’accès précoce octroyée à la spécialité KEYTRUDA (pembrolizumab) dans l'indication « en association avec le lenvatinib dans le traitement des patientes adultes atteintes de carcinome endométrial avancé ou récidivant présentant une progression de la maladie pendant ou suite au traitement ayant comporté une thérapie à base de platine quelle qu’en soit la ligne et qui ne sont pas éligibles à une chirurgie curative ou à la radiothérapie ».</t>
+  </si>
+  <si>
+    <t>17/03/2022 09:39:00</t>
+  </si>
+  <si>
+    <t>22/03/2022 18:07:15</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3325589/fr/decision-n-2022-0085/dc/sem-du-17-mars-2022-du-college-de-la-haute-autorite-de-sante-portant-autorisation-d-acces-precoce-de-la-specialite-keytruda</t>
+  </si>
+  <si>
+    <t>p_3325589</t>
+  </si>
+  <si>
+    <t>Décision n° 2022.0080/DC/SEM du 17 mars 2022 du collège de la Haute Autorité de santé portant autorisation d’accès précoce de la spécialité LENVIMA</t>
+  </si>
+  <si>
+    <t>Autorisation d’accès précoce octroyée à la spécialité LENVIMA (lenvatinib) dans l'indication « en association avec le pembrolizumab dans le traitement des patientes adultes atteintes de carcinome endométrial avancé ou récidivant présentant une progression de la maladie pendant ou suite au traitement ayant comporté une thérapie à base de platine quelle qu’en soit la ligne et qui ne sont pas éligibles à une chirurgie curative ou à la radiothérapie ».</t>
+  </si>
+  <si>
+    <t>22/03/2022 18:03:48</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3325613/fr/decision-n-2022-0080/dc/sem-du-17-mars-2022-du-college-de-la-haute-autorite-de-sante-portant-autorisation-d-acces-precoce-de-la-specialite-lenvima</t>
+  </si>
+  <si>
+    <t>p_3325613</t>
+  </si>
+  <si>
+    <t>Avis n° 2021.0041/AC/SEAP du 17 juin 2021 du collège de la HAS relatif à la chimiohyperthermie intrapéritonéale (CHIP) associée ou non à une chirurgie de cytoréduction préalable</t>
+  </si>
+  <si>
+    <t>Le document ci-dessous est l'avis n° 2021.0041/AC/SEAP du 17 juin 2021 du collège de la Haute Autorité de santé relatif à la chimiohyperthermie intrapéritonéale (CHIP) associée ou non à une chirurgie de cytoréduction préalable. Le rapport sur lequel se fonde cet avis est accessible par le lien situé dans la rubrique "Voir aussi".</t>
+  </si>
+  <si>
+    <t>17/06/2021 12:28:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3272893/fr/avis-n-2021-0041/ac/seap-du-17-juin-2021-du-college-de-la-has-relatif-a-la-chimiohyperthermie-intraperitoneale-chip-associee-ou-non-a-une-chirurgie-de-cytoreduction-prealable</t>
+  </si>
+  <si>
+    <t>p_3272893</t>
+  </si>
+  <si>
+    <t>Avis n° 2019.0025/AC/SEM du 24 avril 2019 du collège de la Haute Autorité de santé relatif à l’intérêt pour la santé publique de la recherche « Etude Gempax »</t>
+  </si>
+  <si>
+    <t>Au regard des éléments détaillés dans l’annexe du présent avis, le collège de la Haute Autorité de santé considère que la recherche « Gempax » présente un intérêt pour la santé publique.</t>
+  </si>
+  <si>
+    <t>24/04/2019 15:55:00</t>
+  </si>
+  <si>
+    <t>06/05/2019 12:17:20</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2966732/fr/avis-n-2019-0025/ac/sem-du-24-avril-2019-du-college-de-la-haute-autorite-de-sante-relatif-a-l-interet-pour-la-sante-publique-de-la-recherche-etude-gempax</t>
+  </si>
+  <si>
+    <t>c_2966732</t>
+  </si>
+  <si>
+    <t>Substance active (DCI)</t>
+  </si>
+  <si>
+    <t>Avis sur les Médicaments</t>
+  </si>
+  <si>
+    <t>Médicament</t>
+  </si>
+  <si>
+    <t>OXALIPLATINE SUN (oxaliplatine)</t>
+  </si>
+  <si>
+    <t>09/02/2017 16:58:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983740/fr/oxaliplatine-sun-oxaliplatine</t>
+  </si>
+  <si>
+    <t>pprd_2983740</t>
+  </si>
+  <si>
+    <t>oxaliplatine</t>
+  </si>
+  <si>
+    <t>SUN PHARMACEUTICAL INDUSTRIES EUROPE B.V.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2744493/fr/oxaliplatine-sun-oxaliplatine</t>
+  </si>
+  <si>
+    <t>ELOXATINE (oxaliplatine)</t>
+  </si>
+  <si>
+    <t>16/11/2005 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985647/fr/eloxatine-oxaliplatine</t>
+  </si>
+  <si>
+    <t>pprd_2985647</t>
+  </si>
+  <si>
+    <t>SANOFI SYNTHELABO France</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400735/fr/eloxatine-oxaliplatine</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId10" Target="worksheets/sheet8.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId8" Target="worksheets/sheet6.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId9" Target="worksheets/sheet7.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:J2"/>
+  <dimension ref="A1:J10"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -255,242 +855,1620 @@
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
         <v>10</v>
       </c>
       <c r="B2" t="s">
         <v>11</v>
       </c>
       <c r="C2" t="s">
         <v>12</v>
       </c>
       <c r="D2" t="s">
         <v>13</v>
       </c>
       <c r="E2" t="s">
         <v>14</v>
       </c>
       <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
         <v>15</v>
       </c>
-      <c r="G2" t="s">
+      <c r="H2" t="s">
         <v>16</v>
       </c>
-      <c r="H2" t="s">
+      <c r="I2" t="s">
         <v>17</v>
-      </c>
-[...1 lines deleted...]
-        <v>15</v>
       </c>
       <c r="J2" t="s">
         <v>18</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>10</v>
+      </c>
+      <c r="B3" t="s">
+        <v>11</v>
+      </c>
+      <c r="C3" t="s">
+        <v>12</v>
+      </c>
+      <c r="D3" t="s">
+        <v>13</v>
+      </c>
+      <c r="E3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F3" t="s">
+        <v>12</v>
+      </c>
+      <c r="G3" t="s">
+        <v>19</v>
+      </c>
+      <c r="H3" t="s">
+        <v>20</v>
+      </c>
+      <c r="I3" t="s">
+        <v>17</v>
+      </c>
+      <c r="J3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>10</v>
+      </c>
+      <c r="B4" t="s">
+        <v>11</v>
+      </c>
+      <c r="C4" t="s">
+        <v>12</v>
+      </c>
+      <c r="D4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E4" t="s">
+        <v>14</v>
+      </c>
+      <c r="F4" t="s">
+        <v>12</v>
+      </c>
+      <c r="G4" t="s">
+        <v>21</v>
+      </c>
+      <c r="H4" t="s">
+        <v>22</v>
+      </c>
+      <c r="I4" t="s">
+        <v>17</v>
+      </c>
+      <c r="J4" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>10</v>
+      </c>
+      <c r="B5" t="s">
+        <v>23</v>
+      </c>
+      <c r="C5" t="s">
+        <v>12</v>
+      </c>
+      <c r="D5" t="s">
+        <v>24</v>
+      </c>
+      <c r="E5" t="s">
+        <v>25</v>
+      </c>
+      <c r="F5" t="s">
+        <v>12</v>
+      </c>
+      <c r="G5" t="s">
+        <v>26</v>
+      </c>
+      <c r="H5" t="s">
+        <v>27</v>
+      </c>
+      <c r="I5" t="s">
+        <v>28</v>
+      </c>
+      <c r="J5" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>10</v>
+      </c>
+      <c r="B6" t="s">
+        <v>11</v>
+      </c>
+      <c r="C6" t="s">
+        <v>12</v>
+      </c>
+      <c r="D6" t="s">
+        <v>30</v>
+      </c>
+      <c r="E6" t="s">
+        <v>31</v>
+      </c>
+      <c r="F6" t="s">
+        <v>12</v>
+      </c>
+      <c r="G6" t="s">
+        <v>32</v>
+      </c>
+      <c r="H6" t="s">
+        <v>33</v>
+      </c>
+      <c r="I6" t="s">
+        <v>17</v>
+      </c>
+      <c r="J6" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>10</v>
+      </c>
+      <c r="B7" t="s">
+        <v>35</v>
+      </c>
+      <c r="C7" t="s">
+        <v>12</v>
+      </c>
+      <c r="D7" t="s">
+        <v>36</v>
+      </c>
+      <c r="E7" t="s">
+        <v>37</v>
+      </c>
+      <c r="F7" t="s">
+        <v>12</v>
+      </c>
+      <c r="G7" t="s">
+        <v>38</v>
+      </c>
+      <c r="H7" t="s">
+        <v>39</v>
+      </c>
+      <c r="I7" t="s">
+        <v>12</v>
+      </c>
+      <c r="J7" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>10</v>
+      </c>
+      <c r="B8" t="s">
+        <v>35</v>
+      </c>
+      <c r="C8" t="s">
+        <v>12</v>
+      </c>
+      <c r="D8" t="s">
+        <v>40</v>
+      </c>
+      <c r="E8" t="s">
+        <v>41</v>
+      </c>
+      <c r="F8" t="s">
+        <v>12</v>
+      </c>
+      <c r="G8" t="s">
+        <v>42</v>
+      </c>
+      <c r="H8" t="s">
+        <v>43</v>
+      </c>
+      <c r="I8" t="s">
+        <v>12</v>
+      </c>
+      <c r="J8" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>10</v>
+      </c>
+      <c r="B9" t="s">
+        <v>44</v>
+      </c>
+      <c r="C9" t="s">
+        <v>45</v>
+      </c>
+      <c r="D9" t="s">
+        <v>46</v>
+      </c>
+      <c r="E9" t="s">
+        <v>47</v>
+      </c>
+      <c r="F9" t="s">
+        <v>12</v>
+      </c>
+      <c r="G9" t="s">
+        <v>48</v>
+      </c>
+      <c r="H9" t="s">
+        <v>49</v>
+      </c>
+      <c r="I9" t="s">
+        <v>12</v>
+      </c>
+      <c r="J9" t="s">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>10</v>
+      </c>
+      <c r="B10" t="s">
+        <v>51</v>
+      </c>
+      <c r="C10" t="s">
+        <v>12</v>
+      </c>
+      <c r="D10" t="s">
+        <v>12</v>
+      </c>
+      <c r="E10" t="s">
+        <v>52</v>
+      </c>
+      <c r="F10" t="s">
+        <v>12</v>
+      </c>
+      <c r="G10" t="s">
+        <v>53</v>
+      </c>
+      <c r="H10" t="s">
+        <v>54</v>
+      </c>
+      <c r="I10" t="s">
+        <v>12</v>
+      </c>
+      <c r="J10" t="s">
+        <v>55</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:J1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>19</v>
+        <v>56</v>
       </c>
       <c r="B2" t="s">
-        <v>20</v>
+        <v>57</v>
       </c>
       <c r="C2" t="s">
-        <v>21</v>
+        <v>58</v>
       </c>
       <c r="D2" t="s">
-        <v>22</v>
+        <v>59</v>
       </c>
       <c r="E2" t="s">
-        <v>23</v>
+        <v>60</v>
       </c>
       <c r="F2" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="G2" t="s">
-        <v>24</v>
+        <v>61</v>
       </c>
       <c r="H2" t="s">
-        <v>25</v>
+        <v>62</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H3"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>63</v>
+      </c>
+      <c r="B2" t="s">
+        <v>64</v>
+      </c>
+      <c r="C2" t="s">
+        <v>65</v>
+      </c>
+      <c r="D2" t="s">
+        <v>12</v>
+      </c>
+      <c r="E2" t="s">
+        <v>66</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>67</v>
+      </c>
+      <c r="H2" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>63</v>
+      </c>
+      <c r="B3" t="s">
+        <v>69</v>
+      </c>
+      <c r="C3" t="s">
+        <v>70</v>
+      </c>
+      <c r="D3" t="s">
+        <v>12</v>
+      </c>
+      <c r="E3" t="s">
+        <v>71</v>
+      </c>
+      <c r="F3" t="s">
+        <v>12</v>
+      </c>
+      <c r="G3" t="s">
+        <v>72</v>
+      </c>
+      <c r="H3" t="s">
+        <v>73</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>74</v>
+      </c>
+      <c r="B2" t="s">
+        <v>75</v>
+      </c>
+      <c r="C2" t="s">
+        <v>76</v>
+      </c>
+      <c r="D2" t="s">
+        <v>77</v>
+      </c>
+      <c r="E2" t="s">
+        <v>78</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>79</v>
+      </c>
+      <c r="H2" t="s">
+        <v>80</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H4"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>26</v>
+        <v>81</v>
       </c>
       <c r="B2" t="s">
-        <v>27</v>
+        <v>82</v>
       </c>
       <c r="C2" t="s">
-        <v>28</v>
+        <v>83</v>
       </c>
       <c r="D2" t="s">
-        <v>29</v>
+        <v>84</v>
       </c>
       <c r="E2" t="s">
-        <v>30</v>
+        <v>85</v>
       </c>
       <c r="F2" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="G2" t="s">
-        <v>31</v>
+        <v>86</v>
       </c>
       <c r="H2" t="s">
-        <v>32</v>
+        <v>87</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>26</v>
+        <v>81</v>
       </c>
       <c r="B3" t="s">
-        <v>33</v>
+        <v>88</v>
       </c>
       <c r="C3" t="s">
-        <v>34</v>
+        <v>89</v>
       </c>
       <c r="D3" t="s">
-        <v>35</v>
+        <v>90</v>
       </c>
       <c r="E3" t="s">
-        <v>36</v>
+        <v>91</v>
       </c>
       <c r="F3" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="G3" t="s">
-        <v>37</v>
+        <v>92</v>
       </c>
       <c r="H3" t="s">
-        <v>38</v>
+        <v>93</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>26</v>
+        <v>81</v>
       </c>
       <c r="B4" t="s">
-        <v>39</v>
+        <v>94</v>
       </c>
       <c r="C4" t="s">
-        <v>40</v>
+        <v>95</v>
       </c>
       <c r="D4" t="s">
-        <v>41</v>
+        <v>96</v>
       </c>
       <c r="E4" t="s">
-        <v>42</v>
+        <v>97</v>
       </c>
       <c r="F4" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="G4" t="s">
-        <v>43</v>
+        <v>98</v>
       </c>
       <c r="H4" t="s">
-        <v>44</v>
+        <v>99</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:I21"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>101</v>
+      </c>
+      <c r="B2" t="s">
+        <v>102</v>
+      </c>
+      <c r="C2" t="s">
+        <v>12</v>
+      </c>
+      <c r="D2" t="s">
+        <v>12</v>
+      </c>
+      <c r="E2" t="s">
+        <v>103</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>104</v>
+      </c>
+      <c r="H2" t="s">
+        <v>105</v>
+      </c>
+      <c r="I2" t="s">
+        <v>106</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>101</v>
+      </c>
+      <c r="B3" t="s">
+        <v>107</v>
+      </c>
+      <c r="C3" t="s">
+        <v>12</v>
+      </c>
+      <c r="D3" t="s">
+        <v>12</v>
+      </c>
+      <c r="E3" t="s">
+        <v>108</v>
+      </c>
+      <c r="F3" t="s">
+        <v>12</v>
+      </c>
+      <c r="G3" t="s">
+        <v>109</v>
+      </c>
+      <c r="H3" t="s">
+        <v>110</v>
+      </c>
+      <c r="I3" t="s">
+        <v>106</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>101</v>
+      </c>
+      <c r="B4" t="s">
+        <v>111</v>
+      </c>
+      <c r="C4" t="s">
+        <v>12</v>
+      </c>
+      <c r="D4" t="s">
+        <v>12</v>
+      </c>
+      <c r="E4" t="s">
+        <v>112</v>
+      </c>
+      <c r="F4" t="s">
+        <v>12</v>
+      </c>
+      <c r="G4" t="s">
+        <v>113</v>
+      </c>
+      <c r="H4" t="s">
+        <v>114</v>
+      </c>
+      <c r="I4" t="s">
+        <v>106</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>101</v>
+      </c>
+      <c r="B5" t="s">
+        <v>115</v>
+      </c>
+      <c r="C5" t="s">
+        <v>12</v>
+      </c>
+      <c r="D5" t="s">
+        <v>12</v>
+      </c>
+      <c r="E5" t="s">
+        <v>116</v>
+      </c>
+      <c r="F5" t="s">
+        <v>12</v>
+      </c>
+      <c r="G5" t="s">
+        <v>117</v>
+      </c>
+      <c r="H5" t="s">
+        <v>118</v>
+      </c>
+      <c r="I5" t="s">
+        <v>106</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>101</v>
+      </c>
+      <c r="B6" t="s">
+        <v>119</v>
+      </c>
+      <c r="C6" t="s">
+        <v>12</v>
+      </c>
+      <c r="D6" t="s">
+        <v>12</v>
+      </c>
+      <c r="E6" t="s">
+        <v>120</v>
+      </c>
+      <c r="F6" t="s">
+        <v>12</v>
+      </c>
+      <c r="G6" t="s">
+        <v>121</v>
+      </c>
+      <c r="H6" t="s">
+        <v>122</v>
+      </c>
+      <c r="I6" t="s">
+        <v>106</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>101</v>
+      </c>
+      <c r="B7" t="s">
+        <v>123</v>
+      </c>
+      <c r="C7" t="s">
+        <v>12</v>
+      </c>
+      <c r="D7" t="s">
+        <v>12</v>
+      </c>
+      <c r="E7" t="s">
+        <v>124</v>
+      </c>
+      <c r="F7" t="s">
+        <v>12</v>
+      </c>
+      <c r="G7" t="s">
+        <v>125</v>
+      </c>
+      <c r="H7" t="s">
+        <v>126</v>
+      </c>
+      <c r="I7" t="s">
+        <v>106</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>101</v>
+      </c>
+      <c r="B8" t="s">
+        <v>127</v>
+      </c>
+      <c r="C8" t="s">
+        <v>12</v>
+      </c>
+      <c r="D8" t="s">
+        <v>12</v>
+      </c>
+      <c r="E8" t="s">
+        <v>128</v>
+      </c>
+      <c r="F8" t="s">
+        <v>12</v>
+      </c>
+      <c r="G8" t="s">
+        <v>129</v>
+      </c>
+      <c r="H8" t="s">
+        <v>130</v>
+      </c>
+      <c r="I8" t="s">
+        <v>106</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>101</v>
+      </c>
+      <c r="B9" t="s">
+        <v>131</v>
+      </c>
+      <c r="C9" t="s">
+        <v>12</v>
+      </c>
+      <c r="D9" t="s">
+        <v>12</v>
+      </c>
+      <c r="E9" t="s">
+        <v>132</v>
+      </c>
+      <c r="F9" t="s">
+        <v>12</v>
+      </c>
+      <c r="G9" t="s">
+        <v>133</v>
+      </c>
+      <c r="H9" t="s">
+        <v>134</v>
+      </c>
+      <c r="I9" t="s">
+        <v>106</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>101</v>
+      </c>
+      <c r="B10" t="s">
+        <v>135</v>
+      </c>
+      <c r="C10" t="s">
+        <v>12</v>
+      </c>
+      <c r="D10" t="s">
+        <v>12</v>
+      </c>
+      <c r="E10" t="s">
+        <v>136</v>
+      </c>
+      <c r="F10" t="s">
+        <v>12</v>
+      </c>
+      <c r="G10" t="s">
+        <v>137</v>
+      </c>
+      <c r="H10" t="s">
+        <v>138</v>
+      </c>
+      <c r="I10" t="s">
+        <v>106</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>101</v>
+      </c>
+      <c r="B11" t="s">
+        <v>139</v>
+      </c>
+      <c r="C11" t="s">
+        <v>12</v>
+      </c>
+      <c r="D11" t="s">
+        <v>12</v>
+      </c>
+      <c r="E11" t="s">
+        <v>140</v>
+      </c>
+      <c r="F11" t="s">
+        <v>12</v>
+      </c>
+      <c r="G11" t="s">
+        <v>141</v>
+      </c>
+      <c r="H11" t="s">
+        <v>142</v>
+      </c>
+      <c r="I11" t="s">
+        <v>106</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>101</v>
+      </c>
+      <c r="B12" t="s">
+        <v>143</v>
+      </c>
+      <c r="C12" t="s">
+        <v>12</v>
+      </c>
+      <c r="D12" t="s">
+        <v>12</v>
+      </c>
+      <c r="E12" t="s">
+        <v>144</v>
+      </c>
+      <c r="F12" t="s">
+        <v>12</v>
+      </c>
+      <c r="G12" t="s">
+        <v>145</v>
+      </c>
+      <c r="H12" t="s">
+        <v>146</v>
+      </c>
+      <c r="I12" t="s">
+        <v>106</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="s">
+        <v>101</v>
+      </c>
+      <c r="B13" t="s">
+        <v>147</v>
+      </c>
+      <c r="C13" t="s">
+        <v>12</v>
+      </c>
+      <c r="D13" t="s">
+        <v>12</v>
+      </c>
+      <c r="E13" t="s">
+        <v>148</v>
+      </c>
+      <c r="F13" t="s">
+        <v>12</v>
+      </c>
+      <c r="G13" t="s">
+        <v>149</v>
+      </c>
+      <c r="H13" t="s">
+        <v>150</v>
+      </c>
+      <c r="I13" t="s">
+        <v>106</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" t="s">
+        <v>101</v>
+      </c>
+      <c r="B14" t="s">
+        <v>151</v>
+      </c>
+      <c r="C14" t="s">
+        <v>12</v>
+      </c>
+      <c r="D14" t="s">
+        <v>12</v>
+      </c>
+      <c r="E14" t="s">
+        <v>152</v>
+      </c>
+      <c r="F14" t="s">
+        <v>12</v>
+      </c>
+      <c r="G14" t="s">
+        <v>153</v>
+      </c>
+      <c r="H14" t="s">
+        <v>154</v>
+      </c>
+      <c r="I14" t="s">
+        <v>106</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" t="s">
+        <v>101</v>
+      </c>
+      <c r="B15" t="s">
+        <v>155</v>
+      </c>
+      <c r="C15" t="s">
+        <v>12</v>
+      </c>
+      <c r="D15" t="s">
+        <v>12</v>
+      </c>
+      <c r="E15" t="s">
+        <v>156</v>
+      </c>
+      <c r="F15" t="s">
+        <v>12</v>
+      </c>
+      <c r="G15" t="s">
+        <v>157</v>
+      </c>
+      <c r="H15" t="s">
+        <v>158</v>
+      </c>
+      <c r="I15" t="s">
+        <v>106</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" t="s">
+        <v>101</v>
+      </c>
+      <c r="B16" t="s">
+        <v>159</v>
+      </c>
+      <c r="C16" t="s">
+        <v>12</v>
+      </c>
+      <c r="D16" t="s">
+        <v>12</v>
+      </c>
+      <c r="E16" t="s">
+        <v>160</v>
+      </c>
+      <c r="F16" t="s">
+        <v>12</v>
+      </c>
+      <c r="G16" t="s">
+        <v>161</v>
+      </c>
+      <c r="H16" t="s">
+        <v>162</v>
+      </c>
+      <c r="I16" t="s">
+        <v>106</v>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" t="s">
+        <v>101</v>
+      </c>
+      <c r="B17" t="s">
+        <v>163</v>
+      </c>
+      <c r="C17" t="s">
+        <v>12</v>
+      </c>
+      <c r="D17" t="s">
+        <v>12</v>
+      </c>
+      <c r="E17" t="s">
+        <v>164</v>
+      </c>
+      <c r="F17" t="s">
+        <v>12</v>
+      </c>
+      <c r="G17" t="s">
+        <v>165</v>
+      </c>
+      <c r="H17" t="s">
+        <v>166</v>
+      </c>
+      <c r="I17" t="s">
+        <v>106</v>
+      </c>
+    </row>
+    <row r="18">
+      <c r="A18" t="s">
+        <v>101</v>
+      </c>
+      <c r="B18" t="s">
+        <v>167</v>
+      </c>
+      <c r="C18" t="s">
+        <v>12</v>
+      </c>
+      <c r="D18" t="s">
+        <v>12</v>
+      </c>
+      <c r="E18" t="s">
+        <v>168</v>
+      </c>
+      <c r="F18" t="s">
+        <v>12</v>
+      </c>
+      <c r="G18" t="s">
+        <v>169</v>
+      </c>
+      <c r="H18" t="s">
+        <v>170</v>
+      </c>
+      <c r="I18" t="s">
+        <v>106</v>
+      </c>
+    </row>
+    <row r="19">
+      <c r="A19" t="s">
+        <v>101</v>
+      </c>
+      <c r="B19" t="s">
+        <v>171</v>
+      </c>
+      <c r="C19" t="s">
+        <v>12</v>
+      </c>
+      <c r="D19" t="s">
+        <v>12</v>
+      </c>
+      <c r="E19" t="s">
+        <v>172</v>
+      </c>
+      <c r="F19" t="s">
+        <v>12</v>
+      </c>
+      <c r="G19" t="s">
+        <v>173</v>
+      </c>
+      <c r="H19" t="s">
+        <v>174</v>
+      </c>
+      <c r="I19" t="s">
+        <v>106</v>
+      </c>
+    </row>
+    <row r="20">
+      <c r="A20" t="s">
+        <v>101</v>
+      </c>
+      <c r="B20" t="s">
+        <v>175</v>
+      </c>
+      <c r="C20" t="s">
+        <v>12</v>
+      </c>
+      <c r="D20" t="s">
+        <v>12</v>
+      </c>
+      <c r="E20" t="s">
+        <v>176</v>
+      </c>
+      <c r="F20" t="s">
+        <v>12</v>
+      </c>
+      <c r="G20" t="s">
+        <v>177</v>
+      </c>
+      <c r="H20" t="s">
+        <v>178</v>
+      </c>
+      <c r="I20" t="s">
+        <v>106</v>
+      </c>
+    </row>
+    <row r="21">
+      <c r="A21" t="s">
+        <v>101</v>
+      </c>
+      <c r="B21" t="s">
+        <v>179</v>
+      </c>
+      <c r="C21" t="s">
+        <v>12</v>
+      </c>
+      <c r="D21" t="s">
+        <v>12</v>
+      </c>
+      <c r="E21" t="s">
+        <v>180</v>
+      </c>
+      <c r="F21" t="s">
+        <v>12</v>
+      </c>
+      <c r="G21" t="s">
+        <v>181</v>
+      </c>
+      <c r="H21" t="s">
+        <v>182</v>
+      </c>
+      <c r="I21" t="s">
+        <v>106</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:I1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H8"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>183</v>
+      </c>
+      <c r="B2" t="s">
+        <v>184</v>
+      </c>
+      <c r="C2" t="s">
+        <v>185</v>
+      </c>
+      <c r="D2" t="s">
+        <v>186</v>
+      </c>
+      <c r="E2" t="s">
+        <v>187</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>188</v>
+      </c>
+      <c r="H2" t="s">
+        <v>189</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>183</v>
+      </c>
+      <c r="B3" t="s">
+        <v>190</v>
+      </c>
+      <c r="C3" t="s">
+        <v>191</v>
+      </c>
+      <c r="D3" t="s">
+        <v>192</v>
+      </c>
+      <c r="E3" t="s">
+        <v>193</v>
+      </c>
+      <c r="F3" t="s">
+        <v>12</v>
+      </c>
+      <c r="G3" t="s">
+        <v>194</v>
+      </c>
+      <c r="H3" t="s">
+        <v>195</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>183</v>
+      </c>
+      <c r="B4" t="s">
+        <v>196</v>
+      </c>
+      <c r="C4" t="s">
+        <v>197</v>
+      </c>
+      <c r="D4" t="s">
+        <v>198</v>
+      </c>
+      <c r="E4" t="s">
+        <v>199</v>
+      </c>
+      <c r="F4" t="s">
+        <v>12</v>
+      </c>
+      <c r="G4" t="s">
+        <v>200</v>
+      </c>
+      <c r="H4" t="s">
+        <v>201</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>183</v>
+      </c>
+      <c r="B5" t="s">
+        <v>202</v>
+      </c>
+      <c r="C5" t="s">
+        <v>203</v>
+      </c>
+      <c r="D5" t="s">
+        <v>204</v>
+      </c>
+      <c r="E5" t="s">
+        <v>205</v>
+      </c>
+      <c r="F5" t="s">
+        <v>12</v>
+      </c>
+      <c r="G5" t="s">
+        <v>206</v>
+      </c>
+      <c r="H5" t="s">
+        <v>207</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>183</v>
+      </c>
+      <c r="B6" t="s">
+        <v>208</v>
+      </c>
+      <c r="C6" t="s">
+        <v>209</v>
+      </c>
+      <c r="D6" t="s">
+        <v>204</v>
+      </c>
+      <c r="E6" t="s">
+        <v>210</v>
+      </c>
+      <c r="F6" t="s">
+        <v>12</v>
+      </c>
+      <c r="G6" t="s">
+        <v>211</v>
+      </c>
+      <c r="H6" t="s">
+        <v>212</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>183</v>
+      </c>
+      <c r="B7" t="s">
+        <v>213</v>
+      </c>
+      <c r="C7" t="s">
+        <v>214</v>
+      </c>
+      <c r="D7" t="s">
+        <v>215</v>
+      </c>
+      <c r="E7" t="s">
+        <v>91</v>
+      </c>
+      <c r="F7" t="s">
+        <v>12</v>
+      </c>
+      <c r="G7" t="s">
+        <v>216</v>
+      </c>
+      <c r="H7" t="s">
+        <v>217</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>183</v>
+      </c>
+      <c r="B8" t="s">
+        <v>218</v>
+      </c>
+      <c r="C8" t="s">
+        <v>219</v>
+      </c>
+      <c r="D8" t="s">
+        <v>220</v>
+      </c>
+      <c r="E8" t="s">
+        <v>221</v>
+      </c>
+      <c r="F8" t="s">
+        <v>12</v>
+      </c>
+      <c r="G8" t="s">
+        <v>222</v>
+      </c>
+      <c r="H8" t="s">
+        <v>223</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:K3"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>224</v>
+      </c>
+      <c r="J1" t="s">
+        <v>9</v>
+      </c>
+      <c r="K1" t="s">
+        <v>225</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>226</v>
+      </c>
+      <c r="B2" t="s">
+        <v>227</v>
+      </c>
+      <c r="C2" t="s">
+        <v>12</v>
+      </c>
+      <c r="D2" t="s">
+        <v>12</v>
+      </c>
+      <c r="E2" t="s">
+        <v>228</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>229</v>
+      </c>
+      <c r="H2" t="s">
+        <v>230</v>
+      </c>
+      <c r="I2" t="s">
+        <v>231</v>
+      </c>
+      <c r="J2" t="s">
+        <v>232</v>
+      </c>
+      <c r="K2" t="s">
+        <v>233</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>226</v>
+      </c>
+      <c r="B3" t="s">
+        <v>234</v>
+      </c>
+      <c r="C3" t="s">
+        <v>12</v>
+      </c>
+      <c r="D3" t="s">
+        <v>12</v>
+      </c>
+      <c r="E3" t="s">
+        <v>235</v>
+      </c>
+      <c r="F3" t="s">
+        <v>12</v>
+      </c>
+      <c r="G3" t="s">
+        <v>236</v>
+      </c>
+      <c r="H3" t="s">
+        <v>237</v>
+      </c>
+      <c r="I3" t="s">
+        <v>231</v>
+      </c>
+      <c r="J3" t="s">
+        <v>238</v>
+      </c>
+      <c r="K3" t="s">
+        <v>239</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>