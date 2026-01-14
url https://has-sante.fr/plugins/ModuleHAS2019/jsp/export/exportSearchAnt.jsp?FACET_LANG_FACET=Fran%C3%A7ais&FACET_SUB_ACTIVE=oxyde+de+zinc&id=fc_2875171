--- v0 (2025-10-16)
+++ v1 (2026-01-14)
@@ -1,254 +1,771 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet5.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export " r:id="rId3" sheetId="1"/>
+    <sheet name="Export Avis sur les dispositifs" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Recommandation de bonne " r:id="rId4" sheetId="2"/>
+    <sheet name="Export Evaluation des technolog" r:id="rId5" sheetId="3"/>
+    <sheet name="Export évènement de calendrier" r:id="rId6" sheetId="4"/>
+    <sheet name="Export Medicament" r:id="rId7" sheetId="5"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Avis sur les dispositifs'!$B$1:$J$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="24" uniqueCount="23">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="123" uniqueCount="67">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Practice guidelines</t>
-[...11 lines deleted...]
-    <t>04/01/2005 00:10:00</t>
+    <t>Description</t>
+  </si>
+  <si>
+    <t>Laboratoire / Fabricant</t>
+  </si>
+  <si>
+    <t>Avis sur les dispositifs médicaux et autres produits de santé</t>
+  </si>
+  <si>
+    <t>Compression médicale à usage individuel – Utilisation en pathologies vasculaires</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_454394/en/improving-information-provision-for-pregnant-women</t>
+    <t>23/11/2010 00:00:00</t>
+  </si>
+  <si>
+    <t>14/04/2011 15:15:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_937621/fr/compression-medicale-a-usage-individuel-utilisation-en-pathologies-vasculaires</t>
+  </si>
+  <si>
+    <t>c_937621</t>
+  </si>
+  <si>
+    <t>CNEDiMTS</t>
+  </si>
+  <si>
+    <t>KIT PROFORE,</t>
+  </si>
+  <si>
+    <t>12/07/2006 00:00:00</t>
+  </si>
+  <si>
+    <t>12/07/2006 11:42:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_451196/fr/kit-profore</t>
+  </si>
+  <si>
+    <t>c_451196</t>
+  </si>
+  <si>
+    <t>SMITH &amp; NEPHEW MEDICAL LIMITED</t>
+  </si>
+  <si>
+    <t>3M CAVILON NSBF</t>
+  </si>
+  <si>
+    <t>25/01/2006 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_398726/fr/3m-cavilon-nsbf</t>
+  </si>
+  <si>
+    <t>c_398726</t>
+  </si>
+  <si>
+    <t>LABORATOIRE 3M SANTE</t>
+  </si>
+  <si>
+    <t>Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Comment mieux informer les femmes enceintes ?</t>
+  </si>
+  <si>
+    <t>Ces recommandations décrivent l’ensemble des informations que les professionnels de santé impliqués en périnatalité doivent donner à la femme enceinte lors des consultations prénatales à l’occasion du suivi médical, ainsi que les conditions de délivrance de cette information. Elles permettent aux professionnels de santé de bien informer la femme enceinte et le couple afin de les aider à prendre des décisions dans le cadre du suivi de la grossesse et de la naissance.</t>
+  </si>
+  <si>
+    <t>01/04/2005 00:00:00</t>
+  </si>
+  <si>
+    <t>01/04/2005 00:10:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_454394/fr/comment-mieux-informer-les-femmes-enceintes</t>
   </si>
   <si>
     <t>c_454394</t>
   </si>
   <si>
-    <t>Health technology assessment</t>
-[...14 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2893724/en/assessment-of-pulp-wound-protection-by-direct-pulp-capping-inahta-brief</t>
+    <t>Evaluation des technologies de santé</t>
+  </si>
+  <si>
+    <t>Évaluation du parage de plaie de la pulpe par coiffage pulpaire direct - rapport d'évaluation technologique</t>
+  </si>
+  <si>
+    <t>Évaluation du taux de succès et des facteurs pronostiques de la technique de coiffage pulpaire direct dans l’objectif de conservation de la vitalité pulpaire secondaire à une effraction pulpaire suite au curetage d’une carie, à un traumatisme dentaire touchant la pulpe ou accidentellement au cours d’un soin dentaire. Le but est d’éviter le traitement endodontique complet. D’autres techniques de conservation de la vitalité pulpaire existent comme la pulpotomie partielle, la pulpotomie cervicale ou encore le coiffage pulpaire indirect (en cas de proximité pulpaire sans exposition)</t>
+  </si>
+  <si>
+    <t>27/03/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>28/03/2019 15:54:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2893724/fr/evaluation-du-parage-de-plaie-de-la-pulpe-par-coiffage-pulpaire-direct-rapport-d-evaluation-technologique</t>
   </si>
   <si>
     <t>c_2893724</t>
+  </si>
+  <si>
+    <t>Type d'évènement</t>
+  </si>
+  <si>
+    <t>Evénement de Calendrier</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 7 septembre 2011</t>
+  </si>
+  <si>
+    <t>07/09/2011 15:35:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1095165/fr/commission-de-la-transparence-reunion-du-7-septembre-2011</t>
+  </si>
+  <si>
+    <t>c_1095165</t>
+  </si>
+  <si>
+    <t>Commission</t>
+  </si>
+  <si>
+    <t>Substance active (DCI)</t>
+  </si>
+  <si>
+    <t>Avis sur les Médicaments</t>
+  </si>
+  <si>
+    <t>Médicament</t>
+  </si>
+  <si>
+    <t>MITOSYL (oxyde de zinc/ huile de foie de poisson)</t>
+  </si>
+  <si>
+    <t>21/09/2011 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985123/fr/mitosyl-oxyde-de-zinc/-huile-de-foie-de-poisson</t>
+  </si>
+  <si>
+    <t>pprd_2985123</t>
+  </si>
+  <si>
+    <t>oxyde de zinc,huile de foie de poisson</t>
+  </si>
+  <si>
+    <t>Laboratoire SANOFI-AVENTIS FRANCE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1104040/fr/mitosyl-irritations-oxyde-de-zinc/-huile-de-foie-de-poisson</t>
+  </si>
+  <si>
+    <t>OXYPEROL (baume du Pérou/ oxyde de zinc)</t>
+  </si>
+  <si>
+    <t>23/06/2004 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985730/fr/oxyperol-baume-du-perou/-oxyde-de-zinc</t>
+  </si>
+  <si>
+    <t>pprd_2985730</t>
+  </si>
+  <si>
+    <t>baume du Pérou,oxyde de zinc</t>
+  </si>
+  <si>
+    <t>LEMOINE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400533/fr/oxyperol-pate-pour-application-locale-tube-de-50-g-code-cip-307-703-2</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H3"/>
+  <dimension ref="A1:J4"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
+      <c r="I1" t="s">
+        <v>8</v>
+      </c>
+      <c r="J1" t="s">
+        <v>9</v>
+      </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>8</v>
+        <v>10</v>
       </c>
       <c r="B2" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
       <c r="C2" t="s">
-        <v>10</v>
+        <v>12</v>
       </c>
       <c r="D2" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="F2" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G2" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="H2" t="s">
-        <v>15</v>
+        <v>16</v>
+      </c>
+      <c r="I2" t="s">
+        <v>12</v>
+      </c>
+      <c r="J2" t="s">
+        <v>17</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
       <c r="B3" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="C3" t="s">
-        <v>18</v>
+        <v>12</v>
       </c>
       <c r="D3" t="s">
         <v>19</v>
       </c>
       <c r="E3" t="s">
         <v>20</v>
       </c>
       <c r="F3" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G3" t="s">
         <v>21</v>
       </c>
       <c r="H3" t="s">
         <v>22</v>
       </c>
+      <c r="I3" t="s">
+        <v>12</v>
+      </c>
+      <c r="J3" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>10</v>
+      </c>
+      <c r="B4" t="s">
+        <v>24</v>
+      </c>
+      <c r="C4" t="s">
+        <v>12</v>
+      </c>
+      <c r="D4" t="s">
+        <v>25</v>
+      </c>
+      <c r="E4" t="s">
+        <v>25</v>
+      </c>
+      <c r="F4" t="s">
+        <v>12</v>
+      </c>
+      <c r="G4" t="s">
+        <v>26</v>
+      </c>
+      <c r="H4" t="s">
+        <v>27</v>
+      </c>
+      <c r="I4" t="s">
+        <v>12</v>
+      </c>
+      <c r="J4" t="s">
+        <v>28</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:J1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>29</v>
+      </c>
+      <c r="B2" t="s">
+        <v>30</v>
+      </c>
+      <c r="C2" t="s">
+        <v>31</v>
+      </c>
+      <c r="D2" t="s">
+        <v>32</v>
+      </c>
+      <c r="E2" t="s">
+        <v>33</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>34</v>
+      </c>
+      <c r="H2" t="s">
+        <v>35</v>
+      </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>36</v>
+      </c>
+      <c r="B2" t="s">
+        <v>37</v>
+      </c>
+      <c r="C2" t="s">
+        <v>38</v>
+      </c>
+      <c r="D2" t="s">
+        <v>39</v>
+      </c>
+      <c r="E2" t="s">
+        <v>40</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>41</v>
+      </c>
+      <c r="H2" t="s">
+        <v>42</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:I2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>44</v>
+      </c>
+      <c r="B2" t="s">
+        <v>45</v>
+      </c>
+      <c r="C2" t="s">
+        <v>12</v>
+      </c>
+      <c r="D2" t="s">
+        <v>12</v>
+      </c>
+      <c r="E2" t="s">
+        <v>46</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>47</v>
+      </c>
+      <c r="H2" t="s">
+        <v>48</v>
+      </c>
+      <c r="I2" t="s">
+        <v>49</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:I1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:K3"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>50</v>
+      </c>
+      <c r="J1" t="s">
+        <v>9</v>
+      </c>
+      <c r="K1" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>52</v>
+      </c>
+      <c r="B2" t="s">
+        <v>53</v>
+      </c>
+      <c r="C2" t="s">
+        <v>12</v>
+      </c>
+      <c r="D2" t="s">
+        <v>12</v>
+      </c>
+      <c r="E2" t="s">
+        <v>54</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>55</v>
+      </c>
+      <c r="H2" t="s">
+        <v>56</v>
+      </c>
+      <c r="I2" t="s">
+        <v>57</v>
+      </c>
+      <c r="J2" t="s">
+        <v>58</v>
+      </c>
+      <c r="K2" t="s">
+        <v>59</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>52</v>
+      </c>
+      <c r="B3" t="s">
+        <v>60</v>
+      </c>
+      <c r="C3" t="s">
+        <v>12</v>
+      </c>
+      <c r="D3" t="s">
+        <v>12</v>
+      </c>
+      <c r="E3" t="s">
+        <v>61</v>
+      </c>
+      <c r="F3" t="s">
+        <v>12</v>
+      </c>
+      <c r="G3" t="s">
+        <v>62</v>
+      </c>
+      <c r="H3" t="s">
+        <v>63</v>
+      </c>
+      <c r="I3" t="s">
+        <v>64</v>
+      </c>
+      <c r="J3" t="s">
+        <v>65</v>
+      </c>
+      <c r="K3" t="s">
+        <v>66</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>