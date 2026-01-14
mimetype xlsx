--- v0 (2025-10-16)
+++ v1 (2026-01-14)
@@ -1,339 +1,1293 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet5.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet6.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet7.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Drugs" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Guide maladie chronique" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Recommandation de bonne " r:id="rId4" sheetId="2"/>
+    <sheet name="Export Evaluation des technolog" r:id="rId5" sheetId="3"/>
+    <sheet name="Export évènement de calendrier" r:id="rId6" sheetId="4"/>
+    <sheet name="Export Avis et décisions de la " r:id="rId7" sheetId="5"/>
+    <sheet name="Export Recommandation vaccinale" r:id="rId8" sheetId="6"/>
+    <sheet name="Export Medicament" r:id="rId9" sheetId="7"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Drugs'!$B$1:$K$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Avis et décisions de la '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="true">'Export Recommandation vaccinale'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="6" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="39" uniqueCount="37">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="218" uniqueCount="128">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Active ingredient</t>
-[...11 lines deleted...]
-    <t>EUPANTOL - INIPOMP</t>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Nécrolyse épidermique de l’adulte (Syndromes de Stevens-Johnson et de Lyell)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un adulte pris en charge pour une nécrolyse épidermique (NE, syndrome de Stevens-Johnson, SJS, et syndrome de Lyell ou nécrolyse épidermique toxique, NET). Il a été élaboré par le Centre de référence des dermatoses bulleuses toxiques et toxidermies graves TOXIBUL à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>11/12/2020 16:01:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2985021/en/eupantol-inipomp</t>
+    <t>04/04/2018 15:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1012735/fr/necrolyse-epidermique-de-l-adulte-syndromes-de-stevens-johnson-et-de-lyell</t>
+  </si>
+  <si>
+    <t>c_1012735</t>
+  </si>
+  <si>
+    <t>Syndrome de Cushing</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de syndrome de Cushing. Il a été élaboré par le Centre de Référence des maladies rares de la surrénale à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>23/03/2023 10:32:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3403771/fr/syndrome-de-cushing</t>
+  </si>
+  <si>
+    <t>p_3403771</t>
+  </si>
+  <si>
+    <t>Œsophagite à éosinophiles chez l’enfant</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient présentant une OE. Il a été élaboré par le Centre de référence des affections chroniques et malformatives de l’œsophage (CRACMO) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>27/07/2022 15:02:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3358054/fr/oesophagite-a-eosinophiles-chez-l-enfant</t>
+  </si>
+  <si>
+    <t>p_3358054</t>
+  </si>
+  <si>
+    <t>Épidermolyses bulleuses héréditaires</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un malade atteint d’épidermolyse bulleuse héréditaire (EBH). Il a été élaboré par la Filière FIMARAD : Santé Maladies Rares Dermatologiques à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>04/11/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2028188/fr/epidermolyses-bulleuses-hereditaires</t>
+  </si>
+  <si>
+    <t>c_2028188</t>
+  </si>
+  <si>
+    <t>Atrésie de l’œsophage</t>
+  </si>
+  <si>
+    <t>17/12/2018 11:40:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_715169/fr/atresie-de-l-oesophage</t>
+  </si>
+  <si>
+    <t>c_715169</t>
+  </si>
+  <si>
+    <t>ALD hors liste - Syndrome de Cushing</t>
+  </si>
+  <si>
+    <t>L’objectif de ce Protocole National de Diagnostic et de Soins (PNDS) est d’expliciter pour les professionnels de santé, la prise en charge optimale et le parcours de soins d’un patient atteint d'un sydrome de Cushing. Ce PNDS et la liste des actes et prestations (LAP) qui lui est adjointe peuvent servir de référence au médecin traitant en concertation avec le médecin spécialiste notamment au moment d’établir le protocole de soins conjointement avec le médecin conseil et le patient, dans le cas d'une demande d'exonération du ticket modérateur au titre d'une affection hors liste.</t>
+  </si>
+  <si>
+    <t>17/09/2008 00:00:00</t>
+  </si>
+  <si>
+    <t>09/12/2008 11:40:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_722917/fr/ald-hors-liste-syndrome-de-cushing</t>
+  </si>
+  <si>
+    <t>c_722917</t>
+  </si>
+  <si>
+    <t>Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Bon usage des agents antiplaquettaires</t>
+  </si>
+  <si>
+    <t>Ces recommandations définissent les situations et conditions de prescription des agents antiplaquettaires (aspirine, clopidogrel, prasugrel et ticagrelor) en prévention primaire ou secondaire d’une maladie cardiovasculaire, ainsi que la conduite à tenir en cas de chirurgie. Leur utilisation dans certaines situations particulières est également abordée : sujet âgé, insuffisance rénale chronique, grossesse, HIV.</t>
+  </si>
+  <si>
+    <t>01/06/2012 00:00:00</t>
+  </si>
+  <si>
+    <t>01/06/2012 15:45:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1264095/fr/bon-usage-des-agents-antiplaquettaires</t>
+  </si>
+  <si>
+    <t>c_1264095</t>
+  </si>
+  <si>
+    <t>Evaluation des technologies de santé</t>
+  </si>
+  <si>
+    <t>Séquençage haut débit ciblé des panels de gènes en pharmacogénétique des traitements d’oncologie et des soins de support des leucémies aiguës – Recherche des variants génétiques constitutionnels</t>
+  </si>
+  <si>
+    <t>L’objectif de cette évaluation était de déterminer l’intérêt médical du séquençage haut débit ciblé (SHD) des panels de gènes afin d’identifier les variants génétiques impliqués dans la pharmacogénétique des traitements des leucémies aiguës et des soins de support. Il s'agissait de définir : la composition des panels de gènes d’intérêt à séquencer et à analyser par SHD (à partir d’un prélèvement sanguin) ; la pertinence du recours aux analyses de panels de gènes par SHD au regard d‘autres techniques utilisées ; la place des analyses de panels de gènes dans la stratégie de prise en charge thérapeutique des leucémies aiguës.</t>
+  </si>
+  <si>
+    <t>17/07/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>29/07/2025 17:04:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3637474/fr/sequencage-haut-debit-cible-des-panels-de-genes-en-pharmacogenetique-des-traitements-d-oncologie-et-des-soins-de-support-des-leucemies-aigues-recherche-des-variants-genetiques-constitutionnels</t>
+  </si>
+  <si>
+    <t>p_3637474</t>
+  </si>
+  <si>
+    <t>Fiche bon usage des inhibiteurs de la pompe à protons (IPP)</t>
+  </si>
+  <si>
+    <t>En instauration ou en renouvellement, un IPP n’est pas toujours pertinent Prévention de l’ulcère gastroduodénal (UGD) : associer un IPP aux anti-inflammatoires non stéroïdiens (AINS) uniquement s’il existe des facteurs de risque de complications digestives Reflux gastro-oesophagien (RGO) : le traitement initial est de 4 semaines. La poursuite du traitement est rarement justifiée, notamment chez les sujets âgés polymédiqués</t>
+  </si>
+  <si>
+    <t>08/09/2022 00:00:00</t>
+  </si>
+  <si>
+    <t>14/10/2022 14:56:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3372966/fr/fiche-bon-usage-des-inhibiteurs-de-la-pompe-a-protons-ipp</t>
+  </si>
+  <si>
+    <t>p_3372966</t>
+  </si>
+  <si>
+    <t>Type d'évènement</t>
+  </si>
+  <si>
+    <t>Evénement de Calendrier</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion à distance du 16 septembre 2020</t>
+  </si>
+  <si>
+    <t>10/09/2020 16:48:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3201113/fr/commission-de-la-transparence-reunion-a-distance-du-16-septembre-2020</t>
+  </si>
+  <si>
+    <t>p_3201113</t>
+  </si>
+  <si>
+    <t>Commission</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion à distance du 8 juillet 2020</t>
+  </si>
+  <si>
+    <t>02/07/2020 08:10:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3192426/fr/commission-de-la-transparence-reunion-a-distance-du-8-juillet-2020</t>
+  </si>
+  <si>
+    <t>p_3192426</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 10 décembre 2008</t>
+  </si>
+  <si>
+    <t>10/12/2008 16:36:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_723429/fr/commission-de-la-transparence-reunion-du-10-decembre-2008</t>
+  </si>
+  <si>
+    <t>c_723429</t>
+  </si>
+  <si>
+    <t>Avis et décisions de la HAS</t>
+  </si>
+  <si>
+    <t>Avis n°2025.0031/DC/SEAP du 17 juillet 2025 du collège de la Haute Autorité de santé relatif à l’inscription sur la liste des actes et prestations mentionnée à l’article L. 162-1-7 du code de la sécurité sociale, de l’acte de séquençage haut débit ciblé des panels de gènes en pharmacogénétique des traitements d’oncologie et des soins de support des leucémies aiguës</t>
+  </si>
+  <si>
+    <t>Le document ci-dessous est l'avis du Collège de la Haute Autorité de santé adoptant la publication accessible par le lien situé dans l'encadré "Voir aussi"</t>
+  </si>
+  <si>
+    <t>17/07/2025 14:13:00</t>
+  </si>
+  <si>
+    <t>29/07/2025 17:04:52</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3637486/fr/avis-n2025-0031/dc/seap-du-17-juillet-2025-du-college-de-la-haute-autorite-de-sante-relatif-a-l-inscription-sur-la-liste-des-actes-et-prestations-mentionnee-a-l-article-l-162-1-7-du-code-de-la-securite-sociale-de-l-acte-de-sequencage-haut-debit-cible-des-panels-de-genes-en-pharmacogenetique-des-traitements-d-oncologie-et-des-soins-de-support-des-leucemies-aigues</t>
+  </si>
+  <si>
+    <t>p_3637486</t>
+  </si>
+  <si>
+    <t>Recommandation vaccinale</t>
+  </si>
+  <si>
+    <t>Stratégie de vaccination contre la Covid-19 - Place du vaccin NUVAXOVID (NVX-CoV2373)</t>
+  </si>
+  <si>
+    <t>Le vaccin Nuvaxovid, développé par la firme Novavax contre la Covid-19, est un vaccin à protéine recombinante (vaccin NVX-CoV2373). Il est indiqué en primovaccination chez les personnes âgées de 18 ans et plus. La HAS considère que la mise à disposition de ce nouveau vaccin ayant fait la preuve de son efficacité et de sa sécurité dans la production d’anciens vaccins, peut constituer un outil supplémentaire et être utilisé dans la stratégie vaccinale. Il pourrait ainsi contribuer à augmenter la couverture vaccinale sur le territoire national.</t>
+  </si>
+  <si>
+    <t>06/01/2022 00:00:00</t>
+  </si>
+  <si>
+    <t>14/01/2022 11:24:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3309579/fr/strategie-de-vaccination-contre-la-covid-19-place-du-vaccin-nuvaxovid-nvx-cov2373</t>
+  </si>
+  <si>
+    <t>p_3309579</t>
+  </si>
+  <si>
+    <t>Substance active (DCI)</t>
+  </si>
+  <si>
+    <t>Laboratoire / Fabricant</t>
+  </si>
+  <si>
+    <t>Avis sur les Médicaments</t>
+  </si>
+  <si>
+    <t>Médicament</t>
+  </si>
+  <si>
+    <t>EUPANTOL - INIPOMP (pantoprazole)</t>
+  </si>
+  <si>
+    <t>12/11/2020 16:01:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985021/fr/eupantol-inipomp-pantoprazole</t>
   </si>
   <si>
     <t>pprd_2985021</t>
   </si>
   <si>
     <t>pantoprazole</t>
   </si>
   <si>
     <t>TAKEDA FRANCE SAS</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_399491/en/eupantol-40-mg-pantoprazole</t>
-[...50 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3215591/en/eupantol-inipomp</t>
+    <t>https://www.has-sante.fr/jcms/c_399491/fr/eupantol-40-mg-pantoprazole</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399677/fr/eupantol-20-mg-comprimes-enrobes-gastro-resistants-boite-de-28</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399775/fr/eupantol-20-mg-comprimes-enrobes-gastro-resistants-boite-de-28</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399849/fr/eupantol-40-mg-comprime-gastro-resistant-boites-de-7-14-28-eupantol-40-mg-comprime-gastro-resistant-boite-de-50-eupantol-40-mg-poudre-pour-solution-injectable-iv-boite-de-1-flacon</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400709/fr/eupantol-40-mg-poudre-pour-solution-injectable-iv-1-flacon-s-en-verre-de-42-3-mg-code-cip-346-065-3</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_622522/fr/eupantol-pantoprazole</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_763771/fr/eupantol-pantoprazole</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_773278/fr/eupantol-pantoprazole</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1254521/fr/eupantol-/-inipomp-pantoprazole</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_773290/fr/inipomp-pantoprazole</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_763744/fr/inipomp-pantoprazole</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_622516/fr/inipomp-pantoprazole</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399498/fr/inipomp-pantoprazole</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399793/fr/inipomp-20-mg-comprimes-enrobes-gastro-resistants-boite-de-28</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399686/fr/inipomp-20-mg-comprimes-enrobes-gastro-resistants-boites-de-14-et-28</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399853/fr/inipomp-40-mg-comprime-gastro-resistant-boites-de-7-14-28-inipomp-40-mg-comprime-gastro-resistant-boite-de-50-inipomp-40-mg-poudre-pour-solution-injectable-boite-de-1-flacon</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400741/fr/inipomp-40-mg-poudre-pour-solution-injectable-iv-1-flacon-s-en-verre-de-42-3-mg-346-061-8</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3215591/fr/eupantol-inipomp-pantoprazole</t>
+  </si>
+  <si>
+    <t>PANTOPRAZOLE (pantoprazole sodique sesquihydraté)</t>
+  </si>
+  <si>
+    <t>20/12/2019 16:01:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983214/fr/pantoprazole-pantoprazole-sodique-sesquihydrate</t>
+  </si>
+  <si>
+    <t>pprd_2983214</t>
+  </si>
+  <si>
+    <t>pantoprazole sodique sesquihydraté</t>
+  </si>
+  <si>
+    <t>ACTAVIS FRANCE/ ARROW GÉNÉRIQUES/ DELBERT/ MYLAN SAS/ SUN PHARMACEUTICAL INDUSTRIES EUROPE B.V/</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2568266/fr/pantoprazole-actavis-pantoprazole-sesquihydrate-de-sodium</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2742482/fr/pantoprazole-mylan-pharma-pantoprazole-sodique-sesquihydrate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2858358/fr/pantoprazole-arrow-generiques-pantoprazole-sodique-sesquihydrate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3135366/fr/pantoprazole-sun-pharma-pantoprazole-sodique-sesquihydrate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3124690/fr/pantoprazole-hikma-pantoprazole-sodique-sesquihydrate</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId8" Target="worksheets/sheet6.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId9" Target="worksheets/sheet7.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:AB2"/>
+  <dimension ref="A1:H7"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
-      <c r="I1" t="s">
-[...7 lines deleted...]
-      </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="B2" t="s">
+        <v>9</v>
+      </c>
+      <c r="C2" t="s">
+        <v>10</v>
+      </c>
+      <c r="D2" t="s">
+        <v>11</v>
+      </c>
+      <c r="E2" t="s">
         <v>12</v>
       </c>
+      <c r="F2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" t="s">
+        <v>13</v>
+      </c>
+      <c r="H2" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>8</v>
+      </c>
+      <c r="B3" t="s">
+        <v>15</v>
+      </c>
+      <c r="C3" t="s">
+        <v>16</v>
+      </c>
+      <c r="D3" t="s">
+        <v>11</v>
+      </c>
+      <c r="E3" t="s">
+        <v>17</v>
+      </c>
+      <c r="F3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G3" t="s">
+        <v>18</v>
+      </c>
+      <c r="H3" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>8</v>
+      </c>
+      <c r="B4" t="s">
+        <v>20</v>
+      </c>
+      <c r="C4" t="s">
+        <v>21</v>
+      </c>
+      <c r="D4" t="s">
+        <v>11</v>
+      </c>
+      <c r="E4" t="s">
+        <v>22</v>
+      </c>
+      <c r="F4" t="s">
+        <v>11</v>
+      </c>
+      <c r="G4" t="s">
+        <v>23</v>
+      </c>
+      <c r="H4" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>8</v>
+      </c>
+      <c r="B5" t="s">
+        <v>25</v>
+      </c>
+      <c r="C5" t="s">
+        <v>26</v>
+      </c>
+      <c r="D5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E5" t="s">
+        <v>27</v>
+      </c>
+      <c r="F5" t="s">
+        <v>11</v>
+      </c>
+      <c r="G5" t="s">
+        <v>28</v>
+      </c>
+      <c r="H5" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>8</v>
+      </c>
+      <c r="B6" t="s">
+        <v>30</v>
+      </c>
+      <c r="C6" t="s">
+        <v>11</v>
+      </c>
+      <c r="D6" t="s">
+        <v>11</v>
+      </c>
+      <c r="E6" t="s">
+        <v>31</v>
+      </c>
+      <c r="F6" t="s">
+        <v>11</v>
+      </c>
+      <c r="G6" t="s">
+        <v>32</v>
+      </c>
+      <c r="H6" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>8</v>
+      </c>
+      <c r="B7" t="s">
+        <v>34</v>
+      </c>
+      <c r="C7" t="s">
+        <v>35</v>
+      </c>
+      <c r="D7" t="s">
+        <v>36</v>
+      </c>
+      <c r="E7" t="s">
+        <v>37</v>
+      </c>
+      <c r="F7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G7" t="s">
+        <v>38</v>
+      </c>
+      <c r="H7" t="s">
+        <v>39</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>40</v>
+      </c>
+      <c r="B2" t="s">
+        <v>41</v>
+      </c>
       <c r="C2" t="s">
-        <v>13</v>
+        <v>42</v>
       </c>
       <c r="D2" t="s">
-        <v>13</v>
+        <v>43</v>
       </c>
       <c r="E2" t="s">
-        <v>14</v>
+        <v>44</v>
       </c>
       <c r="F2" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G2" t="s">
-        <v>15</v>
+        <v>45</v>
       </c>
       <c r="H2" t="s">
-        <v>16</v>
+        <v>46</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H3"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>47</v>
+      </c>
+      <c r="B2" t="s">
+        <v>48</v>
+      </c>
+      <c r="C2" t="s">
+        <v>49</v>
+      </c>
+      <c r="D2" t="s">
+        <v>50</v>
+      </c>
+      <c r="E2" t="s">
+        <v>51</v>
+      </c>
+      <c r="F2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" t="s">
+        <v>52</v>
+      </c>
+      <c r="H2" t="s">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>47</v>
+      </c>
+      <c r="B3" t="s">
+        <v>54</v>
+      </c>
+      <c r="C3" t="s">
+        <v>55</v>
+      </c>
+      <c r="D3" t="s">
+        <v>56</v>
+      </c>
+      <c r="E3" t="s">
+        <v>57</v>
+      </c>
+      <c r="F3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G3" t="s">
+        <v>58</v>
+      </c>
+      <c r="H3" t="s">
+        <v>59</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:I4"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>61</v>
+      </c>
+      <c r="B2" t="s">
+        <v>62</v>
+      </c>
+      <c r="C2" t="s">
+        <v>11</v>
+      </c>
+      <c r="D2" t="s">
+        <v>11</v>
+      </c>
+      <c r="E2" t="s">
+        <v>63</v>
+      </c>
+      <c r="F2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" t="s">
+        <v>64</v>
+      </c>
+      <c r="H2" t="s">
+        <v>65</v>
       </c>
       <c r="I2" t="s">
-        <v>17</v>
+        <v>66</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>61</v>
+      </c>
+      <c r="B3" t="s">
+        <v>67</v>
+      </c>
+      <c r="C3" t="s">
+        <v>11</v>
+      </c>
+      <c r="D3" t="s">
+        <v>11</v>
+      </c>
+      <c r="E3" t="s">
+        <v>68</v>
+      </c>
+      <c r="F3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G3" t="s">
+        <v>69</v>
+      </c>
+      <c r="H3" t="s">
+        <v>70</v>
+      </c>
+      <c r="I3" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>61</v>
+      </c>
+      <c r="B4" t="s">
+        <v>71</v>
+      </c>
+      <c r="C4" t="s">
+        <v>11</v>
+      </c>
+      <c r="D4" t="s">
+        <v>11</v>
+      </c>
+      <c r="E4" t="s">
+        <v>72</v>
+      </c>
+      <c r="F4" t="s">
+        <v>11</v>
+      </c>
+      <c r="G4" t="s">
+        <v>73</v>
+      </c>
+      <c r="H4" t="s">
+        <v>74</v>
+      </c>
+      <c r="I4" t="s">
+        <v>66</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:I1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>75</v>
+      </c>
+      <c r="B2" t="s">
+        <v>76</v>
+      </c>
+      <c r="C2" t="s">
+        <v>77</v>
+      </c>
+      <c r="D2" t="s">
+        <v>78</v>
+      </c>
+      <c r="E2" t="s">
+        <v>79</v>
+      </c>
+      <c r="F2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" t="s">
+        <v>80</v>
+      </c>
+      <c r="H2" t="s">
+        <v>81</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>82</v>
+      </c>
+      <c r="B2" t="s">
+        <v>83</v>
+      </c>
+      <c r="C2" t="s">
+        <v>84</v>
+      </c>
+      <c r="D2" t="s">
+        <v>85</v>
+      </c>
+      <c r="E2" t="s">
+        <v>86</v>
+      </c>
+      <c r="F2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" t="s">
+        <v>87</v>
+      </c>
+      <c r="H2" t="s">
+        <v>88</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:AB3"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>89</v>
+      </c>
+      <c r="J1" t="s">
+        <v>90</v>
+      </c>
+      <c r="K1" t="s">
+        <v>91</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>92</v>
+      </c>
+      <c r="B2" t="s">
+        <v>93</v>
+      </c>
+      <c r="C2" t="s">
+        <v>11</v>
+      </c>
+      <c r="D2" t="s">
+        <v>11</v>
+      </c>
+      <c r="E2" t="s">
+        <v>94</v>
+      </c>
+      <c r="F2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" t="s">
+        <v>95</v>
+      </c>
+      <c r="H2" t="s">
+        <v>96</v>
+      </c>
+      <c r="I2" t="s">
+        <v>97</v>
       </c>
       <c r="J2" t="s">
-        <v>18</v>
+        <v>98</v>
       </c>
       <c r="K2" t="s">
-        <v>19</v>
+        <v>99</v>
       </c>
       <c r="L2" t="s">
-        <v>20</v>
+        <v>100</v>
       </c>
       <c r="M2" t="s">
-        <v>21</v>
+        <v>101</v>
       </c>
       <c r="N2" t="s">
-        <v>22</v>
+        <v>102</v>
       </c>
       <c r="O2" t="s">
-        <v>23</v>
+        <v>103</v>
       </c>
       <c r="P2" t="s">
-        <v>24</v>
+        <v>104</v>
       </c>
       <c r="Q2" t="s">
-        <v>25</v>
+        <v>105</v>
       </c>
       <c r="R2" t="s">
-        <v>26</v>
+        <v>106</v>
       </c>
       <c r="S2" t="s">
-        <v>27</v>
+        <v>107</v>
       </c>
       <c r="T2" t="s">
-        <v>28</v>
+        <v>108</v>
       </c>
       <c r="U2" t="s">
-        <v>29</v>
+        <v>109</v>
       </c>
       <c r="V2" t="s">
-        <v>30</v>
+        <v>110</v>
       </c>
       <c r="W2" t="s">
-        <v>31</v>
+        <v>111</v>
       </c>
       <c r="X2" t="s">
-        <v>32</v>
+        <v>112</v>
       </c>
       <c r="Y2" t="s">
-        <v>33</v>
+        <v>113</v>
       </c>
       <c r="Z2" t="s">
-        <v>34</v>
+        <v>114</v>
       </c>
       <c r="AA2" t="s">
-        <v>35</v>
+        <v>115</v>
       </c>
       <c r="AB2" t="s">
-        <v>36</v>
+        <v>116</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>92</v>
+      </c>
+      <c r="B3" t="s">
+        <v>117</v>
+      </c>
+      <c r="C3" t="s">
+        <v>11</v>
+      </c>
+      <c r="D3" t="s">
+        <v>11</v>
+      </c>
+      <c r="E3" t="s">
+        <v>118</v>
+      </c>
+      <c r="F3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G3" t="s">
+        <v>119</v>
+      </c>
+      <c r="H3" t="s">
+        <v>120</v>
+      </c>
+      <c r="I3" t="s">
+        <v>121</v>
+      </c>
+      <c r="J3" t="s">
+        <v>122</v>
+      </c>
+      <c r="K3" t="s">
+        <v>123</v>
+      </c>
+      <c r="L3" t="s">
+        <v>124</v>
+      </c>
+      <c r="M3" t="s">
+        <v>125</v>
+      </c>
+      <c r="N3" t="s">
+        <v>126</v>
+      </c>
+      <c r="O3" t="s">
+        <v>127</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>