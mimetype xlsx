--- v0 (2025-10-19)
+++ v1 (2025-12-03)
@@ -1,255 +1,947 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Drugs" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Avis sur les dispositifs" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Guide maladie chronique" r:id="rId4" sheetId="2"/>
+    <sheet name="Export évènement de calendrier" r:id="rId5" sheetId="3"/>
+    <sheet name="Export Medicament" r:id="rId6" sheetId="4"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Drugs'!$B$1:$K$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Avis sur les dispositifs'!$B$1:$J$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="25" uniqueCount="23">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="158" uniqueCount="95">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Active ingredient</t>
-[...8 lines deleted...]
-    <t>Medicine</t>
+    <t>Description</t>
+  </si>
+  <si>
+    <t>Laboratoire / Fabricant</t>
+  </si>
+  <si>
+    <t>Avis sur les dispositifs médicaux et autres produits de santé</t>
+  </si>
+  <si>
+    <t>Pommades ophtalmiques : Phase contradictoire d'un avis de projet d’inscription paru au JO le 11 septembre 2025</t>
+  </si>
+  <si>
+    <t>Avis de projet d’inscription de pommades ophtalmiques au titre I de la liste prévue à l’article L. 165-1 (LPP) du code de la sécurité sociale publié au JO le 11 septembre 2025. Phase contradictoire prévue à l’article R.165-9 du code de la sécurité sociale (CSS).</t>
+  </si>
+  <si>
+    <t>07/10/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>09/10/2025 10:08:42</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3690431/fr/pommades-ophtalmiques-phase-contradictoire-d-un-avis-de-projet-d-inscription-paru-au-jo-le-11-septembre-2025</t>
+  </si>
+  <si>
+    <t>p_3690431</t>
+  </si>
+  <si>
+    <t>Phase contradictoire d'un avis de projet d’inscription (LPP)</t>
+  </si>
+  <si>
+    <t>Ministère des Affaires Sociales et de Santé</t>
+  </si>
+  <si>
+    <t>ATOPICLAIR</t>
+  </si>
+  <si>
+    <t>06/07/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>10/09/2021 11:28:23</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3280889/fr/atopiclair</t>
+  </si>
+  <si>
+    <t>p_3280889</t>
+  </si>
+  <si>
+    <t>Crème</t>
+  </si>
+  <si>
+    <t>ALLIANCE PHARMA FRANCE SAS</t>
+  </si>
+  <si>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Ichthyoses héréditaires</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d'Ichthyose héréditaire. Il a été élaboré par le Centre de référence des maladies rares de la peau et des muqueuses à début pédiatrique à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>20/10/2021 13:37:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3293150/fr/ichthyoses-hereditaires</t>
+  </si>
+  <si>
+    <t>p_3293150</t>
+  </si>
+  <si>
+    <t>Type d'évènement</t>
+  </si>
+  <si>
+    <t>Evénement de Calendrier</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 1er juillet 2015</t>
+  </si>
+  <si>
+    <t>24/06/2015 17:09:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2040932/fr/commission-de-la-transparence-reunion-du-1er-juillet-2015</t>
+  </si>
+  <si>
+    <t>c_2040932</t>
+  </si>
+  <si>
+    <t>Commission</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 4 février 2015</t>
+  </si>
+  <si>
+    <t>30/01/2015 17:29:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2009376/fr/commission-de-la-transparence-reunion-du-4-fevrier-2015</t>
+  </si>
+  <si>
+    <t>c_2009376</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 8 juillet 2009</t>
+  </si>
+  <si>
+    <t>08/07/2009 16:36:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_748561/fr/commission-de-la-transparence-reunion-du-8-juillet-2009</t>
+  </si>
+  <si>
+    <t>c_748561</t>
+  </si>
+  <si>
+    <t>Substance active (DCI)</t>
+  </si>
+  <si>
+    <t>Avis sur les Médicaments</t>
+  </si>
+  <si>
+    <t>Médicament</t>
+  </si>
+  <si>
+    <t>TRANSULOSE (lactulose/ huile de paraffine/ vaseline)</t>
+  </si>
+  <si>
+    <t>18/05/2017 08:35:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983625/fr/transulose-lactulose/-huile-de-paraffine/-vaseline</t>
+  </si>
+  <si>
+    <t>pprd_2983625</t>
+  </si>
+  <si>
+    <t>lactulose,paraffine liquide,vaseline</t>
+  </si>
+  <si>
+    <t>APTALIS PHARMA SAS/ AXCAN PHARMA</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_532428/fr/transulose-lactulose/-huile-de-paraffine/-vaseline</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_994264/fr/transulose-lactulose/-huile-de-paraffine/-vaseline</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2022084/fr/transulose-lactulose/-huile-de-paraffine/-vaseline</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2762897/fr/transulose-lactulose/-huile-de-paraffine/-vaseline</t>
   </si>
   <si>
     <t>DEXERYL (paraffine liquide/ vaseline/ glycérol)</t>
   </si>
   <si>
-    <t/>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2984597/en/dexeryl-paraffine-liquide/-vaseline/-glycerol</t>
+    <t>22/05/2015 14:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984597/fr/dexeryl-paraffine-liquide/-vaseline/-glycerol</t>
   </si>
   <si>
     <t>pprd_2984597</t>
   </si>
   <si>
     <t>paraffine liquide,vaseline,glycérol</t>
   </si>
   <si>
     <t>PIERRE FABRE MEDICAMENT</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_400119/en/dexeryl-paraffine-liquide/-vaseline/-glycerol</t>
-[...8 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2018885/en/dexeryl-glycerin-petrolatum-liquid-paraffin-emollient</t>
+    <t>https://www.has-sante.fr/jcms/c_400119/fr/dexeryl-paraffine-liquide/-vaseline/-glycerol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_834969/fr/dexeryl-paraffine-liquide/-vaseline/-glycerol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1188995/fr/dexeryl-paraffine-liquide/-vaseline/-glycerol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2018885/fr/dexeryl-glycerol-vaseline-paraffine-liquide-emollient</t>
+  </si>
+  <si>
+    <t>MELAXOSE (lactulose/ paraffine liquide/ vaseline)</t>
+  </si>
+  <si>
+    <t>19/01/2015 18:45:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984627/fr/melaxose-lactulose/-paraffine-liquide/-vaseline</t>
+  </si>
+  <si>
+    <t>pprd_2984627</t>
+  </si>
+  <si>
+    <t>BIOCODEX</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_992838/fr/melaxose-lactulose/-paraffine-liquide/-vaseline</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1716235/fr/melaxose-lactulose/-paraffine-liquide/-vaseline</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2005967/fr/melaxose-lactulose/-paraffine-liquide/-vaseline</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400194/fr/melaxose-gelee-orale-en-pot-lactulose/-paraffine-liquide/-vaseline</t>
+  </si>
+  <si>
+    <t>PARAPSYLLIUM (ispaghul/ paraffine liquide microencapsulée)</t>
+  </si>
+  <si>
+    <t>02/02/2010 16:29:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985301/fr/parapsyllium-ispaghul/-paraffine-liquide-microencapsulee</t>
+  </si>
+  <si>
+    <t>pprd_2985301</t>
+  </si>
+  <si>
+    <t>ispaghul,paraffine liquide microencapsulée</t>
+  </si>
+  <si>
+    <t>IPRAD</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_916576/fr/parapsyllium-ispaghul/-paraffine-liquide-microencapsulee</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400197/fr/parapsyllium-poudre-pour-suspension-buvable-en-sachet-boite-de-10-code-cip-330-559-4</t>
+  </si>
+  <si>
+    <t>LAXAMALT (paraffine liquide/ malt, extrait sec)</t>
+  </si>
+  <si>
+    <t>24/10/2007 15:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985422/fr/laxamalt-paraffine-liquide/-malt-extrait-sec</t>
+  </si>
+  <si>
+    <t>pprd_2985422</t>
+  </si>
+  <si>
+    <t>paraffine liquide,malt, extrait sec</t>
+  </si>
+  <si>
+    <t>BOUCHARA RECORDATI</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_603166/fr/laxamalt-paraffine-liquide/-malt-extrait-sec</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:N2"/>
+  <dimension ref="A1:J3"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
-      <c r="K1" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
+        <v>10</v>
+      </c>
+      <c r="B2" t="s">
         <v>11</v>
       </c>
-      <c r="B2" t="s">
+      <c r="C2" t="s">
         <v>12</v>
-      </c>
-[...1 lines deleted...]
-        <v>13</v>
       </c>
       <c r="D2" t="s">
         <v>13</v>
       </c>
       <c r="E2" t="s">
         <v>14</v>
       </c>
       <c r="F2" t="s">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="G2" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="H2" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="I2" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="J2" t="s">
-        <v>18</v>
+        <v>19</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>10</v>
+      </c>
+      <c r="B3" t="s">
+        <v>20</v>
+      </c>
+      <c r="C3" t="s">
+        <v>15</v>
+      </c>
+      <c r="D3" t="s">
+        <v>21</v>
+      </c>
+      <c r="E3" t="s">
+        <v>22</v>
+      </c>
+      <c r="F3" t="s">
+        <v>15</v>
+      </c>
+      <c r="G3" t="s">
+        <v>23</v>
+      </c>
+      <c r="H3" t="s">
+        <v>24</v>
+      </c>
+      <c r="I3" t="s">
+        <v>25</v>
+      </c>
+      <c r="J3" t="s">
+        <v>26</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:J1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>27</v>
+      </c>
+      <c r="B2" t="s">
+        <v>28</v>
+      </c>
+      <c r="C2" t="s">
+        <v>29</v>
+      </c>
+      <c r="D2" t="s">
+        <v>15</v>
+      </c>
+      <c r="E2" t="s">
+        <v>30</v>
+      </c>
+      <c r="F2" t="s">
+        <v>15</v>
+      </c>
+      <c r="G2" t="s">
+        <v>31</v>
+      </c>
+      <c r="H2" t="s">
+        <v>32</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:I4"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>34</v>
+      </c>
+      <c r="B2" t="s">
+        <v>35</v>
+      </c>
+      <c r="C2" t="s">
+        <v>15</v>
+      </c>
+      <c r="D2" t="s">
+        <v>15</v>
+      </c>
+      <c r="E2" t="s">
+        <v>36</v>
+      </c>
+      <c r="F2" t="s">
+        <v>15</v>
+      </c>
+      <c r="G2" t="s">
+        <v>37</v>
+      </c>
+      <c r="H2" t="s">
+        <v>38</v>
+      </c>
+      <c r="I2" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>34</v>
+      </c>
+      <c r="B3" t="s">
+        <v>40</v>
+      </c>
+      <c r="C3" t="s">
+        <v>15</v>
+      </c>
+      <c r="D3" t="s">
+        <v>15</v>
+      </c>
+      <c r="E3" t="s">
+        <v>41</v>
+      </c>
+      <c r="F3" t="s">
+        <v>15</v>
+      </c>
+      <c r="G3" t="s">
+        <v>42</v>
+      </c>
+      <c r="H3" t="s">
+        <v>43</v>
+      </c>
+      <c r="I3" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>34</v>
+      </c>
+      <c r="B4" t="s">
+        <v>44</v>
+      </c>
+      <c r="C4" t="s">
+        <v>15</v>
+      </c>
+      <c r="D4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E4" t="s">
+        <v>45</v>
+      </c>
+      <c r="F4" t="s">
+        <v>15</v>
+      </c>
+      <c r="G4" t="s">
+        <v>46</v>
+      </c>
+      <c r="H4" t="s">
+        <v>47</v>
+      </c>
+      <c r="I4" t="s">
+        <v>39</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:I1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:N6"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>48</v>
+      </c>
+      <c r="J1" t="s">
+        <v>9</v>
+      </c>
+      <c r="K1" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>50</v>
+      </c>
+      <c r="B2" t="s">
+        <v>51</v>
+      </c>
+      <c r="C2" t="s">
+        <v>15</v>
+      </c>
+      <c r="D2" t="s">
+        <v>15</v>
+      </c>
+      <c r="E2" t="s">
+        <v>52</v>
+      </c>
+      <c r="F2" t="s">
+        <v>15</v>
+      </c>
+      <c r="G2" t="s">
+        <v>53</v>
+      </c>
+      <c r="H2" t="s">
+        <v>54</v>
+      </c>
+      <c r="I2" t="s">
+        <v>55</v>
+      </c>
+      <c r="J2" t="s">
+        <v>56</v>
       </c>
       <c r="K2" t="s">
-        <v>19</v>
+        <v>57</v>
       </c>
       <c r="L2" t="s">
-        <v>20</v>
+        <v>58</v>
       </c>
       <c r="M2" t="s">
-        <v>21</v>
+        <v>59</v>
       </c>
       <c r="N2" t="s">
-        <v>22</v>
+        <v>60</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>50</v>
+      </c>
+      <c r="B3" t="s">
+        <v>61</v>
+      </c>
+      <c r="C3" t="s">
+        <v>15</v>
+      </c>
+      <c r="D3" t="s">
+        <v>15</v>
+      </c>
+      <c r="E3" t="s">
+        <v>62</v>
+      </c>
+      <c r="F3" t="s">
+        <v>15</v>
+      </c>
+      <c r="G3" t="s">
+        <v>63</v>
+      </c>
+      <c r="H3" t="s">
+        <v>64</v>
+      </c>
+      <c r="I3" t="s">
+        <v>65</v>
+      </c>
+      <c r="J3" t="s">
+        <v>66</v>
+      </c>
+      <c r="K3" t="s">
+        <v>67</v>
+      </c>
+      <c r="L3" t="s">
+        <v>68</v>
+      </c>
+      <c r="M3" t="s">
+        <v>69</v>
+      </c>
+      <c r="N3" t="s">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>50</v>
+      </c>
+      <c r="B4" t="s">
+        <v>71</v>
+      </c>
+      <c r="C4" t="s">
+        <v>15</v>
+      </c>
+      <c r="D4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E4" t="s">
+        <v>72</v>
+      </c>
+      <c r="F4" t="s">
+        <v>15</v>
+      </c>
+      <c r="G4" t="s">
+        <v>73</v>
+      </c>
+      <c r="H4" t="s">
+        <v>74</v>
+      </c>
+      <c r="I4" t="s">
+        <v>55</v>
+      </c>
+      <c r="J4" t="s">
+        <v>75</v>
+      </c>
+      <c r="K4" t="s">
+        <v>76</v>
+      </c>
+      <c r="L4" t="s">
+        <v>77</v>
+      </c>
+      <c r="M4" t="s">
+        <v>78</v>
+      </c>
+      <c r="N4" t="s">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>50</v>
+      </c>
+      <c r="B5" t="s">
+        <v>80</v>
+      </c>
+      <c r="C5" t="s">
+        <v>15</v>
+      </c>
+      <c r="D5" t="s">
+        <v>15</v>
+      </c>
+      <c r="E5" t="s">
+        <v>81</v>
+      </c>
+      <c r="F5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G5" t="s">
+        <v>82</v>
+      </c>
+      <c r="H5" t="s">
+        <v>83</v>
+      </c>
+      <c r="I5" t="s">
+        <v>84</v>
+      </c>
+      <c r="J5" t="s">
+        <v>85</v>
+      </c>
+      <c r="K5" t="s">
+        <v>86</v>
+      </c>
+      <c r="L5" t="s">
+        <v>87</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>50</v>
+      </c>
+      <c r="B6" t="s">
+        <v>88</v>
+      </c>
+      <c r="C6" t="s">
+        <v>15</v>
+      </c>
+      <c r="D6" t="s">
+        <v>15</v>
+      </c>
+      <c r="E6" t="s">
+        <v>89</v>
+      </c>
+      <c r="F6" t="s">
+        <v>15</v>
+      </c>
+      <c r="G6" t="s">
+        <v>90</v>
+      </c>
+      <c r="H6" t="s">
+        <v>91</v>
+      </c>
+      <c r="I6" t="s">
+        <v>92</v>
+      </c>
+      <c r="J6" t="s">
+        <v>93</v>
+      </c>
+      <c r="K6" t="s">
+        <v>94</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>