--- v0 (2025-10-19)
+++ v1 (2025-12-03)
@@ -9,95 +9,134 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export " r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="16" uniqueCount="16">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="32" uniqueCount="29">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Health technology assessment</t>
-[...11 lines deleted...]
-    <t>05/25/2016 10:28:00</t>
+    <t>Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Prise en charge thérapeutique du patient atteint d’herpès génital</t>
+  </si>
+  <si>
+    <t>À la demande du ministère chargé de la santé, le Conseil National du Sida et des hépatites virales (CNS) et l'Agence nationale de recherches sur le sida | Maladies infectieuses émergentes (ANRS | MIE) ont sollicité la Haute Autorité de santé (HAS) pour l’élaboration d’une actualisation des recommandations françaises de prise en charge des personnes atteintes d’herpès génital. L’accompagnement de la HAS s’est inscrit dans le cadre de la labellisation par la HAS d’une recommandation élaborée par un organisme professionnel.</t>
+  </si>
+  <si>
+    <t>14/11/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>02/12/2024 14:12:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_2589724/en/diagnosis-of-infections-with-the-herpes-simplex-virus-and-the-varicella-zoster-virus-by-virus-detection-and/or-serology-in-the-mother/child-setting-inahta-brief</t>
+    <t>https://www.has-sante.fr/jcms/p_3562501/fr/prise-en-charge-therapeutique-du-patient-atteint-d-herpes-genital</t>
+  </si>
+  <si>
+    <t>p_3562501</t>
+  </si>
+  <si>
+    <t>Prise en charge de l’herpès cutanéo-muqueux chez le sujet immunocompétent (manifestations oculaires exclues)</t>
+  </si>
+  <si>
+    <t>L'objectif de cette conférence de consensus est de répondre aux cinq questions suivantes, posées au jury : Quelle est l'histoire naturelle de l'infection à HSV ? Quelles sont les particularités cliniques et évolutives de certaines localisations ? (herpès oro-facial, cutané localisé, cutané diffus, syndrome de Kaposi-Juliusberg, éryhtème polymorphe, herpès génital, néonatal, infection herpétique chez la femme enceinte) Quelles sont la signification et les limites des moyens diagnostiques ? Quelles sont les modalités des traitements locaux et généraux, médicamenteux ou non ? (herpès oro-facial, génital, néonatal, de la femme enceinte, formes particulières) Quelles sont les perspectives pour le diagnostic, le traitement et la prévention de l'infection à HSV ?</t>
+  </si>
+  <si>
+    <t>03/12/2001 00:00:00</t>
+  </si>
+  <si>
+    <t>07/11/2001 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272087/fr/prise-en-charge-de-l-herpes-cutaneo-muqueux-chez-le-sujet-immunocompetent-manifestations-oculaires-exclues</t>
+  </si>
+  <si>
+    <t>c_272087</t>
+  </si>
+  <si>
+    <t>Evaluation des technologies de santé</t>
+  </si>
+  <si>
+    <t>Diagnostic par détection virale et/ou sérologie des infections à virus herpes simplex et varicelle-zona dans le cadre mère-enfant</t>
+  </si>
+  <si>
+    <t>Évaluation des tests relatifs au diagnostic des infections à virus herpes simplex de types 1 et 2 (HSV-1/-2) et varicelle-zona (VZV) dans le cadre de la transmission mère-enfant de ces virus : détection du génome de ces virus par PCR dans différents contextes et prélèvements, diagnostic immunologique direct (détection d’antigènes viraux par immunofluorescence ou méthode immunoenzymatique), cultures orientée et non orientée, recherches sérologiques (IgM et IgG anti-VZV, IgM et IgG anti-HSV-1/-2 non spécifiques de type, IgG anti-HSV-1 et -2 spécifiques de type)</t>
+  </si>
+  <si>
+    <t>04/05/2016 00:00:00</t>
+  </si>
+  <si>
+    <t>25/05/2016 10:28:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2589724/fr/diagnostic-par-detection-virale-et/ou-serologie-des-infections-a-virus-herpes-simplex-et-varicelle-zona-dans-le-cadre-mere-enfant</t>
   </si>
   <si>
     <t>c_2589724</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -107,51 +146,51 @@
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H2"/>
+  <dimension ref="A1:H4"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -165,43 +204,95 @@
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
         <v>14</v>
       </c>
       <c r="H2" t="s">
         <v>15</v>
       </c>
     </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>8</v>
+      </c>
+      <c r="B3" t="s">
+        <v>16</v>
+      </c>
+      <c r="C3" t="s">
+        <v>17</v>
+      </c>
+      <c r="D3" t="s">
+        <v>18</v>
+      </c>
+      <c r="E3" t="s">
+        <v>19</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>20</v>
+      </c>
+      <c r="H3" t="s">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>22</v>
+      </c>
+      <c r="B4" t="s">
+        <v>23</v>
+      </c>
+      <c r="C4" t="s">
+        <v>24</v>
+      </c>
+      <c r="D4" t="s">
+        <v>25</v>
+      </c>
+      <c r="E4" t="s">
+        <v>26</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>27</v>
+      </c>
+      <c r="H4" t="s">
+        <v>28</v>
+      </c>
+    </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>