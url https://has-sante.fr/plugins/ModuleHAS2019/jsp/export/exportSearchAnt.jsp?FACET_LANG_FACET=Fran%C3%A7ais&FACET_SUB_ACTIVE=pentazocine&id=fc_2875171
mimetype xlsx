--- v0 (2025-10-19)
+++ v1 (2025-12-03)
@@ -1,295 +1,609 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export " r:id="rId3" sheetId="1"/>
+    <sheet name="Export Guide maladie chronique" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Recommandation de bonne " r:id="rId4" sheetId="2"/>
+    <sheet name="Export Evaluation des technolog" r:id="rId5" sheetId="3"/>
+    <sheet name="Export évènement de calendrier" r:id="rId6" sheetId="4"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="32" uniqueCount="28">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="91" uniqueCount="52">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Practice guidelines</t>
-[...8 lines deleted...]
-    <t>03/01/2000 00:00:00</t>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Prise en charge de la Rétinopathie du prématuré</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins des prématurés nécessitant un traitement pour une ROP. Il a été élaboré par le Centre de Référence des Maladies Rares en Ophtalmologie – OPHTARA à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>05/02/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>07/02/2024 08:36:06</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_272030/en/assessment-and-management-of-acute-pain-in-paediatric-outpatients-aged-between-1-month-and-15-years</t>
+    <t>https://www.has-sante.fr/jcms/p_3493096/fr/prise-en-charge-de-la-retinopathie-du-premature</t>
+  </si>
+  <si>
+    <t>p_3493096</t>
+  </si>
+  <si>
+    <t>Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Évaluation et stratégies de prise en charge de la douleur aiguë en ambulatoire chez l'enfant de 1 mois à 15 ans</t>
+  </si>
+  <si>
+    <t>Les questions traitées sont les suivantes :# 1. Pourquoi faut-il traiter la douleur ?# 2. Quels sont les moyens d'identification et les outils d'évaluation de la douleur aiguë ?# 3. Quels sont les moyens de lutte contre la douleur aiguë ?# 4. Quelles sont les stratégies de prise en charge de la douleur aiguë lors de pathologies courantes en pédiatrie, lors d'un traumatisme récent et lors de douleur exogène provoquée par les soins ?#</t>
+  </si>
+  <si>
+    <t>01/03/2000 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272030/fr/evaluation-et-strategies-de-prise-en-charge-de-la-douleur-aigue-en-ambulatoire-chez-l-enfant-de-1-mois-a-15-ans</t>
   </si>
   <si>
     <t>c_272030</t>
   </si>
   <si>
-    <t>Health technology assessment</t>
-[...14 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2853398/en/endoscopic-submucosal-dissection-as-treatment-for-potentially-cancerous-superficial-rectal-lesions-inahta-brief</t>
+    <t>Modalités de prise en charge de l'adulte nécessitant des soins palliatifs</t>
+  </si>
+  <si>
+    <t>Proposer des recommandations concernant les modalités de prise en charge de l'adulte nécessitant des soins palliatifs.</t>
+  </si>
+  <si>
+    <t>01/12/2002 00:00:00</t>
+  </si>
+  <si>
+    <t>01/12/2002 16:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272224/fr/modalites-de-prise-en-charge-de-l-adulte-necessitant-des-soins-palliatifs</t>
+  </si>
+  <si>
+    <t>c_272224</t>
+  </si>
+  <si>
+    <t>Evaluation des technologies de santé</t>
+  </si>
+  <si>
+    <t>Traitement endoscopique par dissection sous-muqueuse des lésions rectales superficielles à potentiel cancéreux</t>
+  </si>
+  <si>
+    <t>La HAS a évalué l’efficacité et la sécurité de la technique de dissection sous-muqueuse (DSM) dans le cadre du traitement d’une lésion superficielle du rectum à potentiel cancéreux jugée à faible risque d’envahissement ganglionnaire, en comparaison à la mucosectomie et aux techniques chirurgicales, afin de statuer sur la pertinence de sa prise en charge par la collectivité.</t>
+  </si>
+  <si>
+    <t>22/10/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>03/11/2020 09:25:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2853398/fr/traitement-endoscopique-par-dissection-sous-muqueuse-des-lesions-rectales-superficielles-a-potentiel-cancereux</t>
   </si>
   <si>
     <t>c_2853398</t>
   </si>
   <si>
-    <t>Treatment of superficial colon cancer by endoscopic submucosal dissection - INAHTA Brief</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2853392/en/treatment-of-superficial-colon-cancer-by-endoscopic-submucosal-dissection-inahta-brief</t>
+    <t>Traitement endoscopique par dissection sous-muqueuse des lésions cancéreuses superficielles coliques</t>
+  </si>
+  <si>
+    <t>Évaluer l’efficacité et la sécurité de la technique de dissection sous-muqueuse (DSM) dans le cadre du traitement d’un cancer superficiel du côlon jugé à faible risque d’envahissement ganglionnaire</t>
+  </si>
+  <si>
+    <t>06/02/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>13/02/2019 11:04:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2853392/fr/traitement-endoscopique-par-dissection-sous-muqueuse-des-lesions-cancereuses-superficielles-coliques</t>
   </si>
   <si>
     <t>c_2853392</t>
+  </si>
+  <si>
+    <t>Type d'évènement</t>
+  </si>
+  <si>
+    <t>Evénement de Calendrier</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 26 juin 2013</t>
+  </si>
+  <si>
+    <t>26/06/2013 10:10:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1603005/fr/commission-de-la-transparence-reunion-du-26-juin-2013</t>
+  </si>
+  <si>
+    <t>c_1603005</t>
+  </si>
+  <si>
+    <t>Commission</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 12 juin 2013</t>
+  </si>
+  <si>
+    <t>12/06/2013 14:55:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1600312/fr/commission-de-la-transparence-reunion-du-12-juin-2013</t>
+  </si>
+  <si>
+    <t>c_1600312</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H4"/>
+  <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="F2" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="H2" t="s">
-        <v>14</v>
+        <v>15</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H3"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>16</v>
+      </c>
+      <c r="B2" t="s">
+        <v>17</v>
+      </c>
+      <c r="C2" t="s">
+        <v>18</v>
+      </c>
+      <c r="D2" t="s">
+        <v>19</v>
+      </c>
+      <c r="E2" t="s">
+        <v>19</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>20</v>
+      </c>
+      <c r="H2" t="s">
+        <v>21</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="B3" t="s">
-        <v>16</v>
+        <v>22</v>
       </c>
       <c r="C3" t="s">
-        <v>17</v>
+        <v>23</v>
       </c>
       <c r="D3" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="E3" t="s">
-        <v>19</v>
+        <v>25</v>
       </c>
       <c r="F3" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>20</v>
+        <v>26</v>
       </c>
       <c r="H3" t="s">
-        <v>21</v>
-[...24 lines deleted...]
-      <c r="H4" t="s">
         <v>27</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H3"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>28</v>
+      </c>
+      <c r="B2" t="s">
+        <v>29</v>
+      </c>
+      <c r="C2" t="s">
+        <v>30</v>
+      </c>
+      <c r="D2" t="s">
+        <v>31</v>
+      </c>
+      <c r="E2" t="s">
+        <v>32</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>33</v>
+      </c>
+      <c r="H2" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>28</v>
+      </c>
+      <c r="B3" t="s">
+        <v>35</v>
+      </c>
+      <c r="C3" t="s">
+        <v>36</v>
+      </c>
+      <c r="D3" t="s">
+        <v>37</v>
+      </c>
+      <c r="E3" t="s">
+        <v>38</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>39</v>
+      </c>
+      <c r="H3" t="s">
+        <v>40</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:I3"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>42</v>
+      </c>
+      <c r="B2" t="s">
+        <v>43</v>
+      </c>
+      <c r="C2" t="s">
+        <v>13</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>44</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>45</v>
+      </c>
+      <c r="H2" t="s">
+        <v>46</v>
+      </c>
+      <c r="I2" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>42</v>
+      </c>
+      <c r="B3" t="s">
+        <v>48</v>
+      </c>
+      <c r="C3" t="s">
+        <v>13</v>
+      </c>
+      <c r="D3" t="s">
+        <v>13</v>
+      </c>
+      <c r="E3" t="s">
+        <v>49</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>50</v>
+      </c>
+      <c r="H3" t="s">
+        <v>51</v>
+      </c>
+      <c r="I3" t="s">
+        <v>47</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:I1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>