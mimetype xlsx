--- v0 (2025-10-16)
+++ v1 (2026-01-14)
@@ -35,69 +35,69 @@
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Practice guidelines</t>
-[...11 lines deleted...]
-    <t>09/01/2002 17:51:00</t>
+    <t>Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Prise en charge initiale des patients adultes atteints d’accident vasculaire cérébral - aspects médicaux</t>
+  </si>
+  <si>
+    <t>Les recommandations concernent la prise en charge thérapeutique des patients atteints d’accident vasculaire cérébral (AVC) à la phase aiguë, c’est-à-dire environ dans les 15 premiers jours, à l’exclusion de l’hémorragie méningée. Les questions abordées sont les suivantes : 1. Diagnostic de l’AVC, de sa nature et de son territoire 2. Surveillance initiale neurologique et des paramètres vitaux 3. Prise en charge des complications générales 4. Prise en charge des complications neurologiques 5. Traitement de l’AVC ischémique artériel 6. Traitement des thromboses veineuses cérébrales 7. Indications du traitement neurochirurgical 8. Indications de la prise en charge en réanimation médicale 9. Unités neurovasculaires 10. Organisation de la filière de soins, prise en charge préhospitalière</t>
+  </si>
+  <si>
+    <t>01/09/2002 00:00:00</t>
+  </si>
+  <si>
+    <t>01/09/2002 17:51:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_272249/en/early-management-of-adult-stroke-patients-medical-aspects</t>
+    <t>https://www.has-sante.fr/jcms/c_272249/fr/prise-en-charge-initiale-des-patients-adultes-atteints-d-accident-vasculaire-cerebral-aspects-medicaux</t>
   </si>
   <si>
     <t>c_272249</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>