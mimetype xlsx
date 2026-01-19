--- v0 (2025-12-03)
+++ v1 (2026-01-19)
@@ -56,51 +56,51 @@
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
     <t>Recommandation de bonne pratique</t>
   </si>
   <si>
     <t>Transidentité : prise en charge de l’adulte</t>
   </si>
   <si>
     <t>Cette recommandation de bonne pratique vise à améliorer la qualité de la prise en charge médicale de l’adulte trans</t>
   </si>
   <si>
     <t>17/07/2025 00:00:00</t>
   </si>
   <si>
-    <t>18/07/2025 10:28:47</t>
+    <t>18/07/2025 10:28:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3636735/fr/transidentite-prise-en-charge-de-l-adulte</t>
   </si>
   <si>
     <t>p_3636735</t>
   </si>
   <si>
     <t>Communiqué de presse</t>
   </si>
   <si>
     <t>Acné : quand et comment la traiter ?</t>
   </si>
   <si>
     <t>Maladie de peau touchant 80% des adolescents, l’acné peut revêtir des formes sévères avec des risques de cicatrices mais aussi altérer la qualité de vie et le quotidien. Certains traitements de l’acné ont fait l’objet d’alertes et d’inquiétudes, et il est aujourd’hui parfois difficile de savoir quels traitements privilégier et dans quels cas. En outre, les traitements prescrits sont suivis par moins d’un patient sur deux, compromettant leur efficacité. La Société Française de Dermatologie (SFD) fait le point aujourd’hui sur ces différentes questions et publie de nouvelles recommandations, labellisées par la Haute Autorité de Santé (HAS).</t>
   </si>
   <si>
     <t>20/10/2015 15:08:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2564525/fr/acne-quand-et-comment-la-traiter</t>
   </si>