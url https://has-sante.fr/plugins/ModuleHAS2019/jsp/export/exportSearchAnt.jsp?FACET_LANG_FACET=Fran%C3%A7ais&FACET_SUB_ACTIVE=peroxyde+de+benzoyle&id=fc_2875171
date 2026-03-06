--- v1 (2026-01-19)
+++ v2 (2026-03-06)
@@ -1,368 +1,188 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Recommandation de bonne " r:id="rId3" sheetId="1"/>
-[...2 lines deleted...]
-    <sheet name="Export Medicament" r:id="rId6" sheetId="4"/>
+    <sheet name="Export Practice guidelines" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Drugs" r:id="rId4" sheetId="2"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
-[...2 lines deleted...]
-    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Practice guidelines'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Drugs'!$B$1:$K$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="148" uniqueCount="85">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="38" uniqueCount="27">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Recommandation de bonne pratique</t>
-[...11 lines deleted...]
-    <t>18/07/2025 10:28:00</t>
+    <t>Practice guidelines</t>
+  </si>
+  <si>
+    <t>Care for transgender adults</t>
+  </si>
+  <si>
+    <t>The aim of this guideline is to improve support and care for adult trans people.</t>
+  </si>
+  <si>
+    <t>07/17/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>07/18/2025 10:28:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3636735/fr/transidentite-prise-en-charge-de-l-adulte</t>
+    <t>https://www.has-sante.fr/jcms/p_3636735/en/care-for-transgender-adults</t>
   </si>
   <si>
     <t>p_3636735</t>
   </si>
   <si>
-    <t>Communiqué de presse</t>
-[...86 lines deleted...]
-    <t>Médicament</t>
+    <t>Active ingredient</t>
+  </si>
+  <si>
+    <t>Laboratory / Manufacturer</t>
+  </si>
+  <si>
+    <t>Opinions on drugs</t>
+  </si>
+  <si>
+    <t>Medicine</t>
   </si>
   <si>
     <t>CASARENEL (adapalène/peroxyde de benzoyle)</t>
   </si>
   <si>
-    <t>11/09/2025 08:41:37</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3644681/fr/casarenel-adapalene/peroxyde-de-benzoyle</t>
+    <t>09/11/2025 08:41:37</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3644681/en/casarenel-adapalene/peroxyde-de-benzoyle</t>
   </si>
   <si>
     <t>p_3644681</t>
   </si>
   <si>
     <t>adapalène,peroxyde de benzoyle</t>
   </si>
   <si>
     <t>EURODEP PHARMA</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3644325/fr/casarenel-adapalene/peroxyde-de-benzoyle-acne</t>
-[...95 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_1198168/fr/epiduo-peroxyde-de-benzoyle-adapalene</t>
+    <t>https://www.has-sante.fr/jcms/p_3644325/en/casarenel-adapalene-benzoyl-peroxide-acne</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
@@ -389,499 +209,119 @@
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
         <v>14</v>
       </c>
       <c r="H2" t="s">
         <v>15</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H2"/>
+  <dimension ref="A1:K2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
+      <c r="I1" t="s">
+        <v>16</v>
+      </c>
+      <c r="J1" t="s">
+        <v>17</v>
+      </c>
+      <c r="K1" t="s">
+        <v>18</v>
+      </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="B2" t="s">
-        <v>17</v>
+        <v>20</v>
       </c>
       <c r="C2" t="s">
-        <v>18</v>
+        <v>13</v>
       </c>
       <c r="D2" t="s">
         <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>19</v>
+        <v>21</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>20</v>
+        <v>22</v>
       </c>
       <c r="H2" t="s">
-        <v>21</v>
-[...46 lines deleted...]
-      <c r="A2" t="s">
         <v>23</v>
       </c>
-      <c r="B2" t="s">
+      <c r="I2" t="s">
         <v>24</v>
       </c>
-      <c r="C2" t="s">
-[...5 lines deleted...]
-      <c r="E2" t="s">
+      <c r="J2" t="s">
         <v>25</v>
       </c>
-      <c r="F2" t="s">
-[...2 lines deleted...]
-      <c r="G2" t="s">
+      <c r="K2" t="s">
         <v>26</v>
-      </c>
-[...330 lines deleted...]
-        <v>84</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>