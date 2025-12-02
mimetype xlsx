--- v0 (2025-10-16)
+++ v1 (2025-12-02)
@@ -1,207 +1,891 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export " r:id="rId3" sheetId="1"/>
+    <sheet name="Export Avis sur les dispositifs" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Recommandation en santé " r:id="rId4" sheetId="2"/>
+    <sheet name="Export Recommandation de bonne " r:id="rId5" sheetId="3"/>
+    <sheet name="Export Guide maladie chronique" r:id="rId6" sheetId="4"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Avis sur les dispositifs'!$B$1:$J$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Recommandation en santé '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="16" uniqueCount="16">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="146" uniqueCount="87">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Public Health guideline</t>
-[...11 lines deleted...]
-    <t>07/01/2006 11:28:00</t>
+    <t>Description</t>
+  </si>
+  <si>
+    <t>Laboratoire / Fabricant</t>
+  </si>
+  <si>
+    <t>Avis sur les dispositifs médicaux et autres produits de santé</t>
+  </si>
+  <si>
+    <t>AEQUASYAL</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_500229/en/glaucoma-screening-and-early-diagnosis-problems-and-outlook-in-france</t>
+    <t>05/01/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>11/02/2021 10:03:46</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3233854/fr/aequasyal</t>
+  </si>
+  <si>
+    <t>p_3233854</t>
+  </si>
+  <si>
+    <t>Solution pour pulvérisations endobuccales</t>
+  </si>
+  <si>
+    <t>EISAI SAS / CARILENE</t>
+  </si>
+  <si>
+    <t>09/02/2016 00:00:00</t>
+  </si>
+  <si>
+    <t>25/02/2016 11:56:56</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2610790/fr/aequasyal</t>
+  </si>
+  <si>
+    <t>c_2610790</t>
+  </si>
+  <si>
+    <t>EISAI SAS</t>
+  </si>
+  <si>
+    <t>AEQUASYAL (spray buccal T.G.O) - 21 décembre 2010 (3266) avis</t>
+  </si>
+  <si>
+    <t>21/12/2010 00:00:00</t>
+  </si>
+  <si>
+    <t>18/01/2011 15:13:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1011976/fr/aequasyal-spray-buccal-t-g-o-21-decembre-2010-3266-avis</t>
+  </si>
+  <si>
+    <t>c_1011976</t>
+  </si>
+  <si>
+    <t>EISAI SAS France</t>
+  </si>
+  <si>
+    <t>AEQUASYAL (Spray buccal T.G.O)</t>
+  </si>
+  <si>
+    <t>28/09/2005 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_398725/fr/aequasyal-spray-buccal-t-g-o</t>
+  </si>
+  <si>
+    <t>c_398725</t>
+  </si>
+  <si>
+    <t>Laboratoires CARILENE S.A.S.</t>
+  </si>
+  <si>
+    <t>Recommandation en santé publique</t>
+  </si>
+  <si>
+    <t>Dépistage et diagnostic précoce du glaucome : problématique  et perspectives en France</t>
+  </si>
+  <si>
+    <t>Le rapport d’orientation Dépistage et diagnostic précoce du glaucome : problématique et perspectives en France fait la synthèse des données sur le glaucome : histoire de la maladie, épidémiologie, prise en charge diagnostique et thérapeutique, pertinence du dépistage, attentes des professionnels de santé.</t>
+  </si>
+  <si>
+    <t>01/07/2006 00:00:00</t>
+  </si>
+  <si>
+    <t>01/07/2006 11:28:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_500229/fr/depistage-et-diagnostic-precoce-du-glaucome-problematique-et-perspectives-en-france</t>
   </si>
   <si>
     <t>c_500229</t>
+  </si>
+  <si>
+    <t>Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Prise en charge du patient atteint de pthirose</t>
+  </si>
+  <si>
+    <t>À la demande du ministère chargé de la santé, le Conseil National du Sida et des hépatites virales (CNS) et l'Agence nationale de recherches sur le sida | Maladies infectieuses émergentes (ANRS | MIE) ont sollicité la Haute Autorité de santé (HAS) pour l’élaboration d’une actualisation des recommandations françaises de prise en charge des personnes atteintes d’une pthirose (pthirus pubis). L’accompagnement de la HAS s’est inscrit dans le cadre de la labellisation par la HAS d’une recommandation élaborée par un organisme professionnel.</t>
+  </si>
+  <si>
+    <t>14/11/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>02/12/2024 14:12:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3562447/fr/prise-en-charge-du-patient-atteint-de-pthirose</t>
+  </si>
+  <si>
+    <t>p_3562447</t>
+  </si>
+  <si>
+    <t>Diagnostic et prise en charge de l’hypertonie oculaire et du glaucome primitif à angle ouvert</t>
+  </si>
+  <si>
+    <t>Le glaucome est une maladie grave, insidieuse et longtemps asymptomatique pour laquelle il existe une grande variabilité interindividuelle. Un retard diagnostique ou une prise en charge inadaptée peuvent aboutir à des altérations irréversibles du champ visuel et de la qualité visuelle. Ces recommandations de la HAS s'adressent en priorité aux ophtalmologistes, orthoptistes et médecins généralistes.</t>
+  </si>
+  <si>
+    <t>27/02/2022 00:00:00</t>
+  </si>
+  <si>
+    <t>04/03/2022 11:05:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3321655/fr/diagnostic-et-prise-en-charge-de-l-hypertonie-oculaire-et-du-glaucome-primitif-a-angle-ouvert</t>
+  </si>
+  <si>
+    <t>p_3321655</t>
+  </si>
+  <si>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Maladie (ou syndrome) de Sjögren</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de Syndrome de Sjögren. Il a été élaboré par le Centre de référence des maladies auto-immunes et systémiques rares à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>07/04/2022 08:34:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3328894/fr/maladie-ou-syndrome-de-sjogren</t>
+  </si>
+  <si>
+    <t>p_3328894</t>
+  </si>
+  <si>
+    <t>Cholangite Biliaire Primitive</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’une cholangite biliaire primitive (CBP). Il a été élaboré par le Centre de référence coordonnateur des maladies inflammatoires des voies biliaires et hépatites autoimmunes à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>02/12/2021 09:46:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3300344/fr/cholangite-biliaire-primitive</t>
+  </si>
+  <si>
+    <t>p_3300344</t>
+  </si>
+  <si>
+    <t>Évaluation diagnostique et prise en charge des affections liées ou associées à CFTR</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale le conseil génétique et le parcours de soins dans le cadre des affections liées et associées à CFTR et des formes non conclues au dépistage néonatal. Il a été élaboré par le Centre de Référence Maladie Rares Constitutif Mucoviscidose et Maladies apparentées. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>01/12/2021 17:36:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3301594/fr/evaluation-diagnostique-et-prise-en-charge-des-affections-liees-ou-associees-a-cftr</t>
+  </si>
+  <si>
+    <t>p_3301594</t>
+  </si>
+  <si>
+    <t>Dysplasie Ectodermique Anhidrotique</t>
+  </si>
+  <si>
+    <t>18/10/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>18/10/2019 11:46:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3113839/fr/dysplasie-ectodermique-anhidrotique</t>
+  </si>
+  <si>
+    <t>p_3113839</t>
+  </si>
+  <si>
+    <t>Sclérose latérale amyotrophique</t>
+  </si>
+  <si>
+    <t>L’objectif de ce protocole national de diagnostic et de soins (PNDS) est d’expliciter aux professionnels de santé la prise en charge optimale et le parcours de soins d’un patient atteint de Sclérose latérale amyotrophique.</t>
+  </si>
+  <si>
+    <t>18/11/2015 16:49:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2573383/fr/sclerose-laterale-amyotrophique</t>
+  </si>
+  <si>
+    <t>c_2573383</t>
+  </si>
+  <si>
+    <t>ALD n° 9 - Sclérose latérale amyotrophique</t>
+  </si>
+  <si>
+    <t>L’objectif de ce protocole national de diagnostic et de soins (PNDS) est d’expliciter, pour les professionnels de santé, la prise en charge optimale et le parcours de soins d’un malade admis en ALD au titre de l’ALD 9 : sclérose latérale amyotrophique (SLA).</t>
+  </si>
+  <si>
+    <t>10/01/2007 00:00:00</t>
+  </si>
+  <si>
+    <t>31/05/2007 14:52:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_538662/fr/ald-n-9-sclerose-laterale-amyotrophique</t>
+  </si>
+  <si>
+    <t>c_538662</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H2"/>
+  <dimension ref="A1:J5"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
+      <c r="I1" t="s">
+        <v>8</v>
+      </c>
+      <c r="J1" t="s">
+        <v>9</v>
+      </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>8</v>
+        <v>10</v>
       </c>
       <c r="B2" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
       <c r="C2" t="s">
+        <v>12</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>14</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>15</v>
+      </c>
+      <c r="H2" t="s">
+        <v>16</v>
+      </c>
+      <c r="I2" t="s">
+        <v>17</v>
+      </c>
+      <c r="J2" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
         <v>10</v>
       </c>
+      <c r="B3" t="s">
+        <v>11</v>
+      </c>
+      <c r="C3" t="s">
+        <v>12</v>
+      </c>
+      <c r="D3" t="s">
+        <v>19</v>
+      </c>
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
+        <v>12</v>
+      </c>
+      <c r="G3" t="s">
+        <v>21</v>
+      </c>
+      <c r="H3" t="s">
+        <v>22</v>
+      </c>
+      <c r="I3" t="s">
+        <v>12</v>
+      </c>
+      <c r="J3" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>10</v>
+      </c>
+      <c r="B4" t="s">
+        <v>24</v>
+      </c>
+      <c r="C4" t="s">
+        <v>12</v>
+      </c>
+      <c r="D4" t="s">
+        <v>25</v>
+      </c>
+      <c r="E4" t="s">
+        <v>26</v>
+      </c>
+      <c r="F4" t="s">
+        <v>12</v>
+      </c>
+      <c r="G4" t="s">
+        <v>27</v>
+      </c>
+      <c r="H4" t="s">
+        <v>28</v>
+      </c>
+      <c r="I4" t="s">
+        <v>12</v>
+      </c>
+      <c r="J4" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>10</v>
+      </c>
+      <c r="B5" t="s">
+        <v>30</v>
+      </c>
+      <c r="C5" t="s">
+        <v>12</v>
+      </c>
+      <c r="D5" t="s">
+        <v>31</v>
+      </c>
+      <c r="E5" t="s">
+        <v>31</v>
+      </c>
+      <c r="F5" t="s">
+        <v>12</v>
+      </c>
+      <c r="G5" t="s">
+        <v>32</v>
+      </c>
+      <c r="H5" t="s">
+        <v>33</v>
+      </c>
+      <c r="I5" t="s">
+        <v>12</v>
+      </c>
+      <c r="J5" t="s">
+        <v>34</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:J1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>35</v>
+      </c>
+      <c r="B2" t="s">
+        <v>36</v>
+      </c>
+      <c r="C2" t="s">
+        <v>37</v>
+      </c>
       <c r="D2" t="s">
-        <v>11</v>
+        <v>38</v>
       </c>
       <c r="E2" t="s">
-        <v>12</v>
+        <v>39</v>
       </c>
       <c r="F2" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G2" t="s">
-        <v>14</v>
+        <v>40</v>
       </c>
       <c r="H2" t="s">
-        <v>15</v>
+        <v>41</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H3"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>42</v>
+      </c>
+      <c r="B2" t="s">
+        <v>43</v>
+      </c>
+      <c r="C2" t="s">
+        <v>44</v>
+      </c>
+      <c r="D2" t="s">
+        <v>45</v>
+      </c>
+      <c r="E2" t="s">
+        <v>46</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>47</v>
+      </c>
+      <c r="H2" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>42</v>
+      </c>
+      <c r="B3" t="s">
+        <v>49</v>
+      </c>
+      <c r="C3" t="s">
+        <v>50</v>
+      </c>
+      <c r="D3" t="s">
+        <v>51</v>
+      </c>
+      <c r="E3" t="s">
+        <v>52</v>
+      </c>
+      <c r="F3" t="s">
+        <v>12</v>
+      </c>
+      <c r="G3" t="s">
+        <v>53</v>
+      </c>
+      <c r="H3" t="s">
+        <v>54</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H7"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>55</v>
+      </c>
+      <c r="B2" t="s">
+        <v>56</v>
+      </c>
+      <c r="C2" t="s">
+        <v>57</v>
+      </c>
+      <c r="D2" t="s">
+        <v>12</v>
+      </c>
+      <c r="E2" t="s">
+        <v>58</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>59</v>
+      </c>
+      <c r="H2" t="s">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>55</v>
+      </c>
+      <c r="B3" t="s">
+        <v>61</v>
+      </c>
+      <c r="C3" t="s">
+        <v>62</v>
+      </c>
+      <c r="D3" t="s">
+        <v>12</v>
+      </c>
+      <c r="E3" t="s">
+        <v>63</v>
+      </c>
+      <c r="F3" t="s">
+        <v>12</v>
+      </c>
+      <c r="G3" t="s">
+        <v>64</v>
+      </c>
+      <c r="H3" t="s">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>55</v>
+      </c>
+      <c r="B4" t="s">
+        <v>66</v>
+      </c>
+      <c r="C4" t="s">
+        <v>67</v>
+      </c>
+      <c r="D4" t="s">
+        <v>12</v>
+      </c>
+      <c r="E4" t="s">
+        <v>68</v>
+      </c>
+      <c r="F4" t="s">
+        <v>12</v>
+      </c>
+      <c r="G4" t="s">
+        <v>69</v>
+      </c>
+      <c r="H4" t="s">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>55</v>
+      </c>
+      <c r="B5" t="s">
+        <v>71</v>
+      </c>
+      <c r="C5" t="s">
+        <v>12</v>
+      </c>
+      <c r="D5" t="s">
+        <v>72</v>
+      </c>
+      <c r="E5" t="s">
+        <v>73</v>
+      </c>
+      <c r="F5" t="s">
+        <v>12</v>
+      </c>
+      <c r="G5" t="s">
+        <v>74</v>
+      </c>
+      <c r="H5" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>55</v>
+      </c>
+      <c r="B6" t="s">
+        <v>76</v>
+      </c>
+      <c r="C6" t="s">
+        <v>77</v>
+      </c>
+      <c r="D6" t="s">
+        <v>12</v>
+      </c>
+      <c r="E6" t="s">
+        <v>78</v>
+      </c>
+      <c r="F6" t="s">
+        <v>12</v>
+      </c>
+      <c r="G6" t="s">
+        <v>79</v>
+      </c>
+      <c r="H6" t="s">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>55</v>
+      </c>
+      <c r="B7" t="s">
+        <v>81</v>
+      </c>
+      <c r="C7" t="s">
+        <v>82</v>
+      </c>
+      <c r="D7" t="s">
+        <v>83</v>
+      </c>
+      <c r="E7" t="s">
+        <v>84</v>
+      </c>
+      <c r="F7" t="s">
+        <v>12</v>
+      </c>
+      <c r="G7" t="s">
+        <v>85</v>
+      </c>
+      <c r="H7" t="s">
+        <v>86</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>