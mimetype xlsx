--- v1 (2025-12-02)
+++ v2 (2026-03-05)
@@ -18,104 +18,119 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export Avis sur les dispositifs" r:id="rId3" sheetId="1"/>
     <sheet name="Export Recommandation en santé " r:id="rId4" sheetId="2"/>
     <sheet name="Export Recommandation de bonne " r:id="rId5" sheetId="3"/>
     <sheet name="Export Guide maladie chronique" r:id="rId6" sheetId="4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Avis sur les dispositifs'!$B$1:$J$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Recommandation en santé '!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="146" uniqueCount="87">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="156" uniqueCount="92">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Laboratoire / Fabricant</t>
   </si>
   <si>
     <t>Avis sur les dispositifs médicaux et autres produits de santé</t>
   </si>
   <si>
     <t>AEQUASYAL</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
+    <t>06/01/2026 00:00:00</t>
+  </si>
+  <si>
+    <t>27/02/2026 14:41:56</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3808981/fr/aequasyal</t>
+  </si>
+  <si>
+    <t>p_3808981</t>
+  </si>
+  <si>
+    <t>Solution pour pulvérisations endobuccales</t>
+  </si>
+  <si>
+    <t>LABORATOIRES GRIMBERG SA</t>
+  </si>
+  <si>
     <t>05/01/2021 00:00:00</t>
   </si>
   <si>
     <t>11/02/2021 10:03:46</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3233854/fr/aequasyal</t>
   </si>
   <si>
     <t>p_3233854</t>
-  </si>
-[...1 lines deleted...]
-    <t>Solution pour pulvérisations endobuccales</t>
   </si>
   <si>
     <t>EISAI SAS / CARILENE</t>
   </si>
   <si>
     <t>09/02/2016 00:00:00</t>
   </si>
   <si>
     <t>25/02/2016 11:56:56</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2610790/fr/aequasyal</t>
   </si>
   <si>
     <t>c_2610790</t>
   </si>
   <si>
     <t>EISAI SAS</t>
   </si>
   <si>
     <t>AEQUASYAL (spray buccal T.G.O) - 21 décembre 2010 (3266) avis</t>
   </si>
   <si>
     <t>21/12/2010 00:00:00</t>
   </si>
@@ -329,51 +344,51 @@
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:J5"/>
+  <dimension ref="A1:J6"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -425,467 +440,499 @@
       <c r="A3" t="s">
         <v>10</v>
       </c>
       <c r="B3" t="s">
         <v>11</v>
       </c>
       <c r="C3" t="s">
         <v>12</v>
       </c>
       <c r="D3" t="s">
         <v>19</v>
       </c>
       <c r="E3" t="s">
         <v>20</v>
       </c>
       <c r="F3" t="s">
         <v>12</v>
       </c>
       <c r="G3" t="s">
         <v>21</v>
       </c>
       <c r="H3" t="s">
         <v>22</v>
       </c>
       <c r="I3" t="s">
-        <v>12</v>
+        <v>17</v>
       </c>
       <c r="J3" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
         <v>10</v>
       </c>
       <c r="B4" t="s">
+        <v>11</v>
+      </c>
+      <c r="C4" t="s">
+        <v>12</v>
+      </c>
+      <c r="D4" t="s">
         <v>24</v>
       </c>
-      <c r="C4" t="s">
-[...2 lines deleted...]
-      <c r="D4" t="s">
+      <c r="E4" t="s">
         <v>25</v>
       </c>
-      <c r="E4" t="s">
+      <c r="F4" t="s">
+        <v>12</v>
+      </c>
+      <c r="G4" t="s">
         <v>26</v>
       </c>
-      <c r="F4" t="s">
-[...2 lines deleted...]
-      <c r="G4" t="s">
+      <c r="H4" t="s">
         <v>27</v>
       </c>
-      <c r="H4" t="s">
+      <c r="I4" t="s">
+        <v>12</v>
+      </c>
+      <c r="J4" t="s">
         <v>28</v>
-      </c>
-[...4 lines deleted...]
-        <v>29</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
         <v>10</v>
       </c>
       <c r="B5" t="s">
+        <v>29</v>
+      </c>
+      <c r="C5" t="s">
+        <v>12</v>
+      </c>
+      <c r="D5" t="s">
         <v>30</v>
-      </c>
-[...4 lines deleted...]
-        <v>31</v>
       </c>
       <c r="E5" t="s">
         <v>31</v>
       </c>
       <c r="F5" t="s">
         <v>12</v>
       </c>
       <c r="G5" t="s">
         <v>32</v>
       </c>
       <c r="H5" t="s">
         <v>33</v>
       </c>
       <c r="I5" t="s">
         <v>12</v>
       </c>
       <c r="J5" t="s">
         <v>34</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>10</v>
+      </c>
+      <c r="B6" t="s">
+        <v>35</v>
+      </c>
+      <c r="C6" t="s">
+        <v>12</v>
+      </c>
+      <c r="D6" t="s">
+        <v>36</v>
+      </c>
+      <c r="E6" t="s">
+        <v>36</v>
+      </c>
+      <c r="F6" t="s">
+        <v>12</v>
+      </c>
+      <c r="G6" t="s">
+        <v>37</v>
+      </c>
+      <c r="H6" t="s">
+        <v>38</v>
+      </c>
+      <c r="I6" t="s">
+        <v>12</v>
+      </c>
+      <c r="J6" t="s">
+        <v>39</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:J1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>35</v>
+        <v>40</v>
       </c>
       <c r="B2" t="s">
-        <v>36</v>
+        <v>41</v>
       </c>
       <c r="C2" t="s">
-        <v>37</v>
+        <v>42</v>
       </c>
       <c r="D2" t="s">
-        <v>38</v>
+        <v>43</v>
       </c>
       <c r="E2" t="s">
-        <v>39</v>
+        <v>44</v>
       </c>
       <c r="F2" t="s">
         <v>12</v>
       </c>
       <c r="G2" t="s">
-        <v>40</v>
+        <v>45</v>
       </c>
       <c r="H2" t="s">
-        <v>41</v>
+        <v>46</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H3"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>42</v>
+        <v>47</v>
       </c>
       <c r="B2" t="s">
-        <v>43</v>
+        <v>48</v>
       </c>
       <c r="C2" t="s">
-        <v>44</v>
+        <v>49</v>
       </c>
       <c r="D2" t="s">
-        <v>45</v>
+        <v>50</v>
       </c>
       <c r="E2" t="s">
-        <v>46</v>
+        <v>51</v>
       </c>
       <c r="F2" t="s">
         <v>12</v>
       </c>
       <c r="G2" t="s">
-        <v>47</v>
+        <v>52</v>
       </c>
       <c r="H2" t="s">
-        <v>48</v>
+        <v>53</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>42</v>
+        <v>47</v>
       </c>
       <c r="B3" t="s">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="C3" t="s">
-        <v>50</v>
+        <v>55</v>
       </c>
       <c r="D3" t="s">
-        <v>51</v>
+        <v>56</v>
       </c>
       <c r="E3" t="s">
-        <v>52</v>
+        <v>57</v>
       </c>
       <c r="F3" t="s">
         <v>12</v>
       </c>
       <c r="G3" t="s">
-        <v>53</v>
+        <v>58</v>
       </c>
       <c r="H3" t="s">
-        <v>54</v>
+        <v>59</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H7"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>55</v>
+        <v>60</v>
       </c>
       <c r="B2" t="s">
-        <v>56</v>
+        <v>61</v>
       </c>
       <c r="C2" t="s">
-        <v>57</v>
+        <v>62</v>
       </c>
       <c r="D2" t="s">
         <v>12</v>
       </c>
       <c r="E2" t="s">
-        <v>58</v>
+        <v>63</v>
       </c>
       <c r="F2" t="s">
         <v>12</v>
       </c>
       <c r="G2" t="s">
-        <v>59</v>
+        <v>64</v>
       </c>
       <c r="H2" t="s">
-        <v>60</v>
+        <v>65</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>55</v>
+        <v>60</v>
       </c>
       <c r="B3" t="s">
-        <v>61</v>
+        <v>66</v>
       </c>
       <c r="C3" t="s">
-        <v>62</v>
+        <v>67</v>
       </c>
       <c r="D3" t="s">
         <v>12</v>
       </c>
       <c r="E3" t="s">
-        <v>63</v>
+        <v>68</v>
       </c>
       <c r="F3" t="s">
         <v>12</v>
       </c>
       <c r="G3" t="s">
-        <v>64</v>
+        <v>69</v>
       </c>
       <c r="H3" t="s">
-        <v>65</v>
+        <v>70</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>55</v>
+        <v>60</v>
       </c>
       <c r="B4" t="s">
-        <v>66</v>
+        <v>71</v>
       </c>
       <c r="C4" t="s">
-        <v>67</v>
+        <v>72</v>
       </c>
       <c r="D4" t="s">
         <v>12</v>
       </c>
       <c r="E4" t="s">
-        <v>68</v>
+        <v>73</v>
       </c>
       <c r="F4" t="s">
         <v>12</v>
       </c>
       <c r="G4" t="s">
-        <v>69</v>
+        <v>74</v>
       </c>
       <c r="H4" t="s">
-        <v>70</v>
+        <v>75</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>55</v>
+        <v>60</v>
       </c>
       <c r="B5" t="s">
-        <v>71</v>
+        <v>76</v>
       </c>
       <c r="C5" t="s">
         <v>12</v>
       </c>
       <c r="D5" t="s">
-        <v>72</v>
+        <v>77</v>
       </c>
       <c r="E5" t="s">
-        <v>73</v>
+        <v>78</v>
       </c>
       <c r="F5" t="s">
         <v>12</v>
       </c>
       <c r="G5" t="s">
-        <v>74</v>
+        <v>79</v>
       </c>
       <c r="H5" t="s">
-        <v>75</v>
+        <v>80</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>55</v>
+        <v>60</v>
       </c>
       <c r="B6" t="s">
-        <v>76</v>
+        <v>81</v>
       </c>
       <c r="C6" t="s">
-        <v>77</v>
+        <v>82</v>
       </c>
       <c r="D6" t="s">
         <v>12</v>
       </c>
       <c r="E6" t="s">
-        <v>78</v>
+        <v>83</v>
       </c>
       <c r="F6" t="s">
         <v>12</v>
       </c>
       <c r="G6" t="s">
-        <v>79</v>
+        <v>84</v>
       </c>
       <c r="H6" t="s">
-        <v>80</v>
+        <v>85</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>55</v>
+        <v>60</v>
       </c>
       <c r="B7" t="s">
-        <v>81</v>
+        <v>86</v>
       </c>
       <c r="C7" t="s">
-        <v>82</v>
+        <v>87</v>
       </c>
       <c r="D7" t="s">
-        <v>83</v>
+        <v>88</v>
       </c>
       <c r="E7" t="s">
-        <v>84</v>
+        <v>89</v>
       </c>
       <c r="F7" t="s">
         <v>12</v>
       </c>
       <c r="G7" t="s">
-        <v>85</v>
+        <v>90</v>
       </c>
       <c r="H7" t="s">
-        <v>86</v>
+        <v>91</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>