--- v0 (2025-10-16)
+++ v1 (2026-03-02)
@@ -1,157 +1,250 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export " r:id="rId3" sheetId="1"/>
+    <sheet name="Export Recommandation de bonne " r:id="rId3" sheetId="1"/>
+    <sheet name="Export Guide maladie chronique" r:id="rId4" sheetId="2"/>
+    <sheet name="Export Medicament" r:id="rId5" sheetId="3"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="16" uniqueCount="16">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="71" uniqueCount="45">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Practice guidelines</t>
-[...11 lines deleted...]
-    <t>03/08/2012 16:15:00</t>
+    <t>Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Trouble du spectre de l’autisme : interventions et parcours de vie du nourrisson, de l’enfant et de l’adolescent</t>
+  </si>
+  <si>
+    <t>Cette recommandation de bonne pratique vise à améliorer la qualité des interventions proposées aux enfants ayant un TSA, afin de leur permettre un parcours de vie cohérent et de qualité, ainsi que de favoriser leur accès à des environnements de vie apprenant et inclusifs</t>
+  </si>
+  <si>
+    <t>08/01/2026 00:00:00</t>
+  </si>
+  <si>
+    <t>12/02/2026 16:17:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_953959/en/autism-and-other-pdds-coordinated-education-and-treatment-interventions-in-children-and-adolescents</t>
-[...2 lines deleted...]
-    <t>c_953959</t>
+    <t>https://www.has-sante.fr/jcms/p_3448980/fr/trouble-du-spectre-de-l-autisme-interventions-et-parcours-de-vie-du-nourrisson-de-l-enfant-et-de-l-adolescent</t>
+  </si>
+  <si>
+    <t>p_3448980</t>
+  </si>
+  <si>
+    <t>Borréliose de Lyme et autres maladies vectorielles à tiques (MVT)</t>
+  </si>
+  <si>
+    <t>Cette actualisation de recommandation de bonne pratique, en complément du guide du parcours de soins publié en 2022 sur cette même thématique1, a pour objectif principal d’harmoniser les pratiques cliniques et d’aider les praticiens dans leurs démarches diagnostique et thérapeutique et ainsi d’éviter de laisser un patient présentant une borréliose de Lyme ou une suspicion de borréliose de Lyme voire d’une autre maladie vectorielle à tique en errance médicale en France.</t>
+  </si>
+  <si>
+    <t>13/02/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>18/02/2025 14:02:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2857558/fr/borreliose-de-lyme-et-autres-maladies-vectorielles-a-tiques-mvt</t>
+  </si>
+  <si>
+    <t>c_2857558</t>
+  </si>
+  <si>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Syndrome Gilles de la Tourette</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint du Syndrome Gilles de la Tourette. Il a été élaboré par le Centre de référence Syndrome Gilles de la Tourette à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>27/07/2022 13:56:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3346137/fr/syndrome-gilles-de-la-tourette</t>
+  </si>
+  <si>
+    <t>p_3346137</t>
+  </si>
+  <si>
+    <t>Maladie de Huntington</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de la Maladie de Huntington. Il a été élaboré par le Centre de Référence National Maladie de Huntington à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>18/10/2021 17:08:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2055518/fr/maladie-de-huntington</t>
+  </si>
+  <si>
+    <t>c_2055518</t>
+  </si>
+  <si>
+    <t>Substance active (DCI)</t>
+  </si>
+  <si>
+    <t>Laboratoire / Fabricant</t>
+  </si>
+  <si>
+    <t>Avis sur les Médicaments</t>
+  </si>
+  <si>
+    <t>Médicament</t>
+  </si>
+  <si>
+    <t>ORAP (pimozide)</t>
+  </si>
+  <si>
+    <t>14/12/2012 09:44:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984965/fr/orap-pimozide</t>
+  </si>
+  <si>
+    <t>pprd_2984965</t>
+  </si>
+  <si>
+    <t>pimozide</t>
+  </si>
+  <si>
+    <t>JANSSEN-CILAG</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_486504/fr/orap-pimozide</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1339947/fr/orap-pimozide</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H2"/>
+  <dimension ref="A1:H3"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -165,43 +258,248 @@
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
         <v>14</v>
       </c>
       <c r="H2" t="s">
         <v>15</v>
       </c>
     </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>8</v>
+      </c>
+      <c r="B3" t="s">
+        <v>16</v>
+      </c>
+      <c r="C3" t="s">
+        <v>17</v>
+      </c>
+      <c r="D3" t="s">
+        <v>18</v>
+      </c>
+      <c r="E3" t="s">
+        <v>19</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>20</v>
+      </c>
+      <c r="H3" t="s">
+        <v>21</v>
+      </c>
+    </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H3"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>22</v>
+      </c>
+      <c r="B2" t="s">
+        <v>23</v>
+      </c>
+      <c r="C2" t="s">
+        <v>24</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>25</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>26</v>
+      </c>
+      <c r="H2" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>22</v>
+      </c>
+      <c r="B3" t="s">
+        <v>28</v>
+      </c>
+      <c r="C3" t="s">
+        <v>29</v>
+      </c>
+      <c r="D3" t="s">
+        <v>13</v>
+      </c>
+      <c r="E3" t="s">
+        <v>30</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>31</v>
+      </c>
+      <c r="H3" t="s">
+        <v>32</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:L2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>33</v>
+      </c>
+      <c r="J1" t="s">
+        <v>34</v>
+      </c>
+      <c r="K1" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>36</v>
+      </c>
+      <c r="B2" t="s">
+        <v>37</v>
+      </c>
+      <c r="C2" t="s">
+        <v>13</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>38</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>39</v>
+      </c>
+      <c r="H2" t="s">
+        <v>40</v>
+      </c>
+      <c r="I2" t="s">
+        <v>41</v>
+      </c>
+      <c r="J2" t="s">
+        <v>42</v>
+      </c>
+      <c r="K2" t="s">
+        <v>43</v>
+      </c>
+      <c r="L2" t="s">
+        <v>44</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>