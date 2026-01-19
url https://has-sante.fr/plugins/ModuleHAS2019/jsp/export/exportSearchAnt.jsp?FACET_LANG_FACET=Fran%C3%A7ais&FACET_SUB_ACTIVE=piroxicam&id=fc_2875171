--- v0 (2025-10-16)
+++ v1 (2026-01-19)
@@ -1,298 +1,538 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet5.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet6.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Chronic disease guide" r:id="rId3" sheetId="1"/>
-[...2 lines deleted...]
-    <sheet name="Export Drugs" r:id="rId6" sheetId="4"/>
+    <sheet name="Export Guide maladie chronique" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Recommandation de bonne " r:id="rId4" sheetId="2"/>
+    <sheet name="Export Communiqué de presse" r:id="rId5" sheetId="3"/>
+    <sheet name="Export Evaluation des technolog" r:id="rId6" sheetId="4"/>
+    <sheet name="Export évènement de calendrier" r:id="rId7" sheetId="5"/>
+    <sheet name="Export Medicament" r:id="rId8" sheetId="6"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Chronic disease guide'!$B$1:$H$1</definedName>
-[...2 lines deleted...]
-    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Drugs'!$B$1:$K$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Communiqué de presse'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="97" uniqueCount="60">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="235" uniqueCount="138">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Chronic disease guide</t>
-[...5 lines deleted...]
-    <t>This national diagnosis and care protocol (PNDS) explains to the professionals concerned the optimal diagnostic and therapeutic management and care pathway of a patient suffering from acquired (AMA) or constitutional (AMC) bone marrow aplasia (BMA). It was drawn up by the reference center for acquired and constitutional bone marrow aplasia, using a methodology proposed by the French National Authority for Health (HAS). It has not been validated by the HAS, which did not participate in its development.</t>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Aplasies médullaires acquises et constitutionnelles</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’aplasie médullaire (AM) acquise (AMA) ou constitutionnelle (AMC). Il a été élaboré par le centre de référence des aplasies médullaires acquises et constitutionnelles à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>05/04/2024 18:03:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3431519/en/acquired-and-inherited-aplastic-anemia</t>
+    <t>04/05/2024 18:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3431519/fr/aplasies-medullaires-acquises-et-constitutionnelles</t>
   </si>
   <si>
     <t>p_3431519</t>
   </si>
   <si>
-    <t>Practice guidelines</t>
-[...14 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_271859/en/diagnosis-management-and-follow-up-of-patients-with-chronic-low-back-pain</t>
+    <t>Maladies bulleuses auto-immunes : Dermatose à IgA linéaire</t>
+  </si>
+  <si>
+    <t>06/06/2016 15:01:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2636268/fr/maladies-bulleuses-auto-immunes-dermatose-a-iga-lineaire</t>
+  </si>
+  <si>
+    <t>c_2636268</t>
+  </si>
+  <si>
+    <t>Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Prise en charge du patient présentant une lombalgie commune</t>
+  </si>
+  <si>
+    <t>L’objectif : guider les professionnels de santé dans les différentes étapes du diagnostic et du traitement, afin de réduire le risque de chronicité de la lombalgie et de désinsertion professionnelle.</t>
+  </si>
+  <si>
+    <t>27/03/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>04/04/2019 10:06:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2961499/fr/prise-en-charge-du-patient-presentant-une-lombalgie-commune</t>
+  </si>
+  <si>
+    <t>c_2961499</t>
+  </si>
+  <si>
+    <t>Diagnostic, prise en charge thérapeutique et suivi des spondylarthrites. Cette recommandation est suspendue.</t>
+  </si>
+  <si>
+    <t>30/11/2009 12:02:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_800266/fr/diagnostic-prise-en-charge-therapeutique-et-suivi-des-spondylarthrites-cette-recommandation-est-suspendue</t>
+  </si>
+  <si>
+    <t>c_800266</t>
+  </si>
+  <si>
+    <t>Surveillance des malades atteints de cirrhose non compliquée et prévention primaire des complications</t>
+  </si>
+  <si>
+    <t>Ces recommandations ont pour objectif de diminuer la morbi-mortalité associée à la cirrhose, par une surveillance régulière et la prévention primaire des complications quelle que soit la cause de l’atteinte hépatique.</t>
+  </si>
+  <si>
+    <t>01/09/2007 00:00:00</t>
+  </si>
+  <si>
+    <t>01/08/2008 16:05:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_606530/fr/surveillance-des-malades-atteints-de-cirrhose-non-compliquee-et-prevention-primaire-des-complications</t>
+  </si>
+  <si>
+    <t>c_606530</t>
+  </si>
+  <si>
+    <t>Diagnostic, prise en charge et suivi des malades atteints de lombalgie chronique</t>
+  </si>
+  <si>
+    <t>La lombalgie chronique est définie par une douleur habituelle de la région lombaire évoluant depuis plus de trois mois. Ces recommandations proposent une démarche diagnostique et thérapeutique en cas de lombalgie chronique dite commune. Elles ne concernent pas les lombalgies secondaires, dites symptomatiques, dues à une cause inflammatoire, traumatique, tumorale ou infectieuse.</t>
+  </si>
+  <si>
+    <t>01/12/2000 00:00:00</t>
+  </si>
+  <si>
+    <t>01/12/2000 16:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_271859/fr/diagnostic-prise-en-charge-et-suivi-des-malades-atteints-de-lombalgie-chronique</t>
   </si>
   <si>
     <t>c_271859</t>
   </si>
   <si>
-    <t>Assessment and management of acute pain in paediatric outpatients aged between 1 month and 15 years</t>
-[...8 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_272030/en/assessment-and-management-of-acute-pain-in-paediatric-outpatients-aged-between-1-month-and-15-years</t>
+    <t>Évaluation et stratégies de prise en charge de la douleur aiguë en ambulatoire chez l'enfant de 1 mois à 15 ans</t>
+  </si>
+  <si>
+    <t>Les questions traitées sont les suivantes :# 1. Pourquoi faut-il traiter la douleur ?# 2. Quels sont les moyens d'identification et les outils d'évaluation de la douleur aiguë ?# 3. Quels sont les moyens de lutte contre la douleur aiguë ?# 4. Quelles sont les stratégies de prise en charge de la douleur aiguë lors de pathologies courantes en pédiatrie, lors d'un traumatisme récent et lors de douleur exogène provoquée par les soins ?#</t>
+  </si>
+  <si>
+    <t>01/03/2000 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272030/fr/evaluation-et-strategies-de-prise-en-charge-de-la-douleur-aigue-en-ambulatoire-chez-l-enfant-de-1-mois-a-15-ans</t>
   </si>
   <si>
     <t>c_272030</t>
   </si>
   <si>
-    <t>Preventing and managing postoperative pain after oral surgery</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_272499/en/preventing-and-managing-postoperative-pain-after-oral-surgery</t>
+    <t>Prévention et traitement de la douleur postopératoire en chirurgie buccale</t>
+  </si>
+  <si>
+    <t>L'objectif de cette recommandation professionnelle est de répondre aux questions suivantes : 1. Comment assurer une meilleure prise en charge de la douleur postopératoire en chirurgie buccale pour les patients hospitalisés ou en ambulatoire (hors chirurgie sous anesthésie générale et hors analgésie par protoxyde d’azote-oxygène) ? 2. Quels sont les facteurs prédictifs de l’intensité et de la durée de la douleur ? 3. Comment traiter ? 4. Comment assurer le suivi et adapter le traitement antalgique ?</t>
+  </si>
+  <si>
+    <t>01/11/2005 00:00:00</t>
+  </si>
+  <si>
+    <t>01/11/2005 16:52:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272499/fr/prevention-et-traitement-de-la-douleur-postoperatoire-en-chirurgie-buccale</t>
   </si>
   <si>
     <t>c_272499</t>
   </si>
   <si>
-    <t>Health technology assessment</t>
-[...2 lines deleted...]
-    <t>Assesment of homeopathic medicines</t>
+    <t>Communiqué de presse</t>
+  </si>
+  <si>
+    <t>Pour une meilleure prévention de la douleur postopératoire en chirurgie buccale</t>
+  </si>
+  <si>
+    <t>08/02/2006 12:35:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_240391/fr/pour-une-meilleure-prevention-de-la-douleur-postoperatoire-en-chirurgie-buccale</t>
+  </si>
+  <si>
+    <t>c_240391</t>
+  </si>
+  <si>
+    <t>Evaluation des technologies de santé</t>
+  </si>
+  <si>
+    <t>Séquençage haut débit ciblé des panels de gènes en pharmacogénétique des traitements d’oncologie et des soins de support des leucémies aiguës – Recherche des variants génétiques constitutionnels</t>
+  </si>
+  <si>
+    <t>L’objectif de cette évaluation était de déterminer l’intérêt médical du séquençage haut débit ciblé (SHD) des panels de gènes afin d’identifier les variants génétiques impliqués dans la pharmacogénétique des traitements des leucémies aiguës et des soins de support. Il s'agissait de définir : la composition des panels de gènes d’intérêt à séquencer et à analyser par SHD (à partir d’un prélèvement sanguin) ; la pertinence du recours aux analyses de panels de gènes par SHD au regard d‘autres techniques utilisées ; la place des analyses de panels de gènes dans la stratégie de prise en charge thérapeutique des leucémies aiguës.</t>
+  </si>
+  <si>
+    <t>17/07/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>29/07/2025 17:04:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3637474/fr/sequencage-haut-debit-cible-des-panels-de-genes-en-pharmacogenetique-des-traitements-d-oncologie-et-des-soins-de-support-des-leucemies-aigues-recherche-des-variants-genetiques-constitutionnels</t>
+  </si>
+  <si>
+    <t>p_3637474</t>
+  </si>
+  <si>
+    <t>Évaluation des médicaments homéopathiques</t>
   </si>
   <si>
     <t>Negative opinion on homeopathic medicines reimbursement</t>
   </si>
   <si>
-    <t>06/26/2019 00:00:00</t>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3116594/en/assesment-of-homeopathic-medicines</t>
+    <t>26/06/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>07/09/2019 15:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3116594/fr/evaluation-des-medicaments-homeopathiques</t>
   </si>
   <si>
     <t>p_3116594</t>
   </si>
   <si>
-    <t>Assessment of the risks associated with aesthetic mesotherapy practices</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_1522566/en/assessment-of-the-risks-associated-with-aesthetic-mesotherapy-practices</t>
+    <t>Évaluation des risques liés aux pratiques de mésothérapie à visée esthétique - Rapport d'évaluation</t>
+  </si>
+  <si>
+    <t>Évaluation des risques liés à la pratique de mésothérapie à visée esthétique</t>
+  </si>
+  <si>
+    <t>25/06/2014 00:00:00</t>
+  </si>
+  <si>
+    <t>22/07/2014 15:42:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1522566/fr/evaluation-des-risques-lies-aux-pratiques-de-mesotherapie-a-visee-esthetique-rapport-d-evaluation</t>
   </si>
   <si>
     <t>c_1522566</t>
   </si>
   <si>
-    <t>Active ingredient</t>
-[...8 lines deleted...]
-    <t>Medicine</t>
+    <t>Art 50, Zondar, Chondrosulf, Piasclédine, Dolenio, Flexea, Osaflexan, Structoflex et Voltaflex : service médical rendu insuffisant dans le traitement symptomatique de l’arthrose</t>
+  </si>
+  <si>
+    <t>11/07/2013 15:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1621213/fr/art-50-zondar-chondrosulf-piascledine-dolenio-flexea-osaflexan-structoflex-et-voltaflex-service-medical-rendu-insuffisant-dans-le-traitement-symptomatique-de-l-arthrose</t>
+  </si>
+  <si>
+    <t>c_1621213</t>
+  </si>
+  <si>
+    <t>Type d'évènement</t>
+  </si>
+  <si>
+    <t>Evénement de Calendrier</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 18 mars 2009</t>
+  </si>
+  <si>
+    <t>18/03/2009 10:40:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_756836/fr/commission-de-la-transparence-reunion-du-18-mars-2009</t>
+  </si>
+  <si>
+    <t>c_756836</t>
+  </si>
+  <si>
+    <t>Commission</t>
+  </si>
+  <si>
+    <t>Substance active (DCI)</t>
+  </si>
+  <si>
+    <t>Laboratoire / Fabricant</t>
+  </si>
+  <si>
+    <t>Avis sur les Médicaments</t>
+  </si>
+  <si>
+    <t>Médicament</t>
+  </si>
+  <si>
+    <t>CYCLADOL (piroxicam)</t>
+  </si>
+  <si>
+    <t>07/07/2017 15:46:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983572/fr/cycladol-piroxicam</t>
+  </si>
+  <si>
+    <t>pprd_2983572</t>
+  </si>
+  <si>
+    <t>piroxicam</t>
+  </si>
+  <si>
+    <t>CHIESI SA</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399618/fr/cycladol-20-mg-comprime-effervescent-boite-de-14</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_538675/fr/cycladol-piroxicam</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_798077/fr/cycladol-piroxicam</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1277955/fr/cycladol-piroxicam</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2779161/fr/cycladol-piroxicam</t>
+  </si>
+  <si>
+    <t>FELDENE - GELDENE (piroxicam)</t>
+  </si>
+  <si>
+    <t>25/04/2016 17:32:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984139/fr/feldene-geldene-piroxicam</t>
+  </si>
+  <si>
+    <t>pprd_2984139</t>
+  </si>
+  <si>
+    <t>PFIZER PFE FRANCE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400916/fr/feldene-10-mg-geluleboite-de-30-code-cip-324-221-2feldene-20-mg-geluleboite-de-15-code-cip-326-369-7feldene-20-mg-dispersible-comprimes-secablesboite-de-15-code-cip-323-382-3feldene-20-mg-suppositoiresboite-de-15-code-cip-331-939-2feldene-20-mg/1-ml-solution-injectable-im1-ampoule-code-cip-328-609-5feldene-20-mg/1-ml-solution-injectable-im2-ampoules-code-cip-328-610-3-piroxicam</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_798065/fr/feldene-piroxicam</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2625591/fr/feldene-geldene-piroxicam</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1019645/fr/geldene-feldene-piroxicam</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400922/fr/geldene-piroxicam</t>
+  </si>
+  <si>
+    <t>BREXIN (piroxicam)</t>
+  </si>
+  <si>
+    <t>02/10/2015 15:09:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984405/fr/brexin-piroxicam</t>
+  </si>
+  <si>
+    <t>pprd_2984405</t>
+  </si>
+  <si>
+    <t>PIERRE FABRE MEDICAMENT</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399610/fr/brexin-20-mg-comprime-effervescent-boite-de-14</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400853/fr/brexin-20-mg-comprime-secableboite-de-14-comprimes-code-cip-335-959-8-piroxicam</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_798087/fr/brexin-piroxicam</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1277879/fr/brexin-piroxicam</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2559106/fr/brexin-piroxicam</t>
   </si>
   <si>
     <t>PROXALYOC (piroxicam)</t>
   </si>
   <si>
-    <t>11/30/2011 00:00:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2985092/en/proxalyoc-piroxicam</t>
+    <t>30/11/2011 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985092/fr/proxalyoc-piroxicam</t>
   </si>
   <si>
     <t>pprd_2985092</t>
   </si>
   <si>
-    <t>piroxicam</t>
-[...1 lines deleted...]
-  <si>
     <t>Laboratoire CEPHALON FRANCE</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_399112/en/proxalyoc-piroxicam</t>
-[...8 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_1147513/en/proxalyoc-piroxicam</t>
+    <t>https://www.has-sante.fr/jcms/c_399112/fr/proxalyoc-piroxicam</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_468401/fr/proxalyoc-piroxicam</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_798084/fr/proxalyoc-piroxicam</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1147513/fr/proxalyoc-piroxicam</t>
+  </si>
+  <si>
+    <t>INFLACED (piroxicam)</t>
+  </si>
+  <si>
+    <t>05/07/2006 14:18:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985504/fr/inflaced-piroxicam</t>
+  </si>
+  <si>
+    <t>pprd_2985504</t>
+  </si>
+  <si>
+    <t>DEXO SA</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_460074/fr/inflaced-piroxicam</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId8" Target="worksheets/sheet6.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H2"/>
+  <dimension ref="A1:H3"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -306,346 +546,816 @@
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
         <v>11</v>
       </c>
       <c r="G2" t="s">
         <v>13</v>
       </c>
       <c r="H2" t="s">
         <v>14</v>
       </c>
     </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>8</v>
+      </c>
+      <c r="B3" t="s">
+        <v>15</v>
+      </c>
+      <c r="C3" t="s">
+        <v>11</v>
+      </c>
+      <c r="D3" t="s">
+        <v>11</v>
+      </c>
+      <c r="E3" t="s">
+        <v>16</v>
+      </c>
+      <c r="F3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G3" t="s">
+        <v>17</v>
+      </c>
+      <c r="H3" t="s">
+        <v>18</v>
+      </c>
+    </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H4"/>
+  <dimension ref="A1:H7"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>15</v>
+        <v>19</v>
       </c>
       <c r="B2" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="C2" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="D2" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="E2" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
       <c r="F2" t="s">
         <v>11</v>
       </c>
       <c r="G2" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="H2" t="s">
-        <v>21</v>
+        <v>25</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>15</v>
+        <v>19</v>
       </c>
       <c r="B3" t="s">
-        <v>22</v>
+        <v>26</v>
       </c>
       <c r="C3" t="s">
-        <v>23</v>
+        <v>11</v>
       </c>
       <c r="D3" t="s">
-        <v>24</v>
+        <v>11</v>
       </c>
       <c r="E3" t="s">
-        <v>24</v>
+        <v>27</v>
       </c>
       <c r="F3" t="s">
         <v>11</v>
       </c>
       <c r="G3" t="s">
-        <v>25</v>
+        <v>28</v>
       </c>
       <c r="H3" t="s">
-        <v>26</v>
+        <v>29</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>15</v>
+        <v>19</v>
       </c>
       <c r="B4" t="s">
-        <v>27</v>
+        <v>30</v>
       </c>
       <c r="C4" t="s">
-        <v>28</v>
+        <v>31</v>
       </c>
       <c r="D4" t="s">
-        <v>29</v>
+        <v>32</v>
       </c>
       <c r="E4" t="s">
-        <v>30</v>
+        <v>33</v>
       </c>
       <c r="F4" t="s">
         <v>11</v>
       </c>
       <c r="G4" t="s">
-        <v>31</v>
+        <v>34</v>
       </c>
       <c r="H4" t="s">
-        <v>32</v>
+        <v>35</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>19</v>
+      </c>
+      <c r="B5" t="s">
+        <v>36</v>
+      </c>
+      <c r="C5" t="s">
+        <v>37</v>
+      </c>
+      <c r="D5" t="s">
+        <v>38</v>
+      </c>
+      <c r="E5" t="s">
+        <v>39</v>
+      </c>
+      <c r="F5" t="s">
+        <v>11</v>
+      </c>
+      <c r="G5" t="s">
+        <v>40</v>
+      </c>
+      <c r="H5" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>19</v>
+      </c>
+      <c r="B6" t="s">
+        <v>42</v>
+      </c>
+      <c r="C6" t="s">
+        <v>43</v>
+      </c>
+      <c r="D6" t="s">
+        <v>44</v>
+      </c>
+      <c r="E6" t="s">
+        <v>44</v>
+      </c>
+      <c r="F6" t="s">
+        <v>11</v>
+      </c>
+      <c r="G6" t="s">
+        <v>45</v>
+      </c>
+      <c r="H6" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>19</v>
+      </c>
+      <c r="B7" t="s">
+        <v>47</v>
+      </c>
+      <c r="C7" t="s">
+        <v>48</v>
+      </c>
+      <c r="D7" t="s">
+        <v>49</v>
+      </c>
+      <c r="E7" t="s">
+        <v>50</v>
+      </c>
+      <c r="F7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G7" t="s">
+        <v>51</v>
+      </c>
+      <c r="H7" t="s">
+        <v>52</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H3"/>
+  <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>33</v>
+        <v>53</v>
       </c>
       <c r="B2" t="s">
-        <v>34</v>
+        <v>54</v>
       </c>
       <c r="C2" t="s">
-        <v>35</v>
+        <v>11</v>
       </c>
       <c r="D2" t="s">
-        <v>36</v>
+        <v>11</v>
       </c>
       <c r="E2" t="s">
-        <v>37</v>
+        <v>55</v>
       </c>
       <c r="F2" t="s">
         <v>11</v>
       </c>
       <c r="G2" t="s">
-        <v>38</v>
+        <v>56</v>
       </c>
       <c r="H2" t="s">
-        <v>39</v>
-[...25 lines deleted...]
-        <v>45</v>
+        <v>57</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:N2"/>
+  <dimension ref="A1:H5"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
-      <c r="I1" t="s">
-[...7 lines deleted...]
-      </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>49</v>
+        <v>58</v>
       </c>
       <c r="B2" t="s">
-        <v>50</v>
+        <v>59</v>
       </c>
       <c r="C2" t="s">
-        <v>11</v>
+        <v>60</v>
       </c>
       <c r="D2" t="s">
-        <v>11</v>
+        <v>61</v>
       </c>
       <c r="E2" t="s">
-        <v>51</v>
+        <v>62</v>
       </c>
       <c r="F2" t="s">
         <v>11</v>
       </c>
       <c r="G2" t="s">
-        <v>52</v>
+        <v>63</v>
       </c>
       <c r="H2" t="s">
-        <v>53</v>
+        <v>64</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>58</v>
+      </c>
+      <c r="B3" t="s">
+        <v>65</v>
+      </c>
+      <c r="C3" t="s">
+        <v>66</v>
+      </c>
+      <c r="D3" t="s">
+        <v>67</v>
+      </c>
+      <c r="E3" t="s">
+        <v>68</v>
+      </c>
+      <c r="F3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G3" t="s">
+        <v>69</v>
+      </c>
+      <c r="H3" t="s">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>58</v>
+      </c>
+      <c r="B4" t="s">
+        <v>71</v>
+      </c>
+      <c r="C4" t="s">
+        <v>72</v>
+      </c>
+      <c r="D4" t="s">
+        <v>73</v>
+      </c>
+      <c r="E4" t="s">
+        <v>74</v>
+      </c>
+      <c r="F4" t="s">
+        <v>11</v>
+      </c>
+      <c r="G4" t="s">
+        <v>75</v>
+      </c>
+      <c r="H4" t="s">
+        <v>76</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>58</v>
+      </c>
+      <c r="B5" t="s">
+        <v>77</v>
+      </c>
+      <c r="C5" t="s">
+        <v>77</v>
+      </c>
+      <c r="D5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E5" t="s">
+        <v>78</v>
+      </c>
+      <c r="F5" t="s">
+        <v>11</v>
+      </c>
+      <c r="G5" t="s">
+        <v>79</v>
+      </c>
+      <c r="H5" t="s">
+        <v>80</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:I2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>81</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>82</v>
+      </c>
+      <c r="B2" t="s">
+        <v>83</v>
+      </c>
+      <c r="C2" t="s">
+        <v>11</v>
+      </c>
+      <c r="D2" t="s">
+        <v>11</v>
+      </c>
+      <c r="E2" t="s">
+        <v>84</v>
+      </c>
+      <c r="F2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" t="s">
+        <v>85</v>
+      </c>
+      <c r="H2" t="s">
+        <v>86</v>
       </c>
       <c r="I2" t="s">
-        <v>54</v>
+        <v>87</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:I1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:O6"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>88</v>
+      </c>
+      <c r="J1" t="s">
+        <v>89</v>
+      </c>
+      <c r="K1" t="s">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>91</v>
+      </c>
+      <c r="B2" t="s">
+        <v>92</v>
+      </c>
+      <c r="C2" t="s">
+        <v>11</v>
+      </c>
+      <c r="D2" t="s">
+        <v>11</v>
+      </c>
+      <c r="E2" t="s">
+        <v>93</v>
+      </c>
+      <c r="F2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" t="s">
+        <v>94</v>
+      </c>
+      <c r="H2" t="s">
+        <v>95</v>
+      </c>
+      <c r="I2" t="s">
+        <v>96</v>
       </c>
       <c r="J2" t="s">
-        <v>55</v>
+        <v>97</v>
       </c>
       <c r="K2" t="s">
-        <v>56</v>
+        <v>98</v>
       </c>
       <c r="L2" t="s">
-        <v>57</v>
+        <v>99</v>
       </c>
       <c r="M2" t="s">
-        <v>58</v>
+        <v>100</v>
       </c>
       <c r="N2" t="s">
-        <v>59</v>
+        <v>101</v>
+      </c>
+      <c r="O2" t="s">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>91</v>
+      </c>
+      <c r="B3" t="s">
+        <v>103</v>
+      </c>
+      <c r="C3" t="s">
+        <v>11</v>
+      </c>
+      <c r="D3" t="s">
+        <v>11</v>
+      </c>
+      <c r="E3" t="s">
+        <v>104</v>
+      </c>
+      <c r="F3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G3" t="s">
+        <v>105</v>
+      </c>
+      <c r="H3" t="s">
+        <v>106</v>
+      </c>
+      <c r="I3" t="s">
+        <v>96</v>
+      </c>
+      <c r="J3" t="s">
+        <v>107</v>
+      </c>
+      <c r="K3" t="s">
+        <v>108</v>
+      </c>
+      <c r="L3" t="s">
+        <v>109</v>
+      </c>
+      <c r="M3" t="s">
+        <v>110</v>
+      </c>
+      <c r="N3" t="s">
+        <v>111</v>
+      </c>
+      <c r="O3" t="s">
+        <v>112</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>91</v>
+      </c>
+      <c r="B4" t="s">
+        <v>113</v>
+      </c>
+      <c r="C4" t="s">
+        <v>11</v>
+      </c>
+      <c r="D4" t="s">
+        <v>11</v>
+      </c>
+      <c r="E4" t="s">
+        <v>114</v>
+      </c>
+      <c r="F4" t="s">
+        <v>11</v>
+      </c>
+      <c r="G4" t="s">
+        <v>115</v>
+      </c>
+      <c r="H4" t="s">
+        <v>116</v>
+      </c>
+      <c r="I4" t="s">
+        <v>96</v>
+      </c>
+      <c r="J4" t="s">
+        <v>117</v>
+      </c>
+      <c r="K4" t="s">
+        <v>118</v>
+      </c>
+      <c r="L4" t="s">
+        <v>119</v>
+      </c>
+      <c r="M4" t="s">
+        <v>120</v>
+      </c>
+      <c r="N4" t="s">
+        <v>121</v>
+      </c>
+      <c r="O4" t="s">
+        <v>122</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>91</v>
+      </c>
+      <c r="B5" t="s">
+        <v>123</v>
+      </c>
+      <c r="C5" t="s">
+        <v>11</v>
+      </c>
+      <c r="D5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E5" t="s">
+        <v>124</v>
+      </c>
+      <c r="F5" t="s">
+        <v>11</v>
+      </c>
+      <c r="G5" t="s">
+        <v>125</v>
+      </c>
+      <c r="H5" t="s">
+        <v>126</v>
+      </c>
+      <c r="I5" t="s">
+        <v>96</v>
+      </c>
+      <c r="J5" t="s">
+        <v>127</v>
+      </c>
+      <c r="K5" t="s">
+        <v>128</v>
+      </c>
+      <c r="L5" t="s">
+        <v>129</v>
+      </c>
+      <c r="M5" t="s">
+        <v>130</v>
+      </c>
+      <c r="N5" t="s">
+        <v>131</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>91</v>
+      </c>
+      <c r="B6" t="s">
+        <v>132</v>
+      </c>
+      <c r="C6" t="s">
+        <v>11</v>
+      </c>
+      <c r="D6" t="s">
+        <v>11</v>
+      </c>
+      <c r="E6" t="s">
+        <v>133</v>
+      </c>
+      <c r="F6" t="s">
+        <v>11</v>
+      </c>
+      <c r="G6" t="s">
+        <v>134</v>
+      </c>
+      <c r="H6" t="s">
+        <v>135</v>
+      </c>
+      <c r="I6" t="s">
+        <v>96</v>
+      </c>
+      <c r="J6" t="s">
+        <v>136</v>
+      </c>
+      <c r="K6" t="s">
+        <v>137</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>