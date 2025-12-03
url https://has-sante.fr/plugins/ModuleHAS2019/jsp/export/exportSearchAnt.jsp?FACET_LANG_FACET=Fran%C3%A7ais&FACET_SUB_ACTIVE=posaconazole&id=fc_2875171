--- v0 (2025-10-19)
+++ v1 (2025-12-03)
@@ -1,193 +1,454 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet5.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export " r:id="rId3" sheetId="1"/>
+    <sheet name="Export Guide maladie chronique" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Recommandation de bonne " r:id="rId4" sheetId="2"/>
+    <sheet name="Export Evaluation des technolog" r:id="rId5" sheetId="3"/>
+    <sheet name="Export évènement de calendrier" r:id="rId6" sheetId="4"/>
+    <sheet name="Export Medicament" r:id="rId7" sheetId="5"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="32" uniqueCount="28">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="194" uniqueCount="111">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Chronic disease guide</t>
-[...5 lines deleted...]
-    <t>This national diagnosis and care protocol (PNDS) explains to the professionals concerned the optimal diagnostic and therapeutic management and care pathway of a patient suffering from acquired (AMA) or constitutional (AMC) bone marrow aplasia (BMA). It was drawn up by the reference center for acquired and constitutional bone marrow aplasia, using a methodology proposed by the French National Authority for Health (HAS). It has not been validated by the HAS, which did not participate in its development.</t>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Aplasies médullaires acquises et constitutionnelles</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’aplasie médullaire (AM) acquise (AMA) ou constitutionnelle (AMC). Il a été élaboré par le centre de référence des aplasies médullaires acquises et constitutionnelles à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>05/04/2024 18:03:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3431519/en/acquired-and-inherited-aplastic-anemia</t>
+    <t>04/05/2024 18:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3431519/fr/aplasies-medullaires-acquises-et-constitutionnelles</t>
   </si>
   <si>
     <t>p_3431519</t>
   </si>
   <si>
-    <t>Health technology assessment</t>
-[...14 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2746956/en/update-of-laboratory-medicine-procedures-related-to-the-diagnosis-of-invasive-candidiasis-inahta-brief</t>
+    <t>Fièvre Méditerranéenne Familiale (FMF)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de fièvre méditerranéenne familiale. Il a été élaboré sous l’égide du : Centre de référence des maladies rares auto-inflammatoires et de l’amylose inflammatoire (CeReMAIA) et de la Filière des maladies auto-immunes et auto-inflammatoires rares FAI²R à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>12/12/2022 17:27:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3390303/fr/fievre-mediterraneenne-familiale-fmf</t>
+  </si>
+  <si>
+    <t>p_3390303</t>
+  </si>
+  <si>
+    <t>Aspergillose broncho-pulmonaire allergique (hors mucoviscidose)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d'aspergillose broncho-pulmonaire allergique (hors mucoviscidose). Il a été élaboré par le Centre de référence des maladies pulmonaires rares – OrphaLungs à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>14/10/2021 08:39:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3289862/fr/aspergillose-broncho-pulmonaire-allergique-hors-mucoviscidose</t>
+  </si>
+  <si>
+    <t>p_3289862</t>
+  </si>
+  <si>
+    <t>Mucoviscidose</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de mucoviscidose. Il a été élaboré par le centre de référence Mucoviscidose de Lyon à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>19/09/2017 16:31:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2792719/fr/mucoviscidose</t>
+  </si>
+  <si>
+    <t>c_2792719</t>
+  </si>
+  <si>
+    <t>Guide parcours de soins Fibrillation atriale</t>
+  </si>
+  <si>
+    <t>Les objectifs de ce guide sont d’expliciter les différentes étapes de prise en charge d’un malade ayant une fibrillation atriale (FA) en médecine de ville et notamment en médecine générale et de rendre compte de la multidisciplinarité de la prise en charge ainsi que des principes et des modalités de coordination et de coopération entre les professionnels impliqués.</t>
+  </si>
+  <si>
+    <t>19/02/2014 00:00:00</t>
+  </si>
+  <si>
+    <t>22/05/2014 16:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1741768/fr/guide-parcours-de-soins-fibrillation-atriale</t>
+  </si>
+  <si>
+    <t>c_1741768</t>
+  </si>
+  <si>
+    <t>Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Prévention vasculaire après un infarctus cérébral ou un accident ischémique transitoire</t>
+  </si>
+  <si>
+    <t>Les recommandations portent sur la prévention secondaire des événements vasculaires (accident vasculaire cérébral, infarctus du myocarde et décès d’origine vasculaire), parce que l’infarctus cérébral confère non seulement un risque élevé de récidive, mais aussi un risque conséquent d’infarctus du myocarde et de décès d’origine vasculaire.</t>
+  </si>
+  <si>
+    <t>07/06/2018 00:00:00</t>
+  </si>
+  <si>
+    <t>13/06/2018 16:46:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1252051/fr/prevention-vasculaire-apres-un-infarctus-cerebral-ou-un-accident-ischemique-transitoire</t>
+  </si>
+  <si>
+    <t>c_1252051</t>
+  </si>
+  <si>
+    <t>Evaluation des technologies de santé</t>
+  </si>
+  <si>
+    <t>Actualisation des actes de biologie médicale relatifs au diagnostic des candidoses invasives</t>
+  </si>
+  <si>
+    <t>Ce travail a porté sur l’évaluation des propositions de modification des libellés concernant le diagnostic biologique de candidose. Cette demande concernait uniquement la recherche des anticorps sériques anti-Candida et des antigènes solubles et ne traite pas des actes d’identification mycologique.</t>
+  </si>
+  <si>
+    <t>04/10/2017 00:00:00</t>
+  </si>
+  <si>
+    <t>18/10/2017 16:24:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2746956/fr/actualisation-des-actes-de-biologie-medicale-relatifs-au-diagnostic-des-candidoses-invasives</t>
   </si>
   <si>
     <t>c_2746956</t>
   </si>
   <si>
-    <t>Modification of the Nomenclature of Procedures in Laboratory Medicine for the diagnostic laboratory procedures for Aspergillus diseases - INAHTA Brief</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2736666/en/modification-of-the-nomenclature-of-procedures-in-laboratory-medicine-for-the-diagnostic-laboratory-procedures-for-aspergillus-diseases-inahta-brief</t>
+    <t>Actualisation des actes de biologie médicale relatifs au diagnostic des infections à Aspergillus</t>
+  </si>
+  <si>
+    <t>Pour modification de la Nomenclature des actes de biologie médicale (NABM) concernant les actes de diagnostic biologique des infections dues aux champignons filamenteux du genre Aspergillus, la HAS a évalué les techniques directes de recherche d’antigènes solubles spécifiques dans le sang (et les autres liquides biologiques) ainsi que les techniques indirectes de recherche des anticorps sériques spécifiques.</t>
+  </si>
+  <si>
+    <t>31/05/2017 00:00:00</t>
+  </si>
+  <si>
+    <t>09/06/2017 09:57:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2736666/fr/actualisation-des-actes-de-biologie-medicale-relatifs-au-diagnostic-des-infections-a-aspergillus</t>
   </si>
   <si>
     <t>c_2736666</t>
+  </si>
+  <si>
+    <t>Type d'évènement</t>
+  </si>
+  <si>
+    <t>Evénement de Calendrier</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 22 janvier 2020</t>
+  </si>
+  <si>
+    <t>15/01/2020 12:09:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3146299/fr/commission-de-la-transparence-reunion-du-22-janvier-2020</t>
+  </si>
+  <si>
+    <t>p_3146299</t>
+  </si>
+  <si>
+    <t>Commission</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 20 avril 2016</t>
+  </si>
+  <si>
+    <t>13/04/2016 09:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2624255/fr/commission-de-la-transparence-reunion-du-20-avril-2016</t>
+  </si>
+  <si>
+    <t>c_2624255</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 3 février 2016</t>
+  </si>
+  <si>
+    <t>27/01/2016 11:48:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2590295/fr/commission-de-la-transparence-reunion-du-3-fevrier-2016</t>
+  </si>
+  <si>
+    <t>c_2590295</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 22 juillet 2015</t>
+  </si>
+  <si>
+    <t>15/07/2015 14:16:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2046188/fr/commission-de-la-transparence-reunion-du-22-juillet-2015</t>
+  </si>
+  <si>
+    <t>c_2046188</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 4 juillet 2012</t>
+  </si>
+  <si>
+    <t>Retrait des demandes d'inscription des spécialités MULTAQ et CLAREAL par les laboratoires exploitants. Les projet d'avis sont annexés au compte-rendu</t>
+  </si>
+  <si>
+    <t>04/07/2012 12:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1265267/fr/commission-de-la-transparence-reunion-du-4-juillet-2012</t>
+  </si>
+  <si>
+    <t>c_1265267</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 4 juillet 2007</t>
+  </si>
+  <si>
+    <t>04/07/2007 10:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_616105/fr/commission-de-la-transparence-reunion-du-4-juillet-2007</t>
+  </si>
+  <si>
+    <t>c_616105</t>
+  </si>
+  <si>
+    <t>Substance active (DCI)</t>
+  </si>
+  <si>
+    <t>Laboratoire / Fabricant</t>
+  </si>
+  <si>
+    <t>Avis sur les Médicaments</t>
+  </si>
+  <si>
+    <t>Médicament</t>
+  </si>
+  <si>
+    <t>POSACONAZOLE (posaconazole)</t>
+  </si>
+  <si>
+    <t>07/05/2020 14:36:08</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3117991/fr/posaconazole-posaconazole</t>
+  </si>
+  <si>
+    <t>p_3117991</t>
+  </si>
+  <si>
+    <t>posaconazole</t>
+  </si>
+  <si>
+    <t>OHRE PHARMA / ACCORD HEALTHCARE FRANCE SAS / EG LABO-LABORATOIRES EUROGENERICS / MYLAN SAS / ZENTIVA FRANCE / FRESENIUS KABI FRANCE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3117950/fr/posaconazole-ohre-pharma-posaconazole</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3117944/fr/posaconazole-accord-posaconazole</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3117999/fr/posaconazole-ahcl-posaconazole</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3146433/fr/posaconazole-eg-posaconazole</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3147912/fr/posaconazole-mylan-posaconazole</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3069190/fr/posaconazole-mylan-posaconazole</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3151447/fr/posaconazole-zentiva-posaconazole</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3181649/fr/posaconazole-fresenius-kabi-posaconazole</t>
+  </si>
+  <si>
+    <t>NOXAFIL (posaconazole)</t>
+  </si>
+  <si>
+    <t>23/08/2016 16:27:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984106/fr/noxafil-posaconazole</t>
+  </si>
+  <si>
+    <t>pprd_2984106</t>
+  </si>
+  <si>
+    <t>MSD FRANCE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_401030/fr/noxafil-posaconazole</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_574573/fr/noxafil-posaconazole</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1778227/fr/noxafil-posaconazole</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2633059/fr/noxafil-300-mg-posaconazole-antifongique-triazole</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H4"/>
+  <dimension ref="A1:H6"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -203,93 +464,669 @@
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
         <v>11</v>
       </c>
       <c r="G2" t="s">
         <v>13</v>
       </c>
       <c r="H2" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
+        <v>8</v>
+      </c>
+      <c r="B3" t="s">
         <v>15</v>
       </c>
-      <c r="B3" t="s">
+      <c r="C3" t="s">
         <v>16</v>
       </c>
-      <c r="C3" t="s">
+      <c r="D3" t="s">
+        <v>11</v>
+      </c>
+      <c r="E3" t="s">
         <v>17</v>
       </c>
-      <c r="D3" t="s">
+      <c r="F3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G3" t="s">
         <v>18</v>
       </c>
-      <c r="E3" t="s">
+      <c r="H3" t="s">
         <v>19</v>
-      </c>
-[...7 lines deleted...]
-        <v>21</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>15</v>
+        <v>8</v>
       </c>
       <c r="B4" t="s">
+        <v>20</v>
+      </c>
+      <c r="C4" t="s">
+        <v>21</v>
+      </c>
+      <c r="D4" t="s">
+        <v>11</v>
+      </c>
+      <c r="E4" t="s">
         <v>22</v>
       </c>
-      <c r="C4" t="s">
+      <c r="F4" t="s">
+        <v>11</v>
+      </c>
+      <c r="G4" t="s">
         <v>23</v>
       </c>
-      <c r="D4" t="s">
+      <c r="H4" t="s">
         <v>24</v>
       </c>
-      <c r="E4" t="s">
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>8</v>
+      </c>
+      <c r="B5" t="s">
         <v>25</v>
       </c>
-      <c r="F4" t="s">
-[...2 lines deleted...]
-      <c r="G4" t="s">
+      <c r="C5" t="s">
         <v>26</v>
       </c>
-      <c r="H4" t="s">
+      <c r="D5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E5" t="s">
         <v>27</v>
+      </c>
+      <c r="F5" t="s">
+        <v>11</v>
+      </c>
+      <c r="G5" t="s">
+        <v>28</v>
+      </c>
+      <c r="H5" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>8</v>
+      </c>
+      <c r="B6" t="s">
+        <v>30</v>
+      </c>
+      <c r="C6" t="s">
+        <v>31</v>
+      </c>
+      <c r="D6" t="s">
+        <v>32</v>
+      </c>
+      <c r="E6" t="s">
+        <v>33</v>
+      </c>
+      <c r="F6" t="s">
+        <v>11</v>
+      </c>
+      <c r="G6" t="s">
+        <v>34</v>
+      </c>
+      <c r="H6" t="s">
+        <v>35</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>36</v>
+      </c>
+      <c r="B2" t="s">
+        <v>37</v>
+      </c>
+      <c r="C2" t="s">
+        <v>38</v>
+      </c>
+      <c r="D2" t="s">
+        <v>39</v>
+      </c>
+      <c r="E2" t="s">
+        <v>40</v>
+      </c>
+      <c r="F2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" t="s">
+        <v>41</v>
+      </c>
+      <c r="H2" t="s">
+        <v>42</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H3"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>43</v>
+      </c>
+      <c r="B2" t="s">
+        <v>44</v>
+      </c>
+      <c r="C2" t="s">
+        <v>45</v>
+      </c>
+      <c r="D2" t="s">
+        <v>46</v>
+      </c>
+      <c r="E2" t="s">
+        <v>47</v>
+      </c>
+      <c r="F2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" t="s">
+        <v>48</v>
+      </c>
+      <c r="H2" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>43</v>
+      </c>
+      <c r="B3" t="s">
+        <v>50</v>
+      </c>
+      <c r="C3" t="s">
+        <v>51</v>
+      </c>
+      <c r="D3" t="s">
+        <v>52</v>
+      </c>
+      <c r="E3" t="s">
+        <v>53</v>
+      </c>
+      <c r="F3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G3" t="s">
+        <v>54</v>
+      </c>
+      <c r="H3" t="s">
+        <v>55</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:I7"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>56</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>57</v>
+      </c>
+      <c r="B2" t="s">
+        <v>58</v>
+      </c>
+      <c r="C2" t="s">
+        <v>11</v>
+      </c>
+      <c r="D2" t="s">
+        <v>11</v>
+      </c>
+      <c r="E2" t="s">
+        <v>59</v>
+      </c>
+      <c r="F2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" t="s">
+        <v>60</v>
+      </c>
+      <c r="H2" t="s">
+        <v>61</v>
+      </c>
+      <c r="I2" t="s">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>57</v>
+      </c>
+      <c r="B3" t="s">
+        <v>63</v>
+      </c>
+      <c r="C3" t="s">
+        <v>11</v>
+      </c>
+      <c r="D3" t="s">
+        <v>11</v>
+      </c>
+      <c r="E3" t="s">
+        <v>64</v>
+      </c>
+      <c r="F3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G3" t="s">
+        <v>65</v>
+      </c>
+      <c r="H3" t="s">
+        <v>66</v>
+      </c>
+      <c r="I3" t="s">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>57</v>
+      </c>
+      <c r="B4" t="s">
+        <v>67</v>
+      </c>
+      <c r="C4" t="s">
+        <v>11</v>
+      </c>
+      <c r="D4" t="s">
+        <v>11</v>
+      </c>
+      <c r="E4" t="s">
+        <v>68</v>
+      </c>
+      <c r="F4" t="s">
+        <v>11</v>
+      </c>
+      <c r="G4" t="s">
+        <v>69</v>
+      </c>
+      <c r="H4" t="s">
+        <v>70</v>
+      </c>
+      <c r="I4" t="s">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>57</v>
+      </c>
+      <c r="B5" t="s">
+        <v>71</v>
+      </c>
+      <c r="C5" t="s">
+        <v>11</v>
+      </c>
+      <c r="D5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E5" t="s">
+        <v>72</v>
+      </c>
+      <c r="F5" t="s">
+        <v>11</v>
+      </c>
+      <c r="G5" t="s">
+        <v>73</v>
+      </c>
+      <c r="H5" t="s">
+        <v>74</v>
+      </c>
+      <c r="I5" t="s">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>57</v>
+      </c>
+      <c r="B6" t="s">
+        <v>75</v>
+      </c>
+      <c r="C6" t="s">
+        <v>76</v>
+      </c>
+      <c r="D6" t="s">
+        <v>11</v>
+      </c>
+      <c r="E6" t="s">
+        <v>77</v>
+      </c>
+      <c r="F6" t="s">
+        <v>11</v>
+      </c>
+      <c r="G6" t="s">
+        <v>78</v>
+      </c>
+      <c r="H6" t="s">
+        <v>79</v>
+      </c>
+      <c r="I6" t="s">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>57</v>
+      </c>
+      <c r="B7" t="s">
+        <v>80</v>
+      </c>
+      <c r="C7" t="s">
+        <v>11</v>
+      </c>
+      <c r="D7" t="s">
+        <v>11</v>
+      </c>
+      <c r="E7" t="s">
+        <v>81</v>
+      </c>
+      <c r="F7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G7" t="s">
+        <v>82</v>
+      </c>
+      <c r="H7" t="s">
+        <v>83</v>
+      </c>
+      <c r="I7" t="s">
+        <v>62</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:I1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:R3"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>84</v>
+      </c>
+      <c r="J1" t="s">
+        <v>85</v>
+      </c>
+      <c r="K1" t="s">
+        <v>86</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>87</v>
+      </c>
+      <c r="B2" t="s">
+        <v>88</v>
+      </c>
+      <c r="C2" t="s">
+        <v>11</v>
+      </c>
+      <c r="D2" t="s">
+        <v>11</v>
+      </c>
+      <c r="E2" t="s">
+        <v>89</v>
+      </c>
+      <c r="F2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" t="s">
+        <v>90</v>
+      </c>
+      <c r="H2" t="s">
+        <v>91</v>
+      </c>
+      <c r="I2" t="s">
+        <v>92</v>
+      </c>
+      <c r="J2" t="s">
+        <v>93</v>
+      </c>
+      <c r="K2" t="s">
+        <v>94</v>
+      </c>
+      <c r="L2" t="s">
+        <v>95</v>
+      </c>
+      <c r="M2" t="s">
+        <v>96</v>
+      </c>
+      <c r="N2" t="s">
+        <v>97</v>
+      </c>
+      <c r="O2" t="s">
+        <v>98</v>
+      </c>
+      <c r="P2" t="s">
+        <v>99</v>
+      </c>
+      <c r="Q2" t="s">
+        <v>100</v>
+      </c>
+      <c r="R2" t="s">
+        <v>101</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>87</v>
+      </c>
+      <c r="B3" t="s">
+        <v>102</v>
+      </c>
+      <c r="C3" t="s">
+        <v>11</v>
+      </c>
+      <c r="D3" t="s">
+        <v>11</v>
+      </c>
+      <c r="E3" t="s">
+        <v>103</v>
+      </c>
+      <c r="F3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G3" t="s">
+        <v>104</v>
+      </c>
+      <c r="H3" t="s">
+        <v>105</v>
+      </c>
+      <c r="I3" t="s">
+        <v>92</v>
+      </c>
+      <c r="J3" t="s">
+        <v>106</v>
+      </c>
+      <c r="K3" t="s">
+        <v>107</v>
+      </c>
+      <c r="L3" t="s">
+        <v>108</v>
+      </c>
+      <c r="M3" t="s">
+        <v>109</v>
+      </c>
+      <c r="N3" t="s">
+        <v>110</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>