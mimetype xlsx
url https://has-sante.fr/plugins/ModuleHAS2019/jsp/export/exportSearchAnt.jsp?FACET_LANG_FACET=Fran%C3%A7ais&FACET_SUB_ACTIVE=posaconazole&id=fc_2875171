--- v1 (2025-12-03)
+++ v2 (2026-01-19)
@@ -21,140 +21,155 @@
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export Guide maladie chronique" r:id="rId3" sheetId="1"/>
     <sheet name="Export Recommandation de bonne " r:id="rId4" sheetId="2"/>
     <sheet name="Export Evaluation des technolog" r:id="rId5" sheetId="3"/>
     <sheet name="Export évènement de calendrier" r:id="rId6" sheetId="4"/>
     <sheet name="Export Medicament" r:id="rId7" sheetId="5"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="194" uniqueCount="111">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="202" uniqueCount="116">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
     <t>Guide maladie chronique</t>
   </si>
   <si>
+    <t>Mucoviscidose</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de mucoviscidoses. Il a été élaboré par le Centre de Référence Mucoviscidose à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>05/12/2025 11:04:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2792719/fr/mucoviscidose</t>
+  </si>
+  <si>
+    <t>c_2792719</t>
+  </si>
+  <si>
+    <t>Péricardites Récidivantes</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de PéR. Il a été élaboré sous l’égide de : Filière de santé des maladies auto-immunes et auto-inflammatoires rares (FAI²R) Et de la Filière de santé des maladies cardiaques héréditaires ou rares (Cardiogen) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>05/12/2025 14:58:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3777808/fr/pericardites-recidivantes</t>
+  </si>
+  <si>
+    <t>p_3777808</t>
+  </si>
+  <si>
     <t>Aplasies médullaires acquises et constitutionnelles</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’aplasie médullaire (AM) acquise (AMA) ou constitutionnelle (AMC). Il a été élaboré par le centre de référence des aplasies médullaires acquises et constitutionnelles à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
-    <t/>
-[...1 lines deleted...]
-  <si>
     <t>04/05/2024 18:03:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3431519/fr/aplasies-medullaires-acquises-et-constitutionnelles</t>
   </si>
   <si>
     <t>p_3431519</t>
   </si>
   <si>
     <t>Fièvre Méditerranéenne Familiale (FMF)</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de fièvre méditerranéenne familiale. Il a été élaboré sous l’égide du : Centre de référence des maladies rares auto-inflammatoires et de l’amylose inflammatoire (CeReMAIA) et de la Filière des maladies auto-immunes et auto-inflammatoires rares FAI²R à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>12/12/2022 17:27:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3390303/fr/fievre-mediterraneenne-familiale-fmf</t>
   </si>
   <si>
     <t>p_3390303</t>
   </si>
   <si>
     <t>Aspergillose broncho-pulmonaire allergique (hors mucoviscidose)</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d'aspergillose broncho-pulmonaire allergique (hors mucoviscidose). Il a été élaboré par le Centre de référence des maladies pulmonaires rares – OrphaLungs à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>14/10/2021 08:39:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3289862/fr/aspergillose-broncho-pulmonaire-allergique-hors-mucoviscidose</t>
   </si>
   <si>
     <t>p_3289862</t>
-  </si>
-[...13 lines deleted...]
-    <t>c_2792719</t>
   </si>
   <si>
     <t>Guide parcours de soins Fibrillation atriale</t>
   </si>
   <si>
     <t>Les objectifs de ce guide sont d’expliciter les différentes étapes de prise en charge d’un malade ayant une fibrillation atriale (FA) en médecine de ville et notamment en médecine générale et de rendre compte de la multidisciplinarité de la prise en charge ainsi que des principes et des modalités de coordination et de coopération entre les professionnels impliqués.</t>
   </si>
   <si>
     <t>19/02/2014 00:00:00</t>
   </si>
   <si>
     <t>22/05/2014 16:03:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_1741768/fr/guide-parcours-de-soins-fibrillation-atriale</t>
   </si>
   <si>
     <t>c_1741768</t>
   </si>
   <si>
     <t>Recommandation de bonne pratique</t>
   </si>
   <si>
     <t>Prévention vasculaire après un infarctus cérébral ou un accident ischémique transitoire</t>
   </si>
@@ -404,51 +419,51 @@
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H6"/>
+  <dimension ref="A1:H7"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -551,582 +566,608 @@
       </c>
       <c r="E5" t="s">
         <v>27</v>
       </c>
       <c r="F5" t="s">
         <v>11</v>
       </c>
       <c r="G5" t="s">
         <v>28</v>
       </c>
       <c r="H5" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
         <v>8</v>
       </c>
       <c r="B6" t="s">
         <v>30</v>
       </c>
       <c r="C6" t="s">
         <v>31</v>
       </c>
       <c r="D6" t="s">
+        <v>11</v>
+      </c>
+      <c r="E6" t="s">
         <v>32</v>
       </c>
-      <c r="E6" t="s">
+      <c r="F6" t="s">
+        <v>11</v>
+      </c>
+      <c r="G6" t="s">
         <v>33</v>
       </c>
-      <c r="F6" t="s">
-[...2 lines deleted...]
-      <c r="G6" t="s">
+      <c r="H6" t="s">
         <v>34</v>
       </c>
-      <c r="H6" t="s">
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>8</v>
+      </c>
+      <c r="B7" t="s">
         <v>35</v>
+      </c>
+      <c r="C7" t="s">
+        <v>36</v>
+      </c>
+      <c r="D7" t="s">
+        <v>37</v>
+      </c>
+      <c r="E7" t="s">
+        <v>38</v>
+      </c>
+      <c r="F7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G7" t="s">
+        <v>39</v>
+      </c>
+      <c r="H7" t="s">
+        <v>40</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>36</v>
+        <v>41</v>
       </c>
       <c r="B2" t="s">
-        <v>37</v>
+        <v>42</v>
       </c>
       <c r="C2" t="s">
-        <v>38</v>
+        <v>43</v>
       </c>
       <c r="D2" t="s">
-        <v>39</v>
+        <v>44</v>
       </c>
       <c r="E2" t="s">
-        <v>40</v>
+        <v>45</v>
       </c>
       <c r="F2" t="s">
         <v>11</v>
       </c>
       <c r="G2" t="s">
-        <v>41</v>
+        <v>46</v>
       </c>
       <c r="H2" t="s">
-        <v>42</v>
+        <v>47</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H3"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>43</v>
+        <v>48</v>
       </c>
       <c r="B2" t="s">
-        <v>44</v>
+        <v>49</v>
       </c>
       <c r="C2" t="s">
-        <v>45</v>
+        <v>50</v>
       </c>
       <c r="D2" t="s">
-        <v>46</v>
+        <v>51</v>
       </c>
       <c r="E2" t="s">
-        <v>47</v>
+        <v>52</v>
       </c>
       <c r="F2" t="s">
         <v>11</v>
       </c>
       <c r="G2" t="s">
-        <v>48</v>
+        <v>53</v>
       </c>
       <c r="H2" t="s">
-        <v>49</v>
+        <v>54</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>43</v>
+        <v>48</v>
       </c>
       <c r="B3" t="s">
-        <v>50</v>
+        <v>55</v>
       </c>
       <c r="C3" t="s">
-        <v>51</v>
+        <v>56</v>
       </c>
       <c r="D3" t="s">
-        <v>52</v>
+        <v>57</v>
       </c>
       <c r="E3" t="s">
-        <v>53</v>
+        <v>58</v>
       </c>
       <c r="F3" t="s">
         <v>11</v>
       </c>
       <c r="G3" t="s">
-        <v>54</v>
+        <v>59</v>
       </c>
       <c r="H3" t="s">
-        <v>55</v>
+        <v>60</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:I7"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
-        <v>56</v>
+        <v>61</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>57</v>
+        <v>62</v>
       </c>
       <c r="B2" t="s">
-        <v>58</v>
+        <v>63</v>
       </c>
       <c r="C2" t="s">
         <v>11</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
-        <v>59</v>
+        <v>64</v>
       </c>
       <c r="F2" t="s">
         <v>11</v>
       </c>
       <c r="G2" t="s">
-        <v>60</v>
+        <v>65</v>
       </c>
       <c r="H2" t="s">
-        <v>61</v>
+        <v>66</v>
       </c>
       <c r="I2" t="s">
-        <v>62</v>
+        <v>67</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>57</v>
+        <v>62</v>
       </c>
       <c r="B3" t="s">
-        <v>63</v>
+        <v>68</v>
       </c>
       <c r="C3" t="s">
         <v>11</v>
       </c>
       <c r="D3" t="s">
         <v>11</v>
       </c>
       <c r="E3" t="s">
-        <v>64</v>
+        <v>69</v>
       </c>
       <c r="F3" t="s">
         <v>11</v>
       </c>
       <c r="G3" t="s">
-        <v>65</v>
+        <v>70</v>
       </c>
       <c r="H3" t="s">
-        <v>66</v>
+        <v>71</v>
       </c>
       <c r="I3" t="s">
-        <v>62</v>
+        <v>67</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>57</v>
+        <v>62</v>
       </c>
       <c r="B4" t="s">
+        <v>72</v>
+      </c>
+      <c r="C4" t="s">
+        <v>11</v>
+      </c>
+      <c r="D4" t="s">
+        <v>11</v>
+      </c>
+      <c r="E4" t="s">
+        <v>73</v>
+      </c>
+      <c r="F4" t="s">
+        <v>11</v>
+      </c>
+      <c r="G4" t="s">
+        <v>74</v>
+      </c>
+      <c r="H4" t="s">
+        <v>75</v>
+      </c>
+      <c r="I4" t="s">
         <v>67</v>
-      </c>
-[...19 lines deleted...]
-        <v>62</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>57</v>
+        <v>62</v>
       </c>
       <c r="B5" t="s">
-        <v>71</v>
+        <v>76</v>
       </c>
       <c r="C5" t="s">
         <v>11</v>
       </c>
       <c r="D5" t="s">
         <v>11</v>
       </c>
       <c r="E5" t="s">
-        <v>72</v>
+        <v>77</v>
       </c>
       <c r="F5" t="s">
         <v>11</v>
       </c>
       <c r="G5" t="s">
-        <v>73</v>
+        <v>78</v>
       </c>
       <c r="H5" t="s">
-        <v>74</v>
+        <v>79</v>
       </c>
       <c r="I5" t="s">
-        <v>62</v>
+        <v>67</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>57</v>
+        <v>62</v>
       </c>
       <c r="B6" t="s">
-        <v>75</v>
+        <v>80</v>
       </c>
       <c r="C6" t="s">
-        <v>76</v>
+        <v>81</v>
       </c>
       <c r="D6" t="s">
         <v>11</v>
       </c>
       <c r="E6" t="s">
-        <v>77</v>
+        <v>82</v>
       </c>
       <c r="F6" t="s">
         <v>11</v>
       </c>
       <c r="G6" t="s">
-        <v>78</v>
+        <v>83</v>
       </c>
       <c r="H6" t="s">
-        <v>79</v>
+        <v>84</v>
       </c>
       <c r="I6" t="s">
-        <v>62</v>
+        <v>67</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>57</v>
+        <v>62</v>
       </c>
       <c r="B7" t="s">
-        <v>80</v>
+        <v>85</v>
       </c>
       <c r="C7" t="s">
         <v>11</v>
       </c>
       <c r="D7" t="s">
         <v>11</v>
       </c>
       <c r="E7" t="s">
-        <v>81</v>
+        <v>86</v>
       </c>
       <c r="F7" t="s">
         <v>11</v>
       </c>
       <c r="G7" t="s">
-        <v>82</v>
+        <v>87</v>
       </c>
       <c r="H7" t="s">
-        <v>83</v>
+        <v>88</v>
       </c>
       <c r="I7" t="s">
-        <v>62</v>
+        <v>67</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:I1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:R3"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
-        <v>84</v>
+        <v>89</v>
       </c>
       <c r="J1" t="s">
-        <v>85</v>
+        <v>90</v>
       </c>
       <c r="K1" t="s">
-        <v>86</v>
+        <v>91</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>87</v>
+        <v>92</v>
       </c>
       <c r="B2" t="s">
-        <v>88</v>
+        <v>93</v>
       </c>
       <c r="C2" t="s">
         <v>11</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
-        <v>89</v>
+        <v>94</v>
       </c>
       <c r="F2" t="s">
         <v>11</v>
       </c>
       <c r="G2" t="s">
-        <v>90</v>
+        <v>95</v>
       </c>
       <c r="H2" t="s">
-        <v>91</v>
+        <v>96</v>
       </c>
       <c r="I2" t="s">
-        <v>92</v>
+        <v>97</v>
       </c>
       <c r="J2" t="s">
-        <v>93</v>
+        <v>98</v>
       </c>
       <c r="K2" t="s">
-        <v>94</v>
+        <v>99</v>
       </c>
       <c r="L2" t="s">
-        <v>95</v>
+        <v>100</v>
       </c>
       <c r="M2" t="s">
-        <v>96</v>
+        <v>101</v>
       </c>
       <c r="N2" t="s">
-        <v>97</v>
+        <v>102</v>
       </c>
       <c r="O2" t="s">
-        <v>98</v>
+        <v>103</v>
       </c>
       <c r="P2" t="s">
-        <v>99</v>
+        <v>104</v>
       </c>
       <c r="Q2" t="s">
-        <v>100</v>
+        <v>105</v>
       </c>
       <c r="R2" t="s">
-        <v>101</v>
+        <v>106</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>87</v>
+        <v>92</v>
       </c>
       <c r="B3" t="s">
-        <v>102</v>
+        <v>107</v>
       </c>
       <c r="C3" t="s">
         <v>11</v>
       </c>
       <c r="D3" t="s">
         <v>11</v>
       </c>
       <c r="E3" t="s">
-        <v>103</v>
+        <v>108</v>
       </c>
       <c r="F3" t="s">
         <v>11</v>
       </c>
       <c r="G3" t="s">
-        <v>104</v>
+        <v>109</v>
       </c>
       <c r="H3" t="s">
-        <v>105</v>
+        <v>110</v>
       </c>
       <c r="I3" t="s">
-        <v>92</v>
+        <v>97</v>
       </c>
       <c r="J3" t="s">
-        <v>106</v>
+        <v>111</v>
       </c>
       <c r="K3" t="s">
-        <v>107</v>
+        <v>112</v>
       </c>
       <c r="L3" t="s">
-        <v>108</v>
+        <v>113</v>
       </c>
       <c r="M3" t="s">
-        <v>109</v>
+        <v>114</v>
       </c>
       <c r="N3" t="s">
-        <v>110</v>
+        <v>115</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>