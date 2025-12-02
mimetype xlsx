--- v0 (2025-10-18)
+++ v1 (2025-12-02)
@@ -1,592 +1,3088 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet5.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet6.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet7.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet8.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet9.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet10.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet11.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet12.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet13.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet14.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet15.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Chronic disease guide" r:id="rId3" sheetId="1"/>
-[...4 lines deleted...]
-    <sheet name="Export Web page" r:id="rId8" sheetId="6"/>
+    <sheet name="Export Guide méthodologique" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Avis sur les dispositifs" r:id="rId4" sheetId="2"/>
+    <sheet name="Export Guide maladie chronique" r:id="rId5" sheetId="3"/>
+    <sheet name="Export évènement de calendrier" r:id="rId6" sheetId="4"/>
+    <sheet name="Export Études et Rapports" r:id="rId7" sheetId="5"/>
+    <sheet name="Export Outil d'amélioration des" r:id="rId8" sheetId="6"/>
+    <sheet name="Export Recommandation vaccinale" r:id="rId9" sheetId="7"/>
+    <sheet name="Export Recommandation en santé " r:id="rId10" sheetId="8"/>
+    <sheet name="Export Recommandation de bonne " r:id="rId11" sheetId="9"/>
+    <sheet name="Export Guide usagers" r:id="rId12" sheetId="10"/>
+    <sheet name="Export Communiqué de presse" r:id="rId13" sheetId="11"/>
+    <sheet name="Export Evaluation des technolog" r:id="rId14" sheetId="12"/>
+    <sheet name="Export Avis et décisions de la " r:id="rId15" sheetId="13"/>
+    <sheet name="Export Medicament" r:id="rId16" sheetId="14"/>
+    <sheet name="Export Article HAS" r:id="rId17" sheetId="15"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Chronic disease guide'!$B$1:$H$1</definedName>
-[...4 lines deleted...]
-    <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="true">'Export Web page'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Guide méthodologique'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Avis sur les dispositifs'!$B$1:$J$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Études et Rapports'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="true">'Export Outil d''amélioration des'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="6" hidden="true">'Export Recommandation vaccinale'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="7" hidden="true">'Export Recommandation en santé '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="8" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="9" hidden="true">'Export Guide usagers'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="10" hidden="true">'Export Communiqué de presse'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="11" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="12" hidden="true">'Export Avis et décisions de la '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="13" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="14" hidden="true">'Export Article HAS'!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="262" uniqueCount="156">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1652" uniqueCount="979">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Chronic disease guide</t>
-[...11 lines deleted...]
-    <t>02/28/2024 16:26:00</t>
+    <t>Guide méthodologique</t>
+  </si>
+  <si>
+    <t>Certification par essai de type des logiciels d’aide à la dispensation (LAD) de pharmacie à usage intérieur (PUI)</t>
+  </si>
+  <si>
+    <t>Les logiciels d’aide à la dispensation (LAD) utilisés par les pharmaciens en pharmacie à usage intérieur (PUI) sont des logiciels dont au moins une des fonctions permet l’enregistrement d’une dispensation de médicaments (analyse des prescriptions, conseil et délivrance des médicaments). Leur certification - facultative en France - participe à l'amélioration des pratiques et garantit la conformité des logiciels à des exigences minimales en termes de sécurité, de qualité et d'efficience de la dispensation.</t>
+  </si>
+  <si>
+    <t>22/09/2022 00:00:00</t>
+  </si>
+  <si>
+    <t>28/09/2022 16:00:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3408871/en/care-pathway-guide-overweight-and-obesity-in-adults</t>
+    <t>https://www.has-sante.fr/jcms/p_3372202/fr/certification-par-essai-de-type-des-logiciels-d-aide-a-la-dispensation-lad-de-pharmacie-a-usage-interieur-pui</t>
+  </si>
+  <si>
+    <t>p_3372202</t>
+  </si>
+  <si>
+    <t>Certification par essai de type des logiciels hospitaliers d’aide à la prescription (LAP)</t>
+  </si>
+  <si>
+    <t>La HAS est chargée d’établir la procédure de certification des Logiciels d’Aide à la Prescription (LAP). Les éditeurs de LAP peuvent se faire certifier par des organismes certificateurs, eux-mêmes accrédités par le Comité français d’accréditation (Cofrac).</t>
+  </si>
+  <si>
+    <t>06/05/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>14/05/2021 12:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/r_1499094/fr/certification-par-essai-de-type-des-logiciels-hospitaliers-d-aide-a-la-prescription-lap</t>
+  </si>
+  <si>
+    <t>r_1499094</t>
+  </si>
+  <si>
+    <t>Manuel et référentiel de la certification des établissements pour la qualité des soins</t>
+  </si>
+  <si>
+    <t>25/09/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>25/11/2020 15:36:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3219174/fr/manuel-et-referentiel-de-la-certification-des-etablissements-pour-la-qualite-des-soins</t>
+  </si>
+  <si>
+    <t>p_3219174</t>
+  </si>
+  <si>
+    <t>Éducation thérapeutique du patient (ETP) : évaluation de l’efficacité et de l’efficience dans les maladies chroniques</t>
+  </si>
+  <si>
+    <t>La HAS propose, dix ans après les premiers rapports d’évaluation, des orientations pour la mise en œuvre des interventions éducatives les plus adaptées aux besoins des patients et des repères pour analyser ou mener des études d’efficacité et d’efficience.</t>
+  </si>
+  <si>
+    <t>27/06/2018 00:00:00</t>
+  </si>
+  <si>
+    <t>29/11/2018 15:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2884714/fr/education-therapeutique-du-patient-etp-evaluation-de-l-efficacite-et-de-l-efficience-dans-les-maladies-chroniques</t>
+  </si>
+  <si>
+    <t>c_2884714</t>
+  </si>
+  <si>
+    <t>Description</t>
+  </si>
+  <si>
+    <t>Laboratoire / Fabricant</t>
+  </si>
+  <si>
+    <t>Avis sur les dispositifs médicaux et autres produits de santé</t>
+  </si>
+  <si>
+    <t>Phase contradictoire suite à l'avis de projet du 25/01/2023 portant inscription d’activités de télésurveillance médicale</t>
+  </si>
+  <si>
+    <t>Avis de projet portant inscription d’activités de télésurveillance médicale sur la liste prévue à l’article L. 162- 52 du code de la sécurité sociale Les présents avis sont pris en application des articles L.162-52 et R.162-84 du code de la sécurité sociale. Ils font suite à l’avis de projet ministériel publié au Journal officiel du 25 janvier 2023 relatif à la création de 5 lignes génériques, parmi lesquelles celle relative à la : Télésurveillance médicale du patient diabétique, Télésurveillance médicale du patient insuffisant respiratoire chronique, Télésurveillance médicale du patient insuffisant rénal chronique, Télésurveillance médicale du patient insuffisant cardiaque chronique, Télésurveillance médicale du patient porteur de prothèse cardiaque implantable à visée thérapeutique. faisant l’objet de ces avis.</t>
+  </si>
+  <si>
+    <t>21/03/2023 00:00:00</t>
+  </si>
+  <si>
+    <t>24/03/2023 16:11:33</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3423461/fr/phase-contradictoire-suite-a-l-avis-de-projet-du-25/01/2023-portant-inscription-d-activites-de-telesurveillance-medicale</t>
+  </si>
+  <si>
+    <t>p_3423461</t>
+  </si>
+  <si>
+    <t>SYSTANE COMPLETE</t>
+  </si>
+  <si>
+    <t>16/03/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>06/05/2021 09:08:22</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3264256/fr/systane-complete</t>
+  </si>
+  <si>
+    <t>p_3264256</t>
+  </si>
+  <si>
+    <t>Gouttes oculaires lubrifiantes</t>
+  </si>
+  <si>
+    <t>LABORATOIRES ALCON</t>
+  </si>
+  <si>
+    <t>HYLOVIS</t>
+  </si>
+  <si>
+    <t>15/12/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>15/03/2021 09:24:34</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3237072/fr/hylovis</t>
+  </si>
+  <si>
+    <t>p_3237072</t>
+  </si>
+  <si>
+    <t>Solution stérile de hyaluronate de sodium à 0,18% pour usage  ophtalmique topique</t>
+  </si>
+  <si>
+    <t>TRB CHEMEDICA</t>
+  </si>
+  <si>
+    <t>VISMED</t>
+  </si>
+  <si>
+    <t>15/03/2021 09:33:58</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3237075/fr/vismed</t>
+  </si>
+  <si>
+    <t>p_3237075</t>
+  </si>
+  <si>
+    <t>HORUS PHARMA</t>
+  </si>
+  <si>
+    <t>03/11/2015 00:00:00</t>
+  </si>
+  <si>
+    <t>30/11/2020 11:23:50</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3221147/fr/hylovis</t>
+  </si>
+  <si>
+    <t>p_3221147</t>
+  </si>
+  <si>
+    <t>Solution stérile de hyaluronate de sodium à 0,18% pour usage ophtalmique topique</t>
+  </si>
+  <si>
+    <t>TRB CHEMEDICA SAS</t>
+  </si>
+  <si>
+    <t>26/11/2015 16:56:07</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2572145/fr/vismed</t>
+  </si>
+  <si>
+    <t>c_2572145</t>
+  </si>
+  <si>
+    <t>HYLOVIS Multi</t>
+  </si>
+  <si>
+    <t>16/11/2015 13:49:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2571466/fr/hylovis-multi</t>
+  </si>
+  <si>
+    <t>c_2571466</t>
+  </si>
+  <si>
+    <t>Solutés de réhydratation orale</t>
+  </si>
+  <si>
+    <t>21/07/2015 00:00:00</t>
+  </si>
+  <si>
+    <t>27/08/2015 16:25:54</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2055355/fr/solutes-de-rehydratation-orale</t>
+  </si>
+  <si>
+    <t>c_2055355</t>
+  </si>
+  <si>
+    <t>Ministres</t>
+  </si>
+  <si>
+    <t>LUXYAL - CEPP du 07 juillet 2009 (2076)</t>
+  </si>
+  <si>
+    <t>07/07/2009 00:00:00</t>
+  </si>
+  <si>
+    <t>27/08/2009 14:14:15</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_831774/fr/luxyal-cepp-du-07-juillet-2009-2076</t>
+  </si>
+  <si>
+    <t>c_831774</t>
+  </si>
+  <si>
+    <t>Tubilux Pharma SpA (Italie)</t>
+  </si>
+  <si>
+    <t>NOVASOURCE GI CONTROL</t>
+  </si>
+  <si>
+    <t>30/09/2008 00:00:00</t>
+  </si>
+  <si>
+    <t>30/09/2008 12:35:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_700024/fr/novasource-gi-control</t>
+  </si>
+  <si>
+    <t>c_700024</t>
+  </si>
+  <si>
+    <t>FRESENIUS KABI France</t>
+  </si>
+  <si>
+    <t>NOVASOURCE GI FORTE</t>
+  </si>
+  <si>
+    <t>30/09/2008 12:40:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_700029/fr/novasource-gi-forte</t>
+  </si>
+  <si>
+    <t>c_700029</t>
+  </si>
+  <si>
+    <t>BD MultiVisc</t>
+  </si>
+  <si>
+    <t>26/02/2003 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_398384/fr/bd-multivisc</t>
+  </si>
+  <si>
+    <t>c_398384</t>
+  </si>
+  <si>
+    <t>BECTON DICKINSON (France S.A)</t>
+  </si>
+  <si>
+    <t>BD Visc</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_398385/fr/bd-visc</t>
+  </si>
+  <si>
+    <t>c_398385</t>
+  </si>
+  <si>
+    <t>Solutés de réhydratation orale (SRO)</t>
+  </si>
+  <si>
+    <t>16/10/2002 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_398439/fr/solutes-de-rehydratation-orale-sro</t>
+  </si>
+  <si>
+    <t>c_398439</t>
+  </si>
+  <si>
+    <t>Direction Générale de la Santé / Direction de la Sécurité Sociale</t>
+  </si>
+  <si>
+    <t>PEPTAMEN</t>
+  </si>
+  <si>
+    <t>11/06/2003 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_398466/fr/peptamen</t>
+  </si>
+  <si>
+    <t>c_398466</t>
+  </si>
+  <si>
+    <t>NESTLE CLINICAL NUTRITION France</t>
+  </si>
+  <si>
+    <t>PEPTAMEN HN</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_398467/fr/peptamen-hn</t>
+  </si>
+  <si>
+    <t>c_398467</t>
+  </si>
+  <si>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Parcours de soins du patient adulte vivant avec un diabète de type 2</t>
+  </si>
+  <si>
+    <t>Ce guide détaille le rôle et la place des différents professionnels du secteur sanitaire, social et médico-social. Il aborde leurs modalités de coordination dont le recours à la télésanté, possible tout au long du parcours.</t>
+  </si>
+  <si>
+    <t>26/06/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>16/07/2025 10:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3634754/fr/parcours-de-soins-du-patient-adulte-vivant-avec-un-diabete-de-type-2</t>
+  </si>
+  <si>
+    <t>p_3634754</t>
+  </si>
+  <si>
+    <t>Syndrome de Costello</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint du Syndrome de Costello. Il a été élaboré par le Centre de référence Anomalies du développement et syndromes malformatifs SOOR à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>19/07/2012 00:00:00</t>
+  </si>
+  <si>
+    <t>10/07/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1288596/fr/syndrome-de-costello</t>
+  </si>
+  <si>
+    <t>c_1288596</t>
+  </si>
+  <si>
+    <t>Hypoparathyroïdie</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un(e) patient(e) atteint(e) d’une hypoparathyroïdie. Il a été élaboré par le Centre de référence des maladies rares (CRMR) du métabolisme du calcium et du phosphate à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>10/04/2025 16:12:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2789355/fr/hypoparathyroidie</t>
+  </si>
+  <si>
+    <t>c_2789355</t>
+  </si>
+  <si>
+    <t>Encéphalopathie Mitochondriale Neuro-Gastro-Intestinale (MNGIE)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’une maladie mitochondriale de type encéphalopathie mitochondriale neuro-gastro intestinale (MNGIE). Il a été élaboré par les Centres de Références et de Compétences pour les maladies mitochondriales de l’enfant et de l’adulte – CALISSON et CARAMMEL, Centres de Références et de Compétences des maladies héréditaires du métabolisme de l’enfant et de l’adulte – G2M à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>20/12/2024 10:44:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3574909/fr/encephalopathie-mitochondriale-neuro-gastro-intestinale-mngie</t>
+  </si>
+  <si>
+    <t>p_3574909</t>
+  </si>
+  <si>
+    <t>Atrophie multisystématisée (AMS)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’AMS. Il a été élaboré par le Centre de référence Atrophie multisystématisée à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>19/12/2024 15:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2574640/fr/atrophie-multisystematisee-ams</t>
+  </si>
+  <si>
+    <t>c_2574640</t>
+  </si>
+  <si>
+    <t>Dystrophie Myotonique de type 1 "Maladie de Steinert"</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de dystrophie myotonique de type 1 (DM1). Il a été élaboré par le Centre de référence des maladies neuromusculaires à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>19/12/2024 17:27:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3574785/fr/dystrophie-myotonique-de-type-1-maladie-de-steinert</t>
+  </si>
+  <si>
+    <t>p_3574785</t>
+  </si>
+  <si>
+    <t>Guide du parcours de soins : surpoids et obésité de l'adulte</t>
+  </si>
+  <si>
+    <t>Ce guide décrit les soins, l’accompagnement et le suivi global de l’adulte en situation de surpoids ou d’obésité. Il réaffirme l’importance d’un dépistage précoce couplé à une évaluation des habitudes de vie. Il détaille le rôle des professionnels (santé, champ social et médicosocial, activité physique adaptée, santé au travail) et revient sur les situations dans lesquelles le médecin traitant peut les solliciter.</t>
+  </si>
+  <si>
+    <t>08/02/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>28/02/2024 16:26:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3408871/fr/guide-du-parcours-de-soins-surpoids-et-obesite-de-l-adulte</t>
   </si>
   <si>
     <t>p_3408871</t>
   </si>
   <si>
-    <t>Early-Onset Anorexia Nervosa</t>
-[...8 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3353115/en/early-onset-anorexia-nervosa</t>
+    <t>Acidémie Isovalérique</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’acidémie isovalérique (AIV). Il a été élaboré par la Filière Maladies Rares G2M à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>21/11/2024 15:16:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3557776/fr/acidemie-isovalerique</t>
+  </si>
+  <si>
+    <t>p_3557776</t>
+  </si>
+  <si>
+    <t>ALD n° 19 - Néphropathie chronique grave</t>
+  </si>
+  <si>
+    <t>Le guide actes et prestations ALD n’est pas une recommandation de bonne pratique. Il ne constitue pas une aide à la décision portant sur la stratégie diagnostique ou thérapeutique.</t>
+  </si>
+  <si>
+    <t>07/10/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>13/10/2021 14:05:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_565906/fr/ald-n-19-nephropathie-chronique-grave</t>
+  </si>
+  <si>
+    <t>c_565906</t>
+  </si>
+  <si>
+    <t>Paraparésies spastiques héréditaires pures</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de PSH pure. Il a été élaboré par le Centre de référence Neurogénétique et maladies génétiques rares du système nerveux à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>20/09/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>25/09/2024 17:22:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3542903/fr/paraparesies-spastiques-hereditaires-pures</t>
+  </si>
+  <si>
+    <t>p_3542903</t>
+  </si>
+  <si>
+    <t>Syndromes drépanocytaires majeurs de l’enfant et de l’adolescent</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de syndrome drépanocytaire majeur. Il a été élaboré par la Filière de santé maladies rares MCGRE à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>02/05/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_938890/fr/syndromes-drepanocytaires-majeurs-de-l-enfant-et-de-l-adolescent</t>
+  </si>
+  <si>
+    <t>c_938890</t>
+  </si>
+  <si>
+    <t>Lupus Systémique de l'adulte et de l'enfant</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de lupus systémique (LS). Il a été élaboré sous l’égide du Centre de référence du lupus, syndrome des anticorps anti-phospholipides et autres maladies auto-immunes rares et du Centre de référence des rhumatismes inflammatoires et maladies auto-immunes systémiques rares de l’enfant RAISE et de la Filière des maladies auto-immunes et auto-inflammatoires rares FAI²R à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>06/02/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>09/02/2024 08:27:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3493410/fr/lupus-systemique-de-l-adulte-et-de-l-enfant</t>
+  </si>
+  <si>
+    <t>p_3493410</t>
+  </si>
+  <si>
+    <t>Nécrolyse épidermique de l’adulte (Syndromes de Stevens-Johnson et de Lyell)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un adulte pris en charge pour une nécrolyse épidermique (NE, syndrome de Stevens-Johnson, SJS, et syndrome de Lyell ou nécrolyse épidermique toxique, NET). Il a été élaboré par le Centre de référence des dermatoses bulleuses toxiques et toxidermies graves TOXIBUL à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>04/04/2018 15:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1012735/fr/necrolyse-epidermique-de-l-adulte-syndromes-de-stevens-johnson-et-de-lyell</t>
+  </si>
+  <si>
+    <t>c_1012735</t>
+  </si>
+  <si>
+    <t>Syndrome néphrotique idiopathique de l’adulte</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient adulte atteint du syndrome néphrotique idiopathique. Il a été élaboré par le Centre de Référence Syndrome Néphrotique Idiopathique de l’enfant et de l’adulte à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>18/12/2014 16:52:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2001046/fr/syndrome-nephrotique-idiopathique-de-l-adulte</t>
+  </si>
+  <si>
+    <t>c_2001046</t>
+  </si>
+  <si>
+    <t>Guide du parcours de soins – Maladie rénale chronique de l’adulte (MRC)</t>
+  </si>
+  <si>
+    <t>Le guide du parcours de soins décrit la prise en charge usuelle d’une personne ayant une maladie rénale chronique (MRC). Il est destiné aux professionnels impliqués dans la prise en charge globale des patients, du secteur sanitaire, social et médico-social.</t>
+  </si>
+  <si>
+    <t>27/09/2023 00:00:00</t>
+  </si>
+  <si>
+    <t>17/11/2023 10:47:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3288950/fr/guide-du-parcours-de-soins-maladie-renale-chronique-de-l-adulte-mrc</t>
+  </si>
+  <si>
+    <t>p_3288950</t>
+  </si>
+  <si>
+    <t>Amylose AL</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’amylose AL. Il a été élaboré par le Centre national de référence amylose AL. et autres maladies de dépôts d'immunoglobulines monoclonales à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>23/03/2023 10:32:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3385053/fr/amylose-al</t>
+  </si>
+  <si>
+    <t>p_3385053</t>
+  </si>
+  <si>
+    <t>Hyperoxalurie</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d'Hyperoxalurie. Il a été élaboré par le Centre de Référence des Maladies Rénales rares Sous l’égide de la filière ORKiD à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3403890/fr/hyperoxalurie</t>
+  </si>
+  <si>
+    <t>p_3403890</t>
+  </si>
+  <si>
+    <t>Saignements Utérins Abondants (SUA) chez la jeune femme atteinte de maladies hémorragiques rares constitutionnelles ou acquises (MHCA)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins des saignement utérins abondants (SUA) chez des jeunes femmes atteintes de maladies hémorragiques constitutionnelles ou acquise (MHCA). Il a été élaboré par le Centre de Référence de Pathologies Gynécologiques Rares à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>12/12/2022 17:27:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3389734/fr/saignements-uterins-abondants-sua-chez-la-jeune-femme-atteinte-de-maladies-hemorragiques-rares-constitutionnelles-ou-acquises-mhca</t>
+  </si>
+  <si>
+    <t>p_3389734</t>
+  </si>
+  <si>
+    <t>Céroïde-lipofuscinoses neuronales</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de CLN. Il a été élaboré par le Filière de Santé Maladies Rares G2M à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3390370/fr/ceroide-lipofuscinoses-neuronales</t>
+  </si>
+  <si>
+    <t>p_3390370</t>
+  </si>
+  <si>
+    <t>Syndrome de Gitelman</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de syndrome de Gitelman. Il a été élaboré par les Centres de Référence MARHEA Sous l’égide de la filière ORKiD à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3392050/fr/syndrome-de-gitelman</t>
+  </si>
+  <si>
+    <t>p_3392050</t>
+  </si>
+  <si>
+    <t>Tyrosinémie type 1 (HT-1)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de tyrosinémie de type I. Il a été élaboré par la Filière de Santé Maladies Rares G2M à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>10/10/2022 17:06:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3375540/fr/tyrosinemie-type-1-ht-1</t>
+  </si>
+  <si>
+    <t>p_3375540</t>
+  </si>
+  <si>
+    <t>MPI-CDG Défaut de glycosylation des glycoprotéines par déficit en phosphomannose isomérase</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’une maladie admise en ALD au titre de l’ALD 17 : le déficit en phosphomannose isomérase (PMI), ou MPI-CDG, lié à des mutations dans le gène MPI. Il a été élaboré par la Filières de Santé Maladies Rares G2M et Filfoie à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>09/09/2022 08:37:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3362759/fr/mpi-cdg-defaut-de-glycosylation-des-glycoproteines-par-deficit-en-phosphomannose-isomerase</t>
+  </si>
+  <si>
+    <t>p_3362759</t>
+  </si>
+  <si>
+    <t>Délétion 1p36</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de délétion 1p36. Il a été élaboré par le Centre de Référence Anomalies du Développement et Syndromes Malformatifs de l’Interrégion Est à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3363026/fr/deletion-1p36</t>
+  </si>
+  <si>
+    <t>p_3363026</t>
+  </si>
+  <si>
+    <t>Anorexie Mentale à début Précoce (AMP)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un enfant/adolescent atteint d’AMP. Il a été élaboré par le Centre de Référence Anorexie Mentale à début Précoce à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>27/07/2022 13:56:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3353115/fr/anorexie-mentale-a-debut-precoce-amp</t>
   </si>
   <si>
     <t>p_3353115</t>
   </si>
   <si>
-    <t>Symptomatic chronic systolic heart failure</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_534689/en/symptomatic-chronic-systolic-heart-failure</t>
+    <t>Tachycardies ventriculaires catécholergiques (TVC)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de TVC. Il a été élaboré par le Centre de Référence Maladies Cardiaques Héréditaires à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>10/02/2022 08:25:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3314799/fr/tachycardies-ventriculaires-catecholergiques-tvc</t>
+  </si>
+  <si>
+    <t>p_3314799</t>
+  </si>
+  <si>
+    <t>Maladies mitochondriales apparentées au MELAS</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’une maladie mitochondriale apparentée au syndrome MELAS. Il a été élaboré par les Centres de Référence pour les maladies mitochondriales de l’enfant et de l’adulte CALISSON et CARAMMEL à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>27/12/2021 21:44:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3289848/fr/maladies-mitochondriales-apparentees-au-melas</t>
+  </si>
+  <si>
+    <t>p_3289848</t>
+  </si>
+  <si>
+    <t>Prise en charge des patients atteints des valves de l'urètre postérieur, du fœtus à l'adolescence</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint des valves de l'urètre posterieur (VUP), du foetus a l’adolescence. Il a été élaboré par le Centre de référence des malformations rares des voies urinaires (MARVU) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>02/12/2021 09:46:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3299928/fr/prise-en-charge-des-patients-atteints-des-valves-de-l-uretre-posterieur-du-foetus-a-l-adolescence</t>
+  </si>
+  <si>
+    <t>p_3299928</t>
+  </si>
+  <si>
+    <t>Pseudo Obstructions Intestinales Chroniques (POIC) chez l’enfant</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un enfant atteint de Pseudo Obstruction Intestinale Chronique (POIC), quel que soit son type et son âge. Il a été élaboré par le Centre de Référence des maladies rares digestives - MaRDi à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>01/12/2021 17:36:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3300746/fr/pseudo-obstructions-intestinales-chroniques-poic-chez-l-enfant</t>
+  </si>
+  <si>
+    <t>p_3300746</t>
+  </si>
+  <si>
+    <t>Maladie de Fabry</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de la maladie de Fabry (MF). Il a été élaboré par le Centre de Référence de la Maladie de Fabry à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3301584/fr/maladie-de-fabry</t>
+  </si>
+  <si>
+    <t>p_3301584</t>
+  </si>
+  <si>
+    <t>Syndrome de Bartter</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de Syndrome de Bartter. Il a été élaboré par les Centres de Références des Maladies Rénales rares Sous l’égide de la filière ORKiD à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>17/11/2021 14:17:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3298125/fr/syndrome-de-bartter</t>
+  </si>
+  <si>
+    <t>p_3298125</t>
+  </si>
+  <si>
+    <t>Maladies héréditaires du métabolisme du surfactant</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins des enfants présentant une maladie du surfactant. Il a été élaboré par le centre de référence des Maladies respiratoires rares - RespiRare à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>10/11/2021 16:10:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3278600/fr/maladies-hereditaires-du-metabolisme-du-surfactant</t>
+  </si>
+  <si>
+    <t>p_3278600</t>
+  </si>
+  <si>
+    <t>Lithiase urinaire de l’enfant</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient pédiatrique présentant des lithiases rénales ou des voies urinaires. Il a été élaboré par le Centre de Référence des Maladies Rénales rares Sous l’égide de la filière ORKiD à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>04/11/2021 12:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3296532/fr/lithiase-urinaire-de-l-enfant</t>
+  </si>
+  <si>
+    <t>p_3296532</t>
+  </si>
+  <si>
+    <t>Narcolepsie de type 1 et 2</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de Narcolepsie de type 1 ou de type 2. Il a été élaboré par le Centre de Référence des Narcolepsies et Hypersomnies Rares à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>20/10/2021 13:37:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3293050/fr/narcolepsie-de-type-1-et-2</t>
+  </si>
+  <si>
+    <t>p_3293050</t>
+  </si>
+  <si>
+    <t>Syndrome du grêle court chez l’adulte</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint du Syndrome du Grêle Court. Il a été élaboré par le Centre de référence des maladies rares digestives à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3293097/fr/syndrome-du-grele-court-chez-l-adulte</t>
+  </si>
+  <si>
+    <t>p_3293097</t>
+  </si>
+  <si>
+    <t>Cryoglobulinémies</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de cryoglobulinémie. Il a été élaboré sous l’égide du centre de référence des maladies auto-immunes systémiques rares d’Ile-de-France et de la filière des maladies auto-immunes et auto-inflammatoires rares à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>14/10/2021 08:39:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3278570/fr/cryoglobulinemies</t>
+  </si>
+  <si>
+    <t>p_3278570</t>
+  </si>
+  <si>
+    <t>Ataxie de Friedreich</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d'ataxie de Friedreich. Il a été élaboré par le Centre de Référence Neurogénétique à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3290014/fr/ataxie-de-friedreich</t>
+  </si>
+  <si>
+    <t>p_3290014</t>
+  </si>
+  <si>
+    <t>Syndrome du QT Long</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d'un Syndrome du QT Long. Il a été élaboré par le Centre de Référence des Maladies cardiaques héréditaires à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3290161/fr/syndrome-du-qt-long</t>
+  </si>
+  <si>
+    <t>p_3290161</t>
+  </si>
+  <si>
+    <t>Sphérocytose héréditaire et autres anémies hémolytiques par anomalie de la membrane érythrocytaire</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient, enfant ou adulte, atteint d’une sphérocytose héréditaire ou d’une autre anémie hémolytique par anomalie de la membrane du globule rouge (GR). Il a été élaboré par la Filière de santé maladies rares MCGRE Maladies constitutionnelles rares du globule rouge et de l’érythropoïèse à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>28/07/2021 12:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3280228/fr/spherocytose-hereditaire-et-autres-anemies-hemolytiques-par-anomalie-de-la-membrane-erythrocytaire</t>
+  </si>
+  <si>
+    <t>p_3280228</t>
+  </si>
+  <si>
+    <t>Déficits du cycle de l’urée</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’un déficit du cycle de l’urée. Il a été élaboré par le centre de référence des Maladies héréditaires du métabolisme à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>03/06/2021 09:33:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3269572/fr/deficits-du-cycle-de-l-uree</t>
+  </si>
+  <si>
+    <t>p_3269572</t>
+  </si>
+  <si>
+    <t>Syndrome de Pendred</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint de syndrome de Pendred. Il a été élaboré par le Centre de référence des surdités génétiques, le Centre de référence des maladies endocriniennes de la croissance et du développement, le Centre de référence des maladies rares de la thyroïde et des récepteurs hormonaux, Sous l'égide et avec le partenariat de La Filière de santé des maladies rares sensorielles SENSGENE et La Filière des maladies rares endocriniennes FIRENDO à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>30/03/2021 09:49:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3245874/fr/syndrome-de-pendred</t>
+  </si>
+  <si>
+    <t>p_3245874</t>
+  </si>
+  <si>
+    <t>Syndrome Hémolytique et Urémique (SHU)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint de SHU. Il a été élaboré par les Centres de Références des Maladies Rénales Rares (SORARE, NEPHROGONES, MARHEA) et Maladies Rares Immuno-Hématologiques (CNR des microangiopathies thrombotiques) sous l’égide des filières ORKiD et MaRIH, à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>16/02/2021 09:31:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3236879/fr/syndrome-hemolytique-et-uremique-shu</t>
+  </si>
+  <si>
+    <t>p_3236879</t>
+  </si>
+  <si>
+    <t>Hyperinsulinisme congénital</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint d'Hyperinsulinisme congénital. Il a été élaboré par les Filières de Santé Maladies Rares G2M et Firendo à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>19/10/2020 17:41:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3198985/fr/hyperinsulinisme-congenital</t>
+  </si>
+  <si>
+    <t>p_3198985</t>
+  </si>
+  <si>
+    <t>Maladie liée à HNF-1β</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient porteur d’un variant pathogène de HNF-1β. Il a été élaboré par le centre de référence des Maladies Rénales Rares sous l'égide et avec le partenariat de la Filière de Santé Maladies Rénales Rares (ORKID), à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>07/04/2020 17:46:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3167157/fr/maladie-liee-a-hnf-1</t>
+  </si>
+  <si>
+    <t>p_3167157</t>
+  </si>
+  <si>
+    <t>La Cystinurie</t>
+  </si>
+  <si>
+    <t>24/10/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>28/10/2019 08:35:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3115042/fr/la-cystinurie</t>
+  </si>
+  <si>
+    <t>p_3115042</t>
+  </si>
+  <si>
+    <t>Glycogénose de Type V, Maladie de Mc Ardle</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins des patients atteints de la maladie de McArdle. Il a été élaboré par le Centre de Référence des maladies neuromusculaires et de la SLA à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>17/06/2019 17:10:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3076463/fr/glycogenose-de-type-v-maladie-de-mc-ardle</t>
+  </si>
+  <si>
+    <t>p_3076463</t>
+  </si>
+  <si>
+    <t>Vascularites nécrosantes systémiques (périartérite noueuse et vascularites associées aux ANCA)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins des patients atteints d'une vascularite nécrosante systémique. Il a été élaboré par le Centre de référence des maladies auto-immunes systémiques rares d’Ile de France sous l’égide du GFEV (Groupe Français d’Etude des Vascularites) et de la filière FAI²R (maladies auto-immunes et auto-inflammatoires rares) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>26/06/2019 12:45:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3076472/fr/vascularites-necrosantes-systemiques-periarterite-noueuse-et-vascularites-associees-aux-anca</t>
+  </si>
+  <si>
+    <t>p_3076472</t>
+  </si>
+  <si>
+    <t>Maladie Rénale Chronique (MRC) de l’enfant</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un enfant atteint de maladie rénale chronique. Il a été élaboré par les Centres de Références des Maladies Rénales rares Sous l’égide de la filière ORKiD à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>07/12/2018 15:31:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2889689/fr/maladie-renale-chronique-mrc-de-l-enfant</t>
+  </si>
+  <si>
+    <t>c_2889689</t>
+  </si>
+  <si>
+    <t>Cystinose</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de cystinose. Il a été élaboré par les centres de référence Néphrogones et MARHEA sous l’égide de la filière ORKiD à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>10/08/2018 15:01:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2867367/fr/cystinose</t>
+  </si>
+  <si>
+    <t>c_2867367</t>
+  </si>
+  <si>
+    <t>Maladies bulleuses auto-immunes : Pemphigus</t>
+  </si>
+  <si>
+    <t>L’objectif de ce protocole national de soins (PNDS) est d’expliciter pour les professionnels de santé la prise en charge optimale actuelle et le parcours de soins d’un patient atteint de pemphigus.</t>
+  </si>
+  <si>
+    <t>11/06/2018 15:01:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2636265/fr/maladies-bulleuses-auto-immunes-pemphigus</t>
+  </si>
+  <si>
+    <t>c_2636265</t>
+  </si>
+  <si>
+    <t>Hypophosphatémies héréditaires à FGF23 élevé  (dont hypophosphatémies liées à l’x)</t>
+  </si>
+  <si>
+    <t>14/05/2018 11:13:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2849265/fr/hypophosphatemies-hereditaires-a-fgf23-eleve-dont-hypophosphatemies-liees-a-l-x</t>
+  </si>
+  <si>
+    <t>c_2849265</t>
+  </si>
+  <si>
+    <t>ALD n° 5 - Insuffisance cardiaque systolique</t>
+  </si>
+  <si>
+    <t>01/07/2015 00:00:00</t>
+  </si>
+  <si>
+    <t>24/07/2015 13:55:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_534689/fr/ald-n-5-insuffisance-cardiaque-systolique</t>
   </si>
   <si>
     <t>c_534689</t>
   </si>
   <si>
-    <t>Practice guidelines</t>
-[...14 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2581436/en/bulimia-nervosa-and-binge-eating-disorder</t>
+    <t>Guide parcours de soins insuffisance cardiaque</t>
+  </si>
+  <si>
+    <t>Le guide du parcours de soins décrit la prise en charge usuelle d’une personne ayant une insuffisance cardiaque. Il cible principalement les professionnels impliqués dans la prise en charge globale des patients. Tenant compte de la pluri-professionnalité de la prise en charge, le guide aborde aussi le rôle, la place et les modalités de coordination des différents professionnels. Le guide du parcours de soins est accompagné d'une synthèse focalisée sur les points critiques de la prise en charge et d'un schéma du parcours du patient.</t>
+  </si>
+  <si>
+    <t>11/06/2014 00:00:00</t>
+  </si>
+  <si>
+    <t>24/07/2014 15:29:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1242988/fr/guide-parcours-de-soins-insuffisance-cardiaque</t>
+  </si>
+  <si>
+    <t>c_1242988</t>
+  </si>
+  <si>
+    <t>ALD n° 8 - Diabète de type 2</t>
+  </si>
+  <si>
+    <t>05/03/2014 00:00:00</t>
+  </si>
+  <si>
+    <t>24/04/2014 12:15:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_419389/fr/ald-n-8-diabete-de-type-2</t>
+  </si>
+  <si>
+    <t>c_419389</t>
+  </si>
+  <si>
+    <t>ALD n° 8 - Diabète de type 1 chez l'adulte</t>
+  </si>
+  <si>
+    <t>24/04/2014 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_419399/fr/ald-n-8-diabete-de-type-1-chez-l-adulte</t>
+  </si>
+  <si>
+    <t>c_419399</t>
+  </si>
+  <si>
+    <t>ALD n° 8 - Diabète de type 1 chez l'enfant et l'adolescent</t>
+  </si>
+  <si>
+    <t>24/04/2014 14:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_419643/fr/ald-n-8-diabete-de-type-1-chez-l-enfant-et-l-adolescent</t>
+  </si>
+  <si>
+    <t>c_419643</t>
+  </si>
+  <si>
+    <t>ALD n° 10 - Syndromes drépanocytaires majeurs de l'adulte</t>
+  </si>
+  <si>
+    <t>L’objectif de ce protocole national de diagnostic et de soins (PNDS) est d’expliciter pour les professionnels de la santé la prise en charge optimale actuelle et le parcours de soins d’un patient atteint de syndrome drépanocytaire majeur admis en ALD au titre de l’ALD 10, hémoglobinopathies invalidantes. Ce PNDS est limité à la prise en charge de l’adulte atteint d’un syndrome drépanocytaire majeur (SDM). Il complète dans ce domaine le PNDS concernant les syndromes drépanocytaires majeurs de l’enfant et de l’adolescent et celui concernant les patients atteints de bêta- thalassémie majeure.</t>
+  </si>
+  <si>
+    <t>06/01/2010 00:00:00</t>
+  </si>
+  <si>
+    <t>02/04/2010 13:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_938884/fr/ald-n-10-syndromes-drepanocytaires-majeurs-de-l-adulte</t>
+  </si>
+  <si>
+    <t>c_938884</t>
+  </si>
+  <si>
+    <t>ALD hors liste - Syndrome de Cushing</t>
+  </si>
+  <si>
+    <t>L’objectif de ce Protocole National de Diagnostic et de Soins (PNDS) est d’expliciter pour les professionnels de santé, la prise en charge optimale et le parcours de soins d’un patient atteint d'un sydrome de Cushing. Ce PNDS et la liste des actes et prestations (LAP) qui lui est adjointe peuvent servir de référence au médecin traitant en concertation avec le médecin spécialiste notamment au moment d’établir le protocole de soins conjointement avec le médecin conseil et le patient, dans le cas d'une demande d'exonération du ticket modérateur au titre d'une affection hors liste.</t>
+  </si>
+  <si>
+    <t>17/09/2008 00:00:00</t>
+  </si>
+  <si>
+    <t>09/12/2008 11:40:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_722917/fr/ald-hors-liste-syndrome-de-cushing</t>
+  </si>
+  <si>
+    <t>c_722917</t>
+  </si>
+  <si>
+    <t>Type d'évènement</t>
+  </si>
+  <si>
+    <t>Evénement de Calendrier</t>
+  </si>
+  <si>
+    <t>CCES - Réunion du 19 juin 2024</t>
+  </si>
+  <si>
+    <t>23/07/2025 17:33:50</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3637621/fr/cces-reunion-du-19-juin-2024</t>
+  </si>
+  <si>
+    <t>p_3637621</t>
+  </si>
+  <si>
+    <t>Commission</t>
+  </si>
+  <si>
+    <t>CCES - Réunion du 9 avril 2025</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3637759/fr/cces-reunion-du-9-avril-2025</t>
+  </si>
+  <si>
+    <t>p_3637759</t>
+  </si>
+  <si>
+    <t>CCES - Réunion du 10 janvier 2024</t>
+  </si>
+  <si>
+    <t>24/06/2025 16:16:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3632889/fr/cces-reunion-du-10-janvier-2024</t>
+  </si>
+  <si>
+    <t>p_3632889</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 9 avril 2025</t>
+  </si>
+  <si>
+    <t>03/04/2025 17:17:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3600189/fr/commission-de-la-transparence-reunion-du-9-avril-2025</t>
+  </si>
+  <si>
+    <t>p_3600189</t>
+  </si>
+  <si>
+    <t>Commission Recommandations, Pertinence, Parcours et Indicateurs - Réunion du 19/09/2023</t>
+  </si>
+  <si>
+    <t>22/12/2023 16:45:38</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3482748/fr/commission-recommandations-pertinence-parcours-et-indicateurs-reunion-du-19/09/2023</t>
+  </si>
+  <si>
+    <t>p_3482748</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 11 Mai 2022</t>
+  </si>
+  <si>
+    <t>06/05/2022 16:56:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3337617/fr/commission-de-la-transparence-reunion-du-11-mai-2022</t>
+  </si>
+  <si>
+    <t>p_3337617</t>
+  </si>
+  <si>
+    <t>Collège délibératif du 24 juin 2021</t>
+  </si>
+  <si>
+    <t>23/06/2021 12:05:49</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3273428/fr/college-deliberatif-du-24-juin-2021</t>
+  </si>
+  <si>
+    <t>p_3273428</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 6 février 2019</t>
+  </si>
+  <si>
+    <t>29/01/2019 14:36:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2901217/fr/commission-de-la-transparence-reunion-du-6-fevrier-2019</t>
+  </si>
+  <si>
+    <t>c_2901217</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 21 juin 2017</t>
+  </si>
+  <si>
+    <t>14/06/2017 16:32:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2773942/fr/commission-de-la-transparence-reunion-du-21-juin-2017</t>
+  </si>
+  <si>
+    <t>c_2773942</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 7 juin 2017</t>
+  </si>
+  <si>
+    <t>31/05/2017 11:02:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2771625/fr/commission-de-la-transparence-reunion-du-7-juin-2017</t>
+  </si>
+  <si>
+    <t>c_2771625</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 25 mai 2016</t>
+  </si>
+  <si>
+    <t>20/05/2016 12:16:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2632843/fr/commission-de-la-transparence-reunion-du-25-mai-2016</t>
+  </si>
+  <si>
+    <t>c_2632843</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 1er juillet 2015</t>
+  </si>
+  <si>
+    <t>24/06/2015 17:09:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2040932/fr/commission-de-la-transparence-reunion-du-1er-juillet-2015</t>
+  </si>
+  <si>
+    <t>c_2040932</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 3 juin 2015</t>
+  </si>
+  <si>
+    <t>27/05/2015 14:19:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2035997/fr/commission-de-la-transparence-reunion-du-3-juin-2015</t>
+  </si>
+  <si>
+    <t>c_2035997</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 6 février 2013</t>
+  </si>
+  <si>
+    <t>06/02/2013 15:35:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1357267/fr/commission-de-la-transparence-reunion-du-6-fevrier-2013</t>
+  </si>
+  <si>
+    <t>c_1357267</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 21 novembre 2012</t>
+  </si>
+  <si>
+    <t>21/11/2012 10:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1335194/fr/commission-de-la-transparence-reunion-du-21-novembre-2012</t>
+  </si>
+  <si>
+    <t>c_1335194</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 16 juin 2010</t>
+  </si>
+  <si>
+    <t>16/06/2010 10:07:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_959819/fr/commission-de-la-transparence-reunion-du-16-juin-2010</t>
+  </si>
+  <si>
+    <t>c_959819</t>
+  </si>
+  <si>
+    <t>Études et Rapports</t>
+  </si>
+  <si>
+    <t>Structuration de la posologie des médicaments</t>
+  </si>
+  <si>
+    <t>L’objectif de ce travail est de proposer un référentiel des besoins métier centré sur la posologie des médicaments que devra couvrir notamment l’ordonnance numérique portée par la CNAM. Ce référentiel constitue le socle d’un futur guide d’implémentation élaboré par l'ANS en lien avec Interop'Santé à destination des éditeurs de logiciels médicaux. Cette étape précèdera la mise en application fonctionnelle de posologies structurées via l’ergonomie des logiciels.</t>
+  </si>
+  <si>
+    <t>17/11/2025 11:32:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3555137/fr/structuration-de-la-posologie-des-medicaments</t>
+  </si>
+  <si>
+    <t>p_3555137</t>
+  </si>
+  <si>
+    <t>Développement de l’indicateur sur la mesure de la récupération de 5 complications post-opératoires</t>
+  </si>
+  <si>
+    <t>La HAS développe un indicateur de résultat en chirurgie. Il mesure, à partir du PMSI, la survenue du décès après au moins une de 5 complication(s) post-opératoires grave(s) jugée(s) traitable(s) suivantes : choc ou arrêt cardiaque, sepsis, pneumopathie, thrombose veineuse profonde ou embolie pulmonaire, et hémorragie gastro-intestinale ou ulcère aigu.</t>
+  </si>
+  <si>
+    <t>25/01/2024 11:22:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3468959/fr/developpement-de-l-indicateur-sur-la-mesure-de-la-recuperation-de-5-complications-post-operatoires</t>
+  </si>
+  <si>
+    <t>p_3468959</t>
+  </si>
+  <si>
+    <t>Évènements indésirables graves associés aux soins (EIGS) : bilan annuel 2022</t>
+  </si>
+  <si>
+    <t>La HAS publie le bilan annuel des déclarations d’évènements indésirables graves associés à des soins (EIGS) qu’elle a reçues, accompagné de préconisations pour l’amélioration de la sécurité des patients.</t>
+  </si>
+  <si>
+    <t>24/11/2023 00:00:00</t>
+  </si>
+  <si>
+    <t>20/11/2023 15:14:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3472509/fr/evenements-indesirables-graves-associes-aux-soins-eigs-bilan-annuel-2022</t>
+  </si>
+  <si>
+    <t>p_3472509</t>
+  </si>
+  <si>
+    <t>Prise en charge des patients hémodialysés chroniques (DIA)</t>
+  </si>
+  <si>
+    <t>Résultats nationaux campagne 2017 des indicateurs sur la prise en charge des patients hémodialysés chroniques.</t>
+  </si>
+  <si>
+    <t>19/12/2017 10:40:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2677037/fr/prise-en-charge-des-patients-hemodialyses-chroniques-dia</t>
+  </si>
+  <si>
+    <t>c_2677037</t>
+  </si>
+  <si>
+    <t>Outil d'amélioration des pratiques professionnelles</t>
+  </si>
+  <si>
+    <t>Flash Sécurité Patient - « Les soins en ville. Les risques existent aussi »</t>
+  </si>
+  <si>
+    <t>Ce Flash Sécurité Patient s’intéresse aux évènements indésirables graves liés aux soins en ville qui, comme tout autre secteur, est exposé aux problèmes de gestion des risques et de défauts de communication.</t>
+  </si>
+  <si>
+    <t>20/06/2023 08:40:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3445860/fr/flash-securite-patient-les-soins-en-ville-les-risques-existent-aussi</t>
+  </si>
+  <si>
+    <t>p_3445860</t>
+  </si>
+  <si>
+    <t>Flash Sécurité Patient - « Téléconsultation : à distance, redoubler de vigilance »</t>
+  </si>
+  <si>
+    <t>La téléconsultation est une nouvelle pratique qui s’inscrit en complément de la consultation en présentiel et permet d’améliorer l’accès aux soins des patients. Elle se développe depuis 2010 et est accessible sur l’ensemble du territoire français depuis 2018.</t>
+  </si>
+  <si>
+    <t>07/12/2022 11:25:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3394347/fr/flash-securite-patient-teleconsultation-a-distance-redoubler-de-vigilance</t>
+  </si>
+  <si>
+    <t>p_3394347</t>
+  </si>
+  <si>
+    <t>Flash sécurité patient – « Suicide. Mieux vaut prévenir que mourir »</t>
+  </si>
+  <si>
+    <t>La France fait partie des pays européens les plus touchés par le suicide. En 2016, on comptait 9 300 décès par suicide en France métropolitaine. A ce chiffre s’ajoutent environ 200 000 tentatives de suicide par an donnant lieu à un contact avec le système de soins. La HAS publie un flash sécurité patient qui sensibilise les professionnels de santé notamment à la prévention des suicides de patients.</t>
+  </si>
+  <si>
+    <t>08/09/2022 14:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3363656/fr/flash-securite-patient-suicide-mieux-vaut-prevenir-que-mourir</t>
+  </si>
+  <si>
+    <t>p_3363656</t>
+  </si>
+  <si>
+    <t>Flash Sécurité Patient – « Le stockage des curares. Des erreurs pas si rares »</t>
+  </si>
+  <si>
+    <t>La HAS publie un flash sécurité patient qui sensibilise aux conséquences du non-respect des bonnes pratiques de stockage des curares. En effet, parmi les erreurs liées aux produits de santé issues de la base EIGS reçues à la HAS entre mars 2017 et le 31 décembre 2019, les erreurs liées aux curares représentent 11 % (20/177) de l’ensemble des erreurs médicamenteuses issues de la base nationale de retour d’expérience des EIGS. Plus de la moitié de ces erreurs ont pour origine le non-respect des bonnes pratiques de stockage.</t>
+  </si>
+  <si>
+    <t>13/05/2022 11:11:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3338991/fr/flash-securite-patient-le-stockage-des-curares-des-erreurs-pas-si-rares</t>
+  </si>
+  <si>
+    <t>p_3338991</t>
+  </si>
+  <si>
+    <t>Outils de sécurisation et d'auto-évaluation de l'administration des médicaments</t>
+  </si>
+  <si>
+    <t>Le guide a pour objectifs l’élaboration de préconisations spécifiques pour l’administration des médicaments et la mise à disposition pour les professionnels d’outils d’auto-évaluation et de sécurisation. Ces outils régulièrement utilisés à l’étranger sont adaptés au contexte français</t>
+  </si>
+  <si>
+    <t>17/03/2016 12:23:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_946211/fr/outils-de-securisation-et-d-auto-evaluation-de-l-administration-des-medicaments</t>
+  </si>
+  <si>
+    <t>c_946211</t>
+  </si>
+  <si>
+    <t>Flash sécurité patient – « SAMU. Et si chacun jouait sa partition »</t>
+  </si>
+  <si>
+    <t>L’évolution du recours au service d’aide médicale urgente (SAMU) et de son rôle dans le parcours de soins des patients rendent les démarches qualité et de sécurité essentielles avec des approches réflexives dont la déclaration et l’analyse des événements indésirables graves. La HAS publie un flash sécurité patient pour alerter et sensibiliser les équipes de régulation des SAMU et leurs partenaires de la survenue d’EIGS qui peuvent être évités en rappelant le rôle et la place de chacun.</t>
+  </si>
+  <si>
+    <t>21/01/2022 15:18:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3311271/fr/flash-securite-patient-samu-et-si-chacun-jouait-sa-partition</t>
+  </si>
+  <si>
+    <t>p_3311271</t>
+  </si>
+  <si>
+    <t>Flash sécurité patient – « Calcul de doses médicamenteuses. La règle de trois doit rester la règle »</t>
+  </si>
+  <si>
+    <t>Le rapport annuel relatif aux évènements indésirables graves associés aux soins (EIGS) a mis en évidence, dès 2018, que les évènements indésirables liés aux médicaments représentaient la troisième cause d’EIGS déclarés. Parmi ces erreurs médicamenteuses, les erreurs de doses constituent le type d’erreur le plus déclaré (169/362) avec une sur-représentation de l’erreur de dose liée à un calcul de dose incorrect (80/169). La HAS publie un flash sécurité patient pour sensibiliser les professionnels concernés.</t>
+  </si>
+  <si>
+    <t>17/01/2022 15:42:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3309392/fr/flash-securite-patient-calcul-de-doses-medicamenteuses-la-regle-de-trois-doit-rester-la-regle</t>
+  </si>
+  <si>
+    <t>p_3309392</t>
+  </si>
+  <si>
+    <t>Flash sécurité patient – « Dispositifs médicaux. Bien s’en servir...pour éviter le pire »</t>
+  </si>
+  <si>
+    <t>Ce flash s’intéresse à la survenue d’événements indésirables mettant en cause une utilisation inadaptée du dispositif médical. Il relate des événements auxquels des professionnels de santé ont été confrontés et qui sont toujours liés à une succession de dysfonctionnements.</t>
+  </si>
+  <si>
+    <t>19/11/2021 16:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3300149/fr/flash-securite-patient-dispositifs-medicaux-bien-s-en-servir-pour-eviter-le-pire</t>
+  </si>
+  <si>
+    <t>p_3300149</t>
+  </si>
+  <si>
+    <t>Flash sécurité patient -  « SAMU. Et si coordonner rimait avec communiquer »</t>
+  </si>
+  <si>
+    <t>12/10/2021 14:52:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3291312/fr/flash-securite-patient-samu-et-si-coordonner-rimait-avec-communiquer</t>
+  </si>
+  <si>
+    <t>p_3291312</t>
+  </si>
+  <si>
+    <t>Flash sécurité patient – « Accidents liés à un médicament à risque. Qui dit potassium (KCl), dit vigilance maximale »</t>
+  </si>
+  <si>
+    <t>Les médicaments à base de KCl doivent faire l’objet d’une évaluation régulière de l’organisation par tous les acteurs de santé. Toujours privilégier la forme orale de potassium lorsque la clinique le permet. Toujours diluer le potassium injectable (KCl) lors de son administration.</t>
+  </si>
+  <si>
+    <t>05/07/2021 08:42:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3273644/fr/flash-securite-patient-accidents-lies-a-un-medicament-a-risque-qui-dit-potassium-kcl-dit-vigilance-maximale</t>
+  </si>
+  <si>
+    <t>p_3273644</t>
+  </si>
+  <si>
+    <t>Flash sécurité patient – « Médicaments à risque : Sous-estimer le risque c’est risqué »</t>
+  </si>
+  <si>
+    <t>Ce flash sécurité met en lumière, de façon généraliste, que ces erreurs mettent en cause le plus souvent, un non-respect des bonnes pratiques, un encadrement et/ou une formation insuffisantes, un environnement de travail défaillant et entrainent systématiquement des conséquences graves pour le patient.</t>
+  </si>
+  <si>
+    <t>02/07/2021 16:53:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3275489/fr/flash-securite-patient-medicaments-a-risque-sous-estimer-le-risque-c-est-risque</t>
+  </si>
+  <si>
+    <t>p_3275489</t>
+  </si>
+  <si>
+    <t>Repérage et prise en charge du patient adulte atteint de maladie rénale chronique</t>
+  </si>
+  <si>
+    <t>01/11/2005 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272490/fr/reperage-et-prise-en-charge-du-patient-adulte-atteint-de-maladie-renale-chronique</t>
+  </si>
+  <si>
+    <t>c_272490</t>
+  </si>
+  <si>
+    <t>Recommandation vaccinale</t>
+  </si>
+  <si>
+    <t>Stratégie de vaccination contre la Covid-19 - Place d’un rappel par le vaccin à ARNm COMIRNATY®</t>
+  </si>
+  <si>
+    <t>Le vaccin Comirnaty® a obtenu le 4 octobre 2021 une variation à l’autorisation de mise sur le marché (AMM) conditionnelle en Europe (procédure centralisée). Il peut être administré en tant que dose de rappel (3ème dose), injectée par voie intramusculaire au moins 6 mois après la seconde dose, chez les personnes âgées de 18 ans et plus. L’actualisation des données les plus récentes conforte les recommandations de la HAS du 23 août 2021, relatives à l’administration d’une dose de rappel pour les personnes de 65 ans et plus, ainsi que pour toutes les personnes présentant des comorbidités augmentant le risque de formes graves et de décès liés à la Covid-19. La situation sanitaire actuelle, dont les indicateurs s’améliorent, et les données encore limitées sur les conséquences d’un déclin de l’efficacité vaccinale au cours du temps chez les adultes jeunes, sans comorbidité, ne permettent pas à ce stade de modifier les recommandations de la HAS quant à la pertinence d’un rappel en population générale. La HAS souligne toutefois que l’administration d’une dose de rappel deviendra probablement nécessaire au cours des mois qui viennent. En revanche, compte tenu du risque accru d’exposition et d’infection au virus du SARS-CoV-2 par rapport à la population générale, la HAS recommande d’étendre l’administration d’une dose de rappel aux professionnels du secteur de la santé et du secteur médico-social, en contact avec les patients et chez les professionnels du transport sanitaire (quel que soit leur mode d’exercice, y compris bénévole, et quel que soit leur âge).</t>
+  </si>
+  <si>
+    <t>13/10/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>06/10/2021 17:05:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3290614/fr/strategie-de-vaccination-contre-la-covid-19-place-d-un-rappel-par-le-vaccin-a-arnm-comirnaty</t>
+  </si>
+  <si>
+    <t>p_3290614</t>
+  </si>
+  <si>
+    <t>Stratégie de vaccination contre le SARS-CoV-2 - Extension des compétences vaccinales des professionnels de santé</t>
+  </si>
+  <si>
+    <t>Pour multiplier l'offre vaccinale en ambulatoire, tant en termes de lieux que d’intervenants, et simplifier l'accès à la vaccination, la HAS se prononce en faveur de l’extension des compétences vaccinales des pharmaciens, des sages-femmes et des infirmiers pour l’ensemble des vaccins contre la Covid-19 incluant les vaccins à ARNm</t>
+  </si>
+  <si>
+    <t>01/03/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>02/03/2021 09:05:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3240075/fr/strategie-de-vaccination-contre-le-sars-cov-2-extension-des-competences-vaccinales-des-professionnels-de-sante</t>
+  </si>
+  <si>
+    <t>p_3240075</t>
+  </si>
+  <si>
+    <t>Nécessité des rappels vaccinaux chez l'enfant - Exigibilité des vaccinations en collectivité</t>
+  </si>
+  <si>
+    <t>Suite à la concertation citoyenne sur la vaccination, la Ministre des Solidarités et de la Santé a souhaité rendre obligatoire l’ensemble des vaccinations de la petite enfance pour les enfants nés après le 1er janvier 2018. A compter de cette date, les 8 valences actuellement recommandées (la coqueluche, l’hépatite B, la rougeole, les oreillons, la rubéole, le méningocoque C et les infections à Haemophilius influenza B et pneumocoques) devraient donc s’ajouter aux 3 valences déjà obligatoires en France (la diphtérie, le tétanos et la poliomyélite).</t>
+  </si>
+  <si>
+    <t>30/11/2017 00:00:00</t>
+  </si>
+  <si>
+    <t>05/01/2018 10:22:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2815700/fr/necessite-des-rappels-vaccinaux-chez-l-enfant-exigibilite-des-vaccinations-en-collectivite</t>
+  </si>
+  <si>
+    <t>c_2815700</t>
+  </si>
+  <si>
+    <t>Recommandation en santé publique</t>
+  </si>
+  <si>
+    <t>Pertinence de la mise en place d'un programme de dépistage des anévrismes de l'aorte abdominale en France</t>
+  </si>
+  <si>
+    <t>L’objectif du rapport était d’évaluer la pertinence de la mise en place d’un programme de dépistage des anévrismes de l’aorte abdominale (AAA) en France, que ce dernier soit systématique ou opportuniste. Cette évaluation a suivi la méthodologie définie dans le guide HAS « Évaluation a priori d’un programme de dépistage» identifiant 16 critères d’évaluation fondés sur les critères OMS d’évaluation de la pertinence d’un programme de dépistage</t>
+  </si>
+  <si>
+    <t>01/11/2012 00:00:00</t>
+  </si>
+  <si>
+    <t>18/02/2013 11:40:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1358519/fr/pertinence-de-la-mise-en-place-d-un-programme-de-depistage-des-anevrismes-de-l-aorte-abdominale-en-france</t>
+  </si>
+  <si>
+    <t>c_1358519</t>
+  </si>
+  <si>
+    <t>Évaluation médico-économique des stratégies de prise en charge de l’insuffisance rénale chronique terminale en France - Volet : Analyse des possibilités de développement de la transplantation rénale en France</t>
+  </si>
+  <si>
+    <t>L’objectif de ces recommandations est d’examiner les possibilités de développement de la transplantation rénale en France en tenant compte notamment des aspects organisationnels, économiques et éthiques.</t>
+  </si>
+  <si>
+    <t>28/06/2012 00:00:00</t>
+  </si>
+  <si>
+    <t>06/09/2012 11:48:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1291640/fr/evaluation-medico-economique-des-strategies-de-prise-en-charge-de-l-insuffisance-renale-chronique-terminale-en-france-volet-analyse-des-possibilites-de-developpement-de-la-transplantation-renale-en-france</t>
+  </si>
+  <si>
+    <t>c_1291640</t>
+  </si>
+  <si>
+    <t>Les conditions de mise en œuvre de la télémédecine en unité de dialyse médicalisée</t>
+  </si>
+  <si>
+    <t>A la demande de la direction de l’hospitalisation et de l’organisation des soins, la HAS a étudié la place de la télémédecine dans l’organisation des soins des patients traités par épuration extrarénale en unité de dialyse médicalisée (UDM). Les recommandations qui en découlent ont pour objectif de définir les conditions de sa mise en œuvre.</t>
+  </si>
+  <si>
+    <t>22/07/2009 00:00:00</t>
+  </si>
+  <si>
+    <t>21/01/2010 11:56:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_913583/fr/les-conditions-de-mise-en-oeuvre-de-la-telemedecine-en-unite-de-dialyse-medicalisee</t>
+  </si>
+  <si>
+    <t>c_913583</t>
+  </si>
+  <si>
+    <t>Place de la mammographie numérique dans le dépistage organisé du cancer du sein</t>
+  </si>
+  <si>
+    <t>Le présent rapport établit dans un premier temps si les systèmes de mammographie numérique peuvent être autorisés dans le cadre précis du dépistage organisé, sur des critères d’efficacité et de sécurité pour les femmes dépistées. Dans un deuxième temps, le rapport évalue la faisabilité de différents scenarii d’introduction de la mammographie numérique dans le dépistage organisé français, sur des critères techniques, organisationnels et économiques.</t>
+  </si>
+  <si>
+    <t>02/10/2006 00:00:00</t>
+  </si>
+  <si>
+    <t>15/12/2006 10:14:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_461657/fr/place-de-la-mammographie-numerique-dans-le-depistage-organise-du-cancer-du-sein</t>
+  </si>
+  <si>
+    <t>c_461657</t>
+  </si>
+  <si>
+    <t>Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Transidentité : prise en charge de l’adulte</t>
+  </si>
+  <si>
+    <t>Cette recommandation de bonne pratique vise à améliorer la qualité de la prise en charge médicale de l’adulte trans</t>
+  </si>
+  <si>
+    <t>17/07/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>18/07/2025 10:28:47</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3636735/fr/transidentite-prise-en-charge-de-l-adulte</t>
+  </si>
+  <si>
+    <t>p_3636735</t>
+  </si>
+  <si>
+    <t>Prise en charge thérapeutique des patients atteints de condylomes ano-génitaux</t>
+  </si>
+  <si>
+    <t>À la demande du ministère chargé de la santé, le Conseil National du Sida et des hépatites virales (CNS) et l'Agence nationale de recherches sur le sida | Maladies infectieuses émergentes (ANRS | MIE) ont sollicité la Haute Autorité de santé (HAS) pour l’élaboration d’une actualisation des recommandations françaises de prise en charge des personnes atteintes de condylomes ano-génitaux. L’accompagnement de la HAS s’est inscrit dans le cadre de la labellisation par la HAS d’une recommandation élaborée par un organisme professionnel.</t>
+  </si>
+  <si>
+    <t>14/11/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>02/12/2024 14:12:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3562508/fr/prise-en-charge-therapeutique-des-patients-atteints-de-condylomes-ano-genitaux</t>
+  </si>
+  <si>
+    <t>p_3562508</t>
+  </si>
+  <si>
+    <t>Stratégie thérapeutique du patient vivant avec un diabète de type 2</t>
+  </si>
+  <si>
+    <t>Reactualisation des recommandations sur la stratégie thérapeutique du patient vivant avec un diabète de type 2. Cette mise à jour tient compte des évolutions importantes dans la prise en charge : L’intégration de thérapeutiques non médicamenteuses en première intention dans la prise en charge globale du patient DT2 L’intégration des nouvelles classes médicamenteuses dans la statégie thérapeutique.</t>
+  </si>
+  <si>
+    <t>30/05/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>06/06/2024 10:33:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3191108/fr/strategie-therapeutique-du-patient-vivant-avec-un-diabete-de-type-2</t>
+  </si>
+  <si>
+    <t>p_3191108</t>
+  </si>
+  <si>
+    <t>Obésité de l’adulte : prise en charge de 2e et 3e niveaux</t>
+  </si>
+  <si>
+    <t>La HAS publie des recommandations de bonnes pratiques pour améliorer la qualité de la prise en charge de 2e et 3e niveaux des adultes en situation d’obésité complexe ou sévère. L’objectif est d’améliorer la santé du patient et de lui permettre de revenir à un niveau de sévérité inférieur.</t>
+  </si>
+  <si>
+    <t>23/06/2022 11:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3346001/fr/obesite-de-l-adulte-prise-en-charge-de-2e-et-3e-niveaux</t>
+  </si>
+  <si>
+    <t>p_3346001</t>
+  </si>
+  <si>
+    <t>Indications priorisées du lait de lactarium issu de don anonyme</t>
+  </si>
+  <si>
+    <t>La HAS définit pour les néonatologistes, pédiatres, gynécologues-obstétriciens, infirmières-puéricultrices, sages-femmes les indications prioritaires et non-prioritaires du lait lactarium issu de don anonyme pour les nouveaux-nés prématurés et de faible poids. Elle précise également les non-indications pour les maladies héréditaires du métabolisme et enfin, et les contre-indications (protéine de vache, chylothorax congénital ...)</t>
+  </si>
+  <si>
+    <t>12/05/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>27/05/2021 08:43:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3266755/fr/indications-priorisees-du-lait-de-lactarium-issu-de-don-anonyme</t>
+  </si>
+  <si>
+    <t>p_3266755</t>
+  </si>
+  <si>
+    <t>Épilepsies : Prise en charge des enfants et des adultes</t>
+  </si>
+  <si>
+    <t>Les objectifs de la recommandation "Épilepsies : Prise en charge des enfants et des adultes" sont d’améliorer la prise en charge diagnostique et thérapeutique initiale ainsi que le suivi des enfants et adultes ayant une épilepsie, avec une attention particulière au diagnostic et au traitement de l’épilepsie associée à des troubles psychiatriques.</t>
+  </si>
+  <si>
+    <t>08/10/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>26/11/2020 09:12:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3214468/fr/epilepsies-prise-en-charge-des-enfants-et-des-adultes</t>
+  </si>
+  <si>
+    <t>p_3214468</t>
+  </si>
+  <si>
+    <t>Dépistage, prise en charge et suivi  des personnes potentiellement surexposées à l’arsenic inorganique du fait de leur lieu de résidence</t>
+  </si>
+  <si>
+    <t>Les objectifs de cette recommandation sont : de définir l’intérêt et les modalités de dépistage des contaminations par l’arsenic inorganique, dans les populations résidant sur des sites pollués par cet élément ; de proposer des modalités de prise en charge des personnes sur-imprégnées pour le diagnostic, le traitement et le suivi de leur intoxication.</t>
+  </si>
+  <si>
+    <t>05/02/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>09/03/2020 09:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3150638/fr/depistage-prise-en-charge-et-suivi-des-personnes-potentiellement-surexposees-a-l-arsenic-inorganique-du-fait-de-leur-lieu-de-residence</t>
+  </si>
+  <si>
+    <t>p_3150638</t>
+  </si>
+  <si>
+    <t>Antalgie des douleurs rebelles et pratiques sédatives chez l'adulte : prise en charge médicamenteuse en situations palliatives jusqu’en fin de vie</t>
+  </si>
+  <si>
+    <t>Des travaux pour aider les professionnels de santé à prendre en charge les patients en fin de vie dans les conditions les plus humaines et les moins douloureuses possibles. Ces travaux s'inscrivent dans le contexte de mise en œuvre de la loi Claeys-Leonetti du 2 février 2016 créant un droit à la sédation profonde et continue, maintenue jusqu’au décès.</t>
+  </si>
+  <si>
+    <t>29/01/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>10/02/2020 00:01:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3150631/fr/antalgie-des-douleurs-rebelles-et-pratiques-sedatives-chez-l-adulte-prise-en-charge-medicamenteuse-en-situations-palliatives-jusqu-en-fin-de-vie</t>
+  </si>
+  <si>
+    <t>p_3150631</t>
+  </si>
+  <si>
+    <t>Diagnostic de la dénutrition de l’enfant et de l’adulte</t>
+  </si>
+  <si>
+    <t>Cette recommandation définit la dénutrition ainsi que les critères permettant de la diagnostiquer chez l’enfant et l’adulte de -70 ans. Elle permet d'améliorer le diagnostic de la dénutrition à l’aide d’outils adaptés.</t>
+  </si>
+  <si>
+    <t>13/11/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>22/11/2019 10:29:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3118872/fr/diagnostic-de-la-denutrition-de-l-enfant-et-de-l-adulte</t>
+  </si>
+  <si>
+    <t>p_3118872</t>
+  </si>
+  <si>
+    <t>Boulimie et hyperphagie boulimique : Repérage et éléments généraux de prise en charge</t>
+  </si>
+  <si>
+    <t>L'objectif de cette recommandation est d'améliorer le repérage, le diagnostic, la prise en charge et le suivi des adolescents et des adultes souffrant de boulimie ou d‘hyperphagie boulimique.</t>
+  </si>
+  <si>
+    <t>26/06/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>12/09/2019 11:28:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2581436/fr/boulimie-et-hyperphagie-boulimique-reperage-et-elements-generaux-de-prise-en-charge</t>
   </si>
   <si>
     <t>c_2581436</t>
   </si>
   <si>
-    <t>Obesity surgery in adults</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_765529/en/obesity-surgery-in-adults</t>
+    <t>Prise en charge des infections cutanées bactériennes courantes</t>
+  </si>
+  <si>
+    <t>Ces recommandations abordent la prise en charge des principales infections cutanées bactériennes observées en médecine de ville : les dermohypodermites bactériennes non nécrosantes &amp; nécrosantes, la fasciite nécrosante, les infections bactériennes de plaie chronique, le furoncle, l’anthrax, la furonculose, les abcès cutanées et l’impétigo.</t>
+  </si>
+  <si>
+    <t>27/02/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>01/04/2019 14:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2911550/fr/prise-en-charge-des-infections-cutanees-bacteriennes-courantes</t>
+  </si>
+  <si>
+    <t>c_2911550</t>
+  </si>
+  <si>
+    <t>Nutrition parentérale en néonatologie - Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Les objectifs de cette recommandation sont : donner des critères d’orientation pour aider les professionnels à choisir le type de mélange de nutrition parentérale (avec autorisation de mise sur le marché [AMM], standardisé, individualisé dit « à la carte ») à donner en fonction de la pathologie ou de l’état de santé de l’enfant ; proposer un nombre limité de formules de mélanges de nutrition parentérale standardisés, en fonction de l’état clinique de l’enfant ; définir les critères justifiant les recours nécessaires à des préparations magistrales (individualisées) ; définir des critères pour passer à une nutrition entérale le plus précocement possible ; définir les modalités des supplémentations.</t>
+  </si>
+  <si>
+    <t>04/04/2018 00:00:00</t>
+  </si>
+  <si>
+    <t>02/07/2018 09:19:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2859140/fr/nutrition-parenterale-en-neonatologie-recommandation-de-bonne-pratique</t>
+  </si>
+  <si>
+    <t>c_2859140</t>
+  </si>
+  <si>
+    <t>Prise en charge de l’hypertension artérielle de l’adulte</t>
+  </si>
+  <si>
+    <t>Fiche mémo élaborée conjointement par la HAS et la Société Française d’HTA (SFHTA) dont l’objectif est de proposer un outil pratique pour une prise en charge optimale des patients hypertendus.</t>
+  </si>
+  <si>
+    <t>07/09/2016 00:00:00</t>
+  </si>
+  <si>
+    <t>27/10/2016 10:55:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2059286/fr/prise-en-charge-de-l-hypertension-arterielle-de-l-adulte</t>
+  </si>
+  <si>
+    <t>c_2059286</t>
+  </si>
+  <si>
+    <t>Prise en charge des auteurs d’agression sexuelle à l’encontre de mineurs de moins de 15 ans</t>
+  </si>
+  <si>
+    <t>L’objectif principal des recommandations est de proposer aux professionnels concernés des stratégies de prise en charge thérapeutique des auteurs d’agression sexuelle à l’encontre de mineurs de moins de 15 ans.</t>
+  </si>
+  <si>
+    <t>16/03/2010 15:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_930913/fr/prise-en-charge-des-auteurs-d-agression-sexuelle-a-l-encontre-de-mineurs-de-moins-de-15-ans</t>
+  </si>
+  <si>
+    <t>c_930913</t>
+  </si>
+  <si>
+    <t>Cryopréservation de tissus, cellules et liquides biologiques issus du soin</t>
+  </si>
+  <si>
+    <t>Ces recommandations sont une actualisation des « Recommandations pour la cryopréservation de cellules et tissus tumoraux dans le but de réaliser des analyses moléculaires », élaborées conjointement par la Société française de pathologie, la Société française d’hématologie et la Société française de cancérologie publiées en mai 2000. Cette actualisation a été demandée à la HAS par la Société française de pathologie.</t>
+  </si>
+  <si>
+    <t>02/09/2009 00:00:00</t>
+  </si>
+  <si>
+    <t>15/02/2010 14:46:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_923153/fr/cryopreservation-de-tissus-cellules-et-liquides-biologiques-issus-du-soin</t>
+  </si>
+  <si>
+    <t>c_923153</t>
+  </si>
+  <si>
+    <t>Obésité : prise en charge chirurgicale chez l'adulte</t>
+  </si>
+  <si>
+    <t>Ces recommandations ont pour objectifs : d'améliorer l’efficacité à long terme de la chirurgie et réduire la survenue des complications par : une meilleure sélection, information et préparation des patients le choix de la technique apportant le meilleur rapport bénéfice/risque chez les patients sélectionnés une meilleure formalisation de la constitution et du rôle de l’équipe pluridisciplinaire de réduire la gravité des complications par leur détection et leur prise en charge précoces. Les questions auxquelles répondent les recommandations sont les suivantes : Stratégies de prise en charge des patients atteints d’obésité dans le cadre d’une intervention chirurgicale initiale Les indications actuelles de la chirurgie bariatrique doivent-elles être revues ? Quels doivent être les modalités et le contenu de l’évaluation et de la prise en charge préopératoires du patient ? Quels critères doit-on prendre en compte pour le choix des techniques chirurgicales ? Quels doivent être les modalités et le contenu du suivi et de la prise en charge postopératoires du patient ? Stratégies de prise en charge des patients atteints d’obésité dans le cadre d’une réintervention chirurgicale.</t>
+  </si>
+  <si>
+    <t>28/01/2009 00:00:00</t>
+  </si>
+  <si>
+    <t>22/06/2009 15:40:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_765529/fr/obesite-prise-en-charge-chirurgicale-chez-l-adulte</t>
   </si>
   <si>
     <t>c_765529</t>
   </si>
   <si>
-    <t>Rheumatoid arthritis - Diagnosis and initial management</t>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_606479/en/rheumatoid-arthritis-diagnosis-and-initial-management</t>
+    <t>Confusion aiguë chez la personne âgée : prise en charge initiale de l'agitation</t>
+  </si>
+  <si>
+    <t>Ces recommandations concernent la prise en charge initiale de tous les patients âgés ayant une confusion aiguë et agités, avec ou sans démence connue sous-jacente. Si la prise en charge des patients atteints de maladie d’Alzheimer ou apparentés présente des spécificités, elle donne lieu à des recommandations spécifiques. Est exclue de ces recommandations la prise en charge de la confusion aiguë postopératoire.</t>
+  </si>
+  <si>
+    <t>27/05/2009 00:00:00</t>
+  </si>
+  <si>
+    <t>08/07/2009 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_819557/fr/confusion-aigue-chez-la-personne-agee-prise-en-charge-initiale-de-l-agitation</t>
+  </si>
+  <si>
+    <t>c_819557</t>
+  </si>
+  <si>
+    <t>Évaluation et prise en charge des personnes âgées faisant des chutes répétées</t>
+  </si>
+  <si>
+    <t>Fournir aux professionnels de santé une démarche clinique d'évaluation et de prise en charge des personnes âgées faisant des chutes répétées applicable à la pratique quotidienne.</t>
+  </si>
+  <si>
+    <t>01/04/2009 00:00:00</t>
+  </si>
+  <si>
+    <t>23/06/2009 14:15:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_793371/fr/evaluation-et-prise-en-charge-des-personnes-agees-faisant-des-chutes-repetees</t>
+  </si>
+  <si>
+    <t>c_793371</t>
+  </si>
+  <si>
+    <t>Polyarthrite rhumatoïde : diagnostic et prise en charge initiale. Cette recommandation est suspendue.</t>
+  </si>
+  <si>
+    <t>27/05/2009 12:02:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_606479/fr/polyarthrite-rhumatoide-diagnostic-et-prise-en-charge-initiale-cette-recommandation-est-suspendue</t>
   </si>
   <si>
     <t>c_606479</t>
   </si>
   <si>
-    <t>Dietary consultation with a dietician</t>
-[...2 lines deleted...]
-    <t>A dietary consultation is a part of a care programme prescribed by a doctor or initiated at the request of an individual. It includes assessment of eating habits, negotiation of the goals of dietary care, implementation of a strategy and follow-up of the individual’s nutritional progress for educational, preventive or therapeutic purposes. Depending on the aim of a consultation, dietary management requires defined procedures for coordination between health professionals and continuity of care.</t>
+    <t>Consultation diététique réalisée par un diététicien</t>
+  </si>
+  <si>
+    <t>Ces recommandations apportent un cadre et définissent le contenu de trois types de consultation diététique complémentaires qui peuvent être proposés, les modalités de conduite d’un entretien et les éléments spécifiques de la démarche de soin diététique. Elles présentent les outils couramment utilisés nécessaires pour le recueil de données et pour la réalisation des actions spécifiques du diététicien. Elles identifient les éléments de traçabilité du soin nutritionnel dans le dossier du patient et définissent les modalités de coordination entre les professionnels de santé pour assurer la continuité des soins.</t>
   </si>
   <si>
     <t>01/01/2006 00:00:00</t>
   </si>
   <si>
-    <t>01/02/2006 14:15:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_272510/en/dietary-consultation-with-a-dietician</t>
+    <t>02/01/2006 14:15:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272510/fr/consultation-dietetique-realisee-par-un-dieteticien</t>
   </si>
   <si>
     <t>c_272510</t>
   </si>
   <si>
-    <t>Malnutrition in the elderly - Nutritional support strategy</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_546549/en/malnutrition-in-the-elderly-nutritional-support-strategy</t>
+    <t>Stratégie de prise en charge en cas de dénutrition protéino-énergétique chez la personne âgée</t>
+  </si>
+  <si>
+    <t>Élaborer un outil pratique de repérage et de prise en charge de la personne âgée dénutrie ou à risque de dénutrition. Ces recommandations sont complétées par une série de critères de qualité pour l'évaluation et l'amélioration des pratiques professionnelles.</t>
+  </si>
+  <si>
+    <t>25/04/2007 00:00:00</t>
+  </si>
+  <si>
+    <t>26/06/2007 13:44:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_546549/fr/strategie-de-prise-en-charge-en-cas-de-denutrition-proteino-energetique-chez-la-personne-agee</t>
   </si>
   <si>
     <t>c_546549</t>
   </si>
   <si>
-    <t>Improving information provision for pregnant women</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_454394/en/improving-information-provision-for-pregnant-women</t>
+    <t>Prise en charge des complications chez les malades atteints de cirrhose</t>
+  </si>
+  <si>
+    <t>Ces recommandations ont pour objectif de diminuer la morbi-mortalité associée à la cirrhose par le traitement et la prévention secondaire des complications quelle que soit la cause de l’atteinte hépatique.</t>
+  </si>
+  <si>
+    <t>01/09/2007 00:00:00</t>
+  </si>
+  <si>
+    <t>24/12/2007 11:39:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_606527/fr/prise-en-charge-des-complications-chez-les-malades-atteints-de-cirrhose</t>
+  </si>
+  <si>
+    <t>c_606527</t>
+  </si>
+  <si>
+    <t>Comment mieux informer les femmes enceintes ?</t>
+  </si>
+  <si>
+    <t>Ces recommandations décrivent l’ensemble des informations que les professionnels de santé impliqués en périnatalité doivent donner à la femme enceinte lors des consultations prénatales à l’occasion du suivi médical, ainsi que les conditions de délivrance de cette information. Elles permettent aux professionnels de santé de bien informer la femme enceinte et le couple afin de les aider à prendre des décisions dans le cadre du suivi de la grossesse et de la naissance.</t>
+  </si>
+  <si>
+    <t>01/04/2005 00:00:00</t>
+  </si>
+  <si>
+    <t>01/04/2005 00:10:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_454394/fr/comment-mieux-informer-les-femmes-enceintes</t>
   </si>
   <si>
     <t>c_454394</t>
   </si>
   <si>
-    <t>Early management of adult stroke patients - Medical aspects -</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_272249/en/early-management-of-adult-stroke-patients-medical-aspects</t>
+    <t>Modalités de prise en charge de l'adulte nécessitant des soins palliatifs</t>
+  </si>
+  <si>
+    <t>Proposer des recommandations concernant les modalités de prise en charge de l'adulte nécessitant des soins palliatifs.</t>
+  </si>
+  <si>
+    <t>01/12/2002 00:00:00</t>
+  </si>
+  <si>
+    <t>01/12/2002 16:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272224/fr/modalites-de-prise-en-charge-de-l-adulte-necessitant-des-soins-palliatifs</t>
+  </si>
+  <si>
+    <t>c_272224</t>
+  </si>
+  <si>
+    <t>Prise en charge initiale des patients adultes atteints d’accident vasculaire cérébral - aspects médicaux</t>
+  </si>
+  <si>
+    <t>Les recommandations concernent la prise en charge thérapeutique des patients atteints d’accident vasculaire cérébral (AVC) à la phase aiguë, c’est-à-dire environ dans les 15 premiers jours, à l’exclusion de l’hémorragie méningée. Les questions abordées sont les suivantes : 1. Diagnostic de l’AVC, de sa nature et de son territoire 2. Surveillance initiale neurologique et des paramètres vitaux 3. Prise en charge des complications générales 4. Prise en charge des complications neurologiques 5. Traitement de l’AVC ischémique artériel 6. Traitement des thromboses veineuses cérébrales 7. Indications du traitement neurochirurgical 8. Indications de la prise en charge en réanimation médicale 9. Unités neurovasculaires 10. Organisation de la filière de soins, prise en charge préhospitalière</t>
+  </si>
+  <si>
+    <t>01/09/2002 00:00:00</t>
+  </si>
+  <si>
+    <t>01/09/2002 17:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272249/fr/prise-en-charge-initiale-des-patients-adultes-atteints-d-accident-vasculaire-cerebral-aspects-medicaux</t>
   </si>
   <si>
     <t>c_272249</t>
   </si>
   <si>
-    <t>Preventing and managing postoperative pain after oral surgery</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_272499/en/preventing-and-managing-postoperative-pain-after-oral-surgery</t>
+    <t>Prévention et traitement de la douleur postopératoire en chirurgie buccale</t>
+  </si>
+  <si>
+    <t>L'objectif de cette recommandation professionnelle est de répondre aux questions suivantes : 1. Comment assurer une meilleure prise en charge de la douleur postopératoire en chirurgie buccale pour les patients hospitalisés ou en ambulatoire (hors chirurgie sous anesthésie générale et hors analgésie par protoxyde d’azote-oxygène) ? 2. Quels sont les facteurs prédictifs de l’intensité et de la durée de la douleur ? 3. Comment traiter ? 4. Comment assurer le suivi et adapter le traitement antalgique ?</t>
+  </si>
+  <si>
+    <t>01/11/2005 16:52:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272499/fr/prevention-et-traitement-de-la-douleur-postoperatoire-en-chirurgie-buccale</t>
   </si>
   <si>
     <t>c_272499</t>
   </si>
   <si>
-    <t>Health technology assessment</t>
-[...2 lines deleted...]
-    <t>Assesment of homeopathic medicines</t>
+    <t>Guide usagers</t>
+  </si>
+  <si>
+    <t>Anorexie mentale : documents d'information</t>
+  </si>
+  <si>
+    <t>Qu’est ce qu’un trouble du comportement alimentaire ? comment le repérer ? que faire ? en guérit-on ? Afin d'informer les patients et leur entourage sur les troubles du comportement alimentaire deux brochures d'information ont été réalisées.</t>
+  </si>
+  <si>
+    <t>01/06/2010 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/r_1500502/fr/anorexie-mentale-documents-d-information</t>
+  </si>
+  <si>
+    <t>r_1500502</t>
+  </si>
+  <si>
+    <t>Communiqué de presse</t>
+  </si>
+  <si>
+    <t>Qualité de la prise en charge de l’AVC, l’hémorragie post-partum, l’hémodialyse et la chirurgie de l’obésité en 2017</t>
+  </si>
+  <si>
+    <t>L’une des missions de la Haute Autorité de Santé (HAS) est d’évaluer la qualité et la sécurité des soins dans les hôpitaux et cliniques en France. En complément de la satisfaction des patients, elle publie aujourd’hui les résultats de ses indicateurs sur quatre prises en charge à risque, enjeux de santé publique. Elle observe ainsi que l’hémorragie du post-partum et l’hémodialyse sont de mieux en mieux prises en charge, et que l’accident vasculaire cérébral (AVC) et la chirurgie de l’obésité nécessitent encore des efforts soutenus de la part des professionnels de santé. Les résultats sont publiés aujourd’hui, établissement par établissement, sur le site www.scopesante.fr.</t>
+  </si>
+  <si>
+    <t>19/12/2017 14:45:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2814332/fr/qualite-de-la-prise-en-charge-de-l-avc-l-hemorragie-post-partum-l-hemodialyse-et-la-chirurgie-de-l-obesite-en-2017</t>
+  </si>
+  <si>
+    <t>c_2814332</t>
+  </si>
+  <si>
+    <t>L’anorexie mentale, un trouble du comportement alimentaire à prendre en charge rapidement</t>
+  </si>
+  <si>
+    <t>La Haute Autorité de Santé publie en partenariat avec l’AFDAS-TCA* des recommandations de bonne pratique autour de la prise en charge de l’anorexie mentale, trouble du comportement alimentaire d’origine multifactorielle qui touche plus particulièrement les adolescentes et les jeunes femmes ainsi que certaines populations (mannequins, danseurs ou sportifs). Un diagnostic tardif et une prise en charge initiale inadaptée peuvent entraîner des conséquences graves. Le rôle de chaque professionnel de santé (généralistes, pédiatres et psychiatres notamment) est primordial à chacune de ces étapes de la prise en charge.</t>
+  </si>
+  <si>
+    <t>30/09/2010 16:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1005235/fr/l-anorexie-mentale-un-trouble-du-comportement-alimentaire-a-prendre-en-charge-rapidement</t>
+  </si>
+  <si>
+    <t>c_1005235</t>
+  </si>
+  <si>
+    <t>Pour une meilleure prévention de la douleur postopératoire en chirurgie buccale</t>
+  </si>
+  <si>
+    <t>08/02/2006 12:35:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_240391/fr/pour-une-meilleure-prevention-de-la-douleur-postoperatoire-en-chirurgie-buccale</t>
+  </si>
+  <si>
+    <t>c_240391</t>
+  </si>
+  <si>
+    <t>Evaluation des technologies de santé</t>
+  </si>
+  <si>
+    <t>Séquençage haut débit ciblant un panel de gènes dans la prise en charge médicale des aminoacidopathies les plus fréquentes - rapport d'évaluation</t>
+  </si>
+  <si>
+    <t>Evaluer l’intérêt et la place du séquençage au débit (NGS) au sein de la stratégie diagnostique des aminoacidopathies suivantes : phénylcétonurie, troubles du cycle de l’urée, leucinose, tyrosinémie de type 1 et homocystinurie par déficit en CBS, chez les adultes et les enfants suspectés d’être atteints ou à défaut déjà atteints de l’une de ces aminoacidopathies</t>
+  </si>
+  <si>
+    <t>29/07/2025 17:07:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3639045/fr/sequencage-haut-debit-ciblant-un-panel-de-genes-dans-la-prise-en-charge-medicale-des-aminoacidopathies-les-plus-frequentes-rapport-d-evaluation</t>
+  </si>
+  <si>
+    <t>p_3639045</t>
+  </si>
+  <si>
+    <t>Évaluation des médicaments homéopathiques</t>
   </si>
   <si>
     <t>Negative opinion on homeopathic medicines reimbursement</t>
   </si>
   <si>
-    <t>09/07/2019 15:03:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3116594/en/assesment-of-homeopathic-medicines</t>
+    <t>07/09/2019 15:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3116594/fr/evaluation-des-medicaments-homeopathiques</t>
   </si>
   <si>
     <t>p_3116594</t>
   </si>
   <si>
-    <t>Laser treatment of lower urinary tract symptoms associated with benign prostatic</t>
-[...5 lines deleted...]
-    <t>11/13/2013 00:00:00</t>
+    <t>Traitement des symptômes du bas appareil urinaire liés à l’hypertrophie bénigne de la prostate par laser – Rapport d’évaluation technologique</t>
+  </si>
+  <si>
+    <t>L'objectif de ce travail est d'évaluer et de comparer l’efficacité, la sécurité et le coût des techniques lasers les plus utilisées en France (photovaporisation sélective de la prostate par LASER (PVPS)) et à l’étranger (l’énucléation par LASER à l’Holmium (HoLEP)) par rapport aux techniques classiques (la résection trans-urétrale de la prostate [RTUP] et l’adénomectomie par voie haute [AVH])</t>
+  </si>
+  <si>
+    <t>13/11/2013 00:00:00</t>
   </si>
   <si>
     <t>12/12/2013 11:54:00</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_827591/en/laser-treatment-of-lower-urinary-tract-symptoms-associated-with-benign-prostatic</t>
+    <t>https://www.has-sante.fr/jcms/c_827591/fr/traitement-des-symptomes-du-bas-appareil-urinaire-lies-a-l-hypertrophie-benigne-de-la-prostate-par-laser-rapport-d-evaluation-technologique</t>
   </si>
   <si>
     <t>c_827591</t>
   </si>
   <si>
-    <t>Selection of iron metabolism tests in cases where iron deficiency is suspected</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_1051506/en/selection-of-iron-metabolism-tests-in-cases-where-iron-deficiency-is-suspected</t>
+    <t>Anémie chez l’insuffisant rénal : comment utiliser les agents stimulant l’érythropoïèse</t>
+  </si>
+  <si>
+    <t>Chez un patient atteint d’insuffisance rénale chronique (IRC), un agent stimulant l’érythropoïèse (ASE*) peut être prescrit devant une anémie, sous trois conditions : * le taux d’hémoglobine est ≤ 10 g/dL ; * cette anémie est responsable de symptômes gênants ; * elle est exclusivement secondaire à l’IRC (liée à un déficit de production d’érythropoïétine). L’hémoglobinémie ne doit pas dépasser 12 g/dL sous traitement.</t>
+  </si>
+  <si>
+    <t>26/06/2013 00:00:00</t>
+  </si>
+  <si>
+    <t>25/09/2013 15:23:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1647165/fr/anemie-chez-l-insuffisant-renal-comment-utiliser-les-agents-stimulant-l-erythropoiese</t>
+  </si>
+  <si>
+    <t>c_1647165</t>
+  </si>
+  <si>
+    <t>Évaluation par classe des médicaments antihypertenseurs</t>
+  </si>
+  <si>
+    <t>Ce travail est une évaluation médico-économique des 5 classes d’antihypertenseurs ayant démontré leur efficacité en morbi-mortalité dans la prise en charge de l’HTA essentielle. Les 5 classes évaluées sont les diurétiques thiazidiques, les bétabloquants, les antagonistes de l’angiotensine II (ARAII), les inhibiteurs de l’enzyme de conversion (IEC) et les inhibiteurs calciques (ICa).</t>
+  </si>
+  <si>
+    <t>27/03/2013 00:00:00</t>
+  </si>
+  <si>
+    <t>23/05/2013 11:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1554860/fr/evaluation-par-classe-des-medicaments-antihypertenseurs</t>
+  </si>
+  <si>
+    <t>c_1554860</t>
+  </si>
+  <si>
+    <t>Choix des examens du métabolisme du fer en cas de suspicion de carence en fer - Rapport d'évaluation</t>
+  </si>
+  <si>
+    <t>Dans le cadre de la réforme de la biologie et de la maîtrise médicalisée des volumes des actes fréquents, l’objectif de cette évaluation est de préciser les marqueurs du métabolisme du fer à doser quand une carence en fer est suspectée</t>
+  </si>
+  <si>
+    <t>16/03/2011 00:00:00</t>
+  </si>
+  <si>
+    <t>14/06/2011 12:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1051506/fr/choix-des-examens-du-metabolisme-du-fer-en-cas-de-suspicion-de-carence-en-fer-rapport-d-evaluation</t>
   </si>
   <si>
     <t>c_1051506</t>
   </si>
   <si>
-    <t>Tool to improve professional practice</t>
-[...149 lines deleted...]
-    <t>Medicine</t>
+    <t>Situation actuelle et perspectives d’évolution de la prise en charge médicale du  transsexualisme en France</t>
+  </si>
+  <si>
+    <t>Le Ministère de la santé, représenté par la Direction générale de la santé, des associations de transsexuels et les caisses d’Assurance maladie ont demandé à la HAS de préciser les étapes et les modalités du parcours de soin des transsexuels. Ce rapport traite des principales étapes de la prise en charge du transsexualisme de l’adulte par le système de santé. Du point de vue médical, trois points seront particulièrement étudiés : le diagnostic, l’hormonosubstitution et la chirurgie de réassignation. Le sujet du transsexualisme débordant le seul cadre médical, seront aussi soulevées les questions socioculturelles et les questions juridiques. Le rapport propose également l’organisation d’une structure d’offre de soins. L’ensemble de ces propositions sont faites pour éclairer les décideurs et les professionnels de santé en vue d’améliorer de la prise en charge des transsexuels</t>
+  </si>
+  <si>
+    <t>25/11/2009 00:00:00</t>
+  </si>
+  <si>
+    <t>18/02/2010 18:24:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_894315/fr/situation-actuelle-et-perspectives-d-evolution-de-la-prise-en-charge-medicale-du-transsexualisme-en-france</t>
+  </si>
+  <si>
+    <t>c_894315</t>
+  </si>
+  <si>
+    <t>Avis et décisions de la HAS</t>
+  </si>
+  <si>
+    <t>Décision n° 2021.0169/DC/SEVOQSS du 24 juin 2021 du collège de la Haute Autorité de santé portant adoption du document Flash Sécurité Patient intitulé « Accidents liés à un médicament à risque : Qui dit potassium (KCl), dit vigilance maximale »</t>
+  </si>
+  <si>
+    <t>03/06/2021 10:08:00</t>
+  </si>
+  <si>
+    <t>05/07/2021 12:26:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3275879/fr/decision-n-2021-0169/dc/sevoqss-du-24-juin-2021-du-college-de-la-haute-autorite-de-sante-portant-adoption-du-document-flash-securite-patient-intitule-accidents-lies-a-un-medicament-a-risque-qui-dit-potassium-kcl-dit-vigilance-maximale</t>
+  </si>
+  <si>
+    <t>p_3275879</t>
+  </si>
+  <si>
+    <t>Décision n° 2018.0115/DC/SEM du 18 juillet 2018 du collège de la Haute Autorité de santé portant adoption de la recommandation relative à la prise en charge à titre dérogatoire de l’éplérénone dans le cadre d’une recommandation temporaire d’utilisation</t>
+  </si>
+  <si>
+    <t>La recommandation relative à la prise en charge à titre dérogatoire des spécialités à base d’éplérénone (INSPRA (médicament princeps) et l’ensemble des spécialités appartenant au groupe générique) dans le cadre d’une recommandation temporaire d’utilisation, dans le « traitement chez les adultes de l’hyperaldostéronisme primaire en cas d’intolérance à la spironolactone », ci-jointe, est adoptée.</t>
+  </si>
+  <si>
+    <t>18/07/2017 10:55:00</t>
+  </si>
+  <si>
+    <t>07/09/2018 15:34:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2869273/fr/decision-n-2018-0115/dc/sem-du-18-juillet-2018-du-college-de-la-haute-autorite-de-sante-portant-adoption-de-la-recommandation-relative-a-la-prise-en-charge-a-titre-derogatoire-de-l-eplerenone-dans-le-cadre-d-une-recommandation-temporaire-d-utilisation</t>
+  </si>
+  <si>
+    <t>c_2869273</t>
+  </si>
+  <si>
+    <t>Décision N°2018.0375/CCES/SCES-31120 du 01/06/2018 de la commission de certification des établissements de santé portant sur la procédure de certification de l'établissement de santé CENTRES HOSPITALIERS DE PARAY-LE-MONIAL ET DE CHAROLLES</t>
+  </si>
+  <si>
+    <t>Décision N°2018.0375/CCES/SCES-31120 du 01/06/2018 de la commission de certification des établissements de santé portant sur la procédure de certification de l'établissement de santé CENTRES HOSPITALIERS DE PARAY-LE-MONIAL ET DE CHAROLLES (Mesure de suivi V2014)</t>
+  </si>
+  <si>
+    <t>01/06/2018 10:01:00</t>
+  </si>
+  <si>
+    <t>15/06/2018 10:42:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1288081/fr/decision-n2018-0375/cces/sces-31120-du-01/06/2018-de-la-commission-de-certification-des-etablissements-de-sante-portant-sur-la-procedure-de-certification-de-l-etablissement-de-sante-centres-hospitaliers-de-paray-le-monial-et-de-charolles</t>
+  </si>
+  <si>
+    <t>c_1288081</t>
+  </si>
+  <si>
+    <t>Avis de la HAS sur la liste et les critères médicaux d'admission en  affection de longue durée (ALD) - Juin 2009</t>
+  </si>
+  <si>
+    <t>La loi du 13 août 2004 a confié trois missions à la HAS (art. R 161-71 CSS) dans le domaine des affections de longue durée (ALD) dont l’une est de formuler des recommandations sur les critères utilisés pour la définition des ALD, c’est-à-dire définir les conditions médicales nécessaires pour que les malades bénéficient d’une exonération de ticket modérateur, pour une affection donnée.</t>
+  </si>
+  <si>
+    <t>30/06/2009 17:49:00</t>
+  </si>
+  <si>
+    <t>01/10/2009 09:55:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_817790/fr/avis-de-la-has-sur-la-liste-et-les-criteres-medicaux-d-admission-en-affection-de-longue-duree-ald-juin-2009</t>
+  </si>
+  <si>
+    <t>c_817790</t>
+  </si>
+  <si>
+    <t>Substance active (DCI)</t>
+  </si>
+  <si>
+    <t>Avis sur les Médicaments</t>
+  </si>
+  <si>
+    <t>Médicament</t>
   </si>
   <si>
     <t>PERISOC, solution de cardioplégie / solution pour conservation d’organe</t>
   </si>
   <si>
-    <t>10/04/2021 11:57:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3290199/en/perisoc-solution-de-cardioplegie-/-solution-pour-conservation-d-organe</t>
+    <t>04/10/2021 11:57:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3290199/fr/perisoc-solution-de-cardioplegie-/-solution-pour-conservation-d-organe</t>
   </si>
   <si>
     <t>p_3290199</t>
   </si>
   <si>
     <t>chlorure de sodium,chlorure de potassium,chlorure de magnésium hexahydraté,chlorure de calcium dihydraté,histidine,chlorhydrate d’histidine monohydraté,tryptophane,mannitol,acide α-cétoglutarique</t>
   </si>
   <si>
     <t>Laboratoire SERB</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3287329/en/perisoc-solution-de-cardioplegie-/-solution-pour-conservation-d-organe</t>
-[...2 lines deleted...]
-    <t>Web page</t>
+    <t>https://www.has-sante.fr/jcms/p_3287329/fr/perisoc-solution-de-cardioplegie-/-solution-pour-conservation-d-organe</t>
+  </si>
+  <si>
+    <t>SUBSOL (bicarbonate/ calcium/ chlorure/ glucose anhydre/ magnésium/ potassium/...)</t>
+  </si>
+  <si>
+    <t>11/10/2019 17:24:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3111926/fr/subsol-bicarbonate/-calcium/-chlorure/-glucose-anhydre/-magnesium/-potassium/</t>
+  </si>
+  <si>
+    <t>p_3111926</t>
+  </si>
+  <si>
+    <t>bicarbonate,calcium,chlorure,glucose anhydre,magnésium,potassium,sodium</t>
+  </si>
+  <si>
+    <t>B. BRAUN MEDICAL</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3108967/fr/subsol-bicarbonate/-calcium/-chlorure/-glucose-anhydre/-magnesium/-potassium/</t>
+  </si>
+  <si>
+    <t>POTASSIUM LIBERTY PHARMA (potassium chlorure, potassium glycérophosphate/ potassium (chlorure et...)</t>
+  </si>
+  <si>
+    <t>05/12/2018 14:16:08</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983012/fr/potassium-liberty-pharma-potassium-chlorure-potassium-glycerophosphate/-potassium-chlorure-et</t>
+  </si>
+  <si>
+    <t>pprd_2983012</t>
+  </si>
+  <si>
+    <t>potassium chlorure, potassium glycérophosphate,potassium (chlorure et glycérophosphate),potassium (gluconate de),potassium (glycérophosphate de),potassium (chlorure de)</t>
+  </si>
+  <si>
+    <t>H2 PHARMA</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_866768/fr/potassium-richard-potassium-chlorure-potassium-glycerophosphate/-potassium-chlorure-et</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1279653/fr/potassium-richard-potassium-chlorure-potassium-glycerophosphate/-potassium-chlorure-et</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2742283/fr/potassium-h2-pharma-potassium-chlorure-potassium-glycerophosphate/-potassium-chlorure-et</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2867461/fr/potassium-richard-potassium-chlorure-potassium-glycerophosphate/-potassium-chlorure-et</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2885819/fr/potassium-liberty-pharma-potassium-chlorure-potassium-glycerophosphate/-potassium-chlorure-et</t>
+  </si>
+  <si>
+    <t>EDUCTYL (tartrate acide de potassium/ bicarbonate de sodium)</t>
+  </si>
+  <si>
+    <t>16/02/2018 12:07:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983386/fr/eductyl-tartrate-acide-de-potassium/-bicarbonate-de-sodium</t>
+  </si>
+  <si>
+    <t>pprd_2983386</t>
+  </si>
+  <si>
+    <t>tartrate acide de potassium,bicarbonate de sodium</t>
+  </si>
+  <si>
+    <t>TECHNI-PHARMA</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_603051/fr/eductyl-tartrate-acide-de-potassium/-bicarbonate-de-sodium</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1147583/fr/eductyl-tartrate-acide-de-potassium/-bicarbonate-de-sodium</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1364578/fr/eductyl-tartrate-acide-de-potassium/-bicarbonate-de-sodium</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2827582/fr/eductyl-tartrate-acide-de-potassium/-bicarbonate-de-sodium</t>
+  </si>
+  <si>
+    <t>BIPHOZYL (sodium/ potassium/ magnésium/ phosphate d’hydrogène/ chlorure/ bicarbo...)</t>
+  </si>
+  <si>
+    <t>09/06/2016 09:13:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984091/fr/biphozyl-sodium/-potassium/-magnesium/-phosphate-d-hydrogene/-chlorure/-bicarbo</t>
+  </si>
+  <si>
+    <t>pprd_2984091</t>
+  </si>
+  <si>
+    <t>sodium,potassium,magnésium,phosphate d’hydrogène,chlorure,bicarbonate</t>
+  </si>
+  <si>
+    <t>GAMBRO HOSPAL</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2636942/fr/biphozyl-sodium/-potassium/-magnesium/-phosphate-d-hydrogene/-chlorure/-bicarbo</t>
+  </si>
+  <si>
+    <t>SOLUDACTONE (canrénoate de potassium/ trométamol)</t>
+  </si>
+  <si>
+    <t>18/01/2016 16:55:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984261/fr/soludactone-canrenoate-de-potassium/-trometamol</t>
+  </si>
+  <si>
+    <t>pprd_2984261</t>
+  </si>
+  <si>
+    <t>canrénoate de potassium,trométamol</t>
+  </si>
+  <si>
+    <t>PFIZER</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_614746/fr/soludactone-canrenoate-de-potassium/-trometamol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2588377/fr/soludactone-canrenoate-de-potassium/-trometamol</t>
+  </si>
+  <si>
+    <t>NATI-K (potassium (tartrate neutre de))</t>
+  </si>
+  <si>
+    <t>21/05/2013 18:27:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984923/fr/nati-k-potassium-tartrate-neutre-de</t>
+  </si>
+  <si>
+    <t>pprd_2984923</t>
+  </si>
+  <si>
+    <t>potassium (tartrate neutre de)</t>
+  </si>
+  <si>
+    <t>DB PHARMA</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_618041/fr/nati-k-potassium-tartrate-neutre-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1543513/fr/nati-k-potassium-tartrate-neutre-de</t>
+  </si>
+  <si>
+    <t>TRACITRANS (chlorure de chrome hexahydraté/ chlorure de cuivre dihydraté/ chlorure...)</t>
+  </si>
+  <si>
+    <t>11/05/2011 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985173/fr/tracitrans-chlorure-de-chrome-hexahydrate/-chlorure-de-cuivre-dihydrate/-chlorure</t>
+  </si>
+  <si>
+    <t>pprd_2985173</t>
+  </si>
+  <si>
+    <t>chlorure de chrome hexahydraté,chlorure de cuivre dihydraté,chlorure de manganèse tétrahydraté,chlorure de zinc,chlorure ferrique hexahydraté,,fluorure de sodium,Iodure de potassium,molybdate de sodium dihydraté,sélénite de sodium pentahydraté</t>
+  </si>
+  <si>
+    <t>FRESENIUS KABI FRANCE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1057899/fr/tracitrans-chlorure-de-chrome-hexahydrate/-chlorure-de-cuivre-dihydrate/-chlorure</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400993/fr/tracitrans-solution-a-diluer-pour-perfusion-10-ampoules-en-verre-de-10-ml-cip-354-016-8</t>
+  </si>
+  <si>
+    <t>RINGER LACTATE AGUETTANT (sodium/ potassium/ calcium/ chlorures/ lactates)</t>
+  </si>
+  <si>
+    <t>06/10/2010 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985249/fr/ringer-lactate-aguettant-sodium/-potassium/-calcium/-chlorures/-lactates</t>
+  </si>
+  <si>
+    <t>pprd_2985249</t>
+  </si>
+  <si>
+    <t>sodium,potassium,calcium,chlorures,lactates</t>
+  </si>
+  <si>
+    <t>AGUETTANT</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400724/fr/ringer-lactate-aguettant-sodium/-potassium/-calcium/-chlorures/-lactates</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_991890/fr/ringer-lactate-aguettant-sodium/-potassium/-calcium/-chlorures/-lactates</t>
+  </si>
+  <si>
+    <t>IONITAN (solution polyionique (sodium, potassium, calcium,...phosphate))</t>
+  </si>
+  <si>
+    <t>06/01/2010 15:41:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985310/fr/ionitan-solution-polyionique-sodium-potassium-calcium-phosphate</t>
+  </si>
+  <si>
+    <t>pprd_2985310</t>
+  </si>
+  <si>
+    <t>solution polyionique (sodium, potassium, calcium,...phosphate)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_900466/fr/ionitan-solution-polyionique-sodium-potassium-calcium-phosphate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400141/fr/ionitan-solution-a-diluer-pour-perfusion-boite-de-1-flacon-verre-de-50-ml-rempli-a-40-ml-code-cip-321-779-2</t>
+  </si>
+  <si>
+    <t>POLYIONIQUE BAXTER (glucose, chlorures, sodium et potassium)</t>
+  </si>
+  <si>
+    <t>16/11/2009 17:39:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985317/fr/polyionique-baxter-glucose-chlorures-sodium-et-potassium</t>
+  </si>
+  <si>
+    <t>pprd_2985317</t>
+  </si>
+  <si>
+    <t>glucose, chlorures, sodium et potassium</t>
+  </si>
+  <si>
+    <t>Laboratoire BAXTER SAS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_398909/fr/polyionique-b66-ap-hp-solution-pour-perfusion-250-ml-flacon-de-verre-boite-de-12-flacons</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399160/fr/polyionique-b46-ap-hp-solution-pour-perfusion-250-ml-flacon-de-verre-boite-de-12-flacons-500-ml-flacon-de-verre-boite-de-12-flacons-glucose-chlorures-sodium-et-potassium</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400030/fr/polyionique-b27-fresenius-solution-pour-perfusion-poche-pvc-de-500-ml-code-cip-361-881-2</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_874864/fr/polyionique-formule-1a-g5-baxter-glucose-chlorures-sodium-et-potassium</t>
+  </si>
+  <si>
+    <t>TROPHYSAN L (L-Tryptophane/ L-Arginine chlorhydrate/ L-Isoleucine/ L-Thréonine/ L-Phénylalanine/ L-Valine/ L-Leucine/ L-Méthionine/ L-Lysine chlorhydrate/ Glycine/ Pyridoxine chlorhydrate/ Acide ascorbique/ Nicotinamide/ Chlorure de cobalt hexahydraté/ Chlorure de manganèse tétrahydraté/ Bicarbonate de potassium/ Chlorure de potassium/ Chlorure de sodium, Inositol/ Sorbitol)</t>
+  </si>
+  <si>
+    <t>01/09/2004 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985701/fr/trophysan-l-l-tryptophane/-l-arginine-chlorhydrate/-l-isoleucine/-l-threonine/-l-phenylalanine/-l-valine/-l-leucine/-l-methionine/-l-lysine-chlorhydrate/-glycine/-pyridoxine-chlorhydrate/-acide-ascorbique/-nicotinamide/-chlorure-de-cobalt-hexahydrate/-chlorure-de-manganese-tetrahydrate/-bicarbonate-de-potassium/-chlorure-de-potassium/-chlorure-de-sodium-inositol/-sorbitol</t>
+  </si>
+  <si>
+    <t>pprd_2985701</t>
+  </si>
+  <si>
+    <t>L-Tryptophane,L-Arginine chlorhydrate,L-Isoleucine,L-Thréonine,L-Phénylalanine,L-Valine,L-Leucine,L-Méthionine,L-Lysine chlorhydrate,Glycine,Pyridoxine chlorhydrate,Acide ascorbique,Nicotinamide,Chlorure de cobalt hexahydraté,Chlorure de manganèse tétrahydraté,Bicarbonate de potassium,Chlorure de potassium,Chlorure de sodium,Inositol,Sorbitol</t>
+  </si>
+  <si>
+    <t>BAXTER/clintec parentérale SA</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400576/fr/trophysan-l-l-tryptophane/-l-arginine-chlorhydrate/-l-isoleucine/-l-threonine/-l-phenylalanine/-l-valine/-l-leucine/-l-methionine/-l-lysine-chlorhydrate/-glycine/-pyridoxine-chlorhydrate/-acide-ascorbique/-nicotinamide/-chlorure-de-cobalt-hexahydrate/-chlorure-de-manganese-tetrahydrate/-bicarbonate-de-potassium/-chlorure-de-potassium/-chlorure-de-sodium-inositol/-sorbitol</t>
+  </si>
+  <si>
+    <t>BICAFLAC (sodium/ chlorure/ bicarbonate/ potassium/ calcium/ magnésium/ glucose)</t>
+  </si>
+  <si>
+    <t>05/09/2001 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2986075/fr/bicaflac-sodium/-chlorure/-bicarbonate/-potassium/-calcium/-magnesium/-glucose</t>
+  </si>
+  <si>
+    <t>pprd_2986075</t>
+  </si>
+  <si>
+    <t>sodium,chlorure,bicarbonate,potassium,calcium,magnésium,glucose</t>
+  </si>
+  <si>
+    <t>Laboratoires BAXTER</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399125/fr/bicaflac-solution-tampon-sodium-chlorure-bicarbonate</t>
+  </si>
+  <si>
+    <t>Article HAS</t>
+  </si>
+  <si>
+    <t>Comprendre la certification pour la qualité des soins</t>
+  </si>
+  <si>
+    <t>Mise en œuvre par la HAS, la certification est un dispositif d’évaluation externe obligatoire pour tout établissement de santé, public ou privé, quelles que soient sa taille et son activité. Cette évaluation est effectuée tous les 4 ans par des professionnels mandatés par la HAS. Son objectif est de porter une appréciation indépendante sur la qualité des prestations des hôpitaux et cliniques en France.</t>
+  </si>
+  <si>
+    <t>25/11/2020 15:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_411173/fr/comprendre-la-certification-pour-la-qualite-des-soins</t>
+  </si>
+  <si>
+    <t>c_411173</t>
+  </si>
+  <si>
+    <t>5e cycle de certification</t>
+  </si>
+  <si>
+    <t>Membres de la gouvernance, professionnels des établissements de santé, représentants des usagers, cette page vous concerne. Centrée sur le soin, la démarche de certification pour la qualité des soins donne du sens et de la clarté aux professionnels et aux usagers. Vous trouverez sur cette page, l’ensemble des documents et outils nécessaires à la préparation de la visite de certification.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/r_1495044/fr/5e-cycle-de-certification</t>
+  </si>
+  <si>
+    <t>r_1495044</t>
+  </si>
+  <si>
+    <t>Mettre en œuvre le 6e cycle de certification</t>
+  </si>
+  <si>
+    <t>Le 6e cycle de certification des établissements de santé s’inscrit naturellement dans la continuité du dispositif actuel. Centrée sur le soin, la démarche de certification pour la qualité des soins donne du sens et de la lisibilité aux professionnels et aux usagers. Vous trouverez sur cette page, l’ensemble des informations, documents et outils nécessaires à l'appropriation de la certification des établissements de santé.</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3563407/fr/mettre-en-oeuvre-le-6e-cycle-de-certification</t>
+  </si>
+  <si>
+    <t>p_3563407</t>
+  </si>
+  <si>
+    <t>Accréditation des établissements de santé étrangers</t>
+  </si>
+  <si>
+    <t>La Haute Autorité de santé (HAS), autorité publique indépendante à caractère scientifique, propose aux établissements de santé étrangers son savoir-faire et son expertise en matière d'évaluation via son dispositif de certification pour la qualité des soins, accrédité par l’International Society for Quality in Health Care (ISQua).</t>
+  </si>
+  <si>
+    <t>23/05/2023 09:39:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3433849/fr/accreditation-des-etablissements-de-sante-etrangers</t>
+  </si>
+  <si>
+    <t>p_3433849</t>
+  </si>
+  <si>
+    <t>Flashs sécurité patient : qu’en pensent les professionnels ?  </t>
+  </si>
+  <si>
+    <t>La Haute Autorité de santé publie depuis mai 2021 des flashs sécurité patient (FSP). Chaque FSP décrit plusieurs évènements indésirables associés aux soins (EIAS) sélectionnés dans les bases de retour d’expérience du dispositif évènements indésirables graves associés aux soins (EIGS) ou de l’accréditation des médecins et des équipes médicales.</t>
+  </si>
+  <si>
+    <t>12/04/2024 08:27:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3507927/fr/flashs-securite-patient-qu-en-pensent-les-professionnels</t>
+  </si>
+  <si>
+    <t>p_3507927</t>
+  </si>
+  <si>
+    <t>Insuffisance cardiaque - Parcours de soins</t>
+  </si>
+  <si>
+    <t>L’insuffisance cardiaque (IC) est une maladie chronique grave caractérisée par des symptômes (dyspnée, fatigue), des signes cliniques tels que la tachycardie, les râles pulmonaires et une anomalie à l’échocardiogramme. Les données épidémiologiques sont peu précises mais l’insuffisance cardiaque concernerait environ 500 000 français et représente la première cause d’hospitalisation. Sa prévalence est croissante et serait de 12 % chez les personnes âgées de plus de 60 ans. En 2010, 165 000 personnes sont en ALD au titre de cette pathologie. Ce nombre ne reflète que partiellement la prévalence réelle de l’insuffisance cardiaque car elle concerne parfois des malades déjà en ALD car atteint d’une autre pathologie chronique grave, notamment la maladie coronaire et le diabète.</t>
+  </si>
+  <si>
+    <t>30/06/2014 11:30:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2906058/fr/insuffisance-cardiaque-parcours-de-soins</t>
+  </si>
+  <si>
+    <t>c_2906058</t>
+  </si>
+  <si>
+    <t>Guide pédagogique de l'OMS pour la sécurité des patients - édition multiprofessionnelle</t>
+  </si>
+  <si>
+    <t>Guide pédagogique pour la sécurité des patients : édition multiprofessionnelle : Publié par l’Organisation mondiale de la santé en 2011 sous le titre Patient Safety Curriculum Guide Multi-professionnal, ce guide a été traduit en français par le Ministère des Affaires sociales, de la Santé et des Droits des femmes (Direction générale de l’offre de soins-DGOS) avec la supervision éditoriale par un comité scientifique comprenant des membres de la HAS.</t>
+  </si>
+  <si>
+    <t>22/12/2015 12:22:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2582471/fr/guide-pedagogique-de-l-oms-pour-la-securite-des-patients-edition-multiprofessionnelle</t>
+  </si>
+  <si>
+    <t>c_2582471</t>
   </si>
   <si>
     <t>Myocardial Infarction (MI) Full Care Cycle and Patient Outcomes</t>
   </si>
   <si>
     <t>In France, about 100,000 patients each year have an MI. Of those entering the care pathway, 5% die within the 1st month, 13% die during the first year and only a quarter is benefiting from the optimal emergency care pathway</t>
   </si>
   <si>
-    <t>04/30/2013 13:25:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_1561455/en/myocardial-infarction-mi-full-care-cycle-and-patient-outcomes</t>
+    <t>30/04/2013 13:25:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1561455/fr/myocardial-infarction-mi-full-care-cycle-and-patient-outcomes</t>
   </si>
   <si>
     <t>c_1561455</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId8" Target="worksheets/sheet6.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId10" Target="worksheets/sheet8.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId11" Target="worksheets/sheet9.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId12" Target="worksheets/sheet10.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId13" Target="worksheets/sheet11.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId14" Target="worksheets/sheet12.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId15" Target="worksheets/sheet13.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId16" Target="worksheets/sheet14.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId17" Target="worksheets/sheet15.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId8" Target="worksheets/sheet6.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId9" Target="worksheets/sheet7.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H4"/>
+  <dimension ref="A1:H5"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -611,900 +3107,5518 @@
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
         <v>14</v>
       </c>
       <c r="H2" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
         <v>8</v>
       </c>
       <c r="B3" t="s">
         <v>16</v>
       </c>
       <c r="C3" t="s">
         <v>17</v>
       </c>
       <c r="D3" t="s">
-        <v>13</v>
+        <v>18</v>
       </c>
       <c r="E3" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="H3" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
         <v>8</v>
       </c>
       <c r="B4" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="C4" t="s">
-        <v>22</v>
+        <v>13</v>
       </c>
       <c r="D4" t="s">
         <v>23</v>
       </c>
       <c r="E4" t="s">
         <v>24</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
         <v>25</v>
       </c>
       <c r="H4" t="s">
         <v>26</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>8</v>
+      </c>
+      <c r="B5" t="s">
+        <v>27</v>
+      </c>
+      <c r="C5" t="s">
+        <v>28</v>
+      </c>
+      <c r="D5" t="s">
+        <v>29</v>
+      </c>
+      <c r="E5" t="s">
+        <v>30</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>31</v>
+      </c>
+      <c r="H5" t="s">
+        <v>32</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet10.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>745</v>
+      </c>
+      <c r="B2" t="s">
+        <v>746</v>
+      </c>
+      <c r="C2" t="s">
+        <v>747</v>
+      </c>
+      <c r="D2" t="s">
+        <v>748</v>
+      </c>
+      <c r="E2" t="s">
+        <v>748</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>749</v>
+      </c>
+      <c r="H2" t="s">
+        <v>750</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet11.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H4"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>751</v>
+      </c>
+      <c r="B2" t="s">
+        <v>752</v>
+      </c>
+      <c r="C2" t="s">
+        <v>753</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>754</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>755</v>
+      </c>
+      <c r="H2" t="s">
+        <v>756</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>751</v>
+      </c>
+      <c r="B3" t="s">
+        <v>757</v>
+      </c>
+      <c r="C3" t="s">
+        <v>758</v>
+      </c>
+      <c r="D3" t="s">
+        <v>13</v>
+      </c>
+      <c r="E3" t="s">
+        <v>759</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>760</v>
+      </c>
+      <c r="H3" t="s">
+        <v>761</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>751</v>
+      </c>
+      <c r="B4" t="s">
+        <v>762</v>
+      </c>
+      <c r="C4" t="s">
+        <v>13</v>
+      </c>
+      <c r="D4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E4" t="s">
+        <v>763</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>764</v>
+      </c>
+      <c r="H4" t="s">
+        <v>765</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet12.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H8"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>766</v>
+      </c>
+      <c r="B2" t="s">
+        <v>767</v>
+      </c>
+      <c r="C2" t="s">
+        <v>768</v>
+      </c>
+      <c r="D2" t="s">
+        <v>596</v>
+      </c>
+      <c r="E2" t="s">
+        <v>769</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>770</v>
+      </c>
+      <c r="H2" t="s">
+        <v>771</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>766</v>
+      </c>
+      <c r="B3" t="s">
+        <v>772</v>
+      </c>
+      <c r="C3" t="s">
+        <v>773</v>
+      </c>
+      <c r="D3" t="s">
+        <v>649</v>
+      </c>
+      <c r="E3" t="s">
+        <v>774</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>775</v>
+      </c>
+      <c r="H3" t="s">
+        <v>776</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>766</v>
+      </c>
+      <c r="B4" t="s">
+        <v>777</v>
+      </c>
+      <c r="C4" t="s">
+        <v>778</v>
+      </c>
+      <c r="D4" t="s">
+        <v>779</v>
+      </c>
+      <c r="E4" t="s">
+        <v>780</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>781</v>
+      </c>
+      <c r="H4" t="s">
+        <v>782</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>766</v>
+      </c>
+      <c r="B5" t="s">
+        <v>783</v>
+      </c>
+      <c r="C5" t="s">
+        <v>784</v>
+      </c>
+      <c r="D5" t="s">
+        <v>785</v>
+      </c>
+      <c r="E5" t="s">
+        <v>786</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>787</v>
+      </c>
+      <c r="H5" t="s">
+        <v>788</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>766</v>
+      </c>
+      <c r="B6" t="s">
+        <v>789</v>
+      </c>
+      <c r="C6" t="s">
+        <v>790</v>
+      </c>
+      <c r="D6" t="s">
+        <v>791</v>
+      </c>
+      <c r="E6" t="s">
+        <v>792</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
+        <v>793</v>
+      </c>
+      <c r="H6" t="s">
+        <v>794</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>766</v>
+      </c>
+      <c r="B7" t="s">
+        <v>795</v>
+      </c>
+      <c r="C7" t="s">
+        <v>796</v>
+      </c>
+      <c r="D7" t="s">
+        <v>797</v>
+      </c>
+      <c r="E7" t="s">
+        <v>798</v>
+      </c>
+      <c r="F7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G7" t="s">
+        <v>799</v>
+      </c>
+      <c r="H7" t="s">
+        <v>800</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>766</v>
+      </c>
+      <c r="B8" t="s">
+        <v>801</v>
+      </c>
+      <c r="C8" t="s">
+        <v>802</v>
+      </c>
+      <c r="D8" t="s">
+        <v>803</v>
+      </c>
+      <c r="E8" t="s">
+        <v>804</v>
+      </c>
+      <c r="F8" t="s">
+        <v>13</v>
+      </c>
+      <c r="G8" t="s">
+        <v>805</v>
+      </c>
+      <c r="H8" t="s">
+        <v>806</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet13.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H5"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>807</v>
+      </c>
+      <c r="B2" t="s">
+        <v>808</v>
+      </c>
+      <c r="C2" t="s">
+        <v>808</v>
+      </c>
+      <c r="D2" t="s">
+        <v>809</v>
+      </c>
+      <c r="E2" t="s">
+        <v>810</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>811</v>
+      </c>
+      <c r="H2" t="s">
+        <v>812</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>807</v>
+      </c>
+      <c r="B3" t="s">
+        <v>813</v>
+      </c>
+      <c r="C3" t="s">
+        <v>814</v>
+      </c>
+      <c r="D3" t="s">
+        <v>815</v>
+      </c>
+      <c r="E3" t="s">
+        <v>816</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>817</v>
+      </c>
+      <c r="H3" t="s">
+        <v>818</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>807</v>
+      </c>
+      <c r="B4" t="s">
+        <v>819</v>
+      </c>
+      <c r="C4" t="s">
+        <v>820</v>
+      </c>
+      <c r="D4" t="s">
+        <v>821</v>
+      </c>
+      <c r="E4" t="s">
+        <v>822</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>823</v>
+      </c>
+      <c r="H4" t="s">
+        <v>824</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>807</v>
+      </c>
+      <c r="B5" t="s">
+        <v>825</v>
+      </c>
+      <c r="C5" t="s">
+        <v>826</v>
+      </c>
+      <c r="D5" t="s">
+        <v>827</v>
+      </c>
+      <c r="E5" t="s">
+        <v>828</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>829</v>
+      </c>
+      <c r="H5" t="s">
+        <v>830</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet14.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:O14"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>831</v>
+      </c>
+      <c r="J1" t="s">
+        <v>34</v>
+      </c>
+      <c r="K1" t="s">
+        <v>832</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>833</v>
+      </c>
+      <c r="B2" t="s">
+        <v>834</v>
+      </c>
+      <c r="C2" t="s">
+        <v>13</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>835</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>836</v>
+      </c>
+      <c r="H2" t="s">
+        <v>837</v>
+      </c>
+      <c r="I2" t="s">
+        <v>838</v>
+      </c>
+      <c r="J2" t="s">
+        <v>839</v>
+      </c>
+      <c r="K2" t="s">
+        <v>840</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>833</v>
+      </c>
+      <c r="B3" t="s">
+        <v>841</v>
+      </c>
+      <c r="C3" t="s">
+        <v>13</v>
+      </c>
+      <c r="D3" t="s">
+        <v>13</v>
+      </c>
+      <c r="E3" t="s">
+        <v>842</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>843</v>
+      </c>
+      <c r="H3" t="s">
+        <v>844</v>
+      </c>
+      <c r="I3" t="s">
+        <v>845</v>
+      </c>
+      <c r="J3" t="s">
+        <v>846</v>
+      </c>
+      <c r="K3" t="s">
+        <v>847</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>833</v>
+      </c>
+      <c r="B4" t="s">
+        <v>848</v>
+      </c>
+      <c r="C4" t="s">
+        <v>13</v>
+      </c>
+      <c r="D4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E4" t="s">
+        <v>849</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>850</v>
+      </c>
+      <c r="H4" t="s">
+        <v>851</v>
+      </c>
+      <c r="I4" t="s">
+        <v>852</v>
+      </c>
+      <c r="J4" t="s">
+        <v>853</v>
+      </c>
+      <c r="K4" t="s">
+        <v>854</v>
+      </c>
+      <c r="L4" t="s">
+        <v>855</v>
+      </c>
+      <c r="M4" t="s">
+        <v>856</v>
+      </c>
+      <c r="N4" t="s">
+        <v>857</v>
+      </c>
+      <c r="O4" t="s">
+        <v>858</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>833</v>
+      </c>
+      <c r="B5" t="s">
+        <v>859</v>
+      </c>
+      <c r="C5" t="s">
+        <v>13</v>
+      </c>
+      <c r="D5" t="s">
+        <v>13</v>
+      </c>
+      <c r="E5" t="s">
+        <v>860</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>861</v>
+      </c>
+      <c r="H5" t="s">
+        <v>862</v>
+      </c>
+      <c r="I5" t="s">
+        <v>863</v>
+      </c>
+      <c r="J5" t="s">
+        <v>864</v>
+      </c>
+      <c r="K5" t="s">
+        <v>865</v>
+      </c>
+      <c r="L5" t="s">
+        <v>866</v>
+      </c>
+      <c r="M5" t="s">
+        <v>867</v>
+      </c>
+      <c r="N5" t="s">
+        <v>868</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>833</v>
+      </c>
+      <c r="B6" t="s">
+        <v>869</v>
+      </c>
+      <c r="C6" t="s">
+        <v>13</v>
+      </c>
+      <c r="D6" t="s">
+        <v>13</v>
+      </c>
+      <c r="E6" t="s">
+        <v>870</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
+        <v>871</v>
+      </c>
+      <c r="H6" t="s">
+        <v>872</v>
+      </c>
+      <c r="I6" t="s">
+        <v>873</v>
+      </c>
+      <c r="J6" t="s">
+        <v>874</v>
+      </c>
+      <c r="K6" t="s">
+        <v>875</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>833</v>
+      </c>
+      <c r="B7" t="s">
+        <v>876</v>
+      </c>
+      <c r="C7" t="s">
+        <v>13</v>
+      </c>
+      <c r="D7" t="s">
+        <v>13</v>
+      </c>
+      <c r="E7" t="s">
+        <v>877</v>
+      </c>
+      <c r="F7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G7" t="s">
+        <v>878</v>
+      </c>
+      <c r="H7" t="s">
+        <v>879</v>
+      </c>
+      <c r="I7" t="s">
+        <v>880</v>
+      </c>
+      <c r="J7" t="s">
+        <v>881</v>
+      </c>
+      <c r="K7" t="s">
+        <v>882</v>
+      </c>
+      <c r="L7" t="s">
+        <v>883</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>833</v>
+      </c>
+      <c r="B8" t="s">
+        <v>884</v>
+      </c>
+      <c r="C8" t="s">
+        <v>13</v>
+      </c>
+      <c r="D8" t="s">
+        <v>13</v>
+      </c>
+      <c r="E8" t="s">
+        <v>885</v>
+      </c>
+      <c r="F8" t="s">
+        <v>13</v>
+      </c>
+      <c r="G8" t="s">
+        <v>886</v>
+      </c>
+      <c r="H8" t="s">
+        <v>887</v>
+      </c>
+      <c r="I8" t="s">
+        <v>888</v>
+      </c>
+      <c r="J8" t="s">
+        <v>889</v>
+      </c>
+      <c r="K8" t="s">
+        <v>890</v>
+      </c>
+      <c r="L8" t="s">
+        <v>891</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>833</v>
+      </c>
+      <c r="B9" t="s">
+        <v>892</v>
+      </c>
+      <c r="C9" t="s">
+        <v>13</v>
+      </c>
+      <c r="D9" t="s">
+        <v>13</v>
+      </c>
+      <c r="E9" t="s">
+        <v>893</v>
+      </c>
+      <c r="F9" t="s">
+        <v>13</v>
+      </c>
+      <c r="G9" t="s">
+        <v>894</v>
+      </c>
+      <c r="H9" t="s">
+        <v>895</v>
+      </c>
+      <c r="I9" t="s">
+        <v>896</v>
+      </c>
+      <c r="J9" t="s">
+        <v>897</v>
+      </c>
+      <c r="K9" t="s">
+        <v>898</v>
+      </c>
+      <c r="L9" t="s">
+        <v>899</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>833</v>
+      </c>
+      <c r="B10" t="s">
+        <v>900</v>
+      </c>
+      <c r="C10" t="s">
+        <v>13</v>
+      </c>
+      <c r="D10" t="s">
+        <v>13</v>
+      </c>
+      <c r="E10" t="s">
+        <v>901</v>
+      </c>
+      <c r="F10" t="s">
+        <v>13</v>
+      </c>
+      <c r="G10" t="s">
+        <v>902</v>
+      </c>
+      <c r="H10" t="s">
+        <v>903</v>
+      </c>
+      <c r="I10" t="s">
+        <v>904</v>
+      </c>
+      <c r="J10" t="s">
+        <v>905</v>
+      </c>
+      <c r="K10" t="s">
+        <v>906</v>
+      </c>
+      <c r="L10" t="s">
+        <v>907</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>833</v>
+      </c>
+      <c r="B11" t="s">
+        <v>908</v>
+      </c>
+      <c r="C11" t="s">
+        <v>13</v>
+      </c>
+      <c r="D11" t="s">
+        <v>13</v>
+      </c>
+      <c r="E11" t="s">
+        <v>909</v>
+      </c>
+      <c r="F11" t="s">
+        <v>13</v>
+      </c>
+      <c r="G11" t="s">
+        <v>910</v>
+      </c>
+      <c r="H11" t="s">
+        <v>911</v>
+      </c>
+      <c r="I11" t="s">
+        <v>912</v>
+      </c>
+      <c r="J11" t="s">
+        <v>905</v>
+      </c>
+      <c r="K11" t="s">
+        <v>913</v>
+      </c>
+      <c r="L11" t="s">
+        <v>914</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>833</v>
+      </c>
+      <c r="B12" t="s">
+        <v>915</v>
+      </c>
+      <c r="C12" t="s">
+        <v>13</v>
+      </c>
+      <c r="D12" t="s">
+        <v>13</v>
+      </c>
+      <c r="E12" t="s">
+        <v>916</v>
+      </c>
+      <c r="F12" t="s">
+        <v>13</v>
+      </c>
+      <c r="G12" t="s">
+        <v>917</v>
+      </c>
+      <c r="H12" t="s">
+        <v>918</v>
+      </c>
+      <c r="I12" t="s">
+        <v>919</v>
+      </c>
+      <c r="J12" t="s">
+        <v>920</v>
+      </c>
+      <c r="K12" t="s">
+        <v>921</v>
+      </c>
+      <c r="L12" t="s">
+        <v>922</v>
+      </c>
+      <c r="M12" t="s">
+        <v>923</v>
+      </c>
+      <c r="N12" t="s">
+        <v>924</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="s">
+        <v>833</v>
+      </c>
+      <c r="B13" t="s">
+        <v>925</v>
+      </c>
+      <c r="C13" t="s">
+        <v>13</v>
+      </c>
+      <c r="D13" t="s">
+        <v>13</v>
+      </c>
+      <c r="E13" t="s">
+        <v>926</v>
+      </c>
+      <c r="F13" t="s">
+        <v>13</v>
+      </c>
+      <c r="G13" t="s">
+        <v>927</v>
+      </c>
+      <c r="H13" t="s">
+        <v>928</v>
+      </c>
+      <c r="I13" t="s">
+        <v>929</v>
+      </c>
+      <c r="J13" t="s">
+        <v>930</v>
+      </c>
+      <c r="K13" t="s">
+        <v>931</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" t="s">
+        <v>833</v>
+      </c>
+      <c r="B14" t="s">
+        <v>932</v>
+      </c>
+      <c r="C14" t="s">
+        <v>13</v>
+      </c>
+      <c r="D14" t="s">
+        <v>13</v>
+      </c>
+      <c r="E14" t="s">
+        <v>933</v>
+      </c>
+      <c r="F14" t="s">
+        <v>13</v>
+      </c>
+      <c r="G14" t="s">
+        <v>934</v>
+      </c>
+      <c r="H14" t="s">
+        <v>935</v>
+      </c>
+      <c r="I14" t="s">
+        <v>936</v>
+      </c>
+      <c r="J14" t="s">
+        <v>937</v>
+      </c>
+      <c r="K14" t="s">
+        <v>938</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:K1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet15.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H9"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>27</v>
+        <v>939</v>
       </c>
       <c r="B2" t="s">
-        <v>28</v>
+        <v>940</v>
       </c>
       <c r="C2" t="s">
-        <v>29</v>
+        <v>941</v>
       </c>
       <c r="D2" t="s">
-        <v>30</v>
+        <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>31</v>
+        <v>942</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>32</v>
+        <v>943</v>
       </c>
       <c r="H2" t="s">
-        <v>33</v>
+        <v>944</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>27</v>
+        <v>939</v>
       </c>
       <c r="B3" t="s">
-        <v>34</v>
+        <v>945</v>
       </c>
       <c r="C3" t="s">
-        <v>35</v>
+        <v>946</v>
       </c>
       <c r="D3" t="s">
-        <v>36</v>
+        <v>13</v>
       </c>
       <c r="E3" t="s">
-        <v>37</v>
+        <v>942</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>38</v>
+        <v>947</v>
       </c>
       <c r="H3" t="s">
-        <v>39</v>
+        <v>948</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>27</v>
+        <v>939</v>
       </c>
       <c r="B4" t="s">
-        <v>40</v>
+        <v>949</v>
       </c>
       <c r="C4" t="s">
-        <v>13</v>
+        <v>950</v>
       </c>
       <c r="D4" t="s">
         <v>13</v>
       </c>
       <c r="E4" t="s">
-        <v>41</v>
+        <v>951</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>42</v>
+        <v>952</v>
       </c>
       <c r="H4" t="s">
-        <v>43</v>
+        <v>953</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>27</v>
+        <v>939</v>
       </c>
       <c r="B5" t="s">
-        <v>44</v>
+        <v>954</v>
       </c>
       <c r="C5" t="s">
-        <v>45</v>
+        <v>955</v>
       </c>
       <c r="D5" t="s">
-        <v>46</v>
+        <v>13</v>
       </c>
       <c r="E5" t="s">
-        <v>47</v>
+        <v>956</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>48</v>
+        <v>957</v>
       </c>
       <c r="H5" t="s">
-        <v>49</v>
+        <v>958</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>27</v>
+        <v>939</v>
       </c>
       <c r="B6" t="s">
-        <v>50</v>
+        <v>959</v>
       </c>
       <c r="C6" t="s">
-        <v>51</v>
+        <v>960</v>
       </c>
       <c r="D6" t="s">
-        <v>52</v>
+        <v>13</v>
       </c>
       <c r="E6" t="s">
-        <v>53</v>
+        <v>961</v>
       </c>
       <c r="F6" t="s">
         <v>13</v>
       </c>
       <c r="G6" t="s">
-        <v>54</v>
+        <v>962</v>
       </c>
       <c r="H6" t="s">
-        <v>55</v>
+        <v>963</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>27</v>
+        <v>939</v>
       </c>
       <c r="B7" t="s">
-        <v>56</v>
+        <v>964</v>
       </c>
       <c r="C7" t="s">
-        <v>57</v>
+        <v>965</v>
       </c>
       <c r="D7" t="s">
-        <v>58</v>
+        <v>13</v>
       </c>
       <c r="E7" t="s">
-        <v>59</v>
+        <v>966</v>
       </c>
       <c r="F7" t="s">
         <v>13</v>
       </c>
       <c r="G7" t="s">
-        <v>60</v>
+        <v>967</v>
       </c>
       <c r="H7" t="s">
-        <v>61</v>
+        <v>968</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>27</v>
+        <v>939</v>
       </c>
       <c r="B8" t="s">
-        <v>62</v>
+        <v>969</v>
       </c>
       <c r="C8" t="s">
-        <v>63</v>
+        <v>970</v>
       </c>
       <c r="D8" t="s">
-        <v>64</v>
+        <v>13</v>
       </c>
       <c r="E8" t="s">
-        <v>65</v>
+        <v>971</v>
       </c>
       <c r="F8" t="s">
         <v>13</v>
       </c>
       <c r="G8" t="s">
-        <v>66</v>
+        <v>972</v>
       </c>
       <c r="H8" t="s">
-        <v>67</v>
+        <v>973</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>27</v>
+        <v>939</v>
       </c>
       <c r="B9" t="s">
-        <v>68</v>
+        <v>974</v>
       </c>
       <c r="C9" t="s">
-        <v>69</v>
+        <v>975</v>
       </c>
       <c r="D9" t="s">
-        <v>70</v>
+        <v>13</v>
       </c>
       <c r="E9" t="s">
-        <v>71</v>
+        <v>976</v>
       </c>
       <c r="F9" t="s">
         <v>13</v>
       </c>
       <c r="G9" t="s">
-        <v>72</v>
+        <v>977</v>
       </c>
       <c r="H9" t="s">
-        <v>73</v>
+        <v>978</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:J17"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>33</v>
+      </c>
+      <c r="J1" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>35</v>
+      </c>
+      <c r="B2" t="s">
+        <v>36</v>
+      </c>
+      <c r="C2" t="s">
+        <v>37</v>
+      </c>
+      <c r="D2" t="s">
+        <v>38</v>
+      </c>
+      <c r="E2" t="s">
+        <v>39</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>40</v>
+      </c>
+      <c r="H2" t="s">
+        <v>41</v>
+      </c>
+      <c r="I2" t="s">
+        <v>13</v>
+      </c>
+      <c r="J2" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>35</v>
+      </c>
+      <c r="B3" t="s">
+        <v>42</v>
+      </c>
+      <c r="C3" t="s">
+        <v>13</v>
+      </c>
+      <c r="D3" t="s">
+        <v>43</v>
+      </c>
+      <c r="E3" t="s">
+        <v>44</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>45</v>
+      </c>
+      <c r="H3" t="s">
+        <v>46</v>
+      </c>
+      <c r="I3" t="s">
+        <v>47</v>
+      </c>
+      <c r="J3" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>35</v>
+      </c>
+      <c r="B4" t="s">
+        <v>49</v>
+      </c>
+      <c r="C4" t="s">
+        <v>13</v>
+      </c>
+      <c r="D4" t="s">
+        <v>50</v>
+      </c>
+      <c r="E4" t="s">
+        <v>51</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>52</v>
+      </c>
+      <c r="H4" t="s">
+        <v>53</v>
+      </c>
+      <c r="I4" t="s">
+        <v>54</v>
+      </c>
+      <c r="J4" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>35</v>
+      </c>
+      <c r="B5" t="s">
+        <v>56</v>
+      </c>
+      <c r="C5" t="s">
+        <v>13</v>
+      </c>
+      <c r="D5" t="s">
+        <v>50</v>
+      </c>
+      <c r="E5" t="s">
+        <v>57</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>58</v>
+      </c>
+      <c r="H5" t="s">
+        <v>59</v>
+      </c>
+      <c r="I5" t="s">
+        <v>54</v>
+      </c>
+      <c r="J5" t="s">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>35</v>
+      </c>
+      <c r="B6" t="s">
+        <v>49</v>
+      </c>
+      <c r="C6" t="s">
+        <v>13</v>
+      </c>
+      <c r="D6" t="s">
+        <v>61</v>
+      </c>
+      <c r="E6" t="s">
+        <v>62</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
+        <v>63</v>
+      </c>
+      <c r="H6" t="s">
+        <v>64</v>
+      </c>
+      <c r="I6" t="s">
+        <v>65</v>
+      </c>
+      <c r="J6" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>35</v>
+      </c>
+      <c r="B7" t="s">
+        <v>56</v>
+      </c>
+      <c r="C7" t="s">
+        <v>13</v>
+      </c>
+      <c r="D7" t="s">
+        <v>61</v>
+      </c>
+      <c r="E7" t="s">
+        <v>67</v>
+      </c>
+      <c r="F7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G7" t="s">
+        <v>68</v>
+      </c>
+      <c r="H7" t="s">
+        <v>69</v>
+      </c>
+      <c r="I7" t="s">
+        <v>13</v>
+      </c>
+      <c r="J7" t="s">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>35</v>
+      </c>
+      <c r="B8" t="s">
+        <v>70</v>
+      </c>
+      <c r="C8" t="s">
+        <v>13</v>
+      </c>
+      <c r="D8" t="s">
+        <v>61</v>
+      </c>
+      <c r="E8" t="s">
+        <v>71</v>
+      </c>
+      <c r="F8" t="s">
+        <v>13</v>
+      </c>
+      <c r="G8" t="s">
+        <v>72</v>
+      </c>
+      <c r="H8" t="s">
+        <v>73</v>
+      </c>
+      <c r="I8" t="s">
+        <v>13</v>
+      </c>
+      <c r="J8" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>35</v>
+      </c>
+      <c r="B9" t="s">
+        <v>74</v>
+      </c>
+      <c r="C9" t="s">
+        <v>13</v>
+      </c>
+      <c r="D9" t="s">
+        <v>75</v>
+      </c>
+      <c r="E9" t="s">
+        <v>76</v>
+      </c>
+      <c r="F9" t="s">
+        <v>13</v>
+      </c>
+      <c r="G9" t="s">
+        <v>77</v>
+      </c>
+      <c r="H9" t="s">
+        <v>78</v>
+      </c>
+      <c r="I9" t="s">
+        <v>13</v>
+      </c>
+      <c r="J9" t="s">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>35</v>
+      </c>
+      <c r="B10" t="s">
+        <v>80</v>
+      </c>
+      <c r="C10" t="s">
+        <v>13</v>
+      </c>
+      <c r="D10" t="s">
+        <v>81</v>
+      </c>
+      <c r="E10" t="s">
+        <v>82</v>
+      </c>
+      <c r="F10" t="s">
+        <v>13</v>
+      </c>
+      <c r="G10" t="s">
+        <v>83</v>
+      </c>
+      <c r="H10" t="s">
+        <v>84</v>
+      </c>
+      <c r="I10" t="s">
+        <v>13</v>
+      </c>
+      <c r="J10" t="s">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>35</v>
+      </c>
+      <c r="B11" t="s">
+        <v>86</v>
+      </c>
+      <c r="C11" t="s">
+        <v>13</v>
+      </c>
+      <c r="D11" t="s">
+        <v>87</v>
+      </c>
+      <c r="E11" t="s">
+        <v>88</v>
+      </c>
+      <c r="F11" t="s">
+        <v>13</v>
+      </c>
+      <c r="G11" t="s">
+        <v>89</v>
+      </c>
+      <c r="H11" t="s">
+        <v>90</v>
+      </c>
+      <c r="I11" t="s">
+        <v>13</v>
+      </c>
+      <c r="J11" t="s">
+        <v>91</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>35</v>
+      </c>
+      <c r="B12" t="s">
+        <v>92</v>
+      </c>
+      <c r="C12" t="s">
+        <v>13</v>
+      </c>
+      <c r="D12" t="s">
+        <v>87</v>
+      </c>
+      <c r="E12" t="s">
+        <v>93</v>
+      </c>
+      <c r="F12" t="s">
+        <v>13</v>
+      </c>
+      <c r="G12" t="s">
+        <v>94</v>
+      </c>
+      <c r="H12" t="s">
+        <v>95</v>
+      </c>
+      <c r="I12" t="s">
+        <v>13</v>
+      </c>
+      <c r="J12" t="s">
+        <v>91</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="s">
+        <v>35</v>
+      </c>
+      <c r="B13" t="s">
+        <v>96</v>
+      </c>
+      <c r="C13" t="s">
+        <v>13</v>
+      </c>
+      <c r="D13" t="s">
+        <v>97</v>
+      </c>
+      <c r="E13" t="s">
+        <v>97</v>
+      </c>
+      <c r="F13" t="s">
+        <v>13</v>
+      </c>
+      <c r="G13" t="s">
+        <v>98</v>
+      </c>
+      <c r="H13" t="s">
+        <v>99</v>
+      </c>
+      <c r="I13" t="s">
+        <v>13</v>
+      </c>
+      <c r="J13" t="s">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" t="s">
+        <v>35</v>
+      </c>
+      <c r="B14" t="s">
+        <v>101</v>
+      </c>
+      <c r="C14" t="s">
+        <v>13</v>
+      </c>
+      <c r="D14" t="s">
+        <v>97</v>
+      </c>
+      <c r="E14" t="s">
+        <v>97</v>
+      </c>
+      <c r="F14" t="s">
+        <v>13</v>
+      </c>
+      <c r="G14" t="s">
+        <v>102</v>
+      </c>
+      <c r="H14" t="s">
+        <v>103</v>
+      </c>
+      <c r="I14" t="s">
+        <v>13</v>
+      </c>
+      <c r="J14" t="s">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" t="s">
+        <v>35</v>
+      </c>
+      <c r="B15" t="s">
+        <v>104</v>
+      </c>
+      <c r="C15" t="s">
+        <v>13</v>
+      </c>
+      <c r="D15" t="s">
+        <v>105</v>
+      </c>
+      <c r="E15" t="s">
+        <v>105</v>
+      </c>
+      <c r="F15" t="s">
+        <v>13</v>
+      </c>
+      <c r="G15" t="s">
+        <v>106</v>
+      </c>
+      <c r="H15" t="s">
+        <v>107</v>
+      </c>
+      <c r="I15" t="s">
+        <v>13</v>
+      </c>
+      <c r="J15" t="s">
+        <v>108</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" t="s">
+        <v>35</v>
+      </c>
+      <c r="B16" t="s">
+        <v>109</v>
+      </c>
+      <c r="C16" t="s">
+        <v>13</v>
+      </c>
+      <c r="D16" t="s">
+        <v>110</v>
+      </c>
+      <c r="E16" t="s">
+        <v>110</v>
+      </c>
+      <c r="F16" t="s">
+        <v>13</v>
+      </c>
+      <c r="G16" t="s">
+        <v>111</v>
+      </c>
+      <c r="H16" t="s">
+        <v>112</v>
+      </c>
+      <c r="I16" t="s">
+        <v>13</v>
+      </c>
+      <c r="J16" t="s">
+        <v>113</v>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" t="s">
+        <v>35</v>
+      </c>
+      <c r="B17" t="s">
+        <v>114</v>
+      </c>
+      <c r="C17" t="s">
+        <v>13</v>
+      </c>
+      <c r="D17" t="s">
+        <v>110</v>
+      </c>
+      <c r="E17" t="s">
+        <v>110</v>
+      </c>
+      <c r="F17" t="s">
+        <v>13</v>
+      </c>
+      <c r="G17" t="s">
+        <v>115</v>
+      </c>
+      <c r="H17" t="s">
+        <v>116</v>
+      </c>
+      <c r="I17" t="s">
+        <v>13</v>
+      </c>
+      <c r="J17" t="s">
+        <v>113</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:J1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H58"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>117</v>
+      </c>
+      <c r="B2" t="s">
+        <v>118</v>
+      </c>
+      <c r="C2" t="s">
+        <v>119</v>
+      </c>
+      <c r="D2" t="s">
+        <v>120</v>
+      </c>
+      <c r="E2" t="s">
+        <v>121</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>122</v>
+      </c>
+      <c r="H2" t="s">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>117</v>
+      </c>
+      <c r="B3" t="s">
+        <v>124</v>
+      </c>
+      <c r="C3" t="s">
+        <v>125</v>
+      </c>
+      <c r="D3" t="s">
+        <v>126</v>
+      </c>
+      <c r="E3" t="s">
+        <v>127</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>128</v>
+      </c>
+      <c r="H3" t="s">
+        <v>129</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>117</v>
+      </c>
+      <c r="B4" t="s">
+        <v>130</v>
+      </c>
+      <c r="C4" t="s">
+        <v>131</v>
+      </c>
+      <c r="D4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E4" t="s">
+        <v>132</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>133</v>
+      </c>
+      <c r="H4" t="s">
+        <v>134</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>117</v>
+      </c>
+      <c r="B5" t="s">
+        <v>135</v>
+      </c>
+      <c r="C5" t="s">
+        <v>136</v>
+      </c>
+      <c r="D5" t="s">
+        <v>13</v>
+      </c>
+      <c r="E5" t="s">
+        <v>137</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>138</v>
+      </c>
+      <c r="H5" t="s">
+        <v>139</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>117</v>
+      </c>
+      <c r="B6" t="s">
+        <v>140</v>
+      </c>
+      <c r="C6" t="s">
+        <v>141</v>
+      </c>
+      <c r="D6" t="s">
+        <v>13</v>
+      </c>
+      <c r="E6" t="s">
+        <v>142</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
+        <v>143</v>
+      </c>
+      <c r="H6" t="s">
+        <v>144</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>117</v>
+      </c>
+      <c r="B7" t="s">
+        <v>145</v>
+      </c>
+      <c r="C7" t="s">
+        <v>146</v>
+      </c>
+      <c r="D7" t="s">
+        <v>13</v>
+      </c>
+      <c r="E7" t="s">
+        <v>147</v>
+      </c>
+      <c r="F7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G7" t="s">
+        <v>148</v>
+      </c>
+      <c r="H7" t="s">
+        <v>149</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>117</v>
+      </c>
+      <c r="B8" t="s">
+        <v>150</v>
+      </c>
+      <c r="C8" t="s">
+        <v>151</v>
+      </c>
+      <c r="D8" t="s">
+        <v>152</v>
+      </c>
+      <c r="E8" t="s">
+        <v>153</v>
+      </c>
+      <c r="F8" t="s">
+        <v>13</v>
+      </c>
+      <c r="G8" t="s">
+        <v>154</v>
+      </c>
+      <c r="H8" t="s">
+        <v>155</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>117</v>
+      </c>
+      <c r="B9" t="s">
+        <v>156</v>
+      </c>
+      <c r="C9" t="s">
+        <v>157</v>
+      </c>
+      <c r="D9" t="s">
+        <v>13</v>
+      </c>
+      <c r="E9" t="s">
+        <v>158</v>
+      </c>
+      <c r="F9" t="s">
+        <v>13</v>
+      </c>
+      <c r="G9" t="s">
+        <v>159</v>
+      </c>
+      <c r="H9" t="s">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>117</v>
+      </c>
+      <c r="B10" t="s">
+        <v>161</v>
+      </c>
+      <c r="C10" t="s">
+        <v>162</v>
+      </c>
+      <c r="D10" t="s">
+        <v>163</v>
+      </c>
+      <c r="E10" t="s">
+        <v>164</v>
+      </c>
+      <c r="F10" t="s">
+        <v>13</v>
+      </c>
+      <c r="G10" t="s">
+        <v>165</v>
+      </c>
+      <c r="H10" t="s">
+        <v>166</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>117</v>
+      </c>
+      <c r="B11" t="s">
+        <v>167</v>
+      </c>
+      <c r="C11" t="s">
+        <v>168</v>
+      </c>
+      <c r="D11" t="s">
+        <v>169</v>
+      </c>
+      <c r="E11" t="s">
+        <v>170</v>
+      </c>
+      <c r="F11" t="s">
+        <v>13</v>
+      </c>
+      <c r="G11" t="s">
+        <v>171</v>
+      </c>
+      <c r="H11" t="s">
+        <v>172</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>117</v>
+      </c>
+      <c r="B12" t="s">
+        <v>173</v>
+      </c>
+      <c r="C12" t="s">
+        <v>174</v>
+      </c>
+      <c r="D12" t="s">
+        <v>13</v>
+      </c>
+      <c r="E12" t="s">
+        <v>175</v>
+      </c>
+      <c r="F12" t="s">
+        <v>13</v>
+      </c>
+      <c r="G12" t="s">
+        <v>176</v>
+      </c>
+      <c r="H12" t="s">
+        <v>177</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="s">
+        <v>117</v>
+      </c>
+      <c r="B13" t="s">
+        <v>178</v>
+      </c>
+      <c r="C13" t="s">
+        <v>179</v>
+      </c>
+      <c r="D13" t="s">
+        <v>180</v>
+      </c>
+      <c r="E13" t="s">
+        <v>181</v>
+      </c>
+      <c r="F13" t="s">
+        <v>13</v>
+      </c>
+      <c r="G13" t="s">
+        <v>182</v>
+      </c>
+      <c r="H13" t="s">
+        <v>183</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" t="s">
+        <v>117</v>
+      </c>
+      <c r="B14" t="s">
+        <v>184</v>
+      </c>
+      <c r="C14" t="s">
+        <v>185</v>
+      </c>
+      <c r="D14" t="s">
+        <v>13</v>
+      </c>
+      <c r="E14" t="s">
+        <v>186</v>
+      </c>
+      <c r="F14" t="s">
+        <v>13</v>
+      </c>
+      <c r="G14" t="s">
+        <v>187</v>
+      </c>
+      <c r="H14" t="s">
+        <v>188</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" t="s">
+        <v>117</v>
+      </c>
+      <c r="B15" t="s">
+        <v>189</v>
+      </c>
+      <c r="C15" t="s">
+        <v>190</v>
+      </c>
+      <c r="D15" t="s">
+        <v>13</v>
+      </c>
+      <c r="E15" t="s">
+        <v>191</v>
+      </c>
+      <c r="F15" t="s">
+        <v>13</v>
+      </c>
+      <c r="G15" t="s">
+        <v>192</v>
+      </c>
+      <c r="H15" t="s">
+        <v>193</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" t="s">
+        <v>117</v>
+      </c>
+      <c r="B16" t="s">
+        <v>194</v>
+      </c>
+      <c r="C16" t="s">
+        <v>195</v>
+      </c>
+      <c r="D16" t="s">
+        <v>196</v>
+      </c>
+      <c r="E16" t="s">
+        <v>197</v>
+      </c>
+      <c r="F16" t="s">
+        <v>13</v>
+      </c>
+      <c r="G16" t="s">
+        <v>198</v>
+      </c>
+      <c r="H16" t="s">
+        <v>199</v>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" t="s">
+        <v>117</v>
+      </c>
+      <c r="B17" t="s">
+        <v>200</v>
+      </c>
+      <c r="C17" t="s">
+        <v>201</v>
+      </c>
+      <c r="D17" t="s">
+        <v>13</v>
+      </c>
+      <c r="E17" t="s">
+        <v>202</v>
+      </c>
+      <c r="F17" t="s">
+        <v>13</v>
+      </c>
+      <c r="G17" t="s">
+        <v>203</v>
+      </c>
+      <c r="H17" t="s">
+        <v>204</v>
+      </c>
+    </row>
+    <row r="18">
+      <c r="A18" t="s">
+        <v>117</v>
+      </c>
+      <c r="B18" t="s">
+        <v>205</v>
+      </c>
+      <c r="C18" t="s">
+        <v>206</v>
+      </c>
+      <c r="D18" t="s">
+        <v>13</v>
+      </c>
+      <c r="E18" t="s">
+        <v>202</v>
+      </c>
+      <c r="F18" t="s">
+        <v>13</v>
+      </c>
+      <c r="G18" t="s">
+        <v>207</v>
+      </c>
+      <c r="H18" t="s">
+        <v>208</v>
+      </c>
+    </row>
+    <row r="19">
+      <c r="A19" t="s">
+        <v>117</v>
+      </c>
+      <c r="B19" t="s">
+        <v>209</v>
+      </c>
+      <c r="C19" t="s">
+        <v>210</v>
+      </c>
+      <c r="D19" t="s">
+        <v>13</v>
+      </c>
+      <c r="E19" t="s">
+        <v>211</v>
+      </c>
+      <c r="F19" t="s">
+        <v>13</v>
+      </c>
+      <c r="G19" t="s">
+        <v>212</v>
+      </c>
+      <c r="H19" t="s">
+        <v>213</v>
+      </c>
+    </row>
+    <row r="20">
+      <c r="A20" t="s">
+        <v>117</v>
+      </c>
+      <c r="B20" t="s">
+        <v>214</v>
+      </c>
+      <c r="C20" t="s">
+        <v>215</v>
+      </c>
+      <c r="D20" t="s">
+        <v>13</v>
+      </c>
+      <c r="E20" t="s">
+        <v>211</v>
+      </c>
+      <c r="F20" t="s">
+        <v>13</v>
+      </c>
+      <c r="G20" t="s">
+        <v>216</v>
+      </c>
+      <c r="H20" t="s">
+        <v>217</v>
+      </c>
+    </row>
+    <row r="21">
+      <c r="A21" t="s">
+        <v>117</v>
+      </c>
+      <c r="B21" t="s">
+        <v>218</v>
+      </c>
+      <c r="C21" t="s">
+        <v>219</v>
+      </c>
+      <c r="D21" t="s">
+        <v>13</v>
+      </c>
+      <c r="E21" t="s">
+        <v>211</v>
+      </c>
+      <c r="F21" t="s">
+        <v>13</v>
+      </c>
+      <c r="G21" t="s">
+        <v>220</v>
+      </c>
+      <c r="H21" t="s">
+        <v>221</v>
+      </c>
+    </row>
+    <row r="22">
+      <c r="A22" t="s">
+        <v>117</v>
+      </c>
+      <c r="B22" t="s">
+        <v>222</v>
+      </c>
+      <c r="C22" t="s">
+        <v>223</v>
+      </c>
+      <c r="D22" t="s">
+        <v>13</v>
+      </c>
+      <c r="E22" t="s">
+        <v>224</v>
+      </c>
+      <c r="F22" t="s">
+        <v>13</v>
+      </c>
+      <c r="G22" t="s">
+        <v>225</v>
+      </c>
+      <c r="H22" t="s">
+        <v>226</v>
+      </c>
+    </row>
+    <row r="23">
+      <c r="A23" t="s">
+        <v>117</v>
+      </c>
+      <c r="B23" t="s">
+        <v>227</v>
+      </c>
+      <c r="C23" t="s">
+        <v>228</v>
+      </c>
+      <c r="D23" t="s">
+        <v>13</v>
+      </c>
+      <c r="E23" t="s">
+        <v>229</v>
+      </c>
+      <c r="F23" t="s">
+        <v>13</v>
+      </c>
+      <c r="G23" t="s">
+        <v>230</v>
+      </c>
+      <c r="H23" t="s">
+        <v>231</v>
+      </c>
+    </row>
+    <row r="24">
+      <c r="A24" t="s">
+        <v>117</v>
+      </c>
+      <c r="B24" t="s">
+        <v>232</v>
+      </c>
+      <c r="C24" t="s">
+        <v>233</v>
+      </c>
+      <c r="D24" t="s">
+        <v>13</v>
+      </c>
+      <c r="E24" t="s">
+        <v>229</v>
+      </c>
+      <c r="F24" t="s">
+        <v>13</v>
+      </c>
+      <c r="G24" t="s">
+        <v>234</v>
+      </c>
+      <c r="H24" t="s">
+        <v>235</v>
+      </c>
+    </row>
+    <row r="25">
+      <c r="A25" t="s">
+        <v>117</v>
+      </c>
+      <c r="B25" t="s">
+        <v>236</v>
+      </c>
+      <c r="C25" t="s">
+        <v>237</v>
+      </c>
+      <c r="D25" t="s">
+        <v>13</v>
+      </c>
+      <c r="E25" t="s">
+        <v>238</v>
+      </c>
+      <c r="F25" t="s">
+        <v>13</v>
+      </c>
+      <c r="G25" t="s">
+        <v>239</v>
+      </c>
+      <c r="H25" t="s">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="26">
+      <c r="A26" t="s">
+        <v>117</v>
+      </c>
+      <c r="B26" t="s">
+        <v>241</v>
+      </c>
+      <c r="C26" t="s">
+        <v>242</v>
+      </c>
+      <c r="D26" t="s">
+        <v>13</v>
+      </c>
+      <c r="E26" t="s">
+        <v>243</v>
+      </c>
+      <c r="F26" t="s">
+        <v>13</v>
+      </c>
+      <c r="G26" t="s">
+        <v>244</v>
+      </c>
+      <c r="H26" t="s">
+        <v>245</v>
+      </c>
+    </row>
+    <row r="27">
+      <c r="A27" t="s">
+        <v>117</v>
+      </c>
+      <c r="B27" t="s">
+        <v>246</v>
+      </c>
+      <c r="C27" t="s">
+        <v>247</v>
+      </c>
+      <c r="D27" t="s">
+        <v>13</v>
+      </c>
+      <c r="E27" t="s">
+        <v>248</v>
+      </c>
+      <c r="F27" t="s">
+        <v>13</v>
+      </c>
+      <c r="G27" t="s">
+        <v>249</v>
+      </c>
+      <c r="H27" t="s">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="28">
+      <c r="A28" t="s">
+        <v>117</v>
+      </c>
+      <c r="B28" t="s">
+        <v>251</v>
+      </c>
+      <c r="C28" t="s">
+        <v>252</v>
+      </c>
+      <c r="D28" t="s">
+        <v>13</v>
+      </c>
+      <c r="E28" t="s">
+        <v>253</v>
+      </c>
+      <c r="F28" t="s">
+        <v>13</v>
+      </c>
+      <c r="G28" t="s">
+        <v>254</v>
+      </c>
+      <c r="H28" t="s">
+        <v>255</v>
+      </c>
+    </row>
+    <row r="29">
+      <c r="A29" t="s">
+        <v>117</v>
+      </c>
+      <c r="B29" t="s">
+        <v>256</v>
+      </c>
+      <c r="C29" t="s">
+        <v>257</v>
+      </c>
+      <c r="D29" t="s">
+        <v>13</v>
+      </c>
+      <c r="E29" t="s">
+        <v>258</v>
+      </c>
+      <c r="F29" t="s">
+        <v>13</v>
+      </c>
+      <c r="G29" t="s">
+        <v>259</v>
+      </c>
+      <c r="H29" t="s">
+        <v>260</v>
+      </c>
+    </row>
+    <row r="30">
+      <c r="A30" t="s">
+        <v>117</v>
+      </c>
+      <c r="B30" t="s">
+        <v>261</v>
+      </c>
+      <c r="C30" t="s">
+        <v>262</v>
+      </c>
+      <c r="D30" t="s">
+        <v>13</v>
+      </c>
+      <c r="E30" t="s">
+        <v>258</v>
+      </c>
+      <c r="F30" t="s">
+        <v>13</v>
+      </c>
+      <c r="G30" t="s">
+        <v>263</v>
+      </c>
+      <c r="H30" t="s">
+        <v>264</v>
+      </c>
+    </row>
+    <row r="31">
+      <c r="A31" t="s">
+        <v>117</v>
+      </c>
+      <c r="B31" t="s">
+        <v>265</v>
+      </c>
+      <c r="C31" t="s">
+        <v>266</v>
+      </c>
+      <c r="D31" t="s">
+        <v>13</v>
+      </c>
+      <c r="E31" t="s">
+        <v>267</v>
+      </c>
+      <c r="F31" t="s">
+        <v>13</v>
+      </c>
+      <c r="G31" t="s">
+        <v>268</v>
+      </c>
+      <c r="H31" t="s">
+        <v>269</v>
+      </c>
+    </row>
+    <row r="32">
+      <c r="A32" t="s">
+        <v>117</v>
+      </c>
+      <c r="B32" t="s">
+        <v>270</v>
+      </c>
+      <c r="C32" t="s">
+        <v>271</v>
+      </c>
+      <c r="D32" t="s">
+        <v>13</v>
+      </c>
+      <c r="E32" t="s">
+        <v>272</v>
+      </c>
+      <c r="F32" t="s">
+        <v>13</v>
+      </c>
+      <c r="G32" t="s">
+        <v>273</v>
+      </c>
+      <c r="H32" t="s">
+        <v>274</v>
+      </c>
+    </row>
+    <row r="33">
+      <c r="A33" t="s">
+        <v>117</v>
+      </c>
+      <c r="B33" t="s">
+        <v>275</v>
+      </c>
+      <c r="C33" t="s">
+        <v>276</v>
+      </c>
+      <c r="D33" t="s">
+        <v>13</v>
+      </c>
+      <c r="E33" t="s">
+        <v>277</v>
+      </c>
+      <c r="F33" t="s">
+        <v>13</v>
+      </c>
+      <c r="G33" t="s">
+        <v>278</v>
+      </c>
+      <c r="H33" t="s">
+        <v>279</v>
+      </c>
+    </row>
+    <row r="34">
+      <c r="A34" t="s">
+        <v>117</v>
+      </c>
+      <c r="B34" t="s">
+        <v>280</v>
+      </c>
+      <c r="C34" t="s">
+        <v>281</v>
+      </c>
+      <c r="D34" t="s">
+        <v>13</v>
+      </c>
+      <c r="E34" t="s">
+        <v>282</v>
+      </c>
+      <c r="F34" t="s">
+        <v>13</v>
+      </c>
+      <c r="G34" t="s">
+        <v>283</v>
+      </c>
+      <c r="H34" t="s">
+        <v>284</v>
+      </c>
+    </row>
+    <row r="35">
+      <c r="A35" t="s">
+        <v>117</v>
+      </c>
+      <c r="B35" t="s">
+        <v>285</v>
+      </c>
+      <c r="C35" t="s">
+        <v>286</v>
+      </c>
+      <c r="D35" t="s">
+        <v>13</v>
+      </c>
+      <c r="E35" t="s">
+        <v>282</v>
+      </c>
+      <c r="F35" t="s">
+        <v>13</v>
+      </c>
+      <c r="G35" t="s">
+        <v>287</v>
+      </c>
+      <c r="H35" t="s">
+        <v>288</v>
+      </c>
+    </row>
+    <row r="36">
+      <c r="A36" t="s">
+        <v>117</v>
+      </c>
+      <c r="B36" t="s">
+        <v>289</v>
+      </c>
+      <c r="C36" t="s">
+        <v>290</v>
+      </c>
+      <c r="D36" t="s">
+        <v>13</v>
+      </c>
+      <c r="E36" t="s">
+        <v>291</v>
+      </c>
+      <c r="F36" t="s">
+        <v>13</v>
+      </c>
+      <c r="G36" t="s">
+        <v>292</v>
+      </c>
+      <c r="H36" t="s">
+        <v>293</v>
+      </c>
+    </row>
+    <row r="37">
+      <c r="A37" t="s">
+        <v>117</v>
+      </c>
+      <c r="B37" t="s">
+        <v>294</v>
+      </c>
+      <c r="C37" t="s">
+        <v>295</v>
+      </c>
+      <c r="D37" t="s">
+        <v>13</v>
+      </c>
+      <c r="E37" t="s">
+        <v>291</v>
+      </c>
+      <c r="F37" t="s">
+        <v>13</v>
+      </c>
+      <c r="G37" t="s">
+        <v>296</v>
+      </c>
+      <c r="H37" t="s">
+        <v>297</v>
+      </c>
+    </row>
+    <row r="38">
+      <c r="A38" t="s">
+        <v>117</v>
+      </c>
+      <c r="B38" t="s">
+        <v>298</v>
+      </c>
+      <c r="C38" t="s">
+        <v>299</v>
+      </c>
+      <c r="D38" t="s">
+        <v>13</v>
+      </c>
+      <c r="E38" t="s">
+        <v>291</v>
+      </c>
+      <c r="F38" t="s">
+        <v>13</v>
+      </c>
+      <c r="G38" t="s">
+        <v>300</v>
+      </c>
+      <c r="H38" t="s">
+        <v>301</v>
+      </c>
+    </row>
+    <row r="39">
+      <c r="A39" t="s">
+        <v>117</v>
+      </c>
+      <c r="B39" t="s">
+        <v>302</v>
+      </c>
+      <c r="C39" t="s">
+        <v>303</v>
+      </c>
+      <c r="D39" t="s">
+        <v>13</v>
+      </c>
+      <c r="E39" t="s">
+        <v>304</v>
+      </c>
+      <c r="F39" t="s">
+        <v>13</v>
+      </c>
+      <c r="G39" t="s">
+        <v>305</v>
+      </c>
+      <c r="H39" t="s">
+        <v>306</v>
+      </c>
+    </row>
+    <row r="40">
+      <c r="A40" t="s">
+        <v>117</v>
+      </c>
+      <c r="B40" t="s">
+        <v>307</v>
+      </c>
+      <c r="C40" t="s">
+        <v>308</v>
+      </c>
+      <c r="D40" t="s">
+        <v>13</v>
+      </c>
+      <c r="E40" t="s">
+        <v>309</v>
+      </c>
+      <c r="F40" t="s">
+        <v>13</v>
+      </c>
+      <c r="G40" t="s">
+        <v>310</v>
+      </c>
+      <c r="H40" t="s">
+        <v>311</v>
+      </c>
+    </row>
+    <row r="41">
+      <c r="A41" t="s">
+        <v>117</v>
+      </c>
+      <c r="B41" t="s">
+        <v>312</v>
+      </c>
+      <c r="C41" t="s">
+        <v>313</v>
+      </c>
+      <c r="D41" t="s">
+        <v>13</v>
+      </c>
+      <c r="E41" t="s">
+        <v>314</v>
+      </c>
+      <c r="F41" t="s">
+        <v>13</v>
+      </c>
+      <c r="G41" t="s">
+        <v>315</v>
+      </c>
+      <c r="H41" t="s">
+        <v>316</v>
+      </c>
+    </row>
+    <row r="42">
+      <c r="A42" t="s">
+        <v>117</v>
+      </c>
+      <c r="B42" t="s">
+        <v>317</v>
+      </c>
+      <c r="C42" t="s">
+        <v>318</v>
+      </c>
+      <c r="D42" t="s">
+        <v>13</v>
+      </c>
+      <c r="E42" t="s">
+        <v>319</v>
+      </c>
+      <c r="F42" t="s">
+        <v>13</v>
+      </c>
+      <c r="G42" t="s">
+        <v>320</v>
+      </c>
+      <c r="H42" t="s">
+        <v>321</v>
+      </c>
+    </row>
+    <row r="43">
+      <c r="A43" t="s">
+        <v>117</v>
+      </c>
+      <c r="B43" t="s">
+        <v>322</v>
+      </c>
+      <c r="C43" t="s">
+        <v>323</v>
+      </c>
+      <c r="D43" t="s">
+        <v>13</v>
+      </c>
+      <c r="E43" t="s">
+        <v>324</v>
+      </c>
+      <c r="F43" t="s">
+        <v>13</v>
+      </c>
+      <c r="G43" t="s">
+        <v>325</v>
+      </c>
+      <c r="H43" t="s">
+        <v>326</v>
+      </c>
+    </row>
+    <row r="44">
+      <c r="A44" t="s">
+        <v>117</v>
+      </c>
+      <c r="B44" t="s">
+        <v>327</v>
+      </c>
+      <c r="C44" t="s">
+        <v>328</v>
+      </c>
+      <c r="D44" t="s">
+        <v>13</v>
+      </c>
+      <c r="E44" t="s">
+        <v>329</v>
+      </c>
+      <c r="F44" t="s">
+        <v>13</v>
+      </c>
+      <c r="G44" t="s">
+        <v>330</v>
+      </c>
+      <c r="H44" t="s">
+        <v>331</v>
+      </c>
+    </row>
+    <row r="45">
+      <c r="A45" t="s">
+        <v>117</v>
+      </c>
+      <c r="B45" t="s">
+        <v>332</v>
+      </c>
+      <c r="C45" t="s">
+        <v>13</v>
+      </c>
+      <c r="D45" t="s">
+        <v>333</v>
+      </c>
+      <c r="E45" t="s">
+        <v>334</v>
+      </c>
+      <c r="F45" t="s">
+        <v>13</v>
+      </c>
+      <c r="G45" t="s">
+        <v>335</v>
+      </c>
+      <c r="H45" t="s">
+        <v>336</v>
+      </c>
+    </row>
+    <row r="46">
+      <c r="A46" t="s">
+        <v>117</v>
+      </c>
+      <c r="B46" t="s">
+        <v>337</v>
+      </c>
+      <c r="C46" t="s">
+        <v>338</v>
+      </c>
+      <c r="D46" t="s">
+        <v>13</v>
+      </c>
+      <c r="E46" t="s">
+        <v>339</v>
+      </c>
+      <c r="F46" t="s">
+        <v>13</v>
+      </c>
+      <c r="G46" t="s">
+        <v>340</v>
+      </c>
+      <c r="H46" t="s">
+        <v>341</v>
+      </c>
+    </row>
+    <row r="47">
+      <c r="A47" t="s">
+        <v>117</v>
+      </c>
+      <c r="B47" t="s">
+        <v>342</v>
+      </c>
+      <c r="C47" t="s">
+        <v>343</v>
+      </c>
+      <c r="D47" t="s">
+        <v>13</v>
+      </c>
+      <c r="E47" t="s">
+        <v>344</v>
+      </c>
+      <c r="F47" t="s">
+        <v>13</v>
+      </c>
+      <c r="G47" t="s">
+        <v>345</v>
+      </c>
+      <c r="H47" t="s">
+        <v>346</v>
+      </c>
+    </row>
+    <row r="48">
+      <c r="A48" t="s">
+        <v>117</v>
+      </c>
+      <c r="B48" t="s">
+        <v>347</v>
+      </c>
+      <c r="C48" t="s">
+        <v>348</v>
+      </c>
+      <c r="D48" t="s">
+        <v>13</v>
+      </c>
+      <c r="E48" t="s">
+        <v>349</v>
+      </c>
+      <c r="F48" t="s">
+        <v>13</v>
+      </c>
+      <c r="G48" t="s">
+        <v>350</v>
+      </c>
+      <c r="H48" t="s">
+        <v>351</v>
+      </c>
+    </row>
+    <row r="49">
+      <c r="A49" t="s">
+        <v>117</v>
+      </c>
+      <c r="B49" t="s">
+        <v>352</v>
+      </c>
+      <c r="C49" t="s">
+        <v>353</v>
+      </c>
+      <c r="D49" t="s">
+        <v>13</v>
+      </c>
+      <c r="E49" t="s">
+        <v>354</v>
+      </c>
+      <c r="F49" t="s">
+        <v>13</v>
+      </c>
+      <c r="G49" t="s">
+        <v>355</v>
+      </c>
+      <c r="H49" t="s">
+        <v>356</v>
+      </c>
+    </row>
+    <row r="50">
+      <c r="A50" t="s">
+        <v>117</v>
+      </c>
+      <c r="B50" t="s">
+        <v>357</v>
+      </c>
+      <c r="C50" t="s">
+        <v>358</v>
+      </c>
+      <c r="D50" t="s">
+        <v>13</v>
+      </c>
+      <c r="E50" t="s">
+        <v>359</v>
+      </c>
+      <c r="F50" t="s">
+        <v>13</v>
+      </c>
+      <c r="G50" t="s">
+        <v>360</v>
+      </c>
+      <c r="H50" t="s">
+        <v>361</v>
+      </c>
+    </row>
+    <row r="51">
+      <c r="A51" t="s">
+        <v>117</v>
+      </c>
+      <c r="B51" t="s">
+        <v>362</v>
+      </c>
+      <c r="C51" t="s">
+        <v>13</v>
+      </c>
+      <c r="D51" t="s">
+        <v>13</v>
+      </c>
+      <c r="E51" t="s">
+        <v>363</v>
+      </c>
+      <c r="F51" t="s">
+        <v>13</v>
+      </c>
+      <c r="G51" t="s">
+        <v>364</v>
+      </c>
+      <c r="H51" t="s">
+        <v>365</v>
+      </c>
+    </row>
+    <row r="52">
+      <c r="A52" t="s">
+        <v>117</v>
+      </c>
+      <c r="B52" t="s">
+        <v>366</v>
+      </c>
+      <c r="C52" t="s">
+        <v>162</v>
+      </c>
+      <c r="D52" t="s">
+        <v>367</v>
+      </c>
+      <c r="E52" t="s">
+        <v>368</v>
+      </c>
+      <c r="F52" t="s">
+        <v>13</v>
+      </c>
+      <c r="G52" t="s">
+        <v>369</v>
+      </c>
+      <c r="H52" t="s">
+        <v>370</v>
+      </c>
+    </row>
+    <row r="53">
+      <c r="A53" t="s">
+        <v>117</v>
+      </c>
+      <c r="B53" t="s">
+        <v>371</v>
+      </c>
+      <c r="C53" t="s">
+        <v>372</v>
+      </c>
+      <c r="D53" t="s">
+        <v>373</v>
+      </c>
+      <c r="E53" t="s">
+        <v>374</v>
+      </c>
+      <c r="F53" t="s">
+        <v>13</v>
+      </c>
+      <c r="G53" t="s">
+        <v>375</v>
+      </c>
+      <c r="H53" t="s">
+        <v>376</v>
+      </c>
+    </row>
+    <row r="54">
+      <c r="A54" t="s">
+        <v>117</v>
+      </c>
+      <c r="B54" t="s">
+        <v>377</v>
+      </c>
+      <c r="C54" t="s">
+        <v>162</v>
+      </c>
+      <c r="D54" t="s">
+        <v>378</v>
+      </c>
+      <c r="E54" t="s">
+        <v>379</v>
+      </c>
+      <c r="F54" t="s">
+        <v>13</v>
+      </c>
+      <c r="G54" t="s">
+        <v>380</v>
+      </c>
+      <c r="H54" t="s">
+        <v>381</v>
+      </c>
+    </row>
+    <row r="55">
+      <c r="A55" t="s">
+        <v>117</v>
+      </c>
+      <c r="B55" t="s">
+        <v>382</v>
+      </c>
+      <c r="C55" t="s">
+        <v>162</v>
+      </c>
+      <c r="D55" t="s">
+        <v>378</v>
+      </c>
+      <c r="E55" t="s">
+        <v>383</v>
+      </c>
+      <c r="F55" t="s">
+        <v>13</v>
+      </c>
+      <c r="G55" t="s">
+        <v>384</v>
+      </c>
+      <c r="H55" t="s">
+        <v>385</v>
+      </c>
+    </row>
+    <row r="56">
+      <c r="A56" t="s">
+        <v>117</v>
+      </c>
+      <c r="B56" t="s">
+        <v>386</v>
+      </c>
+      <c r="C56" t="s">
+        <v>162</v>
+      </c>
+      <c r="D56" t="s">
+        <v>378</v>
+      </c>
+      <c r="E56" t="s">
+        <v>387</v>
+      </c>
+      <c r="F56" t="s">
+        <v>13</v>
+      </c>
+      <c r="G56" t="s">
+        <v>388</v>
+      </c>
+      <c r="H56" t="s">
+        <v>389</v>
+      </c>
+    </row>
+    <row r="57">
+      <c r="A57" t="s">
+        <v>117</v>
+      </c>
+      <c r="B57" t="s">
+        <v>390</v>
+      </c>
+      <c r="C57" t="s">
+        <v>391</v>
+      </c>
+      <c r="D57" t="s">
+        <v>392</v>
+      </c>
+      <c r="E57" t="s">
+        <v>393</v>
+      </c>
+      <c r="F57" t="s">
+        <v>13</v>
+      </c>
+      <c r="G57" t="s">
+        <v>394</v>
+      </c>
+      <c r="H57" t="s">
+        <v>395</v>
+      </c>
+    </row>
+    <row r="58">
+      <c r="A58" t="s">
+        <v>117</v>
+      </c>
+      <c r="B58" t="s">
+        <v>396</v>
+      </c>
+      <c r="C58" t="s">
+        <v>397</v>
+      </c>
+      <c r="D58" t="s">
+        <v>398</v>
+      </c>
+      <c r="E58" t="s">
+        <v>399</v>
+      </c>
+      <c r="F58" t="s">
+        <v>13</v>
+      </c>
+      <c r="G58" t="s">
+        <v>400</v>
+      </c>
+      <c r="H58" t="s">
+        <v>401</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:I17"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>402</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>403</v>
+      </c>
+      <c r="B2" t="s">
+        <v>404</v>
+      </c>
+      <c r="C2" t="s">
+        <v>13</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>405</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>406</v>
+      </c>
+      <c r="H2" t="s">
+        <v>407</v>
+      </c>
+      <c r="I2" t="s">
+        <v>408</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>403</v>
+      </c>
+      <c r="B3" t="s">
+        <v>409</v>
+      </c>
+      <c r="C3" t="s">
+        <v>13</v>
+      </c>
+      <c r="D3" t="s">
+        <v>13</v>
+      </c>
+      <c r="E3" t="s">
+        <v>405</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>410</v>
+      </c>
+      <c r="H3" t="s">
+        <v>411</v>
+      </c>
+      <c r="I3" t="s">
+        <v>408</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>403</v>
+      </c>
+      <c r="B4" t="s">
+        <v>412</v>
+      </c>
+      <c r="C4" t="s">
+        <v>13</v>
+      </c>
+      <c r="D4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E4" t="s">
+        <v>413</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>414</v>
+      </c>
+      <c r="H4" t="s">
+        <v>415</v>
+      </c>
+      <c r="I4" t="s">
+        <v>408</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>403</v>
+      </c>
+      <c r="B5" t="s">
+        <v>416</v>
+      </c>
+      <c r="C5" t="s">
+        <v>13</v>
+      </c>
+      <c r="D5" t="s">
+        <v>13</v>
+      </c>
+      <c r="E5" t="s">
+        <v>417</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>418</v>
+      </c>
+      <c r="H5" t="s">
+        <v>419</v>
+      </c>
+      <c r="I5" t="s">
+        <v>408</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>403</v>
+      </c>
+      <c r="B6" t="s">
+        <v>420</v>
+      </c>
+      <c r="C6" t="s">
+        <v>13</v>
+      </c>
+      <c r="D6" t="s">
+        <v>13</v>
+      </c>
+      <c r="E6" t="s">
+        <v>421</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
+        <v>422</v>
+      </c>
+      <c r="H6" t="s">
+        <v>423</v>
+      </c>
+      <c r="I6" t="s">
+        <v>408</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>403</v>
+      </c>
+      <c r="B7" t="s">
+        <v>424</v>
+      </c>
+      <c r="C7" t="s">
+        <v>13</v>
+      </c>
+      <c r="D7" t="s">
+        <v>13</v>
+      </c>
+      <c r="E7" t="s">
+        <v>425</v>
+      </c>
+      <c r="F7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G7" t="s">
+        <v>426</v>
+      </c>
+      <c r="H7" t="s">
+        <v>427</v>
+      </c>
+      <c r="I7" t="s">
+        <v>408</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>403</v>
+      </c>
+      <c r="B8" t="s">
+        <v>428</v>
+      </c>
+      <c r="C8" t="s">
+        <v>13</v>
+      </c>
+      <c r="D8" t="s">
+        <v>13</v>
+      </c>
+      <c r="E8" t="s">
+        <v>429</v>
+      </c>
+      <c r="F8" t="s">
+        <v>13</v>
+      </c>
+      <c r="G8" t="s">
+        <v>430</v>
+      </c>
+      <c r="H8" t="s">
+        <v>431</v>
+      </c>
+      <c r="I8" t="s">
+        <v>408</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>403</v>
+      </c>
+      <c r="B9" t="s">
+        <v>432</v>
+      </c>
+      <c r="C9" t="s">
+        <v>13</v>
+      </c>
+      <c r="D9" t="s">
+        <v>13</v>
+      </c>
+      <c r="E9" t="s">
+        <v>433</v>
+      </c>
+      <c r="F9" t="s">
+        <v>13</v>
+      </c>
+      <c r="G9" t="s">
+        <v>434</v>
+      </c>
+      <c r="H9" t="s">
+        <v>435</v>
+      </c>
+      <c r="I9" t="s">
+        <v>408</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>403</v>
+      </c>
+      <c r="B10" t="s">
+        <v>436</v>
+      </c>
+      <c r="C10" t="s">
+        <v>13</v>
+      </c>
+      <c r="D10" t="s">
+        <v>13</v>
+      </c>
+      <c r="E10" t="s">
+        <v>437</v>
+      </c>
+      <c r="F10" t="s">
+        <v>13</v>
+      </c>
+      <c r="G10" t="s">
+        <v>438</v>
+      </c>
+      <c r="H10" t="s">
+        <v>439</v>
+      </c>
+      <c r="I10" t="s">
+        <v>408</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>403</v>
+      </c>
+      <c r="B11" t="s">
+        <v>440</v>
+      </c>
+      <c r="C11" t="s">
+        <v>13</v>
+      </c>
+      <c r="D11" t="s">
+        <v>13</v>
+      </c>
+      <c r="E11" t="s">
+        <v>441</v>
+      </c>
+      <c r="F11" t="s">
+        <v>13</v>
+      </c>
+      <c r="G11" t="s">
+        <v>442</v>
+      </c>
+      <c r="H11" t="s">
+        <v>443</v>
+      </c>
+      <c r="I11" t="s">
+        <v>408</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>403</v>
+      </c>
+      <c r="B12" t="s">
+        <v>444</v>
+      </c>
+      <c r="C12" t="s">
+        <v>13</v>
+      </c>
+      <c r="D12" t="s">
+        <v>13</v>
+      </c>
+      <c r="E12" t="s">
+        <v>445</v>
+      </c>
+      <c r="F12" t="s">
+        <v>13</v>
+      </c>
+      <c r="G12" t="s">
+        <v>446</v>
+      </c>
+      <c r="H12" t="s">
+        <v>447</v>
+      </c>
+      <c r="I12" t="s">
+        <v>408</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="s">
+        <v>403</v>
+      </c>
+      <c r="B13" t="s">
+        <v>448</v>
+      </c>
+      <c r="C13" t="s">
+        <v>13</v>
+      </c>
+      <c r="D13" t="s">
+        <v>13</v>
+      </c>
+      <c r="E13" t="s">
+        <v>449</v>
+      </c>
+      <c r="F13" t="s">
+        <v>13</v>
+      </c>
+      <c r="G13" t="s">
+        <v>450</v>
+      </c>
+      <c r="H13" t="s">
+        <v>451</v>
+      </c>
+      <c r="I13" t="s">
+        <v>408</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" t="s">
+        <v>403</v>
+      </c>
+      <c r="B14" t="s">
+        <v>452</v>
+      </c>
+      <c r="C14" t="s">
+        <v>13</v>
+      </c>
+      <c r="D14" t="s">
+        <v>13</v>
+      </c>
+      <c r="E14" t="s">
+        <v>453</v>
+      </c>
+      <c r="F14" t="s">
+        <v>13</v>
+      </c>
+      <c r="G14" t="s">
+        <v>454</v>
+      </c>
+      <c r="H14" t="s">
+        <v>455</v>
+      </c>
+      <c r="I14" t="s">
+        <v>408</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" t="s">
+        <v>403</v>
+      </c>
+      <c r="B15" t="s">
+        <v>456</v>
+      </c>
+      <c r="C15" t="s">
+        <v>13</v>
+      </c>
+      <c r="D15" t="s">
+        <v>13</v>
+      </c>
+      <c r="E15" t="s">
+        <v>457</v>
+      </c>
+      <c r="F15" t="s">
+        <v>13</v>
+      </c>
+      <c r="G15" t="s">
+        <v>458</v>
+      </c>
+      <c r="H15" t="s">
+        <v>459</v>
+      </c>
+      <c r="I15" t="s">
+        <v>408</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" t="s">
+        <v>403</v>
+      </c>
+      <c r="B16" t="s">
+        <v>460</v>
+      </c>
+      <c r="C16" t="s">
+        <v>13</v>
+      </c>
+      <c r="D16" t="s">
+        <v>13</v>
+      </c>
+      <c r="E16" t="s">
+        <v>461</v>
+      </c>
+      <c r="F16" t="s">
+        <v>13</v>
+      </c>
+      <c r="G16" t="s">
+        <v>462</v>
+      </c>
+      <c r="H16" t="s">
+        <v>463</v>
+      </c>
+      <c r="I16" t="s">
+        <v>408</v>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" t="s">
+        <v>403</v>
+      </c>
+      <c r="B17" t="s">
+        <v>464</v>
+      </c>
+      <c r="C17" t="s">
+        <v>13</v>
+      </c>
+      <c r="D17" t="s">
+        <v>13</v>
+      </c>
+      <c r="E17" t="s">
+        <v>465</v>
+      </c>
+      <c r="F17" t="s">
+        <v>13</v>
+      </c>
+      <c r="G17" t="s">
+        <v>466</v>
+      </c>
+      <c r="H17" t="s">
+        <v>467</v>
+      </c>
+      <c r="I17" t="s">
+        <v>408</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:I1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H5"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>468</v>
+      </c>
+      <c r="B2" t="s">
+        <v>469</v>
+      </c>
+      <c r="C2" t="s">
+        <v>470</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>471</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>472</v>
+      </c>
+      <c r="H2" t="s">
+        <v>473</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>468</v>
+      </c>
+      <c r="B3" t="s">
+        <v>474</v>
+      </c>
+      <c r="C3" t="s">
+        <v>475</v>
+      </c>
+      <c r="D3" t="s">
+        <v>13</v>
+      </c>
+      <c r="E3" t="s">
+        <v>476</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>477</v>
+      </c>
+      <c r="H3" t="s">
+        <v>478</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>468</v>
+      </c>
+      <c r="B4" t="s">
+        <v>479</v>
+      </c>
+      <c r="C4" t="s">
+        <v>480</v>
+      </c>
+      <c r="D4" t="s">
+        <v>481</v>
+      </c>
+      <c r="E4" t="s">
+        <v>482</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>483</v>
+      </c>
+      <c r="H4" t="s">
+        <v>484</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>468</v>
+      </c>
+      <c r="B5" t="s">
+        <v>485</v>
+      </c>
+      <c r="C5" t="s">
+        <v>486</v>
+      </c>
+      <c r="D5" t="s">
+        <v>13</v>
+      </c>
+      <c r="E5" t="s">
+        <v>487</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>488</v>
+      </c>
+      <c r="H5" t="s">
+        <v>489</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H13"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>490</v>
+      </c>
+      <c r="B2" t="s">
+        <v>491</v>
+      </c>
+      <c r="C2" t="s">
+        <v>492</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>493</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>494</v>
+      </c>
+      <c r="H2" t="s">
+        <v>495</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>490</v>
+      </c>
+      <c r="B3" t="s">
+        <v>496</v>
+      </c>
+      <c r="C3" t="s">
+        <v>497</v>
+      </c>
+      <c r="D3" t="s">
+        <v>13</v>
+      </c>
+      <c r="E3" t="s">
+        <v>498</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>499</v>
+      </c>
+      <c r="H3" t="s">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>490</v>
+      </c>
+      <c r="B4" t="s">
+        <v>501</v>
+      </c>
+      <c r="C4" t="s">
+        <v>502</v>
+      </c>
+      <c r="D4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E4" t="s">
+        <v>503</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>504</v>
+      </c>
+      <c r="H4" t="s">
+        <v>505</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>490</v>
+      </c>
+      <c r="B5" t="s">
+        <v>506</v>
+      </c>
+      <c r="C5" t="s">
+        <v>507</v>
+      </c>
+      <c r="D5" t="s">
+        <v>13</v>
+      </c>
+      <c r="E5" t="s">
+        <v>508</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>509</v>
+      </c>
+      <c r="H5" t="s">
+        <v>510</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>490</v>
+      </c>
+      <c r="B6" t="s">
+        <v>511</v>
+      </c>
+      <c r="C6" t="s">
+        <v>512</v>
+      </c>
+      <c r="D6" t="s">
+        <v>13</v>
+      </c>
+      <c r="E6" t="s">
+        <v>513</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
+        <v>514</v>
+      </c>
+      <c r="H6" t="s">
+        <v>515</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>490</v>
+      </c>
+      <c r="B7" t="s">
+        <v>516</v>
+      </c>
+      <c r="C7" t="s">
+        <v>517</v>
+      </c>
+      <c r="D7" t="s">
+        <v>13</v>
+      </c>
+      <c r="E7" t="s">
+        <v>518</v>
+      </c>
+      <c r="F7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G7" t="s">
+        <v>519</v>
+      </c>
+      <c r="H7" t="s">
+        <v>520</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>490</v>
+      </c>
+      <c r="B8" t="s">
+        <v>521</v>
+      </c>
+      <c r="C8" t="s">
+        <v>522</v>
+      </c>
+      <c r="D8" t="s">
+        <v>13</v>
+      </c>
+      <c r="E8" t="s">
+        <v>523</v>
+      </c>
+      <c r="F8" t="s">
+        <v>13</v>
+      </c>
+      <c r="G8" t="s">
+        <v>524</v>
+      </c>
+      <c r="H8" t="s">
+        <v>525</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>490</v>
+      </c>
+      <c r="B9" t="s">
+        <v>526</v>
+      </c>
+      <c r="C9" t="s">
+        <v>527</v>
+      </c>
+      <c r="D9" t="s">
+        <v>13</v>
+      </c>
+      <c r="E9" t="s">
+        <v>528</v>
+      </c>
+      <c r="F9" t="s">
+        <v>13</v>
+      </c>
+      <c r="G9" t="s">
+        <v>529</v>
+      </c>
+      <c r="H9" t="s">
+        <v>530</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>490</v>
+      </c>
+      <c r="B10" t="s">
+        <v>531</v>
+      </c>
+      <c r="C10" t="s">
+        <v>13</v>
+      </c>
+      <c r="D10" t="s">
+        <v>13</v>
+      </c>
+      <c r="E10" t="s">
+        <v>532</v>
+      </c>
+      <c r="F10" t="s">
+        <v>13</v>
+      </c>
+      <c r="G10" t="s">
+        <v>533</v>
+      </c>
+      <c r="H10" t="s">
+        <v>534</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>490</v>
+      </c>
+      <c r="B11" t="s">
+        <v>535</v>
+      </c>
+      <c r="C11" t="s">
+        <v>536</v>
+      </c>
+      <c r="D11" t="s">
+        <v>13</v>
+      </c>
+      <c r="E11" t="s">
+        <v>537</v>
+      </c>
+      <c r="F11" t="s">
+        <v>13</v>
+      </c>
+      <c r="G11" t="s">
+        <v>538</v>
+      </c>
+      <c r="H11" t="s">
+        <v>539</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>490</v>
+      </c>
+      <c r="B12" t="s">
+        <v>540</v>
+      </c>
+      <c r="C12" t="s">
+        <v>541</v>
+      </c>
+      <c r="D12" t="s">
+        <v>13</v>
+      </c>
+      <c r="E12" t="s">
+        <v>542</v>
+      </c>
+      <c r="F12" t="s">
+        <v>13</v>
+      </c>
+      <c r="G12" t="s">
+        <v>543</v>
+      </c>
+      <c r="H12" t="s">
+        <v>544</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="s">
+        <v>490</v>
+      </c>
+      <c r="B13" t="s">
+        <v>545</v>
+      </c>
+      <c r="C13" t="s">
+        <v>13</v>
+      </c>
+      <c r="D13" t="s">
+        <v>13</v>
+      </c>
+      <c r="E13" t="s">
+        <v>546</v>
+      </c>
+      <c r="F13" t="s">
+        <v>13</v>
+      </c>
+      <c r="G13" t="s">
+        <v>547</v>
+      </c>
+      <c r="H13" t="s">
+        <v>548</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H4"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>74</v>
+        <v>549</v>
       </c>
       <c r="B2" t="s">
-        <v>75</v>
+        <v>550</v>
       </c>
       <c r="C2" t="s">
-        <v>76</v>
+        <v>551</v>
       </c>
       <c r="D2" t="s">
-        <v>30</v>
+        <v>552</v>
       </c>
       <c r="E2" t="s">
-        <v>77</v>
+        <v>553</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>78</v>
+        <v>554</v>
       </c>
       <c r="H2" t="s">
-        <v>79</v>
+        <v>555</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>74</v>
+        <v>549</v>
       </c>
       <c r="B3" t="s">
-        <v>80</v>
+        <v>556</v>
       </c>
       <c r="C3" t="s">
-        <v>81</v>
+        <v>557</v>
       </c>
       <c r="D3" t="s">
-        <v>82</v>
+        <v>558</v>
       </c>
       <c r="E3" t="s">
-        <v>83</v>
+        <v>559</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>84</v>
+        <v>560</v>
       </c>
       <c r="H3" t="s">
-        <v>85</v>
+        <v>561</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>74</v>
+        <v>549</v>
       </c>
       <c r="B4" t="s">
-        <v>86</v>
+        <v>562</v>
       </c>
       <c r="C4" t="s">
-        <v>87</v>
+        <v>563</v>
       </c>
       <c r="D4" t="s">
-        <v>88</v>
+        <v>564</v>
       </c>
       <c r="E4" t="s">
-        <v>89</v>
+        <v>565</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>90</v>
+        <v>566</v>
       </c>
       <c r="H4" t="s">
-        <v>91</v>
+        <v>567</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H11"/>
+  <dimension ref="A1:H5"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>92</v>
+        <v>568</v>
       </c>
       <c r="B2" t="s">
-        <v>93</v>
+        <v>569</v>
       </c>
       <c r="C2" t="s">
-        <v>81</v>
+        <v>570</v>
       </c>
       <c r="D2" t="s">
-        <v>13</v>
+        <v>571</v>
       </c>
       <c r="E2" t="s">
-        <v>94</v>
+        <v>572</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>95</v>
+        <v>573</v>
       </c>
       <c r="H2" t="s">
-        <v>96</v>
+        <v>574</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>92</v>
+        <v>568</v>
       </c>
       <c r="B3" t="s">
-        <v>97</v>
+        <v>575</v>
       </c>
       <c r="C3" t="s">
-        <v>81</v>
+        <v>576</v>
       </c>
       <c r="D3" t="s">
-        <v>13</v>
+        <v>577</v>
       </c>
       <c r="E3" t="s">
-        <v>98</v>
+        <v>578</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>99</v>
+        <v>579</v>
       </c>
       <c r="H3" t="s">
-        <v>100</v>
+        <v>580</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>92</v>
+        <v>568</v>
       </c>
       <c r="B4" t="s">
-        <v>101</v>
+        <v>581</v>
       </c>
       <c r="C4" t="s">
-        <v>102</v>
+        <v>582</v>
       </c>
       <c r="D4" t="s">
-        <v>13</v>
+        <v>583</v>
       </c>
       <c r="E4" t="s">
-        <v>103</v>
+        <v>584</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>104</v>
+        <v>585</v>
       </c>
       <c r="H4" t="s">
-        <v>105</v>
+        <v>586</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>92</v>
+        <v>568</v>
       </c>
       <c r="B5" t="s">
-        <v>106</v>
+        <v>587</v>
       </c>
       <c r="C5" t="s">
-        <v>107</v>
+        <v>588</v>
       </c>
       <c r="D5" t="s">
-        <v>13</v>
+        <v>589</v>
       </c>
       <c r="E5" t="s">
-        <v>108</v>
+        <v>590</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>109</v>
+        <v>591</v>
       </c>
       <c r="H5" t="s">
-        <v>110</v>
-[...155 lines deleted...]
-        <v>138</v>
+        <v>592</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:K2"/>
+  <dimension ref="A1:H27"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
-      <c r="I1" t="s">
-[...7 lines deleted...]
-      </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>142</v>
+        <v>593</v>
       </c>
       <c r="B2" t="s">
-        <v>143</v>
+        <v>594</v>
       </c>
       <c r="C2" t="s">
-        <v>13</v>
+        <v>595</v>
       </c>
       <c r="D2" t="s">
-        <v>13</v>
+        <v>596</v>
       </c>
       <c r="E2" t="s">
-        <v>144</v>
+        <v>597</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>145</v>
+        <v>598</v>
       </c>
       <c r="H2" t="s">
-        <v>146</v>
-[...58 lines deleted...]
-      <c r="C2" t="s">
+        <v>599</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>593</v>
+      </c>
+      <c r="B3" t="s">
+        <v>600</v>
+      </c>
+      <c r="C3" t="s">
+        <v>601</v>
+      </c>
+      <c r="D3" t="s">
+        <v>602</v>
+      </c>
+      <c r="E3" t="s">
+        <v>603</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>604</v>
+      </c>
+      <c r="H3" t="s">
+        <v>605</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>593</v>
+      </c>
+      <c r="B4" t="s">
+        <v>606</v>
+      </c>
+      <c r="C4" t="s">
+        <v>607</v>
+      </c>
+      <c r="D4" t="s">
+        <v>608</v>
+      </c>
+      <c r="E4" t="s">
+        <v>609</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>610</v>
+      </c>
+      <c r="H4" t="s">
+        <v>611</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>593</v>
+      </c>
+      <c r="B5" t="s">
+        <v>612</v>
+      </c>
+      <c r="C5" t="s">
+        <v>613</v>
+      </c>
+      <c r="D5" t="s">
         <v>152</v>
       </c>
-      <c r="D2" t="s">
-[...12 lines deleted...]
-        <v>155</v>
+      <c r="E5" t="s">
+        <v>614</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>615</v>
+      </c>
+      <c r="H5" t="s">
+        <v>616</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>593</v>
+      </c>
+      <c r="B6" t="s">
+        <v>617</v>
+      </c>
+      <c r="C6" t="s">
+        <v>618</v>
+      </c>
+      <c r="D6" t="s">
+        <v>619</v>
+      </c>
+      <c r="E6" t="s">
+        <v>620</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
+        <v>621</v>
+      </c>
+      <c r="H6" t="s">
+        <v>622</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>593</v>
+      </c>
+      <c r="B7" t="s">
+        <v>623</v>
+      </c>
+      <c r="C7" t="s">
+        <v>624</v>
+      </c>
+      <c r="D7" t="s">
+        <v>625</v>
+      </c>
+      <c r="E7" t="s">
+        <v>626</v>
+      </c>
+      <c r="F7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G7" t="s">
+        <v>627</v>
+      </c>
+      <c r="H7" t="s">
+        <v>628</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>593</v>
+      </c>
+      <c r="B8" t="s">
+        <v>629</v>
+      </c>
+      <c r="C8" t="s">
+        <v>630</v>
+      </c>
+      <c r="D8" t="s">
+        <v>631</v>
+      </c>
+      <c r="E8" t="s">
+        <v>632</v>
+      </c>
+      <c r="F8" t="s">
+        <v>13</v>
+      </c>
+      <c r="G8" t="s">
+        <v>633</v>
+      </c>
+      <c r="H8" t="s">
+        <v>634</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>593</v>
+      </c>
+      <c r="B9" t="s">
+        <v>635</v>
+      </c>
+      <c r="C9" t="s">
+        <v>636</v>
+      </c>
+      <c r="D9" t="s">
+        <v>637</v>
+      </c>
+      <c r="E9" t="s">
+        <v>638</v>
+      </c>
+      <c r="F9" t="s">
+        <v>13</v>
+      </c>
+      <c r="G9" t="s">
+        <v>639</v>
+      </c>
+      <c r="H9" t="s">
+        <v>640</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>593</v>
+      </c>
+      <c r="B10" t="s">
+        <v>641</v>
+      </c>
+      <c r="C10" t="s">
+        <v>642</v>
+      </c>
+      <c r="D10" t="s">
+        <v>643</v>
+      </c>
+      <c r="E10" t="s">
+        <v>644</v>
+      </c>
+      <c r="F10" t="s">
+        <v>13</v>
+      </c>
+      <c r="G10" t="s">
+        <v>645</v>
+      </c>
+      <c r="H10" t="s">
+        <v>646</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>593</v>
+      </c>
+      <c r="B11" t="s">
+        <v>647</v>
+      </c>
+      <c r="C11" t="s">
+        <v>648</v>
+      </c>
+      <c r="D11" t="s">
+        <v>649</v>
+      </c>
+      <c r="E11" t="s">
+        <v>650</v>
+      </c>
+      <c r="F11" t="s">
+        <v>13</v>
+      </c>
+      <c r="G11" t="s">
+        <v>651</v>
+      </c>
+      <c r="H11" t="s">
+        <v>652</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>593</v>
+      </c>
+      <c r="B12" t="s">
+        <v>653</v>
+      </c>
+      <c r="C12" t="s">
+        <v>654</v>
+      </c>
+      <c r="D12" t="s">
+        <v>655</v>
+      </c>
+      <c r="E12" t="s">
+        <v>656</v>
+      </c>
+      <c r="F12" t="s">
+        <v>13</v>
+      </c>
+      <c r="G12" t="s">
+        <v>657</v>
+      </c>
+      <c r="H12" t="s">
+        <v>658</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="s">
+        <v>593</v>
+      </c>
+      <c r="B13" t="s">
+        <v>659</v>
+      </c>
+      <c r="C13" t="s">
+        <v>660</v>
+      </c>
+      <c r="D13" t="s">
+        <v>661</v>
+      </c>
+      <c r="E13" t="s">
+        <v>662</v>
+      </c>
+      <c r="F13" t="s">
+        <v>13</v>
+      </c>
+      <c r="G13" t="s">
+        <v>663</v>
+      </c>
+      <c r="H13" t="s">
+        <v>664</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" t="s">
+        <v>593</v>
+      </c>
+      <c r="B14" t="s">
+        <v>665</v>
+      </c>
+      <c r="C14" t="s">
+        <v>666</v>
+      </c>
+      <c r="D14" t="s">
+        <v>667</v>
+      </c>
+      <c r="E14" t="s">
+        <v>668</v>
+      </c>
+      <c r="F14" t="s">
+        <v>13</v>
+      </c>
+      <c r="G14" t="s">
+        <v>669</v>
+      </c>
+      <c r="H14" t="s">
+        <v>670</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" t="s">
+        <v>593</v>
+      </c>
+      <c r="B15" t="s">
+        <v>671</v>
+      </c>
+      <c r="C15" t="s">
+        <v>672</v>
+      </c>
+      <c r="D15" t="s">
+        <v>583</v>
+      </c>
+      <c r="E15" t="s">
+        <v>673</v>
+      </c>
+      <c r="F15" t="s">
+        <v>13</v>
+      </c>
+      <c r="G15" t="s">
+        <v>674</v>
+      </c>
+      <c r="H15" t="s">
+        <v>675</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" t="s">
+        <v>593</v>
+      </c>
+      <c r="B16" t="s">
+        <v>676</v>
+      </c>
+      <c r="C16" t="s">
+        <v>677</v>
+      </c>
+      <c r="D16" t="s">
+        <v>678</v>
+      </c>
+      <c r="E16" t="s">
+        <v>679</v>
+      </c>
+      <c r="F16" t="s">
+        <v>13</v>
+      </c>
+      <c r="G16" t="s">
+        <v>680</v>
+      </c>
+      <c r="H16" t="s">
+        <v>681</v>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" t="s">
+        <v>593</v>
+      </c>
+      <c r="B17" t="s">
+        <v>682</v>
+      </c>
+      <c r="C17" t="s">
+        <v>683</v>
+      </c>
+      <c r="D17" t="s">
+        <v>684</v>
+      </c>
+      <c r="E17" t="s">
+        <v>685</v>
+      </c>
+      <c r="F17" t="s">
+        <v>13</v>
+      </c>
+      <c r="G17" t="s">
+        <v>686</v>
+      </c>
+      <c r="H17" t="s">
+        <v>687</v>
+      </c>
+    </row>
+    <row r="18">
+      <c r="A18" t="s">
+        <v>593</v>
+      </c>
+      <c r="B18" t="s">
+        <v>688</v>
+      </c>
+      <c r="C18" t="s">
+        <v>689</v>
+      </c>
+      <c r="D18" t="s">
+        <v>690</v>
+      </c>
+      <c r="E18" t="s">
+        <v>691</v>
+      </c>
+      <c r="F18" t="s">
+        <v>13</v>
+      </c>
+      <c r="G18" t="s">
+        <v>692</v>
+      </c>
+      <c r="H18" t="s">
+        <v>693</v>
+      </c>
+    </row>
+    <row r="19">
+      <c r="A19" t="s">
+        <v>593</v>
+      </c>
+      <c r="B19" t="s">
+        <v>694</v>
+      </c>
+      <c r="C19" t="s">
+        <v>695</v>
+      </c>
+      <c r="D19" t="s">
+        <v>696</v>
+      </c>
+      <c r="E19" t="s">
+        <v>697</v>
+      </c>
+      <c r="F19" t="s">
+        <v>13</v>
+      </c>
+      <c r="G19" t="s">
+        <v>698</v>
+      </c>
+      <c r="H19" t="s">
+        <v>699</v>
+      </c>
+    </row>
+    <row r="20">
+      <c r="A20" t="s">
+        <v>593</v>
+      </c>
+      <c r="B20" t="s">
+        <v>700</v>
+      </c>
+      <c r="C20" t="s">
+        <v>13</v>
+      </c>
+      <c r="D20" t="s">
+        <v>13</v>
+      </c>
+      <c r="E20" t="s">
+        <v>701</v>
+      </c>
+      <c r="F20" t="s">
+        <v>13</v>
+      </c>
+      <c r="G20" t="s">
+        <v>702</v>
+      </c>
+      <c r="H20" t="s">
+        <v>703</v>
+      </c>
+    </row>
+    <row r="21">
+      <c r="A21" t="s">
+        <v>593</v>
+      </c>
+      <c r="B21" t="s">
+        <v>704</v>
+      </c>
+      <c r="C21" t="s">
+        <v>705</v>
+      </c>
+      <c r="D21" t="s">
+        <v>706</v>
+      </c>
+      <c r="E21" t="s">
+        <v>707</v>
+      </c>
+      <c r="F21" t="s">
+        <v>13</v>
+      </c>
+      <c r="G21" t="s">
+        <v>708</v>
+      </c>
+      <c r="H21" t="s">
+        <v>709</v>
+      </c>
+    </row>
+    <row r="22">
+      <c r="A22" t="s">
+        <v>593</v>
+      </c>
+      <c r="B22" t="s">
+        <v>710</v>
+      </c>
+      <c r="C22" t="s">
+        <v>711</v>
+      </c>
+      <c r="D22" t="s">
+        <v>712</v>
+      </c>
+      <c r="E22" t="s">
+        <v>713</v>
+      </c>
+      <c r="F22" t="s">
+        <v>13</v>
+      </c>
+      <c r="G22" t="s">
+        <v>714</v>
+      </c>
+      <c r="H22" t="s">
+        <v>715</v>
+      </c>
+    </row>
+    <row r="23">
+      <c r="A23" t="s">
+        <v>593</v>
+      </c>
+      <c r="B23" t="s">
+        <v>716</v>
+      </c>
+      <c r="C23" t="s">
+        <v>717</v>
+      </c>
+      <c r="D23" t="s">
+        <v>718</v>
+      </c>
+      <c r="E23" t="s">
+        <v>719</v>
+      </c>
+      <c r="F23" t="s">
+        <v>13</v>
+      </c>
+      <c r="G23" t="s">
+        <v>720</v>
+      </c>
+      <c r="H23" t="s">
+        <v>721</v>
+      </c>
+    </row>
+    <row r="24">
+      <c r="A24" t="s">
+        <v>593</v>
+      </c>
+      <c r="B24" t="s">
+        <v>722</v>
+      </c>
+      <c r="C24" t="s">
+        <v>723</v>
+      </c>
+      <c r="D24" t="s">
+        <v>724</v>
+      </c>
+      <c r="E24" t="s">
+        <v>725</v>
+      </c>
+      <c r="F24" t="s">
+        <v>13</v>
+      </c>
+      <c r="G24" t="s">
+        <v>726</v>
+      </c>
+      <c r="H24" t="s">
+        <v>727</v>
+      </c>
+    </row>
+    <row r="25">
+      <c r="A25" t="s">
+        <v>593</v>
+      </c>
+      <c r="B25" t="s">
+        <v>728</v>
+      </c>
+      <c r="C25" t="s">
+        <v>729</v>
+      </c>
+      <c r="D25" t="s">
+        <v>730</v>
+      </c>
+      <c r="E25" t="s">
+        <v>731</v>
+      </c>
+      <c r="F25" t="s">
+        <v>13</v>
+      </c>
+      <c r="G25" t="s">
+        <v>732</v>
+      </c>
+      <c r="H25" t="s">
+        <v>733</v>
+      </c>
+    </row>
+    <row r="26">
+      <c r="A26" t="s">
+        <v>593</v>
+      </c>
+      <c r="B26" t="s">
+        <v>734</v>
+      </c>
+      <c r="C26" t="s">
+        <v>735</v>
+      </c>
+      <c r="D26" t="s">
+        <v>736</v>
+      </c>
+      <c r="E26" t="s">
+        <v>737</v>
+      </c>
+      <c r="F26" t="s">
+        <v>13</v>
+      </c>
+      <c r="G26" t="s">
+        <v>738</v>
+      </c>
+      <c r="H26" t="s">
+        <v>739</v>
+      </c>
+    </row>
+    <row r="27">
+      <c r="A27" t="s">
+        <v>593</v>
+      </c>
+      <c r="B27" t="s">
+        <v>740</v>
+      </c>
+      <c r="C27" t="s">
+        <v>741</v>
+      </c>
+      <c r="D27" t="s">
+        <v>546</v>
+      </c>
+      <c r="E27" t="s">
+        <v>742</v>
+      </c>
+      <c r="F27" t="s">
+        <v>13</v>
+      </c>
+      <c r="G27" t="s">
+        <v>743</v>
+      </c>
+      <c r="H27" t="s">
+        <v>744</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>