--- v1 (2025-12-02)
+++ v2 (2026-01-17)
@@ -51,51 +51,51 @@
     <sheet name="Export Avis et décisions de la " r:id="rId15" sheetId="13"/>
     <sheet name="Export Medicament" r:id="rId16" sheetId="14"/>
     <sheet name="Export Article HAS" r:id="rId17" sheetId="15"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Guide méthodologique'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Avis sur les dispositifs'!$B$1:$J$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Études et Rapports'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="true">'Export Outil d''amélioration des'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="6" hidden="true">'Export Recommandation vaccinale'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="7" hidden="true">'Export Recommandation en santé '!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="8" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="9" hidden="true">'Export Guide usagers'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="10" hidden="true">'Export Communiqué de presse'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="11" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="12" hidden="true">'Export Avis et décisions de la '!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="13" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="14" hidden="true">'Export Article HAS'!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1652" uniqueCount="979">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1660" uniqueCount="984">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
@@ -407,50 +407,65 @@
   <si>
     <t>11/06/2003 00:00:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_398466/fr/peptamen</t>
   </si>
   <si>
     <t>c_398466</t>
   </si>
   <si>
     <t>NESTLE CLINICAL NUTRITION France</t>
   </si>
   <si>
     <t>PEPTAMEN HN</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_398467/fr/peptamen-hn</t>
   </si>
   <si>
     <t>c_398467</t>
   </si>
   <si>
     <t>Guide maladie chronique</t>
   </si>
   <si>
+    <t>Syndrome de Marfan et apparentés</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’un syndrome de Marfan ou d’un syndrome apparenté. Il a été élaboré par le Centre de Référence National Marfan et Apparentés à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>05/12/2025 11:05:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_676981/fr/syndrome-de-marfan-et-apparentes</t>
+  </si>
+  <si>
+    <t>c_676981</t>
+  </si>
+  <si>
     <t>Parcours de soins du patient adulte vivant avec un diabète de type 2</t>
   </si>
   <si>
     <t>Ce guide détaille le rôle et la place des différents professionnels du secteur sanitaire, social et médico-social. Il aborde leurs modalités de coordination dont le recours à la télésanté, possible tout au long du parcours.</t>
   </si>
   <si>
     <t>26/06/2025 00:00:00</t>
   </si>
   <si>
     <t>16/07/2025 10:00:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3634754/fr/parcours-de-soins-du-patient-adulte-vivant-avec-un-diabete-de-type-2</t>
   </si>
   <si>
     <t>p_3634754</t>
   </si>
   <si>
     <t>Syndrome de Costello</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint du Syndrome de Costello. Il a été élaboré par le Centre de référence Anomalies du développement et syndromes malformatifs SOOR à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>19/07/2012 00:00:00</t>
@@ -1844,51 +1859,51 @@
   <si>
     <t>02/10/2006 00:00:00</t>
   </si>
   <si>
     <t>15/12/2006 10:14:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_461657/fr/place-de-la-mammographie-numerique-dans-le-depistage-organise-du-cancer-du-sein</t>
   </si>
   <si>
     <t>c_461657</t>
   </si>
   <si>
     <t>Recommandation de bonne pratique</t>
   </si>
   <si>
     <t>Transidentité : prise en charge de l’adulte</t>
   </si>
   <si>
     <t>Cette recommandation de bonne pratique vise à améliorer la qualité de la prise en charge médicale de l’adulte trans</t>
   </si>
   <si>
     <t>17/07/2025 00:00:00</t>
   </si>
   <si>
-    <t>18/07/2025 10:28:47</t>
+    <t>18/07/2025 10:28:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3636735/fr/transidentite-prise-en-charge-de-l-adulte</t>
   </si>
   <si>
     <t>p_3636735</t>
   </si>
   <si>
     <t>Prise en charge thérapeutique des patients atteints de condylomes ano-génitaux</t>
   </si>
   <si>
     <t>À la demande du ministère chargé de la santé, le Conseil National du Sida et des hépatites virales (CNS) et l'Agence nationale de recherches sur le sida | Maladies infectieuses émergentes (ANRS | MIE) ont sollicité la Haute Autorité de santé (HAS) pour l’élaboration d’une actualisation des recommandations françaises de prise en charge des personnes atteintes de condylomes ano-génitaux. L’accompagnement de la HAS s’est inscrit dans le cadre de la labellisation par la HAS d’une recommandation élaborée par un organisme professionnel.</t>
   </si>
   <si>
     <t>14/11/2024 00:00:00</t>
   </si>
   <si>
     <t>02/12/2024 14:12:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3562508/fr/prise-en-charge-therapeutique-des-patients-atteints-de-condylomes-ano-genitaux</t>
   </si>
   <si>
     <t>p_3562508</t>
   </si>
@@ -2873,90 +2888,90 @@
   <si>
     <t>BICAFLAC (sodium/ chlorure/ bicarbonate/ potassium/ calcium/ magnésium/ glucose)</t>
   </si>
   <si>
     <t>05/09/2001 00:00:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/pprd_2986075/fr/bicaflac-sodium/-chlorure/-bicarbonate/-potassium/-calcium/-magnesium/-glucose</t>
   </si>
   <si>
     <t>pprd_2986075</t>
   </si>
   <si>
     <t>sodium,chlorure,bicarbonate,potassium,calcium,magnésium,glucose</t>
   </si>
   <si>
     <t>Laboratoires BAXTER</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_399125/fr/bicaflac-solution-tampon-sodium-chlorure-bicarbonate</t>
   </si>
   <si>
     <t>Article HAS</t>
   </si>
   <si>
+    <t>Mettre en œuvre le 6e cycle de certification</t>
+  </si>
+  <si>
+    <t>Le 6e cycle de certification des établissements de santé s’inscrit naturellement dans la continuité du dispositif actuel. Centrée sur le soin, la démarche de certification pour la qualité des soins donne du sens et de la lisibilité aux professionnels et aux usagers. Vous trouverez sur cette page, l’ensemble des informations, documents et outils nécessaires à l'appropriation de la certification des établissements de santé.</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3563407/fr/mettre-en-oeuvre-le-6e-cycle-de-certification</t>
+  </si>
+  <si>
+    <t>p_3563407</t>
+  </si>
+  <si>
     <t>Comprendre la certification pour la qualité des soins</t>
   </si>
   <si>
     <t>Mise en œuvre par la HAS, la certification est un dispositif d’évaluation externe obligatoire pour tout établissement de santé, public ou privé, quelles que soient sa taille et son activité. Cette évaluation est effectuée tous les 4 ans par des professionnels mandatés par la HAS. Son objectif est de porter une appréciation indépendante sur la qualité des prestations des hôpitaux et cliniques en France.</t>
   </si>
   <si>
     <t>25/11/2020 15:00:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_411173/fr/comprendre-la-certification-pour-la-qualite-des-soins</t>
   </si>
   <si>
     <t>c_411173</t>
   </si>
   <si>
     <t>5e cycle de certification</t>
   </si>
   <si>
     <t>Membres de la gouvernance, professionnels des établissements de santé, représentants des usagers, cette page vous concerne. Centrée sur le soin, la démarche de certification pour la qualité des soins donne du sens et de la clarté aux professionnels et aux usagers. Vous trouverez sur cette page, l’ensemble des documents et outils nécessaires à la préparation de la visite de certification.</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/r_1495044/fr/5e-cycle-de-certification</t>
   </si>
   <si>
     <t>r_1495044</t>
-  </si>
-[...13 lines deleted...]
-    <t>p_3563407</t>
   </si>
   <si>
     <t>Accréditation des établissements de santé étrangers</t>
   </si>
   <si>
     <t>La Haute Autorité de santé (HAS), autorité publique indépendante à caractère scientifique, propose aux établissements de santé étrangers son savoir-faire et son expertise en matière d'évaluation via son dispositif de certification pour la qualité des soins, accrédité par l’International Society for Quality in Health Care (ISQua).</t>
   </si>
   <si>
     <t>23/05/2023 09:39:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3433849/fr/accreditation-des-etablissements-de-sante-etrangers</t>
   </si>
   <si>
     <t>p_3433849</t>
   </si>
   <si>
     <t>Flashs sécurité patient : qu’en pensent les professionnels ?  </t>
   </si>
   <si>
     <t>La Haute Autorité de santé publie depuis mai 2021 des flashs sécurité patient (FSP). Chaque FSP décrit plusieurs évènements indésirables associés aux soins (EIAS) sélectionnés dans les bases de retour d’expérience du dispositif évènements indésirables graves associés aux soins (EIGS) ou de l’accréditation des médecins et des équipes médicales.</t>
   </si>
   <si>
     <t>12/04/2024 08:27:00</t>
   </si>
@@ -3216,1353 +3231,1353 @@
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>745</v>
+        <v>750</v>
       </c>
       <c r="B2" t="s">
-        <v>746</v>
+        <v>751</v>
       </c>
       <c r="C2" t="s">
-        <v>747</v>
+        <v>752</v>
       </c>
       <c r="D2" t="s">
-        <v>748</v>
+        <v>753</v>
       </c>
       <c r="E2" t="s">
-        <v>748</v>
+        <v>753</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>749</v>
+        <v>754</v>
       </c>
       <c r="H2" t="s">
-        <v>750</v>
+        <v>755</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet11.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H4"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>751</v>
+        <v>756</v>
       </c>
       <c r="B2" t="s">
-        <v>752</v>
+        <v>757</v>
       </c>
       <c r="C2" t="s">
-        <v>753</v>
+        <v>758</v>
       </c>
       <c r="D2" t="s">
         <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>754</v>
+        <v>759</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>755</v>
+        <v>760</v>
       </c>
       <c r="H2" t="s">
-        <v>756</v>
+        <v>761</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>751</v>
+        <v>756</v>
       </c>
       <c r="B3" t="s">
-        <v>757</v>
+        <v>762</v>
       </c>
       <c r="C3" t="s">
-        <v>758</v>
+        <v>763</v>
       </c>
       <c r="D3" t="s">
         <v>13</v>
       </c>
       <c r="E3" t="s">
-        <v>759</v>
+        <v>764</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>760</v>
+        <v>765</v>
       </c>
       <c r="H3" t="s">
-        <v>761</v>
+        <v>766</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>751</v>
+        <v>756</v>
       </c>
       <c r="B4" t="s">
-        <v>762</v>
+        <v>767</v>
       </c>
       <c r="C4" t="s">
         <v>13</v>
       </c>
       <c r="D4" t="s">
         <v>13</v>
       </c>
       <c r="E4" t="s">
-        <v>763</v>
+        <v>768</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>764</v>
+        <v>769</v>
       </c>
       <c r="H4" t="s">
-        <v>765</v>
+        <v>770</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet12.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H8"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>766</v>
+        <v>771</v>
       </c>
       <c r="B2" t="s">
-        <v>767</v>
+        <v>772</v>
       </c>
       <c r="C2" t="s">
-        <v>768</v>
+        <v>773</v>
       </c>
       <c r="D2" t="s">
-        <v>596</v>
+        <v>601</v>
       </c>
       <c r="E2" t="s">
-        <v>769</v>
+        <v>774</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>770</v>
+        <v>775</v>
       </c>
       <c r="H2" t="s">
-        <v>771</v>
+        <v>776</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>766</v>
+        <v>771</v>
       </c>
       <c r="B3" t="s">
-        <v>772</v>
+        <v>777</v>
       </c>
       <c r="C3" t="s">
-        <v>773</v>
+        <v>778</v>
       </c>
       <c r="D3" t="s">
-        <v>649</v>
+        <v>654</v>
       </c>
       <c r="E3" t="s">
-        <v>774</v>
+        <v>779</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>775</v>
+        <v>780</v>
       </c>
       <c r="H3" t="s">
-        <v>776</v>
+        <v>781</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>766</v>
+        <v>771</v>
       </c>
       <c r="B4" t="s">
-        <v>777</v>
+        <v>782</v>
       </c>
       <c r="C4" t="s">
-        <v>778</v>
+        <v>783</v>
       </c>
       <c r="D4" t="s">
-        <v>779</v>
+        <v>784</v>
       </c>
       <c r="E4" t="s">
-        <v>780</v>
+        <v>785</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>781</v>
+        <v>786</v>
       </c>
       <c r="H4" t="s">
-        <v>782</v>
+        <v>787</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>766</v>
+        <v>771</v>
       </c>
       <c r="B5" t="s">
-        <v>783</v>
+        <v>788</v>
       </c>
       <c r="C5" t="s">
-        <v>784</v>
+        <v>789</v>
       </c>
       <c r="D5" t="s">
-        <v>785</v>
+        <v>790</v>
       </c>
       <c r="E5" t="s">
-        <v>786</v>
+        <v>791</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>787</v>
+        <v>792</v>
       </c>
       <c r="H5" t="s">
-        <v>788</v>
+        <v>793</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>766</v>
+        <v>771</v>
       </c>
       <c r="B6" t="s">
-        <v>789</v>
+        <v>794</v>
       </c>
       <c r="C6" t="s">
-        <v>790</v>
+        <v>795</v>
       </c>
       <c r="D6" t="s">
-        <v>791</v>
+        <v>796</v>
       </c>
       <c r="E6" t="s">
-        <v>792</v>
+        <v>797</v>
       </c>
       <c r="F6" t="s">
         <v>13</v>
       </c>
       <c r="G6" t="s">
-        <v>793</v>
+        <v>798</v>
       </c>
       <c r="H6" t="s">
-        <v>794</v>
+        <v>799</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>766</v>
+        <v>771</v>
       </c>
       <c r="B7" t="s">
-        <v>795</v>
+        <v>800</v>
       </c>
       <c r="C7" t="s">
-        <v>796</v>
+        <v>801</v>
       </c>
       <c r="D7" t="s">
-        <v>797</v>
+        <v>802</v>
       </c>
       <c r="E7" t="s">
-        <v>798</v>
+        <v>803</v>
       </c>
       <c r="F7" t="s">
         <v>13</v>
       </c>
       <c r="G7" t="s">
-        <v>799</v>
+        <v>804</v>
       </c>
       <c r="H7" t="s">
-        <v>800</v>
+        <v>805</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>766</v>
+        <v>771</v>
       </c>
       <c r="B8" t="s">
-        <v>801</v>
+        <v>806</v>
       </c>
       <c r="C8" t="s">
-        <v>802</v>
+        <v>807</v>
       </c>
       <c r="D8" t="s">
-        <v>803</v>
+        <v>808</v>
       </c>
       <c r="E8" t="s">
-        <v>804</v>
+        <v>809</v>
       </c>
       <c r="F8" t="s">
         <v>13</v>
       </c>
       <c r="G8" t="s">
-        <v>805</v>
+        <v>810</v>
       </c>
       <c r="H8" t="s">
-        <v>806</v>
+        <v>811</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet13.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H5"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>807</v>
+        <v>812</v>
       </c>
       <c r="B2" t="s">
-        <v>808</v>
+        <v>813</v>
       </c>
       <c r="C2" t="s">
-        <v>808</v>
+        <v>813</v>
       </c>
       <c r="D2" t="s">
-        <v>809</v>
+        <v>814</v>
       </c>
       <c r="E2" t="s">
-        <v>810</v>
+        <v>815</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>811</v>
+        <v>816</v>
       </c>
       <c r="H2" t="s">
-        <v>812</v>
+        <v>817</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>807</v>
+        <v>812</v>
       </c>
       <c r="B3" t="s">
-        <v>813</v>
+        <v>818</v>
       </c>
       <c r="C3" t="s">
-        <v>814</v>
+        <v>819</v>
       </c>
       <c r="D3" t="s">
-        <v>815</v>
+        <v>820</v>
       </c>
       <c r="E3" t="s">
-        <v>816</v>
+        <v>821</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>817</v>
+        <v>822</v>
       </c>
       <c r="H3" t="s">
-        <v>818</v>
+        <v>823</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>807</v>
+        <v>812</v>
       </c>
       <c r="B4" t="s">
-        <v>819</v>
+        <v>824</v>
       </c>
       <c r="C4" t="s">
-        <v>820</v>
+        <v>825</v>
       </c>
       <c r="D4" t="s">
-        <v>821</v>
+        <v>826</v>
       </c>
       <c r="E4" t="s">
-        <v>822</v>
+        <v>827</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>823</v>
+        <v>828</v>
       </c>
       <c r="H4" t="s">
-        <v>824</v>
+        <v>829</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>807</v>
+        <v>812</v>
       </c>
       <c r="B5" t="s">
-        <v>825</v>
+        <v>830</v>
       </c>
       <c r="C5" t="s">
-        <v>826</v>
+        <v>831</v>
       </c>
       <c r="D5" t="s">
-        <v>827</v>
+        <v>832</v>
       </c>
       <c r="E5" t="s">
-        <v>828</v>
+        <v>833</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>829</v>
+        <v>834</v>
       </c>
       <c r="H5" t="s">
-        <v>830</v>
+        <v>835</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet14.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:O14"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
-        <v>831</v>
+        <v>836</v>
       </c>
       <c r="J1" t="s">
         <v>34</v>
       </c>
       <c r="K1" t="s">
-        <v>832</v>
+        <v>837</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>833</v>
+        <v>838</v>
       </c>
       <c r="B2" t="s">
-        <v>834</v>
+        <v>839</v>
       </c>
       <c r="C2" t="s">
         <v>13</v>
       </c>
       <c r="D2" t="s">
         <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>835</v>
+        <v>840</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>836</v>
+        <v>841</v>
       </c>
       <c r="H2" t="s">
-        <v>837</v>
+        <v>842</v>
       </c>
       <c r="I2" t="s">
-        <v>838</v>
+        <v>843</v>
       </c>
       <c r="J2" t="s">
-        <v>839</v>
+        <v>844</v>
       </c>
       <c r="K2" t="s">
-        <v>840</v>
+        <v>845</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>833</v>
+        <v>838</v>
       </c>
       <c r="B3" t="s">
-        <v>841</v>
+        <v>846</v>
       </c>
       <c r="C3" t="s">
         <v>13</v>
       </c>
       <c r="D3" t="s">
         <v>13</v>
       </c>
       <c r="E3" t="s">
-        <v>842</v>
+        <v>847</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>843</v>
+        <v>848</v>
       </c>
       <c r="H3" t="s">
-        <v>844</v>
+        <v>849</v>
       </c>
       <c r="I3" t="s">
-        <v>845</v>
+        <v>850</v>
       </c>
       <c r="J3" t="s">
-        <v>846</v>
+        <v>851</v>
       </c>
       <c r="K3" t="s">
-        <v>847</v>
+        <v>852</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>833</v>
+        <v>838</v>
       </c>
       <c r="B4" t="s">
-        <v>848</v>
+        <v>853</v>
       </c>
       <c r="C4" t="s">
         <v>13</v>
       </c>
       <c r="D4" t="s">
         <v>13</v>
       </c>
       <c r="E4" t="s">
-        <v>849</v>
+        <v>854</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>850</v>
+        <v>855</v>
       </c>
       <c r="H4" t="s">
-        <v>851</v>
+        <v>856</v>
       </c>
       <c r="I4" t="s">
-        <v>852</v>
+        <v>857</v>
       </c>
       <c r="J4" t="s">
-        <v>853</v>
+        <v>858</v>
       </c>
       <c r="K4" t="s">
-        <v>854</v>
+        <v>859</v>
       </c>
       <c r="L4" t="s">
-        <v>855</v>
+        <v>860</v>
       </c>
       <c r="M4" t="s">
-        <v>856</v>
+        <v>861</v>
       </c>
       <c r="N4" t="s">
-        <v>857</v>
+        <v>862</v>
       </c>
       <c r="O4" t="s">
-        <v>858</v>
+        <v>863</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>833</v>
+        <v>838</v>
       </c>
       <c r="B5" t="s">
-        <v>859</v>
+        <v>864</v>
       </c>
       <c r="C5" t="s">
         <v>13</v>
       </c>
       <c r="D5" t="s">
         <v>13</v>
       </c>
       <c r="E5" t="s">
-        <v>860</v>
+        <v>865</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>861</v>
+        <v>866</v>
       </c>
       <c r="H5" t="s">
-        <v>862</v>
+        <v>867</v>
       </c>
       <c r="I5" t="s">
-        <v>863</v>
+        <v>868</v>
       </c>
       <c r="J5" t="s">
-        <v>864</v>
+        <v>869</v>
       </c>
       <c r="K5" t="s">
-        <v>865</v>
+        <v>870</v>
       </c>
       <c r="L5" t="s">
-        <v>866</v>
+        <v>871</v>
       </c>
       <c r="M5" t="s">
-        <v>867</v>
+        <v>872</v>
       </c>
       <c r="N5" t="s">
-        <v>868</v>
+        <v>873</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>833</v>
+        <v>838</v>
       </c>
       <c r="B6" t="s">
-        <v>869</v>
+        <v>874</v>
       </c>
       <c r="C6" t="s">
         <v>13</v>
       </c>
       <c r="D6" t="s">
         <v>13</v>
       </c>
       <c r="E6" t="s">
-        <v>870</v>
+        <v>875</v>
       </c>
       <c r="F6" t="s">
         <v>13</v>
       </c>
       <c r="G6" t="s">
-        <v>871</v>
+        <v>876</v>
       </c>
       <c r="H6" t="s">
-        <v>872</v>
+        <v>877</v>
       </c>
       <c r="I6" t="s">
-        <v>873</v>
+        <v>878</v>
       </c>
       <c r="J6" t="s">
-        <v>874</v>
+        <v>879</v>
       </c>
       <c r="K6" t="s">
-        <v>875</v>
+        <v>880</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>833</v>
+        <v>838</v>
       </c>
       <c r="B7" t="s">
-        <v>876</v>
+        <v>881</v>
       </c>
       <c r="C7" t="s">
         <v>13</v>
       </c>
       <c r="D7" t="s">
         <v>13</v>
       </c>
       <c r="E7" t="s">
-        <v>877</v>
+        <v>882</v>
       </c>
       <c r="F7" t="s">
         <v>13</v>
       </c>
       <c r="G7" t="s">
-        <v>878</v>
+        <v>883</v>
       </c>
       <c r="H7" t="s">
-        <v>879</v>
+        <v>884</v>
       </c>
       <c r="I7" t="s">
-        <v>880</v>
+        <v>885</v>
       </c>
       <c r="J7" t="s">
-        <v>881</v>
+        <v>886</v>
       </c>
       <c r="K7" t="s">
-        <v>882</v>
+        <v>887</v>
       </c>
       <c r="L7" t="s">
-        <v>883</v>
+        <v>888</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>833</v>
+        <v>838</v>
       </c>
       <c r="B8" t="s">
-        <v>884</v>
+        <v>889</v>
       </c>
       <c r="C8" t="s">
         <v>13</v>
       </c>
       <c r="D8" t="s">
         <v>13</v>
       </c>
       <c r="E8" t="s">
-        <v>885</v>
+        <v>890</v>
       </c>
       <c r="F8" t="s">
         <v>13</v>
       </c>
       <c r="G8" t="s">
-        <v>886</v>
+        <v>891</v>
       </c>
       <c r="H8" t="s">
-        <v>887</v>
+        <v>892</v>
       </c>
       <c r="I8" t="s">
-        <v>888</v>
+        <v>893</v>
       </c>
       <c r="J8" t="s">
-        <v>889</v>
+        <v>894</v>
       </c>
       <c r="K8" t="s">
-        <v>890</v>
+        <v>895</v>
       </c>
       <c r="L8" t="s">
-        <v>891</v>
+        <v>896</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>833</v>
+        <v>838</v>
       </c>
       <c r="B9" t="s">
-        <v>892</v>
+        <v>897</v>
       </c>
       <c r="C9" t="s">
         <v>13</v>
       </c>
       <c r="D9" t="s">
         <v>13</v>
       </c>
       <c r="E9" t="s">
-        <v>893</v>
+        <v>898</v>
       </c>
       <c r="F9" t="s">
         <v>13</v>
       </c>
       <c r="G9" t="s">
-        <v>894</v>
+        <v>899</v>
       </c>
       <c r="H9" t="s">
-        <v>895</v>
+        <v>900</v>
       </c>
       <c r="I9" t="s">
-        <v>896</v>
+        <v>901</v>
       </c>
       <c r="J9" t="s">
-        <v>897</v>
+        <v>902</v>
       </c>
       <c r="K9" t="s">
-        <v>898</v>
+        <v>903</v>
       </c>
       <c r="L9" t="s">
-        <v>899</v>
+        <v>904</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>833</v>
+        <v>838</v>
       </c>
       <c r="B10" t="s">
-        <v>900</v>
+        <v>905</v>
       </c>
       <c r="C10" t="s">
         <v>13</v>
       </c>
       <c r="D10" t="s">
         <v>13</v>
       </c>
       <c r="E10" t="s">
-        <v>901</v>
+        <v>906</v>
       </c>
       <c r="F10" t="s">
         <v>13</v>
       </c>
       <c r="G10" t="s">
-        <v>902</v>
+        <v>907</v>
       </c>
       <c r="H10" t="s">
-        <v>903</v>
+        <v>908</v>
       </c>
       <c r="I10" t="s">
-        <v>904</v>
+        <v>909</v>
       </c>
       <c r="J10" t="s">
-        <v>905</v>
+        <v>910</v>
       </c>
       <c r="K10" t="s">
-        <v>906</v>
+        <v>911</v>
       </c>
       <c r="L10" t="s">
-        <v>907</v>
+        <v>912</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>833</v>
+        <v>838</v>
       </c>
       <c r="B11" t="s">
-        <v>908</v>
+        <v>913</v>
       </c>
       <c r="C11" t="s">
         <v>13</v>
       </c>
       <c r="D11" t="s">
         <v>13</v>
       </c>
       <c r="E11" t="s">
-        <v>909</v>
+        <v>914</v>
       </c>
       <c r="F11" t="s">
         <v>13</v>
       </c>
       <c r="G11" t="s">
+        <v>915</v>
+      </c>
+      <c r="H11" t="s">
+        <v>916</v>
+      </c>
+      <c r="I11" t="s">
+        <v>917</v>
+      </c>
+      <c r="J11" t="s">
         <v>910</v>
       </c>
-      <c r="H11" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="K11" t="s">
-        <v>913</v>
+        <v>918</v>
       </c>
       <c r="L11" t="s">
-        <v>914</v>
+        <v>919</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>833</v>
+        <v>838</v>
       </c>
       <c r="B12" t="s">
-        <v>915</v>
+        <v>920</v>
       </c>
       <c r="C12" t="s">
         <v>13</v>
       </c>
       <c r="D12" t="s">
         <v>13</v>
       </c>
       <c r="E12" t="s">
-        <v>916</v>
+        <v>921</v>
       </c>
       <c r="F12" t="s">
         <v>13</v>
       </c>
       <c r="G12" t="s">
-        <v>917</v>
+        <v>922</v>
       </c>
       <c r="H12" t="s">
-        <v>918</v>
+        <v>923</v>
       </c>
       <c r="I12" t="s">
-        <v>919</v>
+        <v>924</v>
       </c>
       <c r="J12" t="s">
-        <v>920</v>
+        <v>925</v>
       </c>
       <c r="K12" t="s">
-        <v>921</v>
+        <v>926</v>
       </c>
       <c r="L12" t="s">
-        <v>922</v>
+        <v>927</v>
       </c>
       <c r="M12" t="s">
-        <v>923</v>
+        <v>928</v>
       </c>
       <c r="N12" t="s">
-        <v>924</v>
+        <v>929</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>833</v>
+        <v>838</v>
       </c>
       <c r="B13" t="s">
-        <v>925</v>
+        <v>930</v>
       </c>
       <c r="C13" t="s">
         <v>13</v>
       </c>
       <c r="D13" t="s">
         <v>13</v>
       </c>
       <c r="E13" t="s">
-        <v>926</v>
+        <v>931</v>
       </c>
       <c r="F13" t="s">
         <v>13</v>
       </c>
       <c r="G13" t="s">
-        <v>927</v>
+        <v>932</v>
       </c>
       <c r="H13" t="s">
-        <v>928</v>
+        <v>933</v>
       </c>
       <c r="I13" t="s">
-        <v>929</v>
+        <v>934</v>
       </c>
       <c r="J13" t="s">
-        <v>930</v>
+        <v>935</v>
       </c>
       <c r="K13" t="s">
-        <v>931</v>
+        <v>936</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
-        <v>833</v>
+        <v>838</v>
       </c>
       <c r="B14" t="s">
-        <v>932</v>
+        <v>937</v>
       </c>
       <c r="C14" t="s">
         <v>13</v>
       </c>
       <c r="D14" t="s">
         <v>13</v>
       </c>
       <c r="E14" t="s">
-        <v>933</v>
+        <v>938</v>
       </c>
       <c r="F14" t="s">
         <v>13</v>
       </c>
       <c r="G14" t="s">
-        <v>934</v>
+        <v>939</v>
       </c>
       <c r="H14" t="s">
-        <v>935</v>
+        <v>940</v>
       </c>
       <c r="I14" t="s">
-        <v>936</v>
+        <v>941</v>
       </c>
       <c r="J14" t="s">
-        <v>937</v>
+        <v>942</v>
       </c>
       <c r="K14" t="s">
-        <v>938</v>
+        <v>943</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet15.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H9"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>939</v>
+        <v>944</v>
       </c>
       <c r="B2" t="s">
-        <v>940</v>
+        <v>945</v>
       </c>
       <c r="C2" t="s">
-        <v>941</v>
+        <v>946</v>
       </c>
       <c r="D2" t="s">
         <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>942</v>
+        <v>947</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>943</v>
+        <v>948</v>
       </c>
       <c r="H2" t="s">
-        <v>944</v>
+        <v>949</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>939</v>
+        <v>944</v>
       </c>
       <c r="B3" t="s">
-        <v>945</v>
+        <v>950</v>
       </c>
       <c r="C3" t="s">
-        <v>946</v>
+        <v>951</v>
       </c>
       <c r="D3" t="s">
         <v>13</v>
       </c>
       <c r="E3" t="s">
-        <v>942</v>
+        <v>952</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>947</v>
+        <v>953</v>
       </c>
       <c r="H3" t="s">
-        <v>948</v>
+        <v>954</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>939</v>
+        <v>944</v>
       </c>
       <c r="B4" t="s">
-        <v>949</v>
+        <v>955</v>
       </c>
       <c r="C4" t="s">
-        <v>950</v>
+        <v>956</v>
       </c>
       <c r="D4" t="s">
         <v>13</v>
       </c>
       <c r="E4" t="s">
-        <v>951</v>
+        <v>952</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>952</v>
+        <v>957</v>
       </c>
       <c r="H4" t="s">
-        <v>953</v>
+        <v>958</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>939</v>
+        <v>944</v>
       </c>
       <c r="B5" t="s">
-        <v>954</v>
+        <v>959</v>
       </c>
       <c r="C5" t="s">
-        <v>955</v>
+        <v>960</v>
       </c>
       <c r="D5" t="s">
         <v>13</v>
       </c>
       <c r="E5" t="s">
-        <v>956</v>
+        <v>961</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>957</v>
+        <v>962</v>
       </c>
       <c r="H5" t="s">
-        <v>958</v>
+        <v>963</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>939</v>
+        <v>944</v>
       </c>
       <c r="B6" t="s">
-        <v>959</v>
+        <v>964</v>
       </c>
       <c r="C6" t="s">
-        <v>960</v>
+        <v>965</v>
       </c>
       <c r="D6" t="s">
         <v>13</v>
       </c>
       <c r="E6" t="s">
-        <v>961</v>
+        <v>966</v>
       </c>
       <c r="F6" t="s">
         <v>13</v>
       </c>
       <c r="G6" t="s">
-        <v>962</v>
+        <v>967</v>
       </c>
       <c r="H6" t="s">
-        <v>963</v>
+        <v>968</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>939</v>
+        <v>944</v>
       </c>
       <c r="B7" t="s">
-        <v>964</v>
+        <v>969</v>
       </c>
       <c r="C7" t="s">
-        <v>965</v>
+        <v>970</v>
       </c>
       <c r="D7" t="s">
         <v>13</v>
       </c>
       <c r="E7" t="s">
-        <v>966</v>
+        <v>971</v>
       </c>
       <c r="F7" t="s">
         <v>13</v>
       </c>
       <c r="G7" t="s">
-        <v>967</v>
+        <v>972</v>
       </c>
       <c r="H7" t="s">
-        <v>968</v>
+        <v>973</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>939</v>
+        <v>944</v>
       </c>
       <c r="B8" t="s">
-        <v>969</v>
+        <v>974</v>
       </c>
       <c r="C8" t="s">
-        <v>970</v>
+        <v>975</v>
       </c>
       <c r="D8" t="s">
         <v>13</v>
       </c>
       <c r="E8" t="s">
-        <v>971</v>
+        <v>976</v>
       </c>
       <c r="F8" t="s">
         <v>13</v>
       </c>
       <c r="G8" t="s">
-        <v>972</v>
+        <v>977</v>
       </c>
       <c r="H8" t="s">
-        <v>973</v>
+        <v>978</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>939</v>
+        <v>944</v>
       </c>
       <c r="B9" t="s">
-        <v>974</v>
+        <v>979</v>
       </c>
       <c r="C9" t="s">
-        <v>975</v>
+        <v>980</v>
       </c>
       <c r="D9" t="s">
         <v>13</v>
       </c>
       <c r="E9" t="s">
-        <v>976</v>
+        <v>981</v>
       </c>
       <c r="F9" t="s">
         <v>13</v>
       </c>
       <c r="G9" t="s">
-        <v>977</v>
+        <v>982</v>
       </c>
       <c r="H9" t="s">
-        <v>978</v>
+        <v>983</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:J17"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
@@ -5087,146 +5102,146 @@
       </c>
       <c r="F17" t="s">
         <v>13</v>
       </c>
       <c r="G17" t="s">
         <v>115</v>
       </c>
       <c r="H17" t="s">
         <v>116</v>
       </c>
       <c r="I17" t="s">
         <v>13</v>
       </c>
       <c r="J17" t="s">
         <v>113</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:J1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H58"/>
+  <dimension ref="A1:H59"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
         <v>117</v>
       </c>
       <c r="B2" t="s">
         <v>118</v>
       </c>
       <c r="C2" t="s">
         <v>119</v>
       </c>
       <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
         <v>120</v>
       </c>
-      <c r="E2" t="s">
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
         <v>121</v>
       </c>
-      <c r="F2" t="s">
-[...2 lines deleted...]
-      <c r="G2" t="s">
+      <c r="H2" t="s">
         <v>122</v>
-      </c>
-[...1 lines deleted...]
-        <v>123</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
         <v>117</v>
       </c>
       <c r="B3" t="s">
+        <v>123</v>
+      </c>
+      <c r="C3" t="s">
         <v>124</v>
       </c>
-      <c r="C3" t="s">
+      <c r="D3" t="s">
         <v>125</v>
       </c>
-      <c r="D3" t="s">
+      <c r="E3" t="s">
         <v>126</v>
       </c>
-      <c r="E3" t="s">
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
         <v>127</v>
       </c>
-      <c r="F3" t="s">
-[...2 lines deleted...]
-      <c r="G3" t="s">
+      <c r="H3" t="s">
         <v>128</v>
-      </c>
-[...1 lines deleted...]
-        <v>129</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
         <v>117</v>
       </c>
       <c r="B4" t="s">
+        <v>129</v>
+      </c>
+      <c r="C4" t="s">
         <v>130</v>
       </c>
-      <c r="C4" t="s">
+      <c r="D4" t="s">
         <v>131</v>
-      </c>
-[...1 lines deleted...]
-        <v>13</v>
       </c>
       <c r="E4" t="s">
         <v>132</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
         <v>133</v>
       </c>
       <c r="H4" t="s">
         <v>134</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
         <v>117</v>
       </c>
       <c r="B5" t="s">
         <v>135</v>
       </c>
       <c r="C5" t="s">
         <v>136</v>
       </c>
       <c r="D5" t="s">
@@ -5286,207 +5301,207 @@
       </c>
       <c r="E7" t="s">
         <v>147</v>
       </c>
       <c r="F7" t="s">
         <v>13</v>
       </c>
       <c r="G7" t="s">
         <v>148</v>
       </c>
       <c r="H7" t="s">
         <v>149</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
         <v>117</v>
       </c>
       <c r="B8" t="s">
         <v>150</v>
       </c>
       <c r="C8" t="s">
         <v>151</v>
       </c>
       <c r="D8" t="s">
+        <v>13</v>
+      </c>
+      <c r="E8" t="s">
         <v>152</v>
       </c>
-      <c r="E8" t="s">
+      <c r="F8" t="s">
+        <v>13</v>
+      </c>
+      <c r="G8" t="s">
         <v>153</v>
       </c>
-      <c r="F8" t="s">
-[...2 lines deleted...]
-      <c r="G8" t="s">
+      <c r="H8" t="s">
         <v>154</v>
-      </c>
-[...1 lines deleted...]
-        <v>155</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
         <v>117</v>
       </c>
       <c r="B9" t="s">
+        <v>155</v>
+      </c>
+      <c r="C9" t="s">
         <v>156</v>
       </c>
-      <c r="C9" t="s">
+      <c r="D9" t="s">
         <v>157</v>
-      </c>
-[...1 lines deleted...]
-        <v>13</v>
       </c>
       <c r="E9" t="s">
         <v>158</v>
       </c>
       <c r="F9" t="s">
         <v>13</v>
       </c>
       <c r="G9" t="s">
         <v>159</v>
       </c>
       <c r="H9" t="s">
         <v>160</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
         <v>117</v>
       </c>
       <c r="B10" t="s">
         <v>161</v>
       </c>
       <c r="C10" t="s">
         <v>162</v>
       </c>
       <c r="D10" t="s">
+        <v>13</v>
+      </c>
+      <c r="E10" t="s">
         <v>163</v>
       </c>
-      <c r="E10" t="s">
+      <c r="F10" t="s">
+        <v>13</v>
+      </c>
+      <c r="G10" t="s">
         <v>164</v>
       </c>
-      <c r="F10" t="s">
-[...2 lines deleted...]
-      <c r="G10" t="s">
+      <c r="H10" t="s">
         <v>165</v>
-      </c>
-[...1 lines deleted...]
-        <v>166</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
         <v>117</v>
       </c>
       <c r="B11" t="s">
+        <v>166</v>
+      </c>
+      <c r="C11" t="s">
         <v>167</v>
       </c>
-      <c r="C11" t="s">
+      <c r="D11" t="s">
         <v>168</v>
       </c>
-      <c r="D11" t="s">
+      <c r="E11" t="s">
         <v>169</v>
       </c>
-      <c r="E11" t="s">
+      <c r="F11" t="s">
+        <v>13</v>
+      </c>
+      <c r="G11" t="s">
         <v>170</v>
       </c>
-      <c r="F11" t="s">
-[...2 lines deleted...]
-      <c r="G11" t="s">
+      <c r="H11" t="s">
         <v>171</v>
-      </c>
-[...1 lines deleted...]
-        <v>172</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
         <v>117</v>
       </c>
       <c r="B12" t="s">
+        <v>172</v>
+      </c>
+      <c r="C12" t="s">
         <v>173</v>
       </c>
-      <c r="C12" t="s">
+      <c r="D12" t="s">
         <v>174</v>
-      </c>
-[...1 lines deleted...]
-        <v>13</v>
       </c>
       <c r="E12" t="s">
         <v>175</v>
       </c>
       <c r="F12" t="s">
         <v>13</v>
       </c>
       <c r="G12" t="s">
         <v>176</v>
       </c>
       <c r="H12" t="s">
         <v>177</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
         <v>117</v>
       </c>
       <c r="B13" t="s">
         <v>178</v>
       </c>
       <c r="C13" t="s">
         <v>179</v>
       </c>
       <c r="D13" t="s">
+        <v>13</v>
+      </c>
+      <c r="E13" t="s">
         <v>180</v>
       </c>
-      <c r="E13" t="s">
+      <c r="F13" t="s">
+        <v>13</v>
+      </c>
+      <c r="G13" t="s">
         <v>181</v>
       </c>
-      <c r="F13" t="s">
-[...2 lines deleted...]
-      <c r="G13" t="s">
+      <c r="H13" t="s">
         <v>182</v>
-      </c>
-[...1 lines deleted...]
-        <v>183</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
         <v>117</v>
       </c>
       <c r="B14" t="s">
+        <v>183</v>
+      </c>
+      <c r="C14" t="s">
         <v>184</v>
       </c>
-      <c r="C14" t="s">
+      <c r="D14" t="s">
         <v>185</v>
-      </c>
-[...1 lines deleted...]
-        <v>13</v>
       </c>
       <c r="E14" t="s">
         <v>186</v>
       </c>
       <c r="F14" t="s">
         <v>13</v>
       </c>
       <c r="G14" t="s">
         <v>187</v>
       </c>
       <c r="H14" t="s">
         <v>188</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
         <v>117</v>
       </c>
       <c r="B15" t="s">
         <v>189</v>
       </c>
       <c r="C15" t="s">
         <v>190</v>
       </c>
       <c r="D15" t="s">
@@ -5494,210 +5509,210 @@
       </c>
       <c r="E15" t="s">
         <v>191</v>
       </c>
       <c r="F15" t="s">
         <v>13</v>
       </c>
       <c r="G15" t="s">
         <v>192</v>
       </c>
       <c r="H15" t="s">
         <v>193</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
         <v>117</v>
       </c>
       <c r="B16" t="s">
         <v>194</v>
       </c>
       <c r="C16" t="s">
         <v>195</v>
       </c>
       <c r="D16" t="s">
+        <v>13</v>
+      </c>
+      <c r="E16" t="s">
         <v>196</v>
       </c>
-      <c r="E16" t="s">
+      <c r="F16" t="s">
+        <v>13</v>
+      </c>
+      <c r="G16" t="s">
         <v>197</v>
       </c>
-      <c r="F16" t="s">
-[...2 lines deleted...]
-      <c r="G16" t="s">
+      <c r="H16" t="s">
         <v>198</v>
-      </c>
-[...1 lines deleted...]
-        <v>199</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
         <v>117</v>
       </c>
       <c r="B17" t="s">
+        <v>199</v>
+      </c>
+      <c r="C17" t="s">
         <v>200</v>
       </c>
-      <c r="C17" t="s">
+      <c r="D17" t="s">
         <v>201</v>
-      </c>
-[...1 lines deleted...]
-        <v>13</v>
       </c>
       <c r="E17" t="s">
         <v>202</v>
       </c>
       <c r="F17" t="s">
         <v>13</v>
       </c>
       <c r="G17" t="s">
         <v>203</v>
       </c>
       <c r="H17" t="s">
         <v>204</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
         <v>117</v>
       </c>
       <c r="B18" t="s">
         <v>205</v>
       </c>
       <c r="C18" t="s">
         <v>206</v>
       </c>
       <c r="D18" t="s">
         <v>13</v>
       </c>
       <c r="E18" t="s">
-        <v>202</v>
+        <v>207</v>
       </c>
       <c r="F18" t="s">
         <v>13</v>
       </c>
       <c r="G18" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="H18" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
         <v>117</v>
       </c>
       <c r="B19" t="s">
-        <v>209</v>
+        <v>210</v>
       </c>
       <c r="C19" t="s">
-        <v>210</v>
+        <v>211</v>
       </c>
       <c r="D19" t="s">
         <v>13</v>
       </c>
       <c r="E19" t="s">
-        <v>211</v>
+        <v>207</v>
       </c>
       <c r="F19" t="s">
         <v>13</v>
       </c>
       <c r="G19" t="s">
         <v>212</v>
       </c>
       <c r="H19" t="s">
         <v>213</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
         <v>117</v>
       </c>
       <c r="B20" t="s">
         <v>214</v>
       </c>
       <c r="C20" t="s">
         <v>215</v>
       </c>
       <c r="D20" t="s">
         <v>13</v>
       </c>
       <c r="E20" t="s">
-        <v>211</v>
+        <v>216</v>
       </c>
       <c r="F20" t="s">
         <v>13</v>
       </c>
       <c r="G20" t="s">
-        <v>216</v>
+        <v>217</v>
       </c>
       <c r="H20" t="s">
-        <v>217</v>
+        <v>218</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
         <v>117</v>
       </c>
       <c r="B21" t="s">
-        <v>218</v>
+        <v>219</v>
       </c>
       <c r="C21" t="s">
-        <v>219</v>
+        <v>220</v>
       </c>
       <c r="D21" t="s">
         <v>13</v>
       </c>
       <c r="E21" t="s">
-        <v>211</v>
+        <v>216</v>
       </c>
       <c r="F21" t="s">
         <v>13</v>
       </c>
       <c r="G21" t="s">
-        <v>220</v>
+        <v>221</v>
       </c>
       <c r="H21" t="s">
-        <v>221</v>
+        <v>222</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s">
         <v>117</v>
       </c>
       <c r="B22" t="s">
-        <v>222</v>
+        <v>223</v>
       </c>
       <c r="C22" t="s">
-        <v>223</v>
+        <v>224</v>
       </c>
       <c r="D22" t="s">
         <v>13</v>
       </c>
       <c r="E22" t="s">
-        <v>224</v>
+        <v>216</v>
       </c>
       <c r="F22" t="s">
         <v>13</v>
       </c>
       <c r="G22" t="s">
         <v>225</v>
       </c>
       <c r="H22" t="s">
         <v>226</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="s">
         <v>117</v>
       </c>
       <c r="B23" t="s">
         <v>227</v>
       </c>
       <c r="C23" t="s">
         <v>228</v>
       </c>
       <c r="D23" t="s">
         <v>13</v>
       </c>
       <c r="E23" t="s">
@@ -5705,77 +5720,77 @@
       </c>
       <c r="F23" t="s">
         <v>13</v>
       </c>
       <c r="G23" t="s">
         <v>230</v>
       </c>
       <c r="H23" t="s">
         <v>231</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="s">
         <v>117</v>
       </c>
       <c r="B24" t="s">
         <v>232</v>
       </c>
       <c r="C24" t="s">
         <v>233</v>
       </c>
       <c r="D24" t="s">
         <v>13</v>
       </c>
       <c r="E24" t="s">
-        <v>229</v>
+        <v>234</v>
       </c>
       <c r="F24" t="s">
         <v>13</v>
       </c>
       <c r="G24" t="s">
-        <v>234</v>
+        <v>235</v>
       </c>
       <c r="H24" t="s">
-        <v>235</v>
+        <v>236</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="s">
         <v>117</v>
       </c>
       <c r="B25" t="s">
-        <v>236</v>
+        <v>237</v>
       </c>
       <c r="C25" t="s">
-        <v>237</v>
+        <v>238</v>
       </c>
       <c r="D25" t="s">
         <v>13</v>
       </c>
       <c r="E25" t="s">
-        <v>238</v>
+        <v>234</v>
       </c>
       <c r="F25" t="s">
         <v>13</v>
       </c>
       <c r="G25" t="s">
         <v>239</v>
       </c>
       <c r="H25" t="s">
         <v>240</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="s">
         <v>117</v>
       </c>
       <c r="B26" t="s">
         <v>241</v>
       </c>
       <c r="C26" t="s">
         <v>242</v>
       </c>
       <c r="D26" t="s">
         <v>13</v>
       </c>
       <c r="E26" t="s">
@@ -5861,77 +5876,77 @@
       </c>
       <c r="F29" t="s">
         <v>13</v>
       </c>
       <c r="G29" t="s">
         <v>259</v>
       </c>
       <c r="H29" t="s">
         <v>260</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="s">
         <v>117</v>
       </c>
       <c r="B30" t="s">
         <v>261</v>
       </c>
       <c r="C30" t="s">
         <v>262</v>
       </c>
       <c r="D30" t="s">
         <v>13</v>
       </c>
       <c r="E30" t="s">
-        <v>258</v>
+        <v>263</v>
       </c>
       <c r="F30" t="s">
         <v>13</v>
       </c>
       <c r="G30" t="s">
-        <v>263</v>
+        <v>264</v>
       </c>
       <c r="H30" t="s">
-        <v>264</v>
+        <v>265</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="s">
         <v>117</v>
       </c>
       <c r="B31" t="s">
-        <v>265</v>
+        <v>266</v>
       </c>
       <c r="C31" t="s">
-        <v>266</v>
+        <v>267</v>
       </c>
       <c r="D31" t="s">
         <v>13</v>
       </c>
       <c r="E31" t="s">
-        <v>267</v>
+        <v>263</v>
       </c>
       <c r="F31" t="s">
         <v>13</v>
       </c>
       <c r="G31" t="s">
         <v>268</v>
       </c>
       <c r="H31" t="s">
         <v>269</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="s">
         <v>117</v>
       </c>
       <c r="B32" t="s">
         <v>270</v>
       </c>
       <c r="C32" t="s">
         <v>271</v>
       </c>
       <c r="D32" t="s">
         <v>13</v>
       </c>
       <c r="E32" t="s">
@@ -5991,155 +6006,155 @@
       </c>
       <c r="F34" t="s">
         <v>13</v>
       </c>
       <c r="G34" t="s">
         <v>283</v>
       </c>
       <c r="H34" t="s">
         <v>284</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="s">
         <v>117</v>
       </c>
       <c r="B35" t="s">
         <v>285</v>
       </c>
       <c r="C35" t="s">
         <v>286</v>
       </c>
       <c r="D35" t="s">
         <v>13</v>
       </c>
       <c r="E35" t="s">
-        <v>282</v>
+        <v>287</v>
       </c>
       <c r="F35" t="s">
         <v>13</v>
       </c>
       <c r="G35" t="s">
-        <v>287</v>
+        <v>288</v>
       </c>
       <c r="H35" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="s">
         <v>117</v>
       </c>
       <c r="B36" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="C36" t="s">
-        <v>290</v>
+        <v>291</v>
       </c>
       <c r="D36" t="s">
         <v>13</v>
       </c>
       <c r="E36" t="s">
-        <v>291</v>
+        <v>287</v>
       </c>
       <c r="F36" t="s">
         <v>13</v>
       </c>
       <c r="G36" t="s">
         <v>292</v>
       </c>
       <c r="H36" t="s">
         <v>293</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" t="s">
         <v>117</v>
       </c>
       <c r="B37" t="s">
         <v>294</v>
       </c>
       <c r="C37" t="s">
         <v>295</v>
       </c>
       <c r="D37" t="s">
         <v>13</v>
       </c>
       <c r="E37" t="s">
-        <v>291</v>
+        <v>296</v>
       </c>
       <c r="F37" t="s">
         <v>13</v>
       </c>
       <c r="G37" t="s">
-        <v>296</v>
+        <v>297</v>
       </c>
       <c r="H37" t="s">
-        <v>297</v>
+        <v>298</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" t="s">
         <v>117</v>
       </c>
       <c r="B38" t="s">
-        <v>298</v>
+        <v>299</v>
       </c>
       <c r="C38" t="s">
-        <v>299</v>
+        <v>300</v>
       </c>
       <c r="D38" t="s">
         <v>13</v>
       </c>
       <c r="E38" t="s">
-        <v>291</v>
+        <v>296</v>
       </c>
       <c r="F38" t="s">
         <v>13</v>
       </c>
       <c r="G38" t="s">
-        <v>300</v>
+        <v>301</v>
       </c>
       <c r="H38" t="s">
-        <v>301</v>
+        <v>302</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" t="s">
         <v>117</v>
       </c>
       <c r="B39" t="s">
-        <v>302</v>
+        <v>303</v>
       </c>
       <c r="C39" t="s">
-        <v>303</v>
+        <v>304</v>
       </c>
       <c r="D39" t="s">
         <v>13</v>
       </c>
       <c r="E39" t="s">
-        <v>304</v>
+        <v>296</v>
       </c>
       <c r="F39" t="s">
         <v>13</v>
       </c>
       <c r="G39" t="s">
         <v>305</v>
       </c>
       <c r="H39" t="s">
         <v>306</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" t="s">
         <v>117</v>
       </c>
       <c r="B40" t="s">
         <v>307</v>
       </c>
       <c r="C40" t="s">
         <v>308</v>
       </c>
       <c r="D40" t="s">
         <v>13</v>
       </c>
       <c r="E40" t="s">
@@ -6245,80 +6260,80 @@
       </c>
       <c r="D44" t="s">
         <v>13</v>
       </c>
       <c r="E44" t="s">
         <v>329</v>
       </c>
       <c r="F44" t="s">
         <v>13</v>
       </c>
       <c r="G44" t="s">
         <v>330</v>
       </c>
       <c r="H44" t="s">
         <v>331</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" t="s">
         <v>117</v>
       </c>
       <c r="B45" t="s">
         <v>332</v>
       </c>
       <c r="C45" t="s">
-        <v>13</v>
+        <v>333</v>
       </c>
       <c r="D45" t="s">
-        <v>333</v>
+        <v>13</v>
       </c>
       <c r="E45" t="s">
         <v>334</v>
       </c>
       <c r="F45" t="s">
         <v>13</v>
       </c>
       <c r="G45" t="s">
         <v>335</v>
       </c>
       <c r="H45" t="s">
         <v>336</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" t="s">
         <v>117</v>
       </c>
       <c r="B46" t="s">
         <v>337</v>
       </c>
       <c r="C46" t="s">
+        <v>13</v>
+      </c>
+      <c r="D46" t="s">
         <v>338</v>
-      </c>
-[...1 lines deleted...]
-        <v>13</v>
       </c>
       <c r="E46" t="s">
         <v>339</v>
       </c>
       <c r="F46" t="s">
         <v>13</v>
       </c>
       <c r="G46" t="s">
         <v>340</v>
       </c>
       <c r="H46" t="s">
         <v>341</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" t="s">
         <v>117</v>
       </c>
       <c r="B47" t="s">
         <v>342</v>
       </c>
       <c r="C47" t="s">
         <v>343</v>
       </c>
       <c r="D47" t="s">
@@ -6401,2224 +6416,2250 @@
       </c>
       <c r="D50" t="s">
         <v>13</v>
       </c>
       <c r="E50" t="s">
         <v>359</v>
       </c>
       <c r="F50" t="s">
         <v>13</v>
       </c>
       <c r="G50" t="s">
         <v>360</v>
       </c>
       <c r="H50" t="s">
         <v>361</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" t="s">
         <v>117</v>
       </c>
       <c r="B51" t="s">
         <v>362</v>
       </c>
       <c r="C51" t="s">
-        <v>13</v>
+        <v>363</v>
       </c>
       <c r="D51" t="s">
         <v>13</v>
       </c>
       <c r="E51" t="s">
-        <v>363</v>
+        <v>364</v>
       </c>
       <c r="F51" t="s">
         <v>13</v>
       </c>
       <c r="G51" t="s">
-        <v>364</v>
+        <v>365</v>
       </c>
       <c r="H51" t="s">
-        <v>365</v>
+        <v>366</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" t="s">
         <v>117</v>
       </c>
       <c r="B52" t="s">
-        <v>366</v>
+        <v>367</v>
       </c>
       <c r="C52" t="s">
-        <v>162</v>
+        <v>13</v>
       </c>
       <c r="D52" t="s">
-        <v>367</v>
+        <v>13</v>
       </c>
       <c r="E52" t="s">
         <v>368</v>
       </c>
       <c r="F52" t="s">
         <v>13</v>
       </c>
       <c r="G52" t="s">
         <v>369</v>
       </c>
       <c r="H52" t="s">
         <v>370</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" t="s">
         <v>117</v>
       </c>
       <c r="B53" t="s">
         <v>371</v>
       </c>
       <c r="C53" t="s">
+        <v>167</v>
+      </c>
+      <c r="D53" t="s">
         <v>372</v>
       </c>
-      <c r="D53" t="s">
+      <c r="E53" t="s">
         <v>373</v>
       </c>
-      <c r="E53" t="s">
+      <c r="F53" t="s">
+        <v>13</v>
+      </c>
+      <c r="G53" t="s">
         <v>374</v>
       </c>
-      <c r="F53" t="s">
-[...2 lines deleted...]
-      <c r="G53" t="s">
+      <c r="H53" t="s">
         <v>375</v>
-      </c>
-[...1 lines deleted...]
-        <v>376</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" t="s">
         <v>117</v>
       </c>
       <c r="B54" t="s">
+        <v>376</v>
+      </c>
+      <c r="C54" t="s">
         <v>377</v>
-      </c>
-[...1 lines deleted...]
-        <v>162</v>
       </c>
       <c r="D54" t="s">
         <v>378</v>
       </c>
       <c r="E54" t="s">
         <v>379</v>
       </c>
       <c r="F54" t="s">
         <v>13</v>
       </c>
       <c r="G54" t="s">
         <v>380</v>
       </c>
       <c r="H54" t="s">
         <v>381</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" t="s">
         <v>117</v>
       </c>
       <c r="B55" t="s">
         <v>382</v>
       </c>
       <c r="C55" t="s">
-        <v>162</v>
+        <v>167</v>
       </c>
       <c r="D55" t="s">
-        <v>378</v>
+        <v>383</v>
       </c>
       <c r="E55" t="s">
-        <v>383</v>
+        <v>384</v>
       </c>
       <c r="F55" t="s">
         <v>13</v>
       </c>
       <c r="G55" t="s">
-        <v>384</v>
+        <v>385</v>
       </c>
       <c r="H55" t="s">
-        <v>385</v>
+        <v>386</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" t="s">
         <v>117</v>
       </c>
       <c r="B56" t="s">
-        <v>386</v>
+        <v>387</v>
       </c>
       <c r="C56" t="s">
-        <v>162</v>
+        <v>167</v>
       </c>
       <c r="D56" t="s">
-        <v>378</v>
+        <v>383</v>
       </c>
       <c r="E56" t="s">
-        <v>387</v>
+        <v>388</v>
       </c>
       <c r="F56" t="s">
         <v>13</v>
       </c>
       <c r="G56" t="s">
-        <v>388</v>
+        <v>389</v>
       </c>
       <c r="H56" t="s">
-        <v>389</v>
+        <v>390</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" t="s">
         <v>117</v>
       </c>
       <c r="B57" t="s">
-        <v>390</v>
+        <v>391</v>
       </c>
       <c r="C57" t="s">
-        <v>391</v>
+        <v>167</v>
       </c>
       <c r="D57" t="s">
+        <v>383</v>
+      </c>
+      <c r="E57" t="s">
         <v>392</v>
       </c>
-      <c r="E57" t="s">
+      <c r="F57" t="s">
+        <v>13</v>
+      </c>
+      <c r="G57" t="s">
         <v>393</v>
       </c>
-      <c r="F57" t="s">
-[...2 lines deleted...]
-      <c r="G57" t="s">
+      <c r="H57" t="s">
         <v>394</v>
-      </c>
-[...1 lines deleted...]
-        <v>395</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" t="s">
         <v>117</v>
       </c>
       <c r="B58" t="s">
+        <v>395</v>
+      </c>
+      <c r="C58" t="s">
         <v>396</v>
       </c>
-      <c r="C58" t="s">
+      <c r="D58" t="s">
         <v>397</v>
       </c>
-      <c r="D58" t="s">
+      <c r="E58" t="s">
         <v>398</v>
       </c>
-      <c r="E58" t="s">
+      <c r="F58" t="s">
+        <v>13</v>
+      </c>
+      <c r="G58" t="s">
         <v>399</v>
       </c>
-      <c r="F58" t="s">
-[...2 lines deleted...]
-      <c r="G58" t="s">
+      <c r="H58" t="s">
         <v>400</v>
       </c>
-      <c r="H58" t="s">
+    </row>
+    <row r="59">
+      <c r="A59" t="s">
+        <v>117</v>
+      </c>
+      <c r="B59" t="s">
         <v>401</v>
+      </c>
+      <c r="C59" t="s">
+        <v>402</v>
+      </c>
+      <c r="D59" t="s">
+        <v>403</v>
+      </c>
+      <c r="E59" t="s">
+        <v>404</v>
+      </c>
+      <c r="F59" t="s">
+        <v>13</v>
+      </c>
+      <c r="G59" t="s">
+        <v>405</v>
+      </c>
+      <c r="H59" t="s">
+        <v>406</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:I17"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
-        <v>402</v>
+        <v>407</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>403</v>
+        <v>408</v>
       </c>
       <c r="B2" t="s">
-        <v>404</v>
+        <v>409</v>
       </c>
       <c r="C2" t="s">
         <v>13</v>
       </c>
       <c r="D2" t="s">
         <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>405</v>
+        <v>410</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>406</v>
+        <v>411</v>
       </c>
       <c r="H2" t="s">
-        <v>407</v>
+        <v>412</v>
       </c>
       <c r="I2" t="s">
-        <v>408</v>
+        <v>413</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>403</v>
+        <v>408</v>
       </c>
       <c r="B3" t="s">
-        <v>409</v>
+        <v>414</v>
       </c>
       <c r="C3" t="s">
         <v>13</v>
       </c>
       <c r="D3" t="s">
         <v>13</v>
       </c>
       <c r="E3" t="s">
-        <v>405</v>
+        <v>410</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>410</v>
+        <v>415</v>
       </c>
       <c r="H3" t="s">
-        <v>411</v>
+        <v>416</v>
       </c>
       <c r="I3" t="s">
-        <v>408</v>
+        <v>413</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>403</v>
+        <v>408</v>
       </c>
       <c r="B4" t="s">
-        <v>412</v>
+        <v>417</v>
       </c>
       <c r="C4" t="s">
         <v>13</v>
       </c>
       <c r="D4" t="s">
         <v>13</v>
       </c>
       <c r="E4" t="s">
+        <v>418</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>419</v>
+      </c>
+      <c r="H4" t="s">
+        <v>420</v>
+      </c>
+      <c r="I4" t="s">
         <v>413</v>
-      </c>
-[...10 lines deleted...]
-        <v>408</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>403</v>
+        <v>408</v>
       </c>
       <c r="B5" t="s">
-        <v>416</v>
+        <v>421</v>
       </c>
       <c r="C5" t="s">
         <v>13</v>
       </c>
       <c r="D5" t="s">
         <v>13</v>
       </c>
       <c r="E5" t="s">
-        <v>417</v>
+        <v>422</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>418</v>
+        <v>423</v>
       </c>
       <c r="H5" t="s">
-        <v>419</v>
+        <v>424</v>
       </c>
       <c r="I5" t="s">
-        <v>408</v>
+        <v>413</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>403</v>
+        <v>408</v>
       </c>
       <c r="B6" t="s">
-        <v>420</v>
+        <v>425</v>
       </c>
       <c r="C6" t="s">
         <v>13</v>
       </c>
       <c r="D6" t="s">
         <v>13</v>
       </c>
       <c r="E6" t="s">
-        <v>421</v>
+        <v>426</v>
       </c>
       <c r="F6" t="s">
         <v>13</v>
       </c>
       <c r="G6" t="s">
-        <v>422</v>
+        <v>427</v>
       </c>
       <c r="H6" t="s">
-        <v>423</v>
+        <v>428</v>
       </c>
       <c r="I6" t="s">
-        <v>408</v>
+        <v>413</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>403</v>
+        <v>408</v>
       </c>
       <c r="B7" t="s">
-        <v>424</v>
+        <v>429</v>
       </c>
       <c r="C7" t="s">
         <v>13</v>
       </c>
       <c r="D7" t="s">
         <v>13</v>
       </c>
       <c r="E7" t="s">
-        <v>425</v>
+        <v>430</v>
       </c>
       <c r="F7" t="s">
         <v>13</v>
       </c>
       <c r="G7" t="s">
-        <v>426</v>
+        <v>431</v>
       </c>
       <c r="H7" t="s">
-        <v>427</v>
+        <v>432</v>
       </c>
       <c r="I7" t="s">
-        <v>408</v>
+        <v>413</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>403</v>
+        <v>408</v>
       </c>
       <c r="B8" t="s">
-        <v>428</v>
+        <v>433</v>
       </c>
       <c r="C8" t="s">
         <v>13</v>
       </c>
       <c r="D8" t="s">
         <v>13</v>
       </c>
       <c r="E8" t="s">
-        <v>429</v>
+        <v>434</v>
       </c>
       <c r="F8" t="s">
         <v>13</v>
       </c>
       <c r="G8" t="s">
-        <v>430</v>
+        <v>435</v>
       </c>
       <c r="H8" t="s">
-        <v>431</v>
+        <v>436</v>
       </c>
       <c r="I8" t="s">
-        <v>408</v>
+        <v>413</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>403</v>
+        <v>408</v>
       </c>
       <c r="B9" t="s">
-        <v>432</v>
+        <v>437</v>
       </c>
       <c r="C9" t="s">
         <v>13</v>
       </c>
       <c r="D9" t="s">
         <v>13</v>
       </c>
       <c r="E9" t="s">
-        <v>433</v>
+        <v>438</v>
       </c>
       <c r="F9" t="s">
         <v>13</v>
       </c>
       <c r="G9" t="s">
-        <v>434</v>
+        <v>439</v>
       </c>
       <c r="H9" t="s">
-        <v>435</v>
+        <v>440</v>
       </c>
       <c r="I9" t="s">
-        <v>408</v>
+        <v>413</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>403</v>
+        <v>408</v>
       </c>
       <c r="B10" t="s">
-        <v>436</v>
+        <v>441</v>
       </c>
       <c r="C10" t="s">
         <v>13</v>
       </c>
       <c r="D10" t="s">
         <v>13</v>
       </c>
       <c r="E10" t="s">
-        <v>437</v>
+        <v>442</v>
       </c>
       <c r="F10" t="s">
         <v>13</v>
       </c>
       <c r="G10" t="s">
-        <v>438</v>
+        <v>443</v>
       </c>
       <c r="H10" t="s">
-        <v>439</v>
+        <v>444</v>
       </c>
       <c r="I10" t="s">
-        <v>408</v>
+        <v>413</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>403</v>
+        <v>408</v>
       </c>
       <c r="B11" t="s">
-        <v>440</v>
+        <v>445</v>
       </c>
       <c r="C11" t="s">
         <v>13</v>
       </c>
       <c r="D11" t="s">
         <v>13</v>
       </c>
       <c r="E11" t="s">
-        <v>441</v>
+        <v>446</v>
       </c>
       <c r="F11" t="s">
         <v>13</v>
       </c>
       <c r="G11" t="s">
-        <v>442</v>
+        <v>447</v>
       </c>
       <c r="H11" t="s">
-        <v>443</v>
+        <v>448</v>
       </c>
       <c r="I11" t="s">
-        <v>408</v>
+        <v>413</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>403</v>
+        <v>408</v>
       </c>
       <c r="B12" t="s">
-        <v>444</v>
+        <v>449</v>
       </c>
       <c r="C12" t="s">
         <v>13</v>
       </c>
       <c r="D12" t="s">
         <v>13</v>
       </c>
       <c r="E12" t="s">
-        <v>445</v>
+        <v>450</v>
       </c>
       <c r="F12" t="s">
         <v>13</v>
       </c>
       <c r="G12" t="s">
-        <v>446</v>
+        <v>451</v>
       </c>
       <c r="H12" t="s">
-        <v>447</v>
+        <v>452</v>
       </c>
       <c r="I12" t="s">
-        <v>408</v>
+        <v>413</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>403</v>
+        <v>408</v>
       </c>
       <c r="B13" t="s">
-        <v>448</v>
+        <v>453</v>
       </c>
       <c r="C13" t="s">
         <v>13</v>
       </c>
       <c r="D13" t="s">
         <v>13</v>
       </c>
       <c r="E13" t="s">
-        <v>449</v>
+        <v>454</v>
       </c>
       <c r="F13" t="s">
         <v>13</v>
       </c>
       <c r="G13" t="s">
-        <v>450</v>
+        <v>455</v>
       </c>
       <c r="H13" t="s">
-        <v>451</v>
+        <v>456</v>
       </c>
       <c r="I13" t="s">
-        <v>408</v>
+        <v>413</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
-        <v>403</v>
+        <v>408</v>
       </c>
       <c r="B14" t="s">
-        <v>452</v>
+        <v>457</v>
       </c>
       <c r="C14" t="s">
         <v>13</v>
       </c>
       <c r="D14" t="s">
         <v>13</v>
       </c>
       <c r="E14" t="s">
-        <v>453</v>
+        <v>458</v>
       </c>
       <c r="F14" t="s">
         <v>13</v>
       </c>
       <c r="G14" t="s">
-        <v>454</v>
+        <v>459</v>
       </c>
       <c r="H14" t="s">
-        <v>455</v>
+        <v>460</v>
       </c>
       <c r="I14" t="s">
-        <v>408</v>
+        <v>413</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
-        <v>403</v>
+        <v>408</v>
       </c>
       <c r="B15" t="s">
-        <v>456</v>
+        <v>461</v>
       </c>
       <c r="C15" t="s">
         <v>13</v>
       </c>
       <c r="D15" t="s">
         <v>13</v>
       </c>
       <c r="E15" t="s">
-        <v>457</v>
+        <v>462</v>
       </c>
       <c r="F15" t="s">
         <v>13</v>
       </c>
       <c r="G15" t="s">
-        <v>458</v>
+        <v>463</v>
       </c>
       <c r="H15" t="s">
-        <v>459</v>
+        <v>464</v>
       </c>
       <c r="I15" t="s">
-        <v>408</v>
+        <v>413</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
-        <v>403</v>
+        <v>408</v>
       </c>
       <c r="B16" t="s">
-        <v>460</v>
+        <v>465</v>
       </c>
       <c r="C16" t="s">
         <v>13</v>
       </c>
       <c r="D16" t="s">
         <v>13</v>
       </c>
       <c r="E16" t="s">
-        <v>461</v>
+        <v>466</v>
       </c>
       <c r="F16" t="s">
         <v>13</v>
       </c>
       <c r="G16" t="s">
-        <v>462</v>
+        <v>467</v>
       </c>
       <c r="H16" t="s">
-        <v>463</v>
+        <v>468</v>
       </c>
       <c r="I16" t="s">
-        <v>408</v>
+        <v>413</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
-        <v>403</v>
+        <v>408</v>
       </c>
       <c r="B17" t="s">
-        <v>464</v>
+        <v>469</v>
       </c>
       <c r="C17" t="s">
         <v>13</v>
       </c>
       <c r="D17" t="s">
         <v>13</v>
       </c>
       <c r="E17" t="s">
-        <v>465</v>
+        <v>470</v>
       </c>
       <c r="F17" t="s">
         <v>13</v>
       </c>
       <c r="G17" t="s">
-        <v>466</v>
+        <v>471</v>
       </c>
       <c r="H17" t="s">
-        <v>467</v>
+        <v>472</v>
       </c>
       <c r="I17" t="s">
-        <v>408</v>
+        <v>413</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:I1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H5"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>468</v>
+        <v>473</v>
       </c>
       <c r="B2" t="s">
-        <v>469</v>
+        <v>474</v>
       </c>
       <c r="C2" t="s">
-        <v>470</v>
+        <v>475</v>
       </c>
       <c r="D2" t="s">
         <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>471</v>
+        <v>476</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>472</v>
+        <v>477</v>
       </c>
       <c r="H2" t="s">
-        <v>473</v>
+        <v>478</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>468</v>
+        <v>473</v>
       </c>
       <c r="B3" t="s">
-        <v>474</v>
+        <v>479</v>
       </c>
       <c r="C3" t="s">
-        <v>475</v>
+        <v>480</v>
       </c>
       <c r="D3" t="s">
         <v>13</v>
       </c>
       <c r="E3" t="s">
-        <v>476</v>
+        <v>481</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>477</v>
+        <v>482</v>
       </c>
       <c r="H3" t="s">
-        <v>478</v>
+        <v>483</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>468</v>
+        <v>473</v>
       </c>
       <c r="B4" t="s">
-        <v>479</v>
+        <v>484</v>
       </c>
       <c r="C4" t="s">
-        <v>480</v>
+        <v>485</v>
       </c>
       <c r="D4" t="s">
-        <v>481</v>
+        <v>486</v>
       </c>
       <c r="E4" t="s">
-        <v>482</v>
+        <v>487</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>483</v>
+        <v>488</v>
       </c>
       <c r="H4" t="s">
-        <v>484</v>
+        <v>489</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>468</v>
+        <v>473</v>
       </c>
       <c r="B5" t="s">
-        <v>485</v>
+        <v>490</v>
       </c>
       <c r="C5" t="s">
-        <v>486</v>
+        <v>491</v>
       </c>
       <c r="D5" t="s">
         <v>13</v>
       </c>
       <c r="E5" t="s">
-        <v>487</v>
+        <v>492</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>488</v>
+        <v>493</v>
       </c>
       <c r="H5" t="s">
-        <v>489</v>
+        <v>494</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H13"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>490</v>
+        <v>495</v>
       </c>
       <c r="B2" t="s">
-        <v>491</v>
+        <v>496</v>
       </c>
       <c r="C2" t="s">
-        <v>492</v>
+        <v>497</v>
       </c>
       <c r="D2" t="s">
         <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>493</v>
+        <v>498</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>494</v>
+        <v>499</v>
       </c>
       <c r="H2" t="s">
-        <v>495</v>
+        <v>500</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>490</v>
+        <v>495</v>
       </c>
       <c r="B3" t="s">
-        <v>496</v>
+        <v>501</v>
       </c>
       <c r="C3" t="s">
-        <v>497</v>
+        <v>502</v>
       </c>
       <c r="D3" t="s">
         <v>13</v>
       </c>
       <c r="E3" t="s">
-        <v>498</v>
+        <v>503</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>499</v>
+        <v>504</v>
       </c>
       <c r="H3" t="s">
-        <v>500</v>
+        <v>505</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>490</v>
+        <v>495</v>
       </c>
       <c r="B4" t="s">
-        <v>501</v>
+        <v>506</v>
       </c>
       <c r="C4" t="s">
-        <v>502</v>
+        <v>507</v>
       </c>
       <c r="D4" t="s">
         <v>13</v>
       </c>
       <c r="E4" t="s">
-        <v>503</v>
+        <v>508</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>504</v>
+        <v>509</v>
       </c>
       <c r="H4" t="s">
-        <v>505</v>
+        <v>510</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>490</v>
+        <v>495</v>
       </c>
       <c r="B5" t="s">
-        <v>506</v>
+        <v>511</v>
       </c>
       <c r="C5" t="s">
-        <v>507</v>
+        <v>512</v>
       </c>
       <c r="D5" t="s">
         <v>13</v>
       </c>
       <c r="E5" t="s">
-        <v>508</v>
+        <v>513</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>509</v>
+        <v>514</v>
       </c>
       <c r="H5" t="s">
-        <v>510</v>
+        <v>515</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>490</v>
+        <v>495</v>
       </c>
       <c r="B6" t="s">
-        <v>511</v>
+        <v>516</v>
       </c>
       <c r="C6" t="s">
-        <v>512</v>
+        <v>517</v>
       </c>
       <c r="D6" t="s">
         <v>13</v>
       </c>
       <c r="E6" t="s">
-        <v>513</v>
+        <v>518</v>
       </c>
       <c r="F6" t="s">
         <v>13</v>
       </c>
       <c r="G6" t="s">
-        <v>514</v>
+        <v>519</v>
       </c>
       <c r="H6" t="s">
-        <v>515</v>
+        <v>520</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>490</v>
+        <v>495</v>
       </c>
       <c r="B7" t="s">
-        <v>516</v>
+        <v>521</v>
       </c>
       <c r="C7" t="s">
-        <v>517</v>
+        <v>522</v>
       </c>
       <c r="D7" t="s">
         <v>13</v>
       </c>
       <c r="E7" t="s">
-        <v>518</v>
+        <v>523</v>
       </c>
       <c r="F7" t="s">
         <v>13</v>
       </c>
       <c r="G7" t="s">
-        <v>519</v>
+        <v>524</v>
       </c>
       <c r="H7" t="s">
-        <v>520</v>
+        <v>525</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>490</v>
+        <v>495</v>
       </c>
       <c r="B8" t="s">
-        <v>521</v>
+        <v>526</v>
       </c>
       <c r="C8" t="s">
-        <v>522</v>
+        <v>527</v>
       </c>
       <c r="D8" t="s">
         <v>13</v>
       </c>
       <c r="E8" t="s">
-        <v>523</v>
+        <v>528</v>
       </c>
       <c r="F8" t="s">
         <v>13</v>
       </c>
       <c r="G8" t="s">
-        <v>524</v>
+        <v>529</v>
       </c>
       <c r="H8" t="s">
-        <v>525</v>
+        <v>530</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>490</v>
+        <v>495</v>
       </c>
       <c r="B9" t="s">
-        <v>526</v>
+        <v>531</v>
       </c>
       <c r="C9" t="s">
-        <v>527</v>
+        <v>532</v>
       </c>
       <c r="D9" t="s">
         <v>13</v>
       </c>
       <c r="E9" t="s">
-        <v>528</v>
+        <v>533</v>
       </c>
       <c r="F9" t="s">
         <v>13</v>
       </c>
       <c r="G9" t="s">
-        <v>529</v>
+        <v>534</v>
       </c>
       <c r="H9" t="s">
-        <v>530</v>
+        <v>535</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>490</v>
+        <v>495</v>
       </c>
       <c r="B10" t="s">
-        <v>531</v>
+        <v>536</v>
       </c>
       <c r="C10" t="s">
         <v>13</v>
       </c>
       <c r="D10" t="s">
         <v>13</v>
       </c>
       <c r="E10" t="s">
-        <v>532</v>
+        <v>537</v>
       </c>
       <c r="F10" t="s">
         <v>13</v>
       </c>
       <c r="G10" t="s">
-        <v>533</v>
+        <v>538</v>
       </c>
       <c r="H10" t="s">
-        <v>534</v>
+        <v>539</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>490</v>
+        <v>495</v>
       </c>
       <c r="B11" t="s">
-        <v>535</v>
+        <v>540</v>
       </c>
       <c r="C11" t="s">
-        <v>536</v>
+        <v>541</v>
       </c>
       <c r="D11" t="s">
         <v>13</v>
       </c>
       <c r="E11" t="s">
-        <v>537</v>
+        <v>542</v>
       </c>
       <c r="F11" t="s">
         <v>13</v>
       </c>
       <c r="G11" t="s">
-        <v>538</v>
+        <v>543</v>
       </c>
       <c r="H11" t="s">
-        <v>539</v>
+        <v>544</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>490</v>
+        <v>495</v>
       </c>
       <c r="B12" t="s">
-        <v>540</v>
+        <v>545</v>
       </c>
       <c r="C12" t="s">
-        <v>541</v>
+        <v>546</v>
       </c>
       <c r="D12" t="s">
         <v>13</v>
       </c>
       <c r="E12" t="s">
-        <v>542</v>
+        <v>547</v>
       </c>
       <c r="F12" t="s">
         <v>13</v>
       </c>
       <c r="G12" t="s">
-        <v>543</v>
+        <v>548</v>
       </c>
       <c r="H12" t="s">
-        <v>544</v>
+        <v>549</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>490</v>
+        <v>495</v>
       </c>
       <c r="B13" t="s">
-        <v>545</v>
+        <v>550</v>
       </c>
       <c r="C13" t="s">
         <v>13</v>
       </c>
       <c r="D13" t="s">
         <v>13</v>
       </c>
       <c r="E13" t="s">
-        <v>546</v>
+        <v>551</v>
       </c>
       <c r="F13" t="s">
         <v>13</v>
       </c>
       <c r="G13" t="s">
-        <v>547</v>
+        <v>552</v>
       </c>
       <c r="H13" t="s">
-        <v>548</v>
+        <v>553</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H4"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>549</v>
+        <v>554</v>
       </c>
       <c r="B2" t="s">
-        <v>550</v>
+        <v>555</v>
       </c>
       <c r="C2" t="s">
-        <v>551</v>
+        <v>556</v>
       </c>
       <c r="D2" t="s">
-        <v>552</v>
+        <v>557</v>
       </c>
       <c r="E2" t="s">
-        <v>553</v>
+        <v>558</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>554</v>
+        <v>559</v>
       </c>
       <c r="H2" t="s">
-        <v>555</v>
+        <v>560</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>549</v>
+        <v>554</v>
       </c>
       <c r="B3" t="s">
-        <v>556</v>
+        <v>561</v>
       </c>
       <c r="C3" t="s">
-        <v>557</v>
+        <v>562</v>
       </c>
       <c r="D3" t="s">
-        <v>558</v>
+        <v>563</v>
       </c>
       <c r="E3" t="s">
-        <v>559</v>
+        <v>564</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>560</v>
+        <v>565</v>
       </c>
       <c r="H3" t="s">
-        <v>561</v>
+        <v>566</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>549</v>
+        <v>554</v>
       </c>
       <c r="B4" t="s">
-        <v>562</v>
+        <v>567</v>
       </c>
       <c r="C4" t="s">
-        <v>563</v>
+        <v>568</v>
       </c>
       <c r="D4" t="s">
-        <v>564</v>
+        <v>569</v>
       </c>
       <c r="E4" t="s">
-        <v>565</v>
+        <v>570</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>566</v>
+        <v>571</v>
       </c>
       <c r="H4" t="s">
-        <v>567</v>
+        <v>572</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H5"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>568</v>
+        <v>573</v>
       </c>
       <c r="B2" t="s">
-        <v>569</v>
+        <v>574</v>
       </c>
       <c r="C2" t="s">
-        <v>570</v>
+        <v>575</v>
       </c>
       <c r="D2" t="s">
-        <v>571</v>
+        <v>576</v>
       </c>
       <c r="E2" t="s">
-        <v>572</v>
+        <v>577</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>573</v>
+        <v>578</v>
       </c>
       <c r="H2" t="s">
-        <v>574</v>
+        <v>579</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>568</v>
+        <v>573</v>
       </c>
       <c r="B3" t="s">
-        <v>575</v>
+        <v>580</v>
       </c>
       <c r="C3" t="s">
-        <v>576</v>
+        <v>581</v>
       </c>
       <c r="D3" t="s">
-        <v>577</v>
+        <v>582</v>
       </c>
       <c r="E3" t="s">
-        <v>578</v>
+        <v>583</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>579</v>
+        <v>584</v>
       </c>
       <c r="H3" t="s">
-        <v>580</v>
+        <v>585</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>568</v>
+        <v>573</v>
       </c>
       <c r="B4" t="s">
-        <v>581</v>
+        <v>586</v>
       </c>
       <c r="C4" t="s">
-        <v>582</v>
+        <v>587</v>
       </c>
       <c r="D4" t="s">
-        <v>583</v>
+        <v>588</v>
       </c>
       <c r="E4" t="s">
-        <v>584</v>
+        <v>589</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>585</v>
+        <v>590</v>
       </c>
       <c r="H4" t="s">
-        <v>586</v>
+        <v>591</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>568</v>
+        <v>573</v>
       </c>
       <c r="B5" t="s">
-        <v>587</v>
+        <v>592</v>
       </c>
       <c r="C5" t="s">
-        <v>588</v>
+        <v>593</v>
       </c>
       <c r="D5" t="s">
-        <v>589</v>
+        <v>594</v>
       </c>
       <c r="E5" t="s">
-        <v>590</v>
+        <v>595</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>591</v>
+        <v>596</v>
       </c>
       <c r="H5" t="s">
-        <v>592</v>
+        <v>597</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H27"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>593</v>
+        <v>598</v>
       </c>
       <c r="B2" t="s">
-        <v>594</v>
+        <v>599</v>
       </c>
       <c r="C2" t="s">
-        <v>595</v>
+        <v>600</v>
       </c>
       <c r="D2" t="s">
-        <v>596</v>
+        <v>601</v>
       </c>
       <c r="E2" t="s">
-        <v>597</v>
+        <v>602</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>598</v>
+        <v>603</v>
       </c>
       <c r="H2" t="s">
-        <v>599</v>
+        <v>604</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>593</v>
+        <v>598</v>
       </c>
       <c r="B3" t="s">
-        <v>600</v>
+        <v>605</v>
       </c>
       <c r="C3" t="s">
-        <v>601</v>
+        <v>606</v>
       </c>
       <c r="D3" t="s">
-        <v>602</v>
+        <v>607</v>
       </c>
       <c r="E3" t="s">
-        <v>603</v>
+        <v>608</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>604</v>
+        <v>609</v>
       </c>
       <c r="H3" t="s">
-        <v>605</v>
+        <v>610</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>593</v>
+        <v>598</v>
       </c>
       <c r="B4" t="s">
-        <v>606</v>
+        <v>611</v>
       </c>
       <c r="C4" t="s">
-        <v>607</v>
+        <v>612</v>
       </c>
       <c r="D4" t="s">
-        <v>608</v>
+        <v>613</v>
       </c>
       <c r="E4" t="s">
-        <v>609</v>
+        <v>614</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>610</v>
+        <v>615</v>
       </c>
       <c r="H4" t="s">
-        <v>611</v>
+        <v>616</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>593</v>
+        <v>598</v>
       </c>
       <c r="B5" t="s">
-        <v>612</v>
+        <v>617</v>
       </c>
       <c r="C5" t="s">
-        <v>613</v>
+        <v>618</v>
       </c>
       <c r="D5" t="s">
-        <v>152</v>
+        <v>157</v>
       </c>
       <c r="E5" t="s">
-        <v>614</v>
+        <v>619</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>615</v>
+        <v>620</v>
       </c>
       <c r="H5" t="s">
-        <v>616</v>
+        <v>621</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>593</v>
+        <v>598</v>
       </c>
       <c r="B6" t="s">
-        <v>617</v>
+        <v>622</v>
       </c>
       <c r="C6" t="s">
-        <v>618</v>
+        <v>623</v>
       </c>
       <c r="D6" t="s">
-        <v>619</v>
+        <v>624</v>
       </c>
       <c r="E6" t="s">
-        <v>620</v>
+        <v>625</v>
       </c>
       <c r="F6" t="s">
         <v>13</v>
       </c>
       <c r="G6" t="s">
-        <v>621</v>
+        <v>626</v>
       </c>
       <c r="H6" t="s">
-        <v>622</v>
+        <v>627</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>593</v>
+        <v>598</v>
       </c>
       <c r="B7" t="s">
-        <v>623</v>
+        <v>628</v>
       </c>
       <c r="C7" t="s">
-        <v>624</v>
+        <v>629</v>
       </c>
       <c r="D7" t="s">
-        <v>625</v>
+        <v>630</v>
       </c>
       <c r="E7" t="s">
-        <v>626</v>
+        <v>631</v>
       </c>
       <c r="F7" t="s">
         <v>13</v>
       </c>
       <c r="G7" t="s">
-        <v>627</v>
+        <v>632</v>
       </c>
       <c r="H7" t="s">
-        <v>628</v>
+        <v>633</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>593</v>
+        <v>598</v>
       </c>
       <c r="B8" t="s">
-        <v>629</v>
+        <v>634</v>
       </c>
       <c r="C8" t="s">
-        <v>630</v>
+        <v>635</v>
       </c>
       <c r="D8" t="s">
-        <v>631</v>
+        <v>636</v>
       </c>
       <c r="E8" t="s">
-        <v>632</v>
+        <v>637</v>
       </c>
       <c r="F8" t="s">
         <v>13</v>
       </c>
       <c r="G8" t="s">
-        <v>633</v>
+        <v>638</v>
       </c>
       <c r="H8" t="s">
-        <v>634</v>
+        <v>639</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>593</v>
+        <v>598</v>
       </c>
       <c r="B9" t="s">
-        <v>635</v>
+        <v>640</v>
       </c>
       <c r="C9" t="s">
-        <v>636</v>
+        <v>641</v>
       </c>
       <c r="D9" t="s">
-        <v>637</v>
+        <v>642</v>
       </c>
       <c r="E9" t="s">
-        <v>638</v>
+        <v>643</v>
       </c>
       <c r="F9" t="s">
         <v>13</v>
       </c>
       <c r="G9" t="s">
-        <v>639</v>
+        <v>644</v>
       </c>
       <c r="H9" t="s">
-        <v>640</v>
+        <v>645</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>593</v>
+        <v>598</v>
       </c>
       <c r="B10" t="s">
-        <v>641</v>
+        <v>646</v>
       </c>
       <c r="C10" t="s">
-        <v>642</v>
+        <v>647</v>
       </c>
       <c r="D10" t="s">
-        <v>643</v>
+        <v>648</v>
       </c>
       <c r="E10" t="s">
-        <v>644</v>
+        <v>649</v>
       </c>
       <c r="F10" t="s">
         <v>13</v>
       </c>
       <c r="G10" t="s">
-        <v>645</v>
+        <v>650</v>
       </c>
       <c r="H10" t="s">
-        <v>646</v>
+        <v>651</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>593</v>
+        <v>598</v>
       </c>
       <c r="B11" t="s">
-        <v>647</v>
+        <v>652</v>
       </c>
       <c r="C11" t="s">
-        <v>648</v>
+        <v>653</v>
       </c>
       <c r="D11" t="s">
-        <v>649</v>
+        <v>654</v>
       </c>
       <c r="E11" t="s">
-        <v>650</v>
+        <v>655</v>
       </c>
       <c r="F11" t="s">
         <v>13</v>
       </c>
       <c r="G11" t="s">
-        <v>651</v>
+        <v>656</v>
       </c>
       <c r="H11" t="s">
-        <v>652</v>
+        <v>657</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>593</v>
+        <v>598</v>
       </c>
       <c r="B12" t="s">
-        <v>653</v>
+        <v>658</v>
       </c>
       <c r="C12" t="s">
-        <v>654</v>
+        <v>659</v>
       </c>
       <c r="D12" t="s">
-        <v>655</v>
+        <v>660</v>
       </c>
       <c r="E12" t="s">
-        <v>656</v>
+        <v>661</v>
       </c>
       <c r="F12" t="s">
         <v>13</v>
       </c>
       <c r="G12" t="s">
-        <v>657</v>
+        <v>662</v>
       </c>
       <c r="H12" t="s">
-        <v>658</v>
+        <v>663</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>593</v>
+        <v>598</v>
       </c>
       <c r="B13" t="s">
-        <v>659</v>
+        <v>664</v>
       </c>
       <c r="C13" t="s">
-        <v>660</v>
+        <v>665</v>
       </c>
       <c r="D13" t="s">
-        <v>661</v>
+        <v>666</v>
       </c>
       <c r="E13" t="s">
-        <v>662</v>
+        <v>667</v>
       </c>
       <c r="F13" t="s">
         <v>13</v>
       </c>
       <c r="G13" t="s">
-        <v>663</v>
+        <v>668</v>
       </c>
       <c r="H13" t="s">
-        <v>664</v>
+        <v>669</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
-        <v>593</v>
+        <v>598</v>
       </c>
       <c r="B14" t="s">
-        <v>665</v>
+        <v>670</v>
       </c>
       <c r="C14" t="s">
-        <v>666</v>
+        <v>671</v>
       </c>
       <c r="D14" t="s">
-        <v>667</v>
+        <v>672</v>
       </c>
       <c r="E14" t="s">
-        <v>668</v>
+        <v>673</v>
       </c>
       <c r="F14" t="s">
         <v>13</v>
       </c>
       <c r="G14" t="s">
-        <v>669</v>
+        <v>674</v>
       </c>
       <c r="H14" t="s">
-        <v>670</v>
+        <v>675</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
-        <v>593</v>
+        <v>598</v>
       </c>
       <c r="B15" t="s">
-        <v>671</v>
+        <v>676</v>
       </c>
       <c r="C15" t="s">
-        <v>672</v>
+        <v>677</v>
       </c>
       <c r="D15" t="s">
-        <v>583</v>
+        <v>588</v>
       </c>
       <c r="E15" t="s">
-        <v>673</v>
+        <v>678</v>
       </c>
       <c r="F15" t="s">
         <v>13</v>
       </c>
       <c r="G15" t="s">
-        <v>674</v>
+        <v>679</v>
       </c>
       <c r="H15" t="s">
-        <v>675</v>
+        <v>680</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
-        <v>593</v>
+        <v>598</v>
       </c>
       <c r="B16" t="s">
-        <v>676</v>
+        <v>681</v>
       </c>
       <c r="C16" t="s">
-        <v>677</v>
+        <v>682</v>
       </c>
       <c r="D16" t="s">
-        <v>678</v>
+        <v>683</v>
       </c>
       <c r="E16" t="s">
-        <v>679</v>
+        <v>684</v>
       </c>
       <c r="F16" t="s">
         <v>13</v>
       </c>
       <c r="G16" t="s">
-        <v>680</v>
+        <v>685</v>
       </c>
       <c r="H16" t="s">
-        <v>681</v>
+        <v>686</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
-        <v>593</v>
+        <v>598</v>
       </c>
       <c r="B17" t="s">
-        <v>682</v>
+        <v>687</v>
       </c>
       <c r="C17" t="s">
-        <v>683</v>
+        <v>688</v>
       </c>
       <c r="D17" t="s">
-        <v>684</v>
+        <v>689</v>
       </c>
       <c r="E17" t="s">
-        <v>685</v>
+        <v>690</v>
       </c>
       <c r="F17" t="s">
         <v>13</v>
       </c>
       <c r="G17" t="s">
-        <v>686</v>
+        <v>691</v>
       </c>
       <c r="H17" t="s">
-        <v>687</v>
+        <v>692</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
-        <v>593</v>
+        <v>598</v>
       </c>
       <c r="B18" t="s">
-        <v>688</v>
+        <v>693</v>
       </c>
       <c r="C18" t="s">
-        <v>689</v>
+        <v>694</v>
       </c>
       <c r="D18" t="s">
-        <v>690</v>
+        <v>695</v>
       </c>
       <c r="E18" t="s">
-        <v>691</v>
+        <v>696</v>
       </c>
       <c r="F18" t="s">
         <v>13</v>
       </c>
       <c r="G18" t="s">
-        <v>692</v>
+        <v>697</v>
       </c>
       <c r="H18" t="s">
-        <v>693</v>
+        <v>698</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
-        <v>593</v>
+        <v>598</v>
       </c>
       <c r="B19" t="s">
-        <v>694</v>
+        <v>699</v>
       </c>
       <c r="C19" t="s">
-        <v>695</v>
+        <v>700</v>
       </c>
       <c r="D19" t="s">
-        <v>696</v>
+        <v>701</v>
       </c>
       <c r="E19" t="s">
-        <v>697</v>
+        <v>702</v>
       </c>
       <c r="F19" t="s">
         <v>13</v>
       </c>
       <c r="G19" t="s">
-        <v>698</v>
+        <v>703</v>
       </c>
       <c r="H19" t="s">
-        <v>699</v>
+        <v>704</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
-        <v>593</v>
+        <v>598</v>
       </c>
       <c r="B20" t="s">
-        <v>700</v>
+        <v>705</v>
       </c>
       <c r="C20" t="s">
         <v>13</v>
       </c>
       <c r="D20" t="s">
         <v>13</v>
       </c>
       <c r="E20" t="s">
-        <v>701</v>
+        <v>706</v>
       </c>
       <c r="F20" t="s">
         <v>13</v>
       </c>
       <c r="G20" t="s">
-        <v>702</v>
+        <v>707</v>
       </c>
       <c r="H20" t="s">
-        <v>703</v>
+        <v>708</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
-        <v>593</v>
+        <v>598</v>
       </c>
       <c r="B21" t="s">
-        <v>704</v>
+        <v>709</v>
       </c>
       <c r="C21" t="s">
-        <v>705</v>
+        <v>710</v>
       </c>
       <c r="D21" t="s">
-        <v>706</v>
+        <v>711</v>
       </c>
       <c r="E21" t="s">
-        <v>707</v>
+        <v>712</v>
       </c>
       <c r="F21" t="s">
         <v>13</v>
       </c>
       <c r="G21" t="s">
-        <v>708</v>
+        <v>713</v>
       </c>
       <c r="H21" t="s">
-        <v>709</v>
+        <v>714</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s">
-        <v>593</v>
+        <v>598</v>
       </c>
       <c r="B22" t="s">
-        <v>710</v>
+        <v>715</v>
       </c>
       <c r="C22" t="s">
-        <v>711</v>
+        <v>716</v>
       </c>
       <c r="D22" t="s">
-        <v>712</v>
+        <v>717</v>
       </c>
       <c r="E22" t="s">
-        <v>713</v>
+        <v>718</v>
       </c>
       <c r="F22" t="s">
         <v>13</v>
       </c>
       <c r="G22" t="s">
-        <v>714</v>
+        <v>719</v>
       </c>
       <c r="H22" t="s">
-        <v>715</v>
+        <v>720</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="s">
-        <v>593</v>
+        <v>598</v>
       </c>
       <c r="B23" t="s">
-        <v>716</v>
+        <v>721</v>
       </c>
       <c r="C23" t="s">
-        <v>717</v>
+        <v>722</v>
       </c>
       <c r="D23" t="s">
-        <v>718</v>
+        <v>723</v>
       </c>
       <c r="E23" t="s">
-        <v>719</v>
+        <v>724</v>
       </c>
       <c r="F23" t="s">
         <v>13</v>
       </c>
       <c r="G23" t="s">
-        <v>720</v>
+        <v>725</v>
       </c>
       <c r="H23" t="s">
-        <v>721</v>
+        <v>726</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="s">
-        <v>593</v>
+        <v>598</v>
       </c>
       <c r="B24" t="s">
-        <v>722</v>
+        <v>727</v>
       </c>
       <c r="C24" t="s">
-        <v>723</v>
+        <v>728</v>
       </c>
       <c r="D24" t="s">
-        <v>724</v>
+        <v>729</v>
       </c>
       <c r="E24" t="s">
-        <v>725</v>
+        <v>730</v>
       </c>
       <c r="F24" t="s">
         <v>13</v>
       </c>
       <c r="G24" t="s">
-        <v>726</v>
+        <v>731</v>
       </c>
       <c r="H24" t="s">
-        <v>727</v>
+        <v>732</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="s">
-        <v>593</v>
+        <v>598</v>
       </c>
       <c r="B25" t="s">
-        <v>728</v>
+        <v>733</v>
       </c>
       <c r="C25" t="s">
-        <v>729</v>
+        <v>734</v>
       </c>
       <c r="D25" t="s">
-        <v>730</v>
+        <v>735</v>
       </c>
       <c r="E25" t="s">
-        <v>731</v>
+        <v>736</v>
       </c>
       <c r="F25" t="s">
         <v>13</v>
       </c>
       <c r="G25" t="s">
-        <v>732</v>
+        <v>737</v>
       </c>
       <c r="H25" t="s">
-        <v>733</v>
+        <v>738</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="s">
-        <v>593</v>
+        <v>598</v>
       </c>
       <c r="B26" t="s">
-        <v>734</v>
+        <v>739</v>
       </c>
       <c r="C26" t="s">
-        <v>735</v>
+        <v>740</v>
       </c>
       <c r="D26" t="s">
-        <v>736</v>
+        <v>741</v>
       </c>
       <c r="E26" t="s">
-        <v>737</v>
+        <v>742</v>
       </c>
       <c r="F26" t="s">
         <v>13</v>
       </c>
       <c r="G26" t="s">
-        <v>738</v>
+        <v>743</v>
       </c>
       <c r="H26" t="s">
-        <v>739</v>
+        <v>744</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="s">
-        <v>593</v>
+        <v>598</v>
       </c>
       <c r="B27" t="s">
-        <v>740</v>
+        <v>745</v>
       </c>
       <c r="C27" t="s">
-        <v>741</v>
+        <v>746</v>
       </c>
       <c r="D27" t="s">
-        <v>546</v>
+        <v>551</v>
       </c>
       <c r="E27" t="s">
-        <v>742</v>
+        <v>747</v>
       </c>
       <c r="F27" t="s">
         <v>13</v>
       </c>
       <c r="G27" t="s">
-        <v>743</v>
+        <v>748</v>
       </c>
       <c r="H27" t="s">
-        <v>744</v>
+        <v>749</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>