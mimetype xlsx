--- v2 (2026-01-17)
+++ v3 (2026-03-05)
@@ -51,51 +51,51 @@
     <sheet name="Export Avis et décisions de la " r:id="rId15" sheetId="13"/>
     <sheet name="Export Medicament" r:id="rId16" sheetId="14"/>
     <sheet name="Export Article HAS" r:id="rId17" sheetId="15"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Guide méthodologique'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Avis sur les dispositifs'!$B$1:$J$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Études et Rapports'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="true">'Export Outil d''amélioration des'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="6" hidden="true">'Export Recommandation vaccinale'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="7" hidden="true">'Export Recommandation en santé '!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="8" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="9" hidden="true">'Export Guide usagers'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="10" hidden="true">'Export Communiqué de presse'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="11" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="12" hidden="true">'Export Avis et décisions de la '!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="13" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="14" hidden="true">'Export Article HAS'!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1660" uniqueCount="984">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1670" uniqueCount="992">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
@@ -161,50 +161,71 @@
   <si>
     <t>La HAS propose, dix ans après les premiers rapports d’évaluation, des orientations pour la mise en œuvre des interventions éducatives les plus adaptées aux besoins des patients et des repères pour analyser ou mener des études d’efficacité et d’efficience.</t>
   </si>
   <si>
     <t>27/06/2018 00:00:00</t>
   </si>
   <si>
     <t>29/11/2018 15:03:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2884714/fr/education-therapeutique-du-patient-etp-evaluation-de-l-efficacite-et-de-l-efficience-dans-les-maladies-chroniques</t>
   </si>
   <si>
     <t>c_2884714</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Laboratoire / Fabricant</t>
   </si>
   <si>
     <t>Avis sur les dispositifs médicaux et autres produits de santé</t>
   </si>
   <si>
+    <t>AEQUASYAL</t>
+  </si>
+  <si>
+    <t>06/01/2026 00:00:00</t>
+  </si>
+  <si>
+    <t>27/02/2026 14:41:56</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3808981/fr/aequasyal</t>
+  </si>
+  <si>
+    <t>p_3808981</t>
+  </si>
+  <si>
+    <t>Solution pour pulvérisations endobuccales</t>
+  </si>
+  <si>
+    <t>LABORATOIRES GRIMBERG SA</t>
+  </si>
+  <si>
     <t>Phase contradictoire suite à l'avis de projet du 25/01/2023 portant inscription d’activités de télésurveillance médicale</t>
   </si>
   <si>
     <t>Avis de projet portant inscription d’activités de télésurveillance médicale sur la liste prévue à l’article L. 162- 52 du code de la sécurité sociale Les présents avis sont pris en application des articles L.162-52 et R.162-84 du code de la sécurité sociale. Ils font suite à l’avis de projet ministériel publié au Journal officiel du 25 janvier 2023 relatif à la création de 5 lignes génériques, parmi lesquelles celle relative à la : Télésurveillance médicale du patient diabétique, Télésurveillance médicale du patient insuffisant respiratoire chronique, Télésurveillance médicale du patient insuffisant rénal chronique, Télésurveillance médicale du patient insuffisant cardiaque chronique, Télésurveillance médicale du patient porteur de prothèse cardiaque implantable à visée thérapeutique. faisant l’objet de ces avis.</t>
   </si>
   <si>
     <t>21/03/2023 00:00:00</t>
   </si>
   <si>
     <t>24/03/2023 16:11:33</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3423461/fr/phase-contradictoire-suite-a-l-avis-de-projet-du-25/01/2023-portant-inscription-d-activites-de-telesurveillance-medicale</t>
   </si>
   <si>
     <t>p_3423461</t>
   </si>
   <si>
     <t>SYSTANE COMPLETE</t>
   </si>
   <si>
     <t>16/03/2021 00:00:00</t>
   </si>
   <si>
     <t>06/05/2021 09:08:22</t>
@@ -407,50 +428,68 @@
   <si>
     <t>11/06/2003 00:00:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_398466/fr/peptamen</t>
   </si>
   <si>
     <t>c_398466</t>
   </si>
   <si>
     <t>NESTLE CLINICAL NUTRITION France</t>
   </si>
   <si>
     <t>PEPTAMEN HN</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_398467/fr/peptamen-hn</t>
   </si>
   <si>
     <t>c_398467</t>
   </si>
   <si>
     <t>Guide maladie chronique</t>
   </si>
   <si>
+    <t>Pemphigus</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de pemphigus. Il a été élaboré par le centre de référence des maladies bulleuses auto-immunes à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>02/10/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>30/01/2026 14:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2636265/fr/pemphigus</t>
+  </si>
+  <si>
+    <t>c_2636265</t>
+  </si>
+  <si>
     <t>Syndrome de Marfan et apparentés</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’un syndrome de Marfan ou d’un syndrome apparenté. Il a été élaboré par le Centre de Référence National Marfan et Apparentés à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>05/12/2025 11:05:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_676981/fr/syndrome-de-marfan-et-apparentes</t>
   </si>
   <si>
     <t>c_676981</t>
   </si>
   <si>
     <t>Parcours de soins du patient adulte vivant avec un diabète de type 2</t>
   </si>
   <si>
     <t>Ce guide détaille le rôle et la place des différents professionnels du secteur sanitaire, social et médico-social. Il aborde leurs modalités de coordination dont le recours à la télésanté, possible tout au long du parcours.</t>
   </si>
   <si>
     <t>26/06/2025 00:00:00</t>
   </si>
   <si>
     <t>16/07/2025 10:00:00</t>
@@ -1137,65 +1176,50 @@
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un enfant atteint de maladie rénale chronique. Il a été élaboré par les Centres de Références des Maladies Rénales rares Sous l’égide de la filière ORKiD à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>07/12/2018 15:31:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2889689/fr/maladie-renale-chronique-mrc-de-l-enfant</t>
   </si>
   <si>
     <t>c_2889689</t>
   </si>
   <si>
     <t>Cystinose</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de cystinose. Il a été élaboré par les centres de référence Néphrogones et MARHEA sous l’égide de la filière ORKiD à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>10/08/2018 15:01:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2867367/fr/cystinose</t>
   </si>
   <si>
     <t>c_2867367</t>
-  </si>
-[...13 lines deleted...]
-    <t>c_2636265</t>
   </si>
   <si>
     <t>Hypophosphatémies héréditaires à FGF23 élevé  (dont hypophosphatémies liées à l’x)</t>
   </si>
   <si>
     <t>14/05/2018 11:13:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2849265/fr/hypophosphatemies-hereditaires-a-fgf23-eleve-dont-hypophosphatemies-liees-a-l-x</t>
   </si>
   <si>
     <t>c_2849265</t>
   </si>
   <si>
     <t>ALD n° 5 - Insuffisance cardiaque systolique</t>
   </si>
   <si>
     <t>01/07/2015 00:00:00</t>
   </si>
   <si>
     <t>24/07/2015 13:55:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_534689/fr/ald-n-5-insuffisance-cardiaque-systolique</t>
   </si>
@@ -3231,5435 +3255,5467 @@
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>750</v>
+        <v>758</v>
       </c>
       <c r="B2" t="s">
-        <v>751</v>
+        <v>759</v>
       </c>
       <c r="C2" t="s">
-        <v>752</v>
+        <v>760</v>
       </c>
       <c r="D2" t="s">
-        <v>753</v>
+        <v>761</v>
       </c>
       <c r="E2" t="s">
-        <v>753</v>
+        <v>761</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>754</v>
+        <v>762</v>
       </c>
       <c r="H2" t="s">
-        <v>755</v>
+        <v>763</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet11.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H4"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>756</v>
+        <v>764</v>
       </c>
       <c r="B2" t="s">
-        <v>757</v>
+        <v>765</v>
       </c>
       <c r="C2" t="s">
-        <v>758</v>
+        <v>766</v>
       </c>
       <c r="D2" t="s">
         <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>759</v>
+        <v>767</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>760</v>
+        <v>768</v>
       </c>
       <c r="H2" t="s">
-        <v>761</v>
+        <v>769</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>756</v>
+        <v>764</v>
       </c>
       <c r="B3" t="s">
-        <v>762</v>
+        <v>770</v>
       </c>
       <c r="C3" t="s">
-        <v>763</v>
+        <v>771</v>
       </c>
       <c r="D3" t="s">
         <v>13</v>
       </c>
       <c r="E3" t="s">
-        <v>764</v>
+        <v>772</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>765</v>
+        <v>773</v>
       </c>
       <c r="H3" t="s">
-        <v>766</v>
+        <v>774</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>756</v>
+        <v>764</v>
       </c>
       <c r="B4" t="s">
-        <v>767</v>
+        <v>775</v>
       </c>
       <c r="C4" t="s">
         <v>13</v>
       </c>
       <c r="D4" t="s">
         <v>13</v>
       </c>
       <c r="E4" t="s">
-        <v>768</v>
+        <v>776</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>769</v>
+        <v>777</v>
       </c>
       <c r="H4" t="s">
-        <v>770</v>
+        <v>778</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet12.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H8"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>771</v>
+        <v>779</v>
       </c>
       <c r="B2" t="s">
-        <v>772</v>
+        <v>780</v>
       </c>
       <c r="C2" t="s">
-        <v>773</v>
+        <v>781</v>
       </c>
       <c r="D2" t="s">
-        <v>601</v>
+        <v>609</v>
       </c>
       <c r="E2" t="s">
-        <v>774</v>
+        <v>782</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>775</v>
+        <v>783</v>
       </c>
       <c r="H2" t="s">
-        <v>776</v>
+        <v>784</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>771</v>
+        <v>779</v>
       </c>
       <c r="B3" t="s">
-        <v>777</v>
+        <v>785</v>
       </c>
       <c r="C3" t="s">
-        <v>778</v>
+        <v>786</v>
       </c>
       <c r="D3" t="s">
-        <v>654</v>
+        <v>662</v>
       </c>
       <c r="E3" t="s">
-        <v>779</v>
+        <v>787</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>780</v>
+        <v>788</v>
       </c>
       <c r="H3" t="s">
-        <v>781</v>
+        <v>789</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>771</v>
+        <v>779</v>
       </c>
       <c r="B4" t="s">
-        <v>782</v>
+        <v>790</v>
       </c>
       <c r="C4" t="s">
-        <v>783</v>
+        <v>791</v>
       </c>
       <c r="D4" t="s">
-        <v>784</v>
+        <v>792</v>
       </c>
       <c r="E4" t="s">
-        <v>785</v>
+        <v>793</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>786</v>
+        <v>794</v>
       </c>
       <c r="H4" t="s">
-        <v>787</v>
+        <v>795</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>771</v>
+        <v>779</v>
       </c>
       <c r="B5" t="s">
-        <v>788</v>
+        <v>796</v>
       </c>
       <c r="C5" t="s">
-        <v>789</v>
+        <v>797</v>
       </c>
       <c r="D5" t="s">
-        <v>790</v>
+        <v>798</v>
       </c>
       <c r="E5" t="s">
-        <v>791</v>
+        <v>799</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>792</v>
+        <v>800</v>
       </c>
       <c r="H5" t="s">
-        <v>793</v>
+        <v>801</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>771</v>
+        <v>779</v>
       </c>
       <c r="B6" t="s">
-        <v>794</v>
+        <v>802</v>
       </c>
       <c r="C6" t="s">
-        <v>795</v>
+        <v>803</v>
       </c>
       <c r="D6" t="s">
-        <v>796</v>
+        <v>804</v>
       </c>
       <c r="E6" t="s">
-        <v>797</v>
+        <v>805</v>
       </c>
       <c r="F6" t="s">
         <v>13</v>
       </c>
       <c r="G6" t="s">
-        <v>798</v>
+        <v>806</v>
       </c>
       <c r="H6" t="s">
-        <v>799</v>
+        <v>807</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>771</v>
+        <v>779</v>
       </c>
       <c r="B7" t="s">
-        <v>800</v>
+        <v>808</v>
       </c>
       <c r="C7" t="s">
-        <v>801</v>
+        <v>809</v>
       </c>
       <c r="D7" t="s">
-        <v>802</v>
+        <v>810</v>
       </c>
       <c r="E7" t="s">
-        <v>803</v>
+        <v>811</v>
       </c>
       <c r="F7" t="s">
         <v>13</v>
       </c>
       <c r="G7" t="s">
-        <v>804</v>
+        <v>812</v>
       </c>
       <c r="H7" t="s">
-        <v>805</v>
+        <v>813</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>771</v>
+        <v>779</v>
       </c>
       <c r="B8" t="s">
-        <v>806</v>
+        <v>814</v>
       </c>
       <c r="C8" t="s">
-        <v>807</v>
+        <v>815</v>
       </c>
       <c r="D8" t="s">
-        <v>808</v>
+        <v>816</v>
       </c>
       <c r="E8" t="s">
-        <v>809</v>
+        <v>817</v>
       </c>
       <c r="F8" t="s">
         <v>13</v>
       </c>
       <c r="G8" t="s">
-        <v>810</v>
+        <v>818</v>
       </c>
       <c r="H8" t="s">
-        <v>811</v>
+        <v>819</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet13.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H5"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>812</v>
+        <v>820</v>
       </c>
       <c r="B2" t="s">
-        <v>813</v>
+        <v>821</v>
       </c>
       <c r="C2" t="s">
-        <v>813</v>
+        <v>821</v>
       </c>
       <c r="D2" t="s">
-        <v>814</v>
+        <v>822</v>
       </c>
       <c r="E2" t="s">
-        <v>815</v>
+        <v>823</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>816</v>
+        <v>824</v>
       </c>
       <c r="H2" t="s">
-        <v>817</v>
+        <v>825</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>812</v>
+        <v>820</v>
       </c>
       <c r="B3" t="s">
-        <v>818</v>
+        <v>826</v>
       </c>
       <c r="C3" t="s">
-        <v>819</v>
+        <v>827</v>
       </c>
       <c r="D3" t="s">
-        <v>820</v>
+        <v>828</v>
       </c>
       <c r="E3" t="s">
-        <v>821</v>
+        <v>829</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>822</v>
+        <v>830</v>
       </c>
       <c r="H3" t="s">
-        <v>823</v>
+        <v>831</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>812</v>
+        <v>820</v>
       </c>
       <c r="B4" t="s">
-        <v>824</v>
+        <v>832</v>
       </c>
       <c r="C4" t="s">
-        <v>825</v>
+        <v>833</v>
       </c>
       <c r="D4" t="s">
-        <v>826</v>
+        <v>834</v>
       </c>
       <c r="E4" t="s">
-        <v>827</v>
+        <v>835</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>828</v>
+        <v>836</v>
       </c>
       <c r="H4" t="s">
-        <v>829</v>
+        <v>837</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>812</v>
+        <v>820</v>
       </c>
       <c r="B5" t="s">
-        <v>830</v>
+        <v>838</v>
       </c>
       <c r="C5" t="s">
-        <v>831</v>
+        <v>839</v>
       </c>
       <c r="D5" t="s">
-        <v>832</v>
+        <v>840</v>
       </c>
       <c r="E5" t="s">
-        <v>833</v>
+        <v>841</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>834</v>
+        <v>842</v>
       </c>
       <c r="H5" t="s">
-        <v>835</v>
+        <v>843</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet14.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:O14"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
-        <v>836</v>
+        <v>844</v>
       </c>
       <c r="J1" t="s">
         <v>34</v>
       </c>
       <c r="K1" t="s">
-        <v>837</v>
+        <v>845</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>838</v>
+        <v>846</v>
       </c>
       <c r="B2" t="s">
-        <v>839</v>
+        <v>847</v>
       </c>
       <c r="C2" t="s">
         <v>13</v>
       </c>
       <c r="D2" t="s">
         <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>840</v>
+        <v>848</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>841</v>
+        <v>849</v>
       </c>
       <c r="H2" t="s">
-        <v>842</v>
+        <v>850</v>
       </c>
       <c r="I2" t="s">
-        <v>843</v>
+        <v>851</v>
       </c>
       <c r="J2" t="s">
-        <v>844</v>
+        <v>852</v>
       </c>
       <c r="K2" t="s">
-        <v>845</v>
+        <v>853</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>838</v>
+        <v>846</v>
       </c>
       <c r="B3" t="s">
-        <v>846</v>
+        <v>854</v>
       </c>
       <c r="C3" t="s">
         <v>13</v>
       </c>
       <c r="D3" t="s">
         <v>13</v>
       </c>
       <c r="E3" t="s">
-        <v>847</v>
+        <v>855</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>848</v>
+        <v>856</v>
       </c>
       <c r="H3" t="s">
-        <v>849</v>
+        <v>857</v>
       </c>
       <c r="I3" t="s">
-        <v>850</v>
+        <v>858</v>
       </c>
       <c r="J3" t="s">
-        <v>851</v>
+        <v>859</v>
       </c>
       <c r="K3" t="s">
-        <v>852</v>
+        <v>860</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>838</v>
+        <v>846</v>
       </c>
       <c r="B4" t="s">
-        <v>853</v>
+        <v>861</v>
       </c>
       <c r="C4" t="s">
         <v>13</v>
       </c>
       <c r="D4" t="s">
         <v>13</v>
       </c>
       <c r="E4" t="s">
-        <v>854</v>
+        <v>862</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>855</v>
+        <v>863</v>
       </c>
       <c r="H4" t="s">
-        <v>856</v>
+        <v>864</v>
       </c>
       <c r="I4" t="s">
-        <v>857</v>
+        <v>865</v>
       </c>
       <c r="J4" t="s">
-        <v>858</v>
+        <v>866</v>
       </c>
       <c r="K4" t="s">
-        <v>859</v>
+        <v>867</v>
       </c>
       <c r="L4" t="s">
-        <v>860</v>
+        <v>868</v>
       </c>
       <c r="M4" t="s">
-        <v>861</v>
+        <v>869</v>
       </c>
       <c r="N4" t="s">
-        <v>862</v>
+        <v>870</v>
       </c>
       <c r="O4" t="s">
-        <v>863</v>
+        <v>871</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>838</v>
+        <v>846</v>
       </c>
       <c r="B5" t="s">
-        <v>864</v>
+        <v>872</v>
       </c>
       <c r="C5" t="s">
         <v>13</v>
       </c>
       <c r="D5" t="s">
         <v>13</v>
       </c>
       <c r="E5" t="s">
-        <v>865</v>
+        <v>873</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>866</v>
+        <v>874</v>
       </c>
       <c r="H5" t="s">
-        <v>867</v>
+        <v>875</v>
       </c>
       <c r="I5" t="s">
-        <v>868</v>
+        <v>876</v>
       </c>
       <c r="J5" t="s">
-        <v>869</v>
+        <v>877</v>
       </c>
       <c r="K5" t="s">
-        <v>870</v>
+        <v>878</v>
       </c>
       <c r="L5" t="s">
-        <v>871</v>
+        <v>879</v>
       </c>
       <c r="M5" t="s">
-        <v>872</v>
+        <v>880</v>
       </c>
       <c r="N5" t="s">
-        <v>873</v>
+        <v>881</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>838</v>
+        <v>846</v>
       </c>
       <c r="B6" t="s">
-        <v>874</v>
+        <v>882</v>
       </c>
       <c r="C6" t="s">
         <v>13</v>
       </c>
       <c r="D6" t="s">
         <v>13</v>
       </c>
       <c r="E6" t="s">
-        <v>875</v>
+        <v>883</v>
       </c>
       <c r="F6" t="s">
         <v>13</v>
       </c>
       <c r="G6" t="s">
-        <v>876</v>
+        <v>884</v>
       </c>
       <c r="H6" t="s">
-        <v>877</v>
+        <v>885</v>
       </c>
       <c r="I6" t="s">
-        <v>878</v>
+        <v>886</v>
       </c>
       <c r="J6" t="s">
-        <v>879</v>
+        <v>887</v>
       </c>
       <c r="K6" t="s">
-        <v>880</v>
+        <v>888</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>838</v>
+        <v>846</v>
       </c>
       <c r="B7" t="s">
-        <v>881</v>
+        <v>889</v>
       </c>
       <c r="C7" t="s">
         <v>13</v>
       </c>
       <c r="D7" t="s">
         <v>13</v>
       </c>
       <c r="E7" t="s">
-        <v>882</v>
+        <v>890</v>
       </c>
       <c r="F7" t="s">
         <v>13</v>
       </c>
       <c r="G7" t="s">
-        <v>883</v>
+        <v>891</v>
       </c>
       <c r="H7" t="s">
-        <v>884</v>
+        <v>892</v>
       </c>
       <c r="I7" t="s">
-        <v>885</v>
+        <v>893</v>
       </c>
       <c r="J7" t="s">
-        <v>886</v>
+        <v>894</v>
       </c>
       <c r="K7" t="s">
-        <v>887</v>
+        <v>895</v>
       </c>
       <c r="L7" t="s">
-        <v>888</v>
+        <v>896</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>838</v>
+        <v>846</v>
       </c>
       <c r="B8" t="s">
-        <v>889</v>
+        <v>897</v>
       </c>
       <c r="C8" t="s">
         <v>13</v>
       </c>
       <c r="D8" t="s">
         <v>13</v>
       </c>
       <c r="E8" t="s">
-        <v>890</v>
+        <v>898</v>
       </c>
       <c r="F8" t="s">
         <v>13</v>
       </c>
       <c r="G8" t="s">
-        <v>891</v>
+        <v>899</v>
       </c>
       <c r="H8" t="s">
-        <v>892</v>
+        <v>900</v>
       </c>
       <c r="I8" t="s">
-        <v>893</v>
+        <v>901</v>
       </c>
       <c r="J8" t="s">
-        <v>894</v>
+        <v>902</v>
       </c>
       <c r="K8" t="s">
-        <v>895</v>
+        <v>903</v>
       </c>
       <c r="L8" t="s">
-        <v>896</v>
+        <v>904</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>838</v>
+        <v>846</v>
       </c>
       <c r="B9" t="s">
-        <v>897</v>
+        <v>905</v>
       </c>
       <c r="C9" t="s">
         <v>13</v>
       </c>
       <c r="D9" t="s">
         <v>13</v>
       </c>
       <c r="E9" t="s">
-        <v>898</v>
+        <v>906</v>
       </c>
       <c r="F9" t="s">
         <v>13</v>
       </c>
       <c r="G9" t="s">
-        <v>899</v>
+        <v>907</v>
       </c>
       <c r="H9" t="s">
-        <v>900</v>
+        <v>908</v>
       </c>
       <c r="I9" t="s">
-        <v>901</v>
+        <v>909</v>
       </c>
       <c r="J9" t="s">
-        <v>902</v>
+        <v>910</v>
       </c>
       <c r="K9" t="s">
-        <v>903</v>
+        <v>911</v>
       </c>
       <c r="L9" t="s">
-        <v>904</v>
+        <v>912</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>838</v>
+        <v>846</v>
       </c>
       <c r="B10" t="s">
-        <v>905</v>
+        <v>913</v>
       </c>
       <c r="C10" t="s">
         <v>13</v>
       </c>
       <c r="D10" t="s">
         <v>13</v>
       </c>
       <c r="E10" t="s">
-        <v>906</v>
+        <v>914</v>
       </c>
       <c r="F10" t="s">
         <v>13</v>
       </c>
       <c r="G10" t="s">
-        <v>907</v>
+        <v>915</v>
       </c>
       <c r="H10" t="s">
-        <v>908</v>
+        <v>916</v>
       </c>
       <c r="I10" t="s">
-        <v>909</v>
+        <v>917</v>
       </c>
       <c r="J10" t="s">
-        <v>910</v>
+        <v>918</v>
       </c>
       <c r="K10" t="s">
-        <v>911</v>
+        <v>919</v>
       </c>
       <c r="L10" t="s">
-        <v>912</v>
+        <v>920</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>838</v>
+        <v>846</v>
       </c>
       <c r="B11" t="s">
-        <v>913</v>
+        <v>921</v>
       </c>
       <c r="C11" t="s">
         <v>13</v>
       </c>
       <c r="D11" t="s">
         <v>13</v>
       </c>
       <c r="E11" t="s">
-        <v>914</v>
+        <v>922</v>
       </c>
       <c r="F11" t="s">
         <v>13</v>
       </c>
       <c r="G11" t="s">
-        <v>915</v>
+        <v>923</v>
       </c>
       <c r="H11" t="s">
-        <v>916</v>
+        <v>924</v>
       </c>
       <c r="I11" t="s">
-        <v>917</v>
+        <v>925</v>
       </c>
       <c r="J11" t="s">
-        <v>910</v>
+        <v>918</v>
       </c>
       <c r="K11" t="s">
-        <v>918</v>
+        <v>926</v>
       </c>
       <c r="L11" t="s">
-        <v>919</v>
+        <v>927</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>838</v>
+        <v>846</v>
       </c>
       <c r="B12" t="s">
-        <v>920</v>
+        <v>928</v>
       </c>
       <c r="C12" t="s">
         <v>13</v>
       </c>
       <c r="D12" t="s">
         <v>13</v>
       </c>
       <c r="E12" t="s">
-        <v>921</v>
+        <v>929</v>
       </c>
       <c r="F12" t="s">
         <v>13</v>
       </c>
       <c r="G12" t="s">
-        <v>922</v>
+        <v>930</v>
       </c>
       <c r="H12" t="s">
-        <v>923</v>
+        <v>931</v>
       </c>
       <c r="I12" t="s">
-        <v>924</v>
+        <v>932</v>
       </c>
       <c r="J12" t="s">
-        <v>925</v>
+        <v>933</v>
       </c>
       <c r="K12" t="s">
-        <v>926</v>
+        <v>934</v>
       </c>
       <c r="L12" t="s">
-        <v>927</v>
+        <v>935</v>
       </c>
       <c r="M12" t="s">
-        <v>928</v>
+        <v>936</v>
       </c>
       <c r="N12" t="s">
-        <v>929</v>
+        <v>937</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>838</v>
+        <v>846</v>
       </c>
       <c r="B13" t="s">
-        <v>930</v>
+        <v>938</v>
       </c>
       <c r="C13" t="s">
         <v>13</v>
       </c>
       <c r="D13" t="s">
         <v>13</v>
       </c>
       <c r="E13" t="s">
-        <v>931</v>
+        <v>939</v>
       </c>
       <c r="F13" t="s">
         <v>13</v>
       </c>
       <c r="G13" t="s">
-        <v>932</v>
+        <v>940</v>
       </c>
       <c r="H13" t="s">
-        <v>933</v>
+        <v>941</v>
       </c>
       <c r="I13" t="s">
-        <v>934</v>
+        <v>942</v>
       </c>
       <c r="J13" t="s">
-        <v>935</v>
+        <v>943</v>
       </c>
       <c r="K13" t="s">
-        <v>936</v>
+        <v>944</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
-        <v>838</v>
+        <v>846</v>
       </c>
       <c r="B14" t="s">
-        <v>937</v>
+        <v>945</v>
       </c>
       <c r="C14" t="s">
         <v>13</v>
       </c>
       <c r="D14" t="s">
         <v>13</v>
       </c>
       <c r="E14" t="s">
-        <v>938</v>
+        <v>946</v>
       </c>
       <c r="F14" t="s">
         <v>13</v>
       </c>
       <c r="G14" t="s">
-        <v>939</v>
+        <v>947</v>
       </c>
       <c r="H14" t="s">
-        <v>940</v>
+        <v>948</v>
       </c>
       <c r="I14" t="s">
-        <v>941</v>
+        <v>949</v>
       </c>
       <c r="J14" t="s">
-        <v>942</v>
+        <v>950</v>
       </c>
       <c r="K14" t="s">
-        <v>943</v>
+        <v>951</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet15.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H9"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>944</v>
+        <v>952</v>
       </c>
       <c r="B2" t="s">
-        <v>945</v>
+        <v>953</v>
       </c>
       <c r="C2" t="s">
-        <v>946</v>
+        <v>954</v>
       </c>
       <c r="D2" t="s">
         <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>947</v>
+        <v>955</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>948</v>
+        <v>956</v>
       </c>
       <c r="H2" t="s">
-        <v>949</v>
+        <v>957</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>944</v>
+        <v>952</v>
       </c>
       <c r="B3" t="s">
-        <v>950</v>
+        <v>958</v>
       </c>
       <c r="C3" t="s">
-        <v>951</v>
+        <v>959</v>
       </c>
       <c r="D3" t="s">
         <v>13</v>
       </c>
       <c r="E3" t="s">
-        <v>952</v>
+        <v>960</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>953</v>
+        <v>961</v>
       </c>
       <c r="H3" t="s">
-        <v>954</v>
+        <v>962</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>944</v>
+        <v>952</v>
       </c>
       <c r="B4" t="s">
-        <v>955</v>
+        <v>963</v>
       </c>
       <c r="C4" t="s">
-        <v>956</v>
+        <v>964</v>
       </c>
       <c r="D4" t="s">
         <v>13</v>
       </c>
       <c r="E4" t="s">
-        <v>952</v>
+        <v>960</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>957</v>
+        <v>965</v>
       </c>
       <c r="H4" t="s">
-        <v>958</v>
+        <v>966</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>944</v>
+        <v>952</v>
       </c>
       <c r="B5" t="s">
-        <v>959</v>
+        <v>967</v>
       </c>
       <c r="C5" t="s">
-        <v>960</v>
+        <v>968</v>
       </c>
       <c r="D5" t="s">
         <v>13</v>
       </c>
       <c r="E5" t="s">
-        <v>961</v>
+        <v>969</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>962</v>
+        <v>970</v>
       </c>
       <c r="H5" t="s">
-        <v>963</v>
+        <v>971</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>944</v>
+        <v>952</v>
       </c>
       <c r="B6" t="s">
-        <v>964</v>
+        <v>972</v>
       </c>
       <c r="C6" t="s">
-        <v>965</v>
+        <v>973</v>
       </c>
       <c r="D6" t="s">
         <v>13</v>
       </c>
       <c r="E6" t="s">
-        <v>966</v>
+        <v>974</v>
       </c>
       <c r="F6" t="s">
         <v>13</v>
       </c>
       <c r="G6" t="s">
-        <v>967</v>
+        <v>975</v>
       </c>
       <c r="H6" t="s">
-        <v>968</v>
+        <v>976</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>944</v>
+        <v>952</v>
       </c>
       <c r="B7" t="s">
-        <v>969</v>
+        <v>977</v>
       </c>
       <c r="C7" t="s">
-        <v>970</v>
+        <v>978</v>
       </c>
       <c r="D7" t="s">
         <v>13</v>
       </c>
       <c r="E7" t="s">
-        <v>971</v>
+        <v>979</v>
       </c>
       <c r="F7" t="s">
         <v>13</v>
       </c>
       <c r="G7" t="s">
-        <v>972</v>
+        <v>980</v>
       </c>
       <c r="H7" t="s">
-        <v>973</v>
+        <v>981</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>944</v>
+        <v>952</v>
       </c>
       <c r="B8" t="s">
-        <v>974</v>
+        <v>982</v>
       </c>
       <c r="C8" t="s">
-        <v>975</v>
+        <v>983</v>
       </c>
       <c r="D8" t="s">
         <v>13</v>
       </c>
       <c r="E8" t="s">
-        <v>976</v>
+        <v>984</v>
       </c>
       <c r="F8" t="s">
         <v>13</v>
       </c>
       <c r="G8" t="s">
-        <v>977</v>
+        <v>985</v>
       </c>
       <c r="H8" t="s">
-        <v>978</v>
+        <v>986</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>944</v>
+        <v>952</v>
       </c>
       <c r="B9" t="s">
-        <v>979</v>
+        <v>987</v>
       </c>
       <c r="C9" t="s">
-        <v>980</v>
+        <v>988</v>
       </c>
       <c r="D9" t="s">
         <v>13</v>
       </c>
       <c r="E9" t="s">
-        <v>981</v>
+        <v>989</v>
       </c>
       <c r="F9" t="s">
         <v>13</v>
       </c>
       <c r="G9" t="s">
-        <v>982</v>
+        <v>990</v>
       </c>
       <c r="H9" t="s">
-        <v>983</v>
+        <v>991</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:J17"/>
+  <dimension ref="A1:J18"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>33</v>
       </c>
       <c r="J1" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
         <v>35</v>
       </c>
       <c r="B2" t="s">
         <v>36</v>
       </c>
       <c r="C2" t="s">
+        <v>13</v>
+      </c>
+      <c r="D2" t="s">
         <v>37</v>
       </c>
-      <c r="D2" t="s">
+      <c r="E2" t="s">
         <v>38</v>
       </c>
-      <c r="E2" t="s">
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
         <v>39</v>
       </c>
-      <c r="F2" t="s">
-[...2 lines deleted...]
-      <c r="G2" t="s">
+      <c r="H2" t="s">
         <v>40</v>
       </c>
-      <c r="H2" t="s">
+      <c r="I2" t="s">
         <v>41</v>
       </c>
-      <c r="I2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J2" t="s">
-        <v>13</v>
+        <v>42</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
         <v>35</v>
       </c>
       <c r="B3" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="C3" t="s">
-        <v>13</v>
+        <v>44</v>
       </c>
       <c r="D3" t="s">
-        <v>43</v>
+        <v>45</v>
       </c>
       <c r="E3" t="s">
-        <v>44</v>
+        <v>46</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>45</v>
+        <v>47</v>
       </c>
       <c r="H3" t="s">
-        <v>46</v>
+        <v>48</v>
       </c>
       <c r="I3" t="s">
-        <v>47</v>
+        <v>13</v>
       </c>
       <c r="J3" t="s">
-        <v>48</v>
+        <v>13</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
         <v>35</v>
       </c>
       <c r="B4" t="s">
         <v>49</v>
       </c>
       <c r="C4" t="s">
         <v>13</v>
       </c>
       <c r="D4" t="s">
         <v>50</v>
       </c>
       <c r="E4" t="s">
         <v>51</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
         <v>52</v>
       </c>
       <c r="H4" t="s">
         <v>53</v>
       </c>
       <c r="I4" t="s">
         <v>54</v>
       </c>
       <c r="J4" t="s">
         <v>55</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
         <v>35</v>
       </c>
       <c r="B5" t="s">
         <v>56</v>
       </c>
       <c r="C5" t="s">
         <v>13</v>
       </c>
       <c r="D5" t="s">
-        <v>50</v>
+        <v>57</v>
       </c>
       <c r="E5" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="H5" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="I5" t="s">
-        <v>54</v>
+        <v>61</v>
       </c>
       <c r="J5" t="s">
-        <v>60</v>
+        <v>62</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
         <v>35</v>
       </c>
       <c r="B6" t="s">
-        <v>49</v>
+        <v>63</v>
       </c>
       <c r="C6" t="s">
         <v>13</v>
       </c>
       <c r="D6" t="s">
+        <v>57</v>
+      </c>
+      <c r="E6" t="s">
+        <v>64</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
+        <v>65</v>
+      </c>
+      <c r="H6" t="s">
+        <v>66</v>
+      </c>
+      <c r="I6" t="s">
         <v>61</v>
       </c>
-      <c r="E6" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="J6" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
         <v>35</v>
       </c>
       <c r="B7" t="s">
         <v>56</v>
       </c>
       <c r="C7" t="s">
         <v>13</v>
       </c>
       <c r="D7" t="s">
-        <v>61</v>
+        <v>68</v>
       </c>
       <c r="E7" t="s">
-        <v>67</v>
+        <v>69</v>
       </c>
       <c r="F7" t="s">
         <v>13</v>
       </c>
       <c r="G7" t="s">
-        <v>68</v>
+        <v>70</v>
       </c>
       <c r="H7" t="s">
-        <v>69</v>
+        <v>71</v>
       </c>
       <c r="I7" t="s">
-        <v>13</v>
+        <v>72</v>
       </c>
       <c r="J7" t="s">
-        <v>60</v>
+        <v>73</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
         <v>35</v>
       </c>
       <c r="B8" t="s">
-        <v>70</v>
+        <v>63</v>
       </c>
       <c r="C8" t="s">
         <v>13</v>
       </c>
       <c r="D8" t="s">
-        <v>61</v>
+        <v>68</v>
       </c>
       <c r="E8" t="s">
-        <v>71</v>
+        <v>74</v>
       </c>
       <c r="F8" t="s">
         <v>13</v>
       </c>
       <c r="G8" t="s">
-        <v>72</v>
+        <v>75</v>
       </c>
       <c r="H8" t="s">
-        <v>73</v>
+        <v>76</v>
       </c>
       <c r="I8" t="s">
         <v>13</v>
       </c>
       <c r="J8" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
         <v>35</v>
       </c>
       <c r="B9" t="s">
-        <v>74</v>
+        <v>77</v>
       </c>
       <c r="C9" t="s">
         <v>13</v>
       </c>
       <c r="D9" t="s">
-        <v>75</v>
+        <v>68</v>
       </c>
       <c r="E9" t="s">
-        <v>76</v>
+        <v>78</v>
       </c>
       <c r="F9" t="s">
         <v>13</v>
       </c>
       <c r="G9" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="H9" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="I9" t="s">
         <v>13</v>
       </c>
       <c r="J9" t="s">
-        <v>79</v>
+        <v>73</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
         <v>35</v>
       </c>
       <c r="B10" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="C10" t="s">
         <v>13</v>
       </c>
       <c r="D10" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="E10" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="F10" t="s">
         <v>13</v>
       </c>
       <c r="G10" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="H10" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="I10" t="s">
         <v>13</v>
       </c>
       <c r="J10" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
         <v>35</v>
       </c>
       <c r="B11" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="C11" t="s">
         <v>13</v>
       </c>
       <c r="D11" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="E11" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="F11" t="s">
         <v>13</v>
       </c>
       <c r="G11" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="H11" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="I11" t="s">
         <v>13</v>
       </c>
       <c r="J11" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
         <v>35</v>
       </c>
       <c r="B12" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="C12" t="s">
         <v>13</v>
       </c>
       <c r="D12" t="s">
-        <v>87</v>
+        <v>94</v>
       </c>
       <c r="E12" t="s">
-        <v>93</v>
+        <v>95</v>
       </c>
       <c r="F12" t="s">
         <v>13</v>
       </c>
       <c r="G12" t="s">
-        <v>94</v>
+        <v>96</v>
       </c>
       <c r="H12" t="s">
-        <v>95</v>
+        <v>97</v>
       </c>
       <c r="I12" t="s">
         <v>13</v>
       </c>
       <c r="J12" t="s">
-        <v>91</v>
+        <v>98</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
         <v>35</v>
       </c>
       <c r="B13" t="s">
-        <v>96</v>
+        <v>99</v>
       </c>
       <c r="C13" t="s">
         <v>13</v>
       </c>
       <c r="D13" t="s">
-        <v>97</v>
+        <v>94</v>
       </c>
       <c r="E13" t="s">
-        <v>97</v>
+        <v>100</v>
       </c>
       <c r="F13" t="s">
         <v>13</v>
       </c>
       <c r="G13" t="s">
+        <v>101</v>
+      </c>
+      <c r="H13" t="s">
+        <v>102</v>
+      </c>
+      <c r="I13" t="s">
+        <v>13</v>
+      </c>
+      <c r="J13" t="s">
         <v>98</v>
-      </c>
-[...7 lines deleted...]
-        <v>100</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
         <v>35</v>
       </c>
       <c r="B14" t="s">
-        <v>101</v>
+        <v>103</v>
       </c>
       <c r="C14" t="s">
         <v>13</v>
       </c>
       <c r="D14" t="s">
-        <v>97</v>
+        <v>104</v>
       </c>
       <c r="E14" t="s">
-        <v>97</v>
+        <v>104</v>
       </c>
       <c r="F14" t="s">
         <v>13</v>
       </c>
       <c r="G14" t="s">
-        <v>102</v>
+        <v>105</v>
       </c>
       <c r="H14" t="s">
-        <v>103</v>
+        <v>106</v>
       </c>
       <c r="I14" t="s">
         <v>13</v>
       </c>
       <c r="J14" t="s">
-        <v>100</v>
+        <v>107</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
         <v>35</v>
       </c>
       <c r="B15" t="s">
+        <v>108</v>
+      </c>
+      <c r="C15" t="s">
+        <v>13</v>
+      </c>
+      <c r="D15" t="s">
         <v>104</v>
       </c>
-      <c r="C15" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E15" t="s">
-        <v>105</v>
+        <v>104</v>
       </c>
       <c r="F15" t="s">
         <v>13</v>
       </c>
       <c r="G15" t="s">
-        <v>106</v>
+        <v>109</v>
       </c>
       <c r="H15" t="s">
+        <v>110</v>
+      </c>
+      <c r="I15" t="s">
+        <v>13</v>
+      </c>
+      <c r="J15" t="s">
         <v>107</v>
-      </c>
-[...4 lines deleted...]
-        <v>108</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
         <v>35</v>
       </c>
       <c r="B16" t="s">
-        <v>109</v>
+        <v>111</v>
       </c>
       <c r="C16" t="s">
         <v>13</v>
       </c>
       <c r="D16" t="s">
-        <v>110</v>
+        <v>112</v>
       </c>
       <c r="E16" t="s">
-        <v>110</v>
+        <v>112</v>
       </c>
       <c r="F16" t="s">
         <v>13</v>
       </c>
       <c r="G16" t="s">
-        <v>111</v>
+        <v>113</v>
       </c>
       <c r="H16" t="s">
-        <v>112</v>
+        <v>114</v>
       </c>
       <c r="I16" t="s">
         <v>13</v>
       </c>
       <c r="J16" t="s">
-        <v>113</v>
+        <v>115</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
         <v>35</v>
       </c>
       <c r="B17" t="s">
-        <v>114</v>
+        <v>116</v>
       </c>
       <c r="C17" t="s">
         <v>13</v>
       </c>
       <c r="D17" t="s">
-        <v>110</v>
+        <v>117</v>
       </c>
       <c r="E17" t="s">
-        <v>110</v>
+        <v>117</v>
       </c>
       <c r="F17" t="s">
         <v>13</v>
       </c>
       <c r="G17" t="s">
-        <v>115</v>
+        <v>118</v>
       </c>
       <c r="H17" t="s">
-        <v>116</v>
+        <v>119</v>
       </c>
       <c r="I17" t="s">
         <v>13</v>
       </c>
       <c r="J17" t="s">
-        <v>113</v>
+        <v>120</v>
+      </c>
+    </row>
+    <row r="18">
+      <c r="A18" t="s">
+        <v>35</v>
+      </c>
+      <c r="B18" t="s">
+        <v>121</v>
+      </c>
+      <c r="C18" t="s">
+        <v>13</v>
+      </c>
+      <c r="D18" t="s">
+        <v>117</v>
+      </c>
+      <c r="E18" t="s">
+        <v>117</v>
+      </c>
+      <c r="F18" t="s">
+        <v>13</v>
+      </c>
+      <c r="G18" t="s">
+        <v>122</v>
+      </c>
+      <c r="H18" t="s">
+        <v>123</v>
+      </c>
+      <c r="I18" t="s">
+        <v>13</v>
+      </c>
+      <c r="J18" t="s">
+        <v>120</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:J1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H59"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>117</v>
+        <v>124</v>
       </c>
       <c r="B2" t="s">
-        <v>118</v>
+        <v>125</v>
       </c>
       <c r="C2" t="s">
-        <v>119</v>
+        <v>126</v>
       </c>
       <c r="D2" t="s">
-        <v>13</v>
+        <v>127</v>
       </c>
       <c r="E2" t="s">
-        <v>120</v>
+        <v>128</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>121</v>
+        <v>129</v>
       </c>
       <c r="H2" t="s">
-        <v>122</v>
+        <v>130</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>117</v>
+        <v>124</v>
       </c>
       <c r="B3" t="s">
-        <v>123</v>
+        <v>131</v>
       </c>
       <c r="C3" t="s">
-        <v>124</v>
+        <v>132</v>
       </c>
       <c r="D3" t="s">
-        <v>125</v>
+        <v>13</v>
       </c>
       <c r="E3" t="s">
-        <v>126</v>
+        <v>133</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>127</v>
+        <v>134</v>
       </c>
       <c r="H3" t="s">
-        <v>128</v>
+        <v>135</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>117</v>
+        <v>124</v>
       </c>
       <c r="B4" t="s">
-        <v>129</v>
+        <v>136</v>
       </c>
       <c r="C4" t="s">
-        <v>130</v>
+        <v>137</v>
       </c>
       <c r="D4" t="s">
-        <v>131</v>
+        <v>138</v>
       </c>
       <c r="E4" t="s">
-        <v>132</v>
+        <v>139</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>133</v>
+        <v>140</v>
       </c>
       <c r="H4" t="s">
-        <v>134</v>
+        <v>141</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>117</v>
+        <v>124</v>
       </c>
       <c r="B5" t="s">
-        <v>135</v>
+        <v>142</v>
       </c>
       <c r="C5" t="s">
-        <v>136</v>
+        <v>143</v>
       </c>
       <c r="D5" t="s">
-        <v>13</v>
+        <v>144</v>
       </c>
       <c r="E5" t="s">
-        <v>137</v>
+        <v>145</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>138</v>
+        <v>146</v>
       </c>
       <c r="H5" t="s">
-        <v>139</v>
+        <v>147</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>117</v>
+        <v>124</v>
       </c>
       <c r="B6" t="s">
-        <v>140</v>
+        <v>148</v>
       </c>
       <c r="C6" t="s">
-        <v>141</v>
+        <v>149</v>
       </c>
       <c r="D6" t="s">
         <v>13</v>
       </c>
       <c r="E6" t="s">
-        <v>142</v>
+        <v>150</v>
       </c>
       <c r="F6" t="s">
         <v>13</v>
       </c>
       <c r="G6" t="s">
-        <v>143</v>
+        <v>151</v>
       </c>
       <c r="H6" t="s">
-        <v>144</v>
+        <v>152</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>117</v>
+        <v>124</v>
       </c>
       <c r="B7" t="s">
-        <v>145</v>
+        <v>153</v>
       </c>
       <c r="C7" t="s">
-        <v>146</v>
+        <v>154</v>
       </c>
       <c r="D7" t="s">
         <v>13</v>
       </c>
       <c r="E7" t="s">
-        <v>147</v>
+        <v>155</v>
       </c>
       <c r="F7" t="s">
         <v>13</v>
       </c>
       <c r="G7" t="s">
-        <v>148</v>
+        <v>156</v>
       </c>
       <c r="H7" t="s">
-        <v>149</v>
+        <v>157</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>117</v>
+        <v>124</v>
       </c>
       <c r="B8" t="s">
-        <v>150</v>
+        <v>158</v>
       </c>
       <c r="C8" t="s">
-        <v>151</v>
+        <v>159</v>
       </c>
       <c r="D8" t="s">
         <v>13</v>
       </c>
       <c r="E8" t="s">
-        <v>152</v>
+        <v>160</v>
       </c>
       <c r="F8" t="s">
         <v>13</v>
       </c>
       <c r="G8" t="s">
-        <v>153</v>
+        <v>161</v>
       </c>
       <c r="H8" t="s">
-        <v>154</v>
+        <v>162</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>117</v>
+        <v>124</v>
       </c>
       <c r="B9" t="s">
-        <v>155</v>
+        <v>163</v>
       </c>
       <c r="C9" t="s">
-        <v>156</v>
+        <v>164</v>
       </c>
       <c r="D9" t="s">
-        <v>157</v>
+        <v>13</v>
       </c>
       <c r="E9" t="s">
-        <v>158</v>
+        <v>165</v>
       </c>
       <c r="F9" t="s">
         <v>13</v>
       </c>
       <c r="G9" t="s">
-        <v>159</v>
+        <v>166</v>
       </c>
       <c r="H9" t="s">
-        <v>160</v>
+        <v>167</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>117</v>
+        <v>124</v>
       </c>
       <c r="B10" t="s">
-        <v>161</v>
+        <v>168</v>
       </c>
       <c r="C10" t="s">
-        <v>162</v>
+        <v>169</v>
       </c>
       <c r="D10" t="s">
-        <v>13</v>
+        <v>170</v>
       </c>
       <c r="E10" t="s">
-        <v>163</v>
+        <v>171</v>
       </c>
       <c r="F10" t="s">
         <v>13</v>
       </c>
       <c r="G10" t="s">
-        <v>164</v>
+        <v>172</v>
       </c>
       <c r="H10" t="s">
-        <v>165</v>
+        <v>173</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>117</v>
+        <v>124</v>
       </c>
       <c r="B11" t="s">
-        <v>166</v>
+        <v>174</v>
       </c>
       <c r="C11" t="s">
-        <v>167</v>
+        <v>175</v>
       </c>
       <c r="D11" t="s">
-        <v>168</v>
+        <v>13</v>
       </c>
       <c r="E11" t="s">
-        <v>169</v>
+        <v>176</v>
       </c>
       <c r="F11" t="s">
         <v>13</v>
       </c>
       <c r="G11" t="s">
-        <v>170</v>
+        <v>177</v>
       </c>
       <c r="H11" t="s">
-        <v>171</v>
+        <v>178</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>117</v>
+        <v>124</v>
       </c>
       <c r="B12" t="s">
-        <v>172</v>
+        <v>179</v>
       </c>
       <c r="C12" t="s">
-        <v>173</v>
+        <v>180</v>
       </c>
       <c r="D12" t="s">
-        <v>174</v>
+        <v>181</v>
       </c>
       <c r="E12" t="s">
-        <v>175</v>
+        <v>182</v>
       </c>
       <c r="F12" t="s">
         <v>13</v>
       </c>
       <c r="G12" t="s">
-        <v>176</v>
+        <v>183</v>
       </c>
       <c r="H12" t="s">
-        <v>177</v>
+        <v>184</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>117</v>
+        <v>124</v>
       </c>
       <c r="B13" t="s">
-        <v>178</v>
+        <v>185</v>
       </c>
       <c r="C13" t="s">
-        <v>179</v>
+        <v>186</v>
       </c>
       <c r="D13" t="s">
-        <v>13</v>
+        <v>187</v>
       </c>
       <c r="E13" t="s">
-        <v>180</v>
+        <v>188</v>
       </c>
       <c r="F13" t="s">
         <v>13</v>
       </c>
       <c r="G13" t="s">
-        <v>181</v>
+        <v>189</v>
       </c>
       <c r="H13" t="s">
-        <v>182</v>
+        <v>190</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
-        <v>117</v>
+        <v>124</v>
       </c>
       <c r="B14" t="s">
-        <v>183</v>
+        <v>191</v>
       </c>
       <c r="C14" t="s">
-        <v>184</v>
+        <v>192</v>
       </c>
       <c r="D14" t="s">
-        <v>185</v>
+        <v>13</v>
       </c>
       <c r="E14" t="s">
-        <v>186</v>
+        <v>193</v>
       </c>
       <c r="F14" t="s">
         <v>13</v>
       </c>
       <c r="G14" t="s">
-        <v>187</v>
+        <v>194</v>
       </c>
       <c r="H14" t="s">
-        <v>188</v>
+        <v>195</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
-        <v>117</v>
+        <v>124</v>
       </c>
       <c r="B15" t="s">
-        <v>189</v>
+        <v>196</v>
       </c>
       <c r="C15" t="s">
-        <v>190</v>
+        <v>197</v>
       </c>
       <c r="D15" t="s">
-        <v>13</v>
+        <v>198</v>
       </c>
       <c r="E15" t="s">
-        <v>191</v>
+        <v>199</v>
       </c>
       <c r="F15" t="s">
         <v>13</v>
       </c>
       <c r="G15" t="s">
-        <v>192</v>
+        <v>200</v>
       </c>
       <c r="H15" t="s">
-        <v>193</v>
+        <v>201</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
-        <v>117</v>
+        <v>124</v>
       </c>
       <c r="B16" t="s">
-        <v>194</v>
+        <v>202</v>
       </c>
       <c r="C16" t="s">
-        <v>195</v>
+        <v>203</v>
       </c>
       <c r="D16" t="s">
         <v>13</v>
       </c>
       <c r="E16" t="s">
-        <v>196</v>
+        <v>204</v>
       </c>
       <c r="F16" t="s">
         <v>13</v>
       </c>
       <c r="G16" t="s">
-        <v>197</v>
+        <v>205</v>
       </c>
       <c r="H16" t="s">
-        <v>198</v>
+        <v>206</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
-        <v>117</v>
+        <v>124</v>
       </c>
       <c r="B17" t="s">
-        <v>199</v>
+        <v>207</v>
       </c>
       <c r="C17" t="s">
-        <v>200</v>
+        <v>208</v>
       </c>
       <c r="D17" t="s">
-        <v>201</v>
+        <v>13</v>
       </c>
       <c r="E17" t="s">
-        <v>202</v>
+        <v>209</v>
       </c>
       <c r="F17" t="s">
         <v>13</v>
       </c>
       <c r="G17" t="s">
-        <v>203</v>
+        <v>210</v>
       </c>
       <c r="H17" t="s">
-        <v>204</v>
+        <v>211</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
-        <v>117</v>
+        <v>124</v>
       </c>
       <c r="B18" t="s">
-        <v>205</v>
+        <v>212</v>
       </c>
       <c r="C18" t="s">
-        <v>206</v>
+        <v>213</v>
       </c>
       <c r="D18" t="s">
-        <v>13</v>
+        <v>214</v>
       </c>
       <c r="E18" t="s">
-        <v>207</v>
+        <v>215</v>
       </c>
       <c r="F18" t="s">
         <v>13</v>
       </c>
       <c r="G18" t="s">
-        <v>208</v>
+        <v>216</v>
       </c>
       <c r="H18" t="s">
-        <v>209</v>
+        <v>217</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
-        <v>117</v>
+        <v>124</v>
       </c>
       <c r="B19" t="s">
-        <v>210</v>
+        <v>218</v>
       </c>
       <c r="C19" t="s">
-        <v>211</v>
+        <v>219</v>
       </c>
       <c r="D19" t="s">
         <v>13</v>
       </c>
       <c r="E19" t="s">
-        <v>207</v>
+        <v>220</v>
       </c>
       <c r="F19" t="s">
         <v>13</v>
       </c>
       <c r="G19" t="s">
-        <v>212</v>
+        <v>221</v>
       </c>
       <c r="H19" t="s">
-        <v>213</v>
+        <v>222</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
-        <v>117</v>
+        <v>124</v>
       </c>
       <c r="B20" t="s">
-        <v>214</v>
+        <v>223</v>
       </c>
       <c r="C20" t="s">
-        <v>215</v>
+        <v>224</v>
       </c>
       <c r="D20" t="s">
         <v>13</v>
       </c>
       <c r="E20" t="s">
-        <v>216</v>
+        <v>220</v>
       </c>
       <c r="F20" t="s">
         <v>13</v>
       </c>
       <c r="G20" t="s">
-        <v>217</v>
+        <v>225</v>
       </c>
       <c r="H20" t="s">
-        <v>218</v>
+        <v>226</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
-        <v>117</v>
+        <v>124</v>
       </c>
       <c r="B21" t="s">
-        <v>219</v>
+        <v>227</v>
       </c>
       <c r="C21" t="s">
-        <v>220</v>
+        <v>228</v>
       </c>
       <c r="D21" t="s">
         <v>13</v>
       </c>
       <c r="E21" t="s">
-        <v>216</v>
+        <v>229</v>
       </c>
       <c r="F21" t="s">
         <v>13</v>
       </c>
       <c r="G21" t="s">
-        <v>221</v>
+        <v>230</v>
       </c>
       <c r="H21" t="s">
-        <v>222</v>
+        <v>231</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s">
-        <v>117</v>
+        <v>124</v>
       </c>
       <c r="B22" t="s">
-        <v>223</v>
+        <v>232</v>
       </c>
       <c r="C22" t="s">
-        <v>224</v>
+        <v>233</v>
       </c>
       <c r="D22" t="s">
         <v>13</v>
       </c>
       <c r="E22" t="s">
-        <v>216</v>
+        <v>229</v>
       </c>
       <c r="F22" t="s">
         <v>13</v>
       </c>
       <c r="G22" t="s">
-        <v>225</v>
+        <v>234</v>
       </c>
       <c r="H22" t="s">
-        <v>226</v>
+        <v>235</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="s">
-        <v>117</v>
+        <v>124</v>
       </c>
       <c r="B23" t="s">
-        <v>227</v>
+        <v>236</v>
       </c>
       <c r="C23" t="s">
-        <v>228</v>
+        <v>237</v>
       </c>
       <c r="D23" t="s">
         <v>13</v>
       </c>
       <c r="E23" t="s">
         <v>229</v>
       </c>
       <c r="F23" t="s">
         <v>13</v>
       </c>
       <c r="G23" t="s">
-        <v>230</v>
+        <v>238</v>
       </c>
       <c r="H23" t="s">
-        <v>231</v>
+        <v>239</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="s">
-        <v>117</v>
+        <v>124</v>
       </c>
       <c r="B24" t="s">
-        <v>232</v>
+        <v>240</v>
       </c>
       <c r="C24" t="s">
-        <v>233</v>
+        <v>241</v>
       </c>
       <c r="D24" t="s">
         <v>13</v>
       </c>
       <c r="E24" t="s">
-        <v>234</v>
+        <v>242</v>
       </c>
       <c r="F24" t="s">
         <v>13</v>
       </c>
       <c r="G24" t="s">
-        <v>235</v>
+        <v>243</v>
       </c>
       <c r="H24" t="s">
-        <v>236</v>
+        <v>244</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="s">
-        <v>117</v>
+        <v>124</v>
       </c>
       <c r="B25" t="s">
-        <v>237</v>
+        <v>245</v>
       </c>
       <c r="C25" t="s">
-        <v>238</v>
+        <v>246</v>
       </c>
       <c r="D25" t="s">
         <v>13</v>
       </c>
       <c r="E25" t="s">
-        <v>234</v>
+        <v>247</v>
       </c>
       <c r="F25" t="s">
         <v>13</v>
       </c>
       <c r="G25" t="s">
-        <v>239</v>
+        <v>248</v>
       </c>
       <c r="H25" t="s">
-        <v>240</v>
+        <v>249</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="s">
-        <v>117</v>
+        <v>124</v>
       </c>
       <c r="B26" t="s">
-        <v>241</v>
+        <v>250</v>
       </c>
       <c r="C26" t="s">
-        <v>242</v>
+        <v>251</v>
       </c>
       <c r="D26" t="s">
         <v>13</v>
       </c>
       <c r="E26" t="s">
-        <v>243</v>
+        <v>247</v>
       </c>
       <c r="F26" t="s">
         <v>13</v>
       </c>
       <c r="G26" t="s">
-        <v>244</v>
+        <v>252</v>
       </c>
       <c r="H26" t="s">
-        <v>245</v>
+        <v>253</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="s">
-        <v>117</v>
+        <v>124</v>
       </c>
       <c r="B27" t="s">
-        <v>246</v>
+        <v>254</v>
       </c>
       <c r="C27" t="s">
-        <v>247</v>
+        <v>255</v>
       </c>
       <c r="D27" t="s">
         <v>13</v>
       </c>
       <c r="E27" t="s">
-        <v>248</v>
+        <v>256</v>
       </c>
       <c r="F27" t="s">
         <v>13</v>
       </c>
       <c r="G27" t="s">
-        <v>249</v>
+        <v>257</v>
       </c>
       <c r="H27" t="s">
-        <v>250</v>
+        <v>258</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="s">
-        <v>117</v>
+        <v>124</v>
       </c>
       <c r="B28" t="s">
-        <v>251</v>
+        <v>259</v>
       </c>
       <c r="C28" t="s">
-        <v>252</v>
+        <v>260</v>
       </c>
       <c r="D28" t="s">
         <v>13</v>
       </c>
       <c r="E28" t="s">
-        <v>253</v>
+        <v>261</v>
       </c>
       <c r="F28" t="s">
         <v>13</v>
       </c>
       <c r="G28" t="s">
-        <v>254</v>
+        <v>262</v>
       </c>
       <c r="H28" t="s">
-        <v>255</v>
+        <v>263</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="s">
-        <v>117</v>
+        <v>124</v>
       </c>
       <c r="B29" t="s">
-        <v>256</v>
+        <v>264</v>
       </c>
       <c r="C29" t="s">
-        <v>257</v>
+        <v>265</v>
       </c>
       <c r="D29" t="s">
         <v>13</v>
       </c>
       <c r="E29" t="s">
-        <v>258</v>
+        <v>266</v>
       </c>
       <c r="F29" t="s">
         <v>13</v>
       </c>
       <c r="G29" t="s">
-        <v>259</v>
+        <v>267</v>
       </c>
       <c r="H29" t="s">
-        <v>260</v>
+        <v>268</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="s">
-        <v>117</v>
+        <v>124</v>
       </c>
       <c r="B30" t="s">
-        <v>261</v>
+        <v>269</v>
       </c>
       <c r="C30" t="s">
-        <v>262</v>
+        <v>270</v>
       </c>
       <c r="D30" t="s">
         <v>13</v>
       </c>
       <c r="E30" t="s">
-        <v>263</v>
+        <v>271</v>
       </c>
       <c r="F30" t="s">
         <v>13</v>
       </c>
       <c r="G30" t="s">
-        <v>264</v>
+        <v>272</v>
       </c>
       <c r="H30" t="s">
-        <v>265</v>
+        <v>273</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="s">
-        <v>117</v>
+        <v>124</v>
       </c>
       <c r="B31" t="s">
-        <v>266</v>
+        <v>274</v>
       </c>
       <c r="C31" t="s">
-        <v>267</v>
+        <v>275</v>
       </c>
       <c r="D31" t="s">
         <v>13</v>
       </c>
       <c r="E31" t="s">
-        <v>263</v>
+        <v>276</v>
       </c>
       <c r="F31" t="s">
         <v>13</v>
       </c>
       <c r="G31" t="s">
-        <v>268</v>
+        <v>277</v>
       </c>
       <c r="H31" t="s">
-        <v>269</v>
+        <v>278</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="s">
-        <v>117</v>
+        <v>124</v>
       </c>
       <c r="B32" t="s">
-        <v>270</v>
+        <v>279</v>
       </c>
       <c r="C32" t="s">
-        <v>271</v>
+        <v>280</v>
       </c>
       <c r="D32" t="s">
         <v>13</v>
       </c>
       <c r="E32" t="s">
-        <v>272</v>
+        <v>276</v>
       </c>
       <c r="F32" t="s">
         <v>13</v>
       </c>
       <c r="G32" t="s">
-        <v>273</v>
+        <v>281</v>
       </c>
       <c r="H32" t="s">
-        <v>274</v>
+        <v>282</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="s">
-        <v>117</v>
+        <v>124</v>
       </c>
       <c r="B33" t="s">
-        <v>275</v>
+        <v>283</v>
       </c>
       <c r="C33" t="s">
-        <v>276</v>
+        <v>284</v>
       </c>
       <c r="D33" t="s">
         <v>13</v>
       </c>
       <c r="E33" t="s">
-        <v>277</v>
+        <v>285</v>
       </c>
       <c r="F33" t="s">
         <v>13</v>
       </c>
       <c r="G33" t="s">
-        <v>278</v>
+        <v>286</v>
       </c>
       <c r="H33" t="s">
-        <v>279</v>
+        <v>287</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="s">
-        <v>117</v>
+        <v>124</v>
       </c>
       <c r="B34" t="s">
-        <v>280</v>
+        <v>288</v>
       </c>
       <c r="C34" t="s">
-        <v>281</v>
+        <v>289</v>
       </c>
       <c r="D34" t="s">
         <v>13</v>
       </c>
       <c r="E34" t="s">
-        <v>282</v>
+        <v>290</v>
       </c>
       <c r="F34" t="s">
         <v>13</v>
       </c>
       <c r="G34" t="s">
-        <v>283</v>
+        <v>291</v>
       </c>
       <c r="H34" t="s">
-        <v>284</v>
+        <v>292</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="s">
-        <v>117</v>
+        <v>124</v>
       </c>
       <c r="B35" t="s">
-        <v>285</v>
+        <v>293</v>
       </c>
       <c r="C35" t="s">
-        <v>286</v>
+        <v>294</v>
       </c>
       <c r="D35" t="s">
         <v>13</v>
       </c>
       <c r="E35" t="s">
-        <v>287</v>
+        <v>295</v>
       </c>
       <c r="F35" t="s">
         <v>13</v>
       </c>
       <c r="G35" t="s">
-        <v>288</v>
+        <v>296</v>
       </c>
       <c r="H35" t="s">
-        <v>289</v>
+        <v>297</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="s">
-        <v>117</v>
+        <v>124</v>
       </c>
       <c r="B36" t="s">
-        <v>290</v>
+        <v>298</v>
       </c>
       <c r="C36" t="s">
-        <v>291</v>
+        <v>299</v>
       </c>
       <c r="D36" t="s">
         <v>13</v>
       </c>
       <c r="E36" t="s">
-        <v>287</v>
+        <v>300</v>
       </c>
       <c r="F36" t="s">
         <v>13</v>
       </c>
       <c r="G36" t="s">
-        <v>292</v>
+        <v>301</v>
       </c>
       <c r="H36" t="s">
-        <v>293</v>
+        <v>302</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" t="s">
-        <v>117</v>
+        <v>124</v>
       </c>
       <c r="B37" t="s">
-        <v>294</v>
+        <v>303</v>
       </c>
       <c r="C37" t="s">
-        <v>295</v>
+        <v>304</v>
       </c>
       <c r="D37" t="s">
         <v>13</v>
       </c>
       <c r="E37" t="s">
-        <v>296</v>
+        <v>300</v>
       </c>
       <c r="F37" t="s">
         <v>13</v>
       </c>
       <c r="G37" t="s">
-        <v>297</v>
+        <v>305</v>
       </c>
       <c r="H37" t="s">
-        <v>298</v>
+        <v>306</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" t="s">
-        <v>117</v>
+        <v>124</v>
       </c>
       <c r="B38" t="s">
-        <v>299</v>
+        <v>307</v>
       </c>
       <c r="C38" t="s">
-        <v>300</v>
+        <v>308</v>
       </c>
       <c r="D38" t="s">
         <v>13</v>
       </c>
       <c r="E38" t="s">
-        <v>296</v>
+        <v>309</v>
       </c>
       <c r="F38" t="s">
         <v>13</v>
       </c>
       <c r="G38" t="s">
-        <v>301</v>
+        <v>310</v>
       </c>
       <c r="H38" t="s">
-        <v>302</v>
+        <v>311</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" t="s">
-        <v>117</v>
+        <v>124</v>
       </c>
       <c r="B39" t="s">
-        <v>303</v>
+        <v>312</v>
       </c>
       <c r="C39" t="s">
-        <v>304</v>
+        <v>313</v>
       </c>
       <c r="D39" t="s">
         <v>13</v>
       </c>
       <c r="E39" t="s">
-        <v>296</v>
+        <v>309</v>
       </c>
       <c r="F39" t="s">
         <v>13</v>
       </c>
       <c r="G39" t="s">
-        <v>305</v>
+        <v>314</v>
       </c>
       <c r="H39" t="s">
-        <v>306</v>
+        <v>315</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" t="s">
-        <v>117</v>
+        <v>124</v>
       </c>
       <c r="B40" t="s">
-        <v>307</v>
+        <v>316</v>
       </c>
       <c r="C40" t="s">
-        <v>308</v>
+        <v>317</v>
       </c>
       <c r="D40" t="s">
         <v>13</v>
       </c>
       <c r="E40" t="s">
         <v>309</v>
       </c>
       <c r="F40" t="s">
         <v>13</v>
       </c>
       <c r="G40" t="s">
-        <v>310</v>
+        <v>318</v>
       </c>
       <c r="H40" t="s">
-        <v>311</v>
+        <v>319</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" t="s">
-        <v>117</v>
+        <v>124</v>
       </c>
       <c r="B41" t="s">
-        <v>312</v>
+        <v>320</v>
       </c>
       <c r="C41" t="s">
-        <v>313</v>
+        <v>321</v>
       </c>
       <c r="D41" t="s">
         <v>13</v>
       </c>
       <c r="E41" t="s">
-        <v>314</v>
+        <v>322</v>
       </c>
       <c r="F41" t="s">
         <v>13</v>
       </c>
       <c r="G41" t="s">
-        <v>315</v>
+        <v>323</v>
       </c>
       <c r="H41" t="s">
-        <v>316</v>
+        <v>324</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" t="s">
-        <v>117</v>
+        <v>124</v>
       </c>
       <c r="B42" t="s">
-        <v>317</v>
+        <v>325</v>
       </c>
       <c r="C42" t="s">
-        <v>318</v>
+        <v>326</v>
       </c>
       <c r="D42" t="s">
         <v>13</v>
       </c>
       <c r="E42" t="s">
-        <v>319</v>
+        <v>327</v>
       </c>
       <c r="F42" t="s">
         <v>13</v>
       </c>
       <c r="G42" t="s">
-        <v>320</v>
+        <v>328</v>
       </c>
       <c r="H42" t="s">
-        <v>321</v>
+        <v>329</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" t="s">
-        <v>117</v>
+        <v>124</v>
       </c>
       <c r="B43" t="s">
-        <v>322</v>
+        <v>330</v>
       </c>
       <c r="C43" t="s">
-        <v>323</v>
+        <v>331</v>
       </c>
       <c r="D43" t="s">
         <v>13</v>
       </c>
       <c r="E43" t="s">
-        <v>324</v>
+        <v>332</v>
       </c>
       <c r="F43" t="s">
         <v>13</v>
       </c>
       <c r="G43" t="s">
-        <v>325</v>
+        <v>333</v>
       </c>
       <c r="H43" t="s">
-        <v>326</v>
+        <v>334</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" t="s">
-        <v>117</v>
+        <v>124</v>
       </c>
       <c r="B44" t="s">
-        <v>327</v>
+        <v>335</v>
       </c>
       <c r="C44" t="s">
-        <v>328</v>
+        <v>336</v>
       </c>
       <c r="D44" t="s">
         <v>13</v>
       </c>
       <c r="E44" t="s">
-        <v>329</v>
+        <v>337</v>
       </c>
       <c r="F44" t="s">
         <v>13</v>
       </c>
       <c r="G44" t="s">
-        <v>330</v>
+        <v>338</v>
       </c>
       <c r="H44" t="s">
-        <v>331</v>
+        <v>339</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" t="s">
-        <v>117</v>
+        <v>124</v>
       </c>
       <c r="B45" t="s">
-        <v>332</v>
+        <v>340</v>
       </c>
       <c r="C45" t="s">
-        <v>333</v>
+        <v>341</v>
       </c>
       <c r="D45" t="s">
         <v>13</v>
       </c>
       <c r="E45" t="s">
-        <v>334</v>
+        <v>342</v>
       </c>
       <c r="F45" t="s">
         <v>13</v>
       </c>
       <c r="G45" t="s">
-        <v>335</v>
+        <v>343</v>
       </c>
       <c r="H45" t="s">
-        <v>336</v>
+        <v>344</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" t="s">
-        <v>117</v>
+        <v>124</v>
       </c>
       <c r="B46" t="s">
-        <v>337</v>
+        <v>345</v>
       </c>
       <c r="C46" t="s">
-        <v>13</v>
+        <v>346</v>
       </c>
       <c r="D46" t="s">
-        <v>338</v>
+        <v>13</v>
       </c>
       <c r="E46" t="s">
-        <v>339</v>
+        <v>347</v>
       </c>
       <c r="F46" t="s">
         <v>13</v>
       </c>
       <c r="G46" t="s">
-        <v>340</v>
+        <v>348</v>
       </c>
       <c r="H46" t="s">
-        <v>341</v>
+        <v>349</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" t="s">
-        <v>117</v>
+        <v>124</v>
       </c>
       <c r="B47" t="s">
-        <v>342</v>
+        <v>350</v>
       </c>
       <c r="C47" t="s">
-        <v>343</v>
+        <v>13</v>
       </c>
       <c r="D47" t="s">
-        <v>13</v>
+        <v>351</v>
       </c>
       <c r="E47" t="s">
-        <v>344</v>
+        <v>352</v>
       </c>
       <c r="F47" t="s">
         <v>13</v>
       </c>
       <c r="G47" t="s">
-        <v>345</v>
+        <v>353</v>
       </c>
       <c r="H47" t="s">
-        <v>346</v>
+        <v>354</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" t="s">
-        <v>117</v>
+        <v>124</v>
       </c>
       <c r="B48" t="s">
-        <v>347</v>
+        <v>355</v>
       </c>
       <c r="C48" t="s">
-        <v>348</v>
+        <v>356</v>
       </c>
       <c r="D48" t="s">
         <v>13</v>
       </c>
       <c r="E48" t="s">
-        <v>349</v>
+        <v>357</v>
       </c>
       <c r="F48" t="s">
         <v>13</v>
       </c>
       <c r="G48" t="s">
-        <v>350</v>
+        <v>358</v>
       </c>
       <c r="H48" t="s">
-        <v>351</v>
+        <v>359</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" t="s">
-        <v>117</v>
+        <v>124</v>
       </c>
       <c r="B49" t="s">
-        <v>352</v>
+        <v>360</v>
       </c>
       <c r="C49" t="s">
-        <v>353</v>
+        <v>361</v>
       </c>
       <c r="D49" t="s">
         <v>13</v>
       </c>
       <c r="E49" t="s">
-        <v>354</v>
+        <v>362</v>
       </c>
       <c r="F49" t="s">
         <v>13</v>
       </c>
       <c r="G49" t="s">
-        <v>355</v>
+        <v>363</v>
       </c>
       <c r="H49" t="s">
-        <v>356</v>
+        <v>364</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" t="s">
-        <v>117</v>
+        <v>124</v>
       </c>
       <c r="B50" t="s">
-        <v>357</v>
+        <v>365</v>
       </c>
       <c r="C50" t="s">
-        <v>358</v>
+        <v>366</v>
       </c>
       <c r="D50" t="s">
         <v>13</v>
       </c>
       <c r="E50" t="s">
-        <v>359</v>
+        <v>367</v>
       </c>
       <c r="F50" t="s">
         <v>13</v>
       </c>
       <c r="G50" t="s">
-        <v>360</v>
+        <v>368</v>
       </c>
       <c r="H50" t="s">
-        <v>361</v>
+        <v>369</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" t="s">
-        <v>117</v>
+        <v>124</v>
       </c>
       <c r="B51" t="s">
-        <v>362</v>
+        <v>370</v>
       </c>
       <c r="C51" t="s">
-        <v>363</v>
+        <v>371</v>
       </c>
       <c r="D51" t="s">
         <v>13</v>
       </c>
       <c r="E51" t="s">
-        <v>364</v>
+        <v>372</v>
       </c>
       <c r="F51" t="s">
         <v>13</v>
       </c>
       <c r="G51" t="s">
-        <v>365</v>
+        <v>373</v>
       </c>
       <c r="H51" t="s">
-        <v>366</v>
+        <v>374</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" t="s">
-        <v>117</v>
+        <v>124</v>
       </c>
       <c r="B52" t="s">
-        <v>367</v>
+        <v>375</v>
       </c>
       <c r="C52" t="s">
         <v>13</v>
       </c>
       <c r="D52" t="s">
         <v>13</v>
       </c>
       <c r="E52" t="s">
-        <v>368</v>
+        <v>376</v>
       </c>
       <c r="F52" t="s">
         <v>13</v>
       </c>
       <c r="G52" t="s">
-        <v>369</v>
+        <v>377</v>
       </c>
       <c r="H52" t="s">
-        <v>370</v>
+        <v>378</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" t="s">
-        <v>117</v>
+        <v>124</v>
       </c>
       <c r="B53" t="s">
-        <v>371</v>
+        <v>379</v>
       </c>
       <c r="C53" t="s">
-        <v>167</v>
+        <v>180</v>
       </c>
       <c r="D53" t="s">
-        <v>372</v>
+        <v>380</v>
       </c>
       <c r="E53" t="s">
-        <v>373</v>
+        <v>381</v>
       </c>
       <c r="F53" t="s">
         <v>13</v>
       </c>
       <c r="G53" t="s">
-        <v>374</v>
+        <v>382</v>
       </c>
       <c r="H53" t="s">
-        <v>375</v>
+        <v>383</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" t="s">
-        <v>117</v>
+        <v>124</v>
       </c>
       <c r="B54" t="s">
-        <v>376</v>
+        <v>384</v>
       </c>
       <c r="C54" t="s">
-        <v>377</v>
+        <v>385</v>
       </c>
       <c r="D54" t="s">
-        <v>378</v>
+        <v>386</v>
       </c>
       <c r="E54" t="s">
-        <v>379</v>
+        <v>387</v>
       </c>
       <c r="F54" t="s">
         <v>13</v>
       </c>
       <c r="G54" t="s">
-        <v>380</v>
+        <v>388</v>
       </c>
       <c r="H54" t="s">
-        <v>381</v>
+        <v>389</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" t="s">
-        <v>117</v>
+        <v>124</v>
       </c>
       <c r="B55" t="s">
-        <v>382</v>
+        <v>390</v>
       </c>
       <c r="C55" t="s">
-        <v>167</v>
+        <v>180</v>
       </c>
       <c r="D55" t="s">
-        <v>383</v>
+        <v>391</v>
       </c>
       <c r="E55" t="s">
-        <v>384</v>
+        <v>392</v>
       </c>
       <c r="F55" t="s">
         <v>13</v>
       </c>
       <c r="G55" t="s">
-        <v>385</v>
+        <v>393</v>
       </c>
       <c r="H55" t="s">
-        <v>386</v>
+        <v>394</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" t="s">
-        <v>117</v>
+        <v>124</v>
       </c>
       <c r="B56" t="s">
-        <v>387</v>
+        <v>395</v>
       </c>
       <c r="C56" t="s">
-        <v>167</v>
+        <v>180</v>
       </c>
       <c r="D56" t="s">
-        <v>383</v>
+        <v>391</v>
       </c>
       <c r="E56" t="s">
-        <v>388</v>
+        <v>396</v>
       </c>
       <c r="F56" t="s">
         <v>13</v>
       </c>
       <c r="G56" t="s">
-        <v>389</v>
+        <v>397</v>
       </c>
       <c r="H56" t="s">
-        <v>390</v>
+        <v>398</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" t="s">
-        <v>117</v>
+        <v>124</v>
       </c>
       <c r="B57" t="s">
+        <v>399</v>
+      </c>
+      <c r="C57" t="s">
+        <v>180</v>
+      </c>
+      <c r="D57" t="s">
         <v>391</v>
       </c>
-      <c r="C57" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E57" t="s">
-        <v>392</v>
+        <v>400</v>
       </c>
       <c r="F57" t="s">
         <v>13</v>
       </c>
       <c r="G57" t="s">
-        <v>393</v>
+        <v>401</v>
       </c>
       <c r="H57" t="s">
-        <v>394</v>
+        <v>402</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" t="s">
-        <v>117</v>
+        <v>124</v>
       </c>
       <c r="B58" t="s">
-        <v>395</v>
+        <v>403</v>
       </c>
       <c r="C58" t="s">
-        <v>396</v>
+        <v>404</v>
       </c>
       <c r="D58" t="s">
-        <v>397</v>
+        <v>405</v>
       </c>
       <c r="E58" t="s">
-        <v>398</v>
+        <v>406</v>
       </c>
       <c r="F58" t="s">
         <v>13</v>
       </c>
       <c r="G58" t="s">
-        <v>399</v>
+        <v>407</v>
       </c>
       <c r="H58" t="s">
-        <v>400</v>
+        <v>408</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" t="s">
-        <v>117</v>
+        <v>124</v>
       </c>
       <c r="B59" t="s">
-        <v>401</v>
+        <v>409</v>
       </c>
       <c r="C59" t="s">
-        <v>402</v>
+        <v>410</v>
       </c>
       <c r="D59" t="s">
-        <v>403</v>
+        <v>411</v>
       </c>
       <c r="E59" t="s">
-        <v>404</v>
+        <v>412</v>
       </c>
       <c r="F59" t="s">
         <v>13</v>
       </c>
       <c r="G59" t="s">
-        <v>405</v>
+        <v>413</v>
       </c>
       <c r="H59" t="s">
-        <v>406</v>
+        <v>414</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:I17"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
-        <v>407</v>
+        <v>415</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>408</v>
+        <v>416</v>
       </c>
       <c r="B2" t="s">
-        <v>409</v>
+        <v>417</v>
       </c>
       <c r="C2" t="s">
         <v>13</v>
       </c>
       <c r="D2" t="s">
         <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>410</v>
+        <v>418</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>411</v>
+        <v>419</v>
       </c>
       <c r="H2" t="s">
-        <v>412</v>
+        <v>420</v>
       </c>
       <c r="I2" t="s">
-        <v>413</v>
+        <v>421</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>408</v>
+        <v>416</v>
       </c>
       <c r="B3" t="s">
-        <v>414</v>
+        <v>422</v>
       </c>
       <c r="C3" t="s">
         <v>13</v>
       </c>
       <c r="D3" t="s">
         <v>13</v>
       </c>
       <c r="E3" t="s">
-        <v>410</v>
+        <v>418</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>415</v>
+        <v>423</v>
       </c>
       <c r="H3" t="s">
-        <v>416</v>
+        <v>424</v>
       </c>
       <c r="I3" t="s">
-        <v>413</v>
+        <v>421</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>408</v>
+        <v>416</v>
       </c>
       <c r="B4" t="s">
-        <v>417</v>
+        <v>425</v>
       </c>
       <c r="C4" t="s">
         <v>13</v>
       </c>
       <c r="D4" t="s">
         <v>13</v>
       </c>
       <c r="E4" t="s">
-        <v>418</v>
+        <v>426</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>419</v>
+        <v>427</v>
       </c>
       <c r="H4" t="s">
-        <v>420</v>
+        <v>428</v>
       </c>
       <c r="I4" t="s">
-        <v>413</v>
+        <v>421</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>408</v>
+        <v>416</v>
       </c>
       <c r="B5" t="s">
+        <v>429</v>
+      </c>
+      <c r="C5" t="s">
+        <v>13</v>
+      </c>
+      <c r="D5" t="s">
+        <v>13</v>
+      </c>
+      <c r="E5" t="s">
+        <v>430</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>431</v>
+      </c>
+      <c r="H5" t="s">
+        <v>432</v>
+      </c>
+      <c r="I5" t="s">
         <v>421</v>
-      </c>
-[...19 lines deleted...]
-        <v>413</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>408</v>
+        <v>416</v>
       </c>
       <c r="B6" t="s">
-        <v>425</v>
+        <v>433</v>
       </c>
       <c r="C6" t="s">
         <v>13</v>
       </c>
       <c r="D6" t="s">
         <v>13</v>
       </c>
       <c r="E6" t="s">
-        <v>426</v>
+        <v>434</v>
       </c>
       <c r="F6" t="s">
         <v>13</v>
       </c>
       <c r="G6" t="s">
-        <v>427</v>
+        <v>435</v>
       </c>
       <c r="H6" t="s">
-        <v>428</v>
+        <v>436</v>
       </c>
       <c r="I6" t="s">
-        <v>413</v>
+        <v>421</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>408</v>
+        <v>416</v>
       </c>
       <c r="B7" t="s">
-        <v>429</v>
+        <v>437</v>
       </c>
       <c r="C7" t="s">
         <v>13</v>
       </c>
       <c r="D7" t="s">
         <v>13</v>
       </c>
       <c r="E7" t="s">
-        <v>430</v>
+        <v>438</v>
       </c>
       <c r="F7" t="s">
         <v>13</v>
       </c>
       <c r="G7" t="s">
-        <v>431</v>
+        <v>439</v>
       </c>
       <c r="H7" t="s">
-        <v>432</v>
+        <v>440</v>
       </c>
       <c r="I7" t="s">
-        <v>413</v>
+        <v>421</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>408</v>
+        <v>416</v>
       </c>
       <c r="B8" t="s">
-        <v>433</v>
+        <v>441</v>
       </c>
       <c r="C8" t="s">
         <v>13</v>
       </c>
       <c r="D8" t="s">
         <v>13</v>
       </c>
       <c r="E8" t="s">
-        <v>434</v>
+        <v>442</v>
       </c>
       <c r="F8" t="s">
         <v>13</v>
       </c>
       <c r="G8" t="s">
-        <v>435</v>
+        <v>443</v>
       </c>
       <c r="H8" t="s">
-        <v>436</v>
+        <v>444</v>
       </c>
       <c r="I8" t="s">
-        <v>413</v>
+        <v>421</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>408</v>
+        <v>416</v>
       </c>
       <c r="B9" t="s">
-        <v>437</v>
+        <v>445</v>
       </c>
       <c r="C9" t="s">
         <v>13</v>
       </c>
       <c r="D9" t="s">
         <v>13</v>
       </c>
       <c r="E9" t="s">
-        <v>438</v>
+        <v>446</v>
       </c>
       <c r="F9" t="s">
         <v>13</v>
       </c>
       <c r="G9" t="s">
-        <v>439</v>
+        <v>447</v>
       </c>
       <c r="H9" t="s">
-        <v>440</v>
+        <v>448</v>
       </c>
       <c r="I9" t="s">
-        <v>413</v>
+        <v>421</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>408</v>
+        <v>416</v>
       </c>
       <c r="B10" t="s">
-        <v>441</v>
+        <v>449</v>
       </c>
       <c r="C10" t="s">
         <v>13</v>
       </c>
       <c r="D10" t="s">
         <v>13</v>
       </c>
       <c r="E10" t="s">
-        <v>442</v>
+        <v>450</v>
       </c>
       <c r="F10" t="s">
         <v>13</v>
       </c>
       <c r="G10" t="s">
-        <v>443</v>
+        <v>451</v>
       </c>
       <c r="H10" t="s">
-        <v>444</v>
+        <v>452</v>
       </c>
       <c r="I10" t="s">
-        <v>413</v>
+        <v>421</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>408</v>
+        <v>416</v>
       </c>
       <c r="B11" t="s">
-        <v>445</v>
+        <v>453</v>
       </c>
       <c r="C11" t="s">
         <v>13</v>
       </c>
       <c r="D11" t="s">
         <v>13</v>
       </c>
       <c r="E11" t="s">
-        <v>446</v>
+        <v>454</v>
       </c>
       <c r="F11" t="s">
         <v>13</v>
       </c>
       <c r="G11" t="s">
-        <v>447</v>
+        <v>455</v>
       </c>
       <c r="H11" t="s">
-        <v>448</v>
+        <v>456</v>
       </c>
       <c r="I11" t="s">
-        <v>413</v>
+        <v>421</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>408</v>
+        <v>416</v>
       </c>
       <c r="B12" t="s">
-        <v>449</v>
+        <v>457</v>
       </c>
       <c r="C12" t="s">
         <v>13</v>
       </c>
       <c r="D12" t="s">
         <v>13</v>
       </c>
       <c r="E12" t="s">
-        <v>450</v>
+        <v>458</v>
       </c>
       <c r="F12" t="s">
         <v>13</v>
       </c>
       <c r="G12" t="s">
-        <v>451</v>
+        <v>459</v>
       </c>
       <c r="H12" t="s">
-        <v>452</v>
+        <v>460</v>
       </c>
       <c r="I12" t="s">
-        <v>413</v>
+        <v>421</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>408</v>
+        <v>416</v>
       </c>
       <c r="B13" t="s">
-        <v>453</v>
+        <v>461</v>
       </c>
       <c r="C13" t="s">
         <v>13</v>
       </c>
       <c r="D13" t="s">
         <v>13</v>
       </c>
       <c r="E13" t="s">
-        <v>454</v>
+        <v>462</v>
       </c>
       <c r="F13" t="s">
         <v>13</v>
       </c>
       <c r="G13" t="s">
-        <v>455</v>
+        <v>463</v>
       </c>
       <c r="H13" t="s">
-        <v>456</v>
+        <v>464</v>
       </c>
       <c r="I13" t="s">
-        <v>413</v>
+        <v>421</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
-        <v>408</v>
+        <v>416</v>
       </c>
       <c r="B14" t="s">
-        <v>457</v>
+        <v>465</v>
       </c>
       <c r="C14" t="s">
         <v>13</v>
       </c>
       <c r="D14" t="s">
         <v>13</v>
       </c>
       <c r="E14" t="s">
-        <v>458</v>
+        <v>466</v>
       </c>
       <c r="F14" t="s">
         <v>13</v>
       </c>
       <c r="G14" t="s">
-        <v>459</v>
+        <v>467</v>
       </c>
       <c r="H14" t="s">
-        <v>460</v>
+        <v>468</v>
       </c>
       <c r="I14" t="s">
-        <v>413</v>
+        <v>421</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
-        <v>408</v>
+        <v>416</v>
       </c>
       <c r="B15" t="s">
-        <v>461</v>
+        <v>469</v>
       </c>
       <c r="C15" t="s">
         <v>13</v>
       </c>
       <c r="D15" t="s">
         <v>13</v>
       </c>
       <c r="E15" t="s">
-        <v>462</v>
+        <v>470</v>
       </c>
       <c r="F15" t="s">
         <v>13</v>
       </c>
       <c r="G15" t="s">
-        <v>463</v>
+        <v>471</v>
       </c>
       <c r="H15" t="s">
-        <v>464</v>
+        <v>472</v>
       </c>
       <c r="I15" t="s">
-        <v>413</v>
+        <v>421</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
-        <v>408</v>
+        <v>416</v>
       </c>
       <c r="B16" t="s">
-        <v>465</v>
+        <v>473</v>
       </c>
       <c r="C16" t="s">
         <v>13</v>
       </c>
       <c r="D16" t="s">
         <v>13</v>
       </c>
       <c r="E16" t="s">
-        <v>466</v>
+        <v>474</v>
       </c>
       <c r="F16" t="s">
         <v>13</v>
       </c>
       <c r="G16" t="s">
-        <v>467</v>
+        <v>475</v>
       </c>
       <c r="H16" t="s">
-        <v>468</v>
+        <v>476</v>
       </c>
       <c r="I16" t="s">
-        <v>413</v>
+        <v>421</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
-        <v>408</v>
+        <v>416</v>
       </c>
       <c r="B17" t="s">
-        <v>469</v>
+        <v>477</v>
       </c>
       <c r="C17" t="s">
         <v>13</v>
       </c>
       <c r="D17" t="s">
         <v>13</v>
       </c>
       <c r="E17" t="s">
-        <v>470</v>
+        <v>478</v>
       </c>
       <c r="F17" t="s">
         <v>13</v>
       </c>
       <c r="G17" t="s">
-        <v>471</v>
+        <v>479</v>
       </c>
       <c r="H17" t="s">
-        <v>472</v>
+        <v>480</v>
       </c>
       <c r="I17" t="s">
-        <v>413</v>
+        <v>421</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:I1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H5"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>473</v>
+        <v>481</v>
       </c>
       <c r="B2" t="s">
-        <v>474</v>
+        <v>482</v>
       </c>
       <c r="C2" t="s">
-        <v>475</v>
+        <v>483</v>
       </c>
       <c r="D2" t="s">
         <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>476</v>
+        <v>484</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>477</v>
+        <v>485</v>
       </c>
       <c r="H2" t="s">
-        <v>478</v>
+        <v>486</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>473</v>
+        <v>481</v>
       </c>
       <c r="B3" t="s">
-        <v>479</v>
+        <v>487</v>
       </c>
       <c r="C3" t="s">
-        <v>480</v>
+        <v>488</v>
       </c>
       <c r="D3" t="s">
         <v>13</v>
       </c>
       <c r="E3" t="s">
-        <v>481</v>
+        <v>489</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>482</v>
+        <v>490</v>
       </c>
       <c r="H3" t="s">
-        <v>483</v>
+        <v>491</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>473</v>
+        <v>481</v>
       </c>
       <c r="B4" t="s">
-        <v>484</v>
+        <v>492</v>
       </c>
       <c r="C4" t="s">
-        <v>485</v>
+        <v>493</v>
       </c>
       <c r="D4" t="s">
-        <v>486</v>
+        <v>494</v>
       </c>
       <c r="E4" t="s">
-        <v>487</v>
+        <v>495</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>488</v>
+        <v>496</v>
       </c>
       <c r="H4" t="s">
-        <v>489</v>
+        <v>497</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>473</v>
+        <v>481</v>
       </c>
       <c r="B5" t="s">
-        <v>490</v>
+        <v>498</v>
       </c>
       <c r="C5" t="s">
-        <v>491</v>
+        <v>499</v>
       </c>
       <c r="D5" t="s">
         <v>13</v>
       </c>
       <c r="E5" t="s">
-        <v>492</v>
+        <v>500</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>493</v>
+        <v>501</v>
       </c>
       <c r="H5" t="s">
-        <v>494</v>
+        <v>502</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H13"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>495</v>
+        <v>503</v>
       </c>
       <c r="B2" t="s">
-        <v>496</v>
+        <v>504</v>
       </c>
       <c r="C2" t="s">
-        <v>497</v>
+        <v>505</v>
       </c>
       <c r="D2" t="s">
         <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>498</v>
+        <v>506</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>499</v>
+        <v>507</v>
       </c>
       <c r="H2" t="s">
-        <v>500</v>
+        <v>508</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>495</v>
+        <v>503</v>
       </c>
       <c r="B3" t="s">
-        <v>501</v>
+        <v>509</v>
       </c>
       <c r="C3" t="s">
-        <v>502</v>
+        <v>510</v>
       </c>
       <c r="D3" t="s">
         <v>13</v>
       </c>
       <c r="E3" t="s">
-        <v>503</v>
+        <v>511</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>504</v>
+        <v>512</v>
       </c>
       <c r="H3" t="s">
-        <v>505</v>
+        <v>513</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>495</v>
+        <v>503</v>
       </c>
       <c r="B4" t="s">
-        <v>506</v>
+        <v>514</v>
       </c>
       <c r="C4" t="s">
-        <v>507</v>
+        <v>515</v>
       </c>
       <c r="D4" t="s">
         <v>13</v>
       </c>
       <c r="E4" t="s">
-        <v>508</v>
+        <v>516</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>509</v>
+        <v>517</v>
       </c>
       <c r="H4" t="s">
-        <v>510</v>
+        <v>518</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>495</v>
+        <v>503</v>
       </c>
       <c r="B5" t="s">
-        <v>511</v>
+        <v>519</v>
       </c>
       <c r="C5" t="s">
-        <v>512</v>
+        <v>520</v>
       </c>
       <c r="D5" t="s">
         <v>13</v>
       </c>
       <c r="E5" t="s">
-        <v>513</v>
+        <v>521</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>514</v>
+        <v>522</v>
       </c>
       <c r="H5" t="s">
-        <v>515</v>
+        <v>523</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>495</v>
+        <v>503</v>
       </c>
       <c r="B6" t="s">
-        <v>516</v>
+        <v>524</v>
       </c>
       <c r="C6" t="s">
-        <v>517</v>
+        <v>525</v>
       </c>
       <c r="D6" t="s">
         <v>13</v>
       </c>
       <c r="E6" t="s">
-        <v>518</v>
+        <v>526</v>
       </c>
       <c r="F6" t="s">
         <v>13</v>
       </c>
       <c r="G6" t="s">
-        <v>519</v>
+        <v>527</v>
       </c>
       <c r="H6" t="s">
-        <v>520</v>
+        <v>528</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>495</v>
+        <v>503</v>
       </c>
       <c r="B7" t="s">
-        <v>521</v>
+        <v>529</v>
       </c>
       <c r="C7" t="s">
-        <v>522</v>
+        <v>530</v>
       </c>
       <c r="D7" t="s">
         <v>13</v>
       </c>
       <c r="E7" t="s">
-        <v>523</v>
+        <v>531</v>
       </c>
       <c r="F7" t="s">
         <v>13</v>
       </c>
       <c r="G7" t="s">
-        <v>524</v>
+        <v>532</v>
       </c>
       <c r="H7" t="s">
-        <v>525</v>
+        <v>533</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>495</v>
+        <v>503</v>
       </c>
       <c r="B8" t="s">
-        <v>526</v>
+        <v>534</v>
       </c>
       <c r="C8" t="s">
-        <v>527</v>
+        <v>535</v>
       </c>
       <c r="D8" t="s">
         <v>13</v>
       </c>
       <c r="E8" t="s">
-        <v>528</v>
+        <v>536</v>
       </c>
       <c r="F8" t="s">
         <v>13</v>
       </c>
       <c r="G8" t="s">
-        <v>529</v>
+        <v>537</v>
       </c>
       <c r="H8" t="s">
-        <v>530</v>
+        <v>538</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>495</v>
+        <v>503</v>
       </c>
       <c r="B9" t="s">
-        <v>531</v>
+        <v>539</v>
       </c>
       <c r="C9" t="s">
-        <v>532</v>
+        <v>540</v>
       </c>
       <c r="D9" t="s">
         <v>13</v>
       </c>
       <c r="E9" t="s">
-        <v>533</v>
+        <v>541</v>
       </c>
       <c r="F9" t="s">
         <v>13</v>
       </c>
       <c r="G9" t="s">
-        <v>534</v>
+        <v>542</v>
       </c>
       <c r="H9" t="s">
-        <v>535</v>
+        <v>543</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>495</v>
+        <v>503</v>
       </c>
       <c r="B10" t="s">
-        <v>536</v>
+        <v>544</v>
       </c>
       <c r="C10" t="s">
         <v>13</v>
       </c>
       <c r="D10" t="s">
         <v>13</v>
       </c>
       <c r="E10" t="s">
-        <v>537</v>
+        <v>545</v>
       </c>
       <c r="F10" t="s">
         <v>13</v>
       </c>
       <c r="G10" t="s">
-        <v>538</v>
+        <v>546</v>
       </c>
       <c r="H10" t="s">
-        <v>539</v>
+        <v>547</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>495</v>
+        <v>503</v>
       </c>
       <c r="B11" t="s">
-        <v>540</v>
+        <v>548</v>
       </c>
       <c r="C11" t="s">
-        <v>541</v>
+        <v>549</v>
       </c>
       <c r="D11" t="s">
         <v>13</v>
       </c>
       <c r="E11" t="s">
-        <v>542</v>
+        <v>550</v>
       </c>
       <c r="F11" t="s">
         <v>13</v>
       </c>
       <c r="G11" t="s">
-        <v>543</v>
+        <v>551</v>
       </c>
       <c r="H11" t="s">
-        <v>544</v>
+        <v>552</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>495</v>
+        <v>503</v>
       </c>
       <c r="B12" t="s">
-        <v>545</v>
+        <v>553</v>
       </c>
       <c r="C12" t="s">
-        <v>546</v>
+        <v>554</v>
       </c>
       <c r="D12" t="s">
         <v>13</v>
       </c>
       <c r="E12" t="s">
-        <v>547</v>
+        <v>555</v>
       </c>
       <c r="F12" t="s">
         <v>13</v>
       </c>
       <c r="G12" t="s">
-        <v>548</v>
+        <v>556</v>
       </c>
       <c r="H12" t="s">
-        <v>549</v>
+        <v>557</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>495</v>
+        <v>503</v>
       </c>
       <c r="B13" t="s">
-        <v>550</v>
+        <v>558</v>
       </c>
       <c r="C13" t="s">
         <v>13</v>
       </c>
       <c r="D13" t="s">
         <v>13</v>
       </c>
       <c r="E13" t="s">
-        <v>551</v>
+        <v>559</v>
       </c>
       <c r="F13" t="s">
         <v>13</v>
       </c>
       <c r="G13" t="s">
-        <v>552</v>
+        <v>560</v>
       </c>
       <c r="H13" t="s">
-        <v>553</v>
+        <v>561</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H4"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>554</v>
+        <v>562</v>
       </c>
       <c r="B2" t="s">
-        <v>555</v>
+        <v>563</v>
       </c>
       <c r="C2" t="s">
-        <v>556</v>
+        <v>564</v>
       </c>
       <c r="D2" t="s">
-        <v>557</v>
+        <v>565</v>
       </c>
       <c r="E2" t="s">
-        <v>558</v>
+        <v>566</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>559</v>
+        <v>567</v>
       </c>
       <c r="H2" t="s">
-        <v>560</v>
+        <v>568</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>554</v>
+        <v>562</v>
       </c>
       <c r="B3" t="s">
-        <v>561</v>
+        <v>569</v>
       </c>
       <c r="C3" t="s">
-        <v>562</v>
+        <v>570</v>
       </c>
       <c r="D3" t="s">
-        <v>563</v>
+        <v>571</v>
       </c>
       <c r="E3" t="s">
-        <v>564</v>
+        <v>572</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>565</v>
+        <v>573</v>
       </c>
       <c r="H3" t="s">
-        <v>566</v>
+        <v>574</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>554</v>
+        <v>562</v>
       </c>
       <c r="B4" t="s">
-        <v>567</v>
+        <v>575</v>
       </c>
       <c r="C4" t="s">
-        <v>568</v>
+        <v>576</v>
       </c>
       <c r="D4" t="s">
-        <v>569</v>
+        <v>577</v>
       </c>
       <c r="E4" t="s">
-        <v>570</v>
+        <v>578</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>571</v>
+        <v>579</v>
       </c>
       <c r="H4" t="s">
-        <v>572</v>
+        <v>580</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H5"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>573</v>
+        <v>581</v>
       </c>
       <c r="B2" t="s">
-        <v>574</v>
+        <v>582</v>
       </c>
       <c r="C2" t="s">
-        <v>575</v>
+        <v>583</v>
       </c>
       <c r="D2" t="s">
-        <v>576</v>
+        <v>584</v>
       </c>
       <c r="E2" t="s">
-        <v>577</v>
+        <v>585</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>578</v>
+        <v>586</v>
       </c>
       <c r="H2" t="s">
-        <v>579</v>
+        <v>587</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>573</v>
+        <v>581</v>
       </c>
       <c r="B3" t="s">
-        <v>580</v>
+        <v>588</v>
       </c>
       <c r="C3" t="s">
-        <v>581</v>
+        <v>589</v>
       </c>
       <c r="D3" t="s">
-        <v>582</v>
+        <v>590</v>
       </c>
       <c r="E3" t="s">
-        <v>583</v>
+        <v>591</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>584</v>
+        <v>592</v>
       </c>
       <c r="H3" t="s">
-        <v>585</v>
+        <v>593</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>573</v>
+        <v>581</v>
       </c>
       <c r="B4" t="s">
-        <v>586</v>
+        <v>594</v>
       </c>
       <c r="C4" t="s">
-        <v>587</v>
+        <v>595</v>
       </c>
       <c r="D4" t="s">
-        <v>588</v>
+        <v>596</v>
       </c>
       <c r="E4" t="s">
-        <v>589</v>
+        <v>597</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>590</v>
+        <v>598</v>
       </c>
       <c r="H4" t="s">
-        <v>591</v>
+        <v>599</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>573</v>
+        <v>581</v>
       </c>
       <c r="B5" t="s">
-        <v>592</v>
+        <v>600</v>
       </c>
       <c r="C5" t="s">
-        <v>593</v>
+        <v>601</v>
       </c>
       <c r="D5" t="s">
-        <v>594</v>
+        <v>602</v>
       </c>
       <c r="E5" t="s">
-        <v>595</v>
+        <v>603</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>596</v>
+        <v>604</v>
       </c>
       <c r="H5" t="s">
-        <v>597</v>
+        <v>605</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H27"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>598</v>
+        <v>606</v>
       </c>
       <c r="B2" t="s">
-        <v>599</v>
+        <v>607</v>
       </c>
       <c r="C2" t="s">
-        <v>600</v>
+        <v>608</v>
       </c>
       <c r="D2" t="s">
-        <v>601</v>
+        <v>609</v>
       </c>
       <c r="E2" t="s">
-        <v>602</v>
+        <v>610</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>603</v>
+        <v>611</v>
       </c>
       <c r="H2" t="s">
-        <v>604</v>
+        <v>612</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>598</v>
+        <v>606</v>
       </c>
       <c r="B3" t="s">
-        <v>605</v>
+        <v>613</v>
       </c>
       <c r="C3" t="s">
-        <v>606</v>
+        <v>614</v>
       </c>
       <c r="D3" t="s">
-        <v>607</v>
+        <v>615</v>
       </c>
       <c r="E3" t="s">
-        <v>608</v>
+        <v>616</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>609</v>
+        <v>617</v>
       </c>
       <c r="H3" t="s">
-        <v>610</v>
+        <v>618</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>598</v>
+        <v>606</v>
       </c>
       <c r="B4" t="s">
-        <v>611</v>
+        <v>619</v>
       </c>
       <c r="C4" t="s">
-        <v>612</v>
+        <v>620</v>
       </c>
       <c r="D4" t="s">
-        <v>613</v>
+        <v>621</v>
       </c>
       <c r="E4" t="s">
-        <v>614</v>
+        <v>622</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>615</v>
+        <v>623</v>
       </c>
       <c r="H4" t="s">
-        <v>616</v>
+        <v>624</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>598</v>
+        <v>606</v>
       </c>
       <c r="B5" t="s">
-        <v>617</v>
+        <v>625</v>
       </c>
       <c r="C5" t="s">
-        <v>618</v>
+        <v>626</v>
       </c>
       <c r="D5" t="s">
-        <v>157</v>
+        <v>170</v>
       </c>
       <c r="E5" t="s">
-        <v>619</v>
+        <v>627</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>620</v>
+        <v>628</v>
       </c>
       <c r="H5" t="s">
-        <v>621</v>
+        <v>629</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>598</v>
+        <v>606</v>
       </c>
       <c r="B6" t="s">
-        <v>622</v>
+        <v>630</v>
       </c>
       <c r="C6" t="s">
-        <v>623</v>
+        <v>631</v>
       </c>
       <c r="D6" t="s">
-        <v>624</v>
+        <v>632</v>
       </c>
       <c r="E6" t="s">
-        <v>625</v>
+        <v>633</v>
       </c>
       <c r="F6" t="s">
         <v>13</v>
       </c>
       <c r="G6" t="s">
-        <v>626</v>
+        <v>634</v>
       </c>
       <c r="H6" t="s">
-        <v>627</v>
+        <v>635</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>598</v>
+        <v>606</v>
       </c>
       <c r="B7" t="s">
-        <v>628</v>
+        <v>636</v>
       </c>
       <c r="C7" t="s">
-        <v>629</v>
+        <v>637</v>
       </c>
       <c r="D7" t="s">
-        <v>630</v>
+        <v>638</v>
       </c>
       <c r="E7" t="s">
-        <v>631</v>
+        <v>639</v>
       </c>
       <c r="F7" t="s">
         <v>13</v>
       </c>
       <c r="G7" t="s">
-        <v>632</v>
+        <v>640</v>
       </c>
       <c r="H7" t="s">
-        <v>633</v>
+        <v>641</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>598</v>
+        <v>606</v>
       </c>
       <c r="B8" t="s">
-        <v>634</v>
+        <v>642</v>
       </c>
       <c r="C8" t="s">
-        <v>635</v>
+        <v>643</v>
       </c>
       <c r="D8" t="s">
-        <v>636</v>
+        <v>644</v>
       </c>
       <c r="E8" t="s">
-        <v>637</v>
+        <v>645</v>
       </c>
       <c r="F8" t="s">
         <v>13</v>
       </c>
       <c r="G8" t="s">
-        <v>638</v>
+        <v>646</v>
       </c>
       <c r="H8" t="s">
-        <v>639</v>
+        <v>647</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>598</v>
+        <v>606</v>
       </c>
       <c r="B9" t="s">
-        <v>640</v>
+        <v>648</v>
       </c>
       <c r="C9" t="s">
-        <v>641</v>
+        <v>649</v>
       </c>
       <c r="D9" t="s">
-        <v>642</v>
+        <v>650</v>
       </c>
       <c r="E9" t="s">
-        <v>643</v>
+        <v>651</v>
       </c>
       <c r="F9" t="s">
         <v>13</v>
       </c>
       <c r="G9" t="s">
-        <v>644</v>
+        <v>652</v>
       </c>
       <c r="H9" t="s">
-        <v>645</v>
+        <v>653</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>598</v>
+        <v>606</v>
       </c>
       <c r="B10" t="s">
-        <v>646</v>
+        <v>654</v>
       </c>
       <c r="C10" t="s">
-        <v>647</v>
+        <v>655</v>
       </c>
       <c r="D10" t="s">
-        <v>648</v>
+        <v>656</v>
       </c>
       <c r="E10" t="s">
-        <v>649</v>
+        <v>657</v>
       </c>
       <c r="F10" t="s">
         <v>13</v>
       </c>
       <c r="G10" t="s">
-        <v>650</v>
+        <v>658</v>
       </c>
       <c r="H10" t="s">
-        <v>651</v>
+        <v>659</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>598</v>
+        <v>606</v>
       </c>
       <c r="B11" t="s">
-        <v>652</v>
+        <v>660</v>
       </c>
       <c r="C11" t="s">
-        <v>653</v>
+        <v>661</v>
       </c>
       <c r="D11" t="s">
-        <v>654</v>
+        <v>662</v>
       </c>
       <c r="E11" t="s">
-        <v>655</v>
+        <v>663</v>
       </c>
       <c r="F11" t="s">
         <v>13</v>
       </c>
       <c r="G11" t="s">
-        <v>656</v>
+        <v>664</v>
       </c>
       <c r="H11" t="s">
-        <v>657</v>
+        <v>665</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>598</v>
+        <v>606</v>
       </c>
       <c r="B12" t="s">
-        <v>658</v>
+        <v>666</v>
       </c>
       <c r="C12" t="s">
-        <v>659</v>
+        <v>667</v>
       </c>
       <c r="D12" t="s">
-        <v>660</v>
+        <v>668</v>
       </c>
       <c r="E12" t="s">
-        <v>661</v>
+        <v>669</v>
       </c>
       <c r="F12" t="s">
         <v>13</v>
       </c>
       <c r="G12" t="s">
-        <v>662</v>
+        <v>670</v>
       </c>
       <c r="H12" t="s">
-        <v>663</v>
+        <v>671</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>598</v>
+        <v>606</v>
       </c>
       <c r="B13" t="s">
-        <v>664</v>
+        <v>672</v>
       </c>
       <c r="C13" t="s">
-        <v>665</v>
+        <v>673</v>
       </c>
       <c r="D13" t="s">
-        <v>666</v>
+        <v>674</v>
       </c>
       <c r="E13" t="s">
-        <v>667</v>
+        <v>675</v>
       </c>
       <c r="F13" t="s">
         <v>13</v>
       </c>
       <c r="G13" t="s">
-        <v>668</v>
+        <v>676</v>
       </c>
       <c r="H13" t="s">
-        <v>669</v>
+        <v>677</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
-        <v>598</v>
+        <v>606</v>
       </c>
       <c r="B14" t="s">
-        <v>670</v>
+        <v>678</v>
       </c>
       <c r="C14" t="s">
-        <v>671</v>
+        <v>679</v>
       </c>
       <c r="D14" t="s">
-        <v>672</v>
+        <v>680</v>
       </c>
       <c r="E14" t="s">
-        <v>673</v>
+        <v>681</v>
       </c>
       <c r="F14" t="s">
         <v>13</v>
       </c>
       <c r="G14" t="s">
-        <v>674</v>
+        <v>682</v>
       </c>
       <c r="H14" t="s">
-        <v>675</v>
+        <v>683</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
-        <v>598</v>
+        <v>606</v>
       </c>
       <c r="B15" t="s">
-        <v>676</v>
+        <v>684</v>
       </c>
       <c r="C15" t="s">
-        <v>677</v>
+        <v>685</v>
       </c>
       <c r="D15" t="s">
-        <v>588</v>
+        <v>596</v>
       </c>
       <c r="E15" t="s">
-        <v>678</v>
+        <v>686</v>
       </c>
       <c r="F15" t="s">
         <v>13</v>
       </c>
       <c r="G15" t="s">
-        <v>679</v>
+        <v>687</v>
       </c>
       <c r="H15" t="s">
-        <v>680</v>
+        <v>688</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
-        <v>598</v>
+        <v>606</v>
       </c>
       <c r="B16" t="s">
-        <v>681</v>
+        <v>689</v>
       </c>
       <c r="C16" t="s">
-        <v>682</v>
+        <v>690</v>
       </c>
       <c r="D16" t="s">
-        <v>683</v>
+        <v>691</v>
       </c>
       <c r="E16" t="s">
-        <v>684</v>
+        <v>692</v>
       </c>
       <c r="F16" t="s">
         <v>13</v>
       </c>
       <c r="G16" t="s">
-        <v>685</v>
+        <v>693</v>
       </c>
       <c r="H16" t="s">
-        <v>686</v>
+        <v>694</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
-        <v>598</v>
+        <v>606</v>
       </c>
       <c r="B17" t="s">
-        <v>687</v>
+        <v>695</v>
       </c>
       <c r="C17" t="s">
-        <v>688</v>
+        <v>696</v>
       </c>
       <c r="D17" t="s">
-        <v>689</v>
+        <v>697</v>
       </c>
       <c r="E17" t="s">
-        <v>690</v>
+        <v>698</v>
       </c>
       <c r="F17" t="s">
         <v>13</v>
       </c>
       <c r="G17" t="s">
-        <v>691</v>
+        <v>699</v>
       </c>
       <c r="H17" t="s">
-        <v>692</v>
+        <v>700</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
-        <v>598</v>
+        <v>606</v>
       </c>
       <c r="B18" t="s">
-        <v>693</v>
+        <v>701</v>
       </c>
       <c r="C18" t="s">
-        <v>694</v>
+        <v>702</v>
       </c>
       <c r="D18" t="s">
-        <v>695</v>
+        <v>703</v>
       </c>
       <c r="E18" t="s">
-        <v>696</v>
+        <v>704</v>
       </c>
       <c r="F18" t="s">
         <v>13</v>
       </c>
       <c r="G18" t="s">
-        <v>697</v>
+        <v>705</v>
       </c>
       <c r="H18" t="s">
-        <v>698</v>
+        <v>706</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
-        <v>598</v>
+        <v>606</v>
       </c>
       <c r="B19" t="s">
-        <v>699</v>
+        <v>707</v>
       </c>
       <c r="C19" t="s">
-        <v>700</v>
+        <v>708</v>
       </c>
       <c r="D19" t="s">
-        <v>701</v>
+        <v>709</v>
       </c>
       <c r="E19" t="s">
-        <v>702</v>
+        <v>710</v>
       </c>
       <c r="F19" t="s">
         <v>13</v>
       </c>
       <c r="G19" t="s">
-        <v>703</v>
+        <v>711</v>
       </c>
       <c r="H19" t="s">
-        <v>704</v>
+        <v>712</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
-        <v>598</v>
+        <v>606</v>
       </c>
       <c r="B20" t="s">
-        <v>705</v>
+        <v>713</v>
       </c>
       <c r="C20" t="s">
         <v>13</v>
       </c>
       <c r="D20" t="s">
         <v>13</v>
       </c>
       <c r="E20" t="s">
-        <v>706</v>
+        <v>714</v>
       </c>
       <c r="F20" t="s">
         <v>13</v>
       </c>
       <c r="G20" t="s">
-        <v>707</v>
+        <v>715</v>
       </c>
       <c r="H20" t="s">
-        <v>708</v>
+        <v>716</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
-        <v>598</v>
+        <v>606</v>
       </c>
       <c r="B21" t="s">
-        <v>709</v>
+        <v>717</v>
       </c>
       <c r="C21" t="s">
-        <v>710</v>
+        <v>718</v>
       </c>
       <c r="D21" t="s">
-        <v>711</v>
+        <v>719</v>
       </c>
       <c r="E21" t="s">
-        <v>712</v>
+        <v>720</v>
       </c>
       <c r="F21" t="s">
         <v>13</v>
       </c>
       <c r="G21" t="s">
-        <v>713</v>
+        <v>721</v>
       </c>
       <c r="H21" t="s">
-        <v>714</v>
+        <v>722</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s">
-        <v>598</v>
+        <v>606</v>
       </c>
       <c r="B22" t="s">
-        <v>715</v>
+        <v>723</v>
       </c>
       <c r="C22" t="s">
-        <v>716</v>
+        <v>724</v>
       </c>
       <c r="D22" t="s">
-        <v>717</v>
+        <v>725</v>
       </c>
       <c r="E22" t="s">
-        <v>718</v>
+        <v>726</v>
       </c>
       <c r="F22" t="s">
         <v>13</v>
       </c>
       <c r="G22" t="s">
-        <v>719</v>
+        <v>727</v>
       </c>
       <c r="H22" t="s">
-        <v>720</v>
+        <v>728</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="s">
-        <v>598</v>
+        <v>606</v>
       </c>
       <c r="B23" t="s">
-        <v>721</v>
+        <v>729</v>
       </c>
       <c r="C23" t="s">
-        <v>722</v>
+        <v>730</v>
       </c>
       <c r="D23" t="s">
-        <v>723</v>
+        <v>731</v>
       </c>
       <c r="E23" t="s">
-        <v>724</v>
+        <v>732</v>
       </c>
       <c r="F23" t="s">
         <v>13</v>
       </c>
       <c r="G23" t="s">
-        <v>725</v>
+        <v>733</v>
       </c>
       <c r="H23" t="s">
-        <v>726</v>
+        <v>734</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="s">
-        <v>598</v>
+        <v>606</v>
       </c>
       <c r="B24" t="s">
-        <v>727</v>
+        <v>735</v>
       </c>
       <c r="C24" t="s">
-        <v>728</v>
+        <v>736</v>
       </c>
       <c r="D24" t="s">
-        <v>729</v>
+        <v>737</v>
       </c>
       <c r="E24" t="s">
-        <v>730</v>
+        <v>738</v>
       </c>
       <c r="F24" t="s">
         <v>13</v>
       </c>
       <c r="G24" t="s">
-        <v>731</v>
+        <v>739</v>
       </c>
       <c r="H24" t="s">
-        <v>732</v>
+        <v>740</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="s">
-        <v>598</v>
+        <v>606</v>
       </c>
       <c r="B25" t="s">
-        <v>733</v>
+        <v>741</v>
       </c>
       <c r="C25" t="s">
-        <v>734</v>
+        <v>742</v>
       </c>
       <c r="D25" t="s">
-        <v>735</v>
+        <v>743</v>
       </c>
       <c r="E25" t="s">
-        <v>736</v>
+        <v>744</v>
       </c>
       <c r="F25" t="s">
         <v>13</v>
       </c>
       <c r="G25" t="s">
-        <v>737</v>
+        <v>745</v>
       </c>
       <c r="H25" t="s">
-        <v>738</v>
+        <v>746</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="s">
-        <v>598</v>
+        <v>606</v>
       </c>
       <c r="B26" t="s">
-        <v>739</v>
+        <v>747</v>
       </c>
       <c r="C26" t="s">
-        <v>740</v>
+        <v>748</v>
       </c>
       <c r="D26" t="s">
-        <v>741</v>
+        <v>749</v>
       </c>
       <c r="E26" t="s">
-        <v>742</v>
+        <v>750</v>
       </c>
       <c r="F26" t="s">
         <v>13</v>
       </c>
       <c r="G26" t="s">
-        <v>743</v>
+        <v>751</v>
       </c>
       <c r="H26" t="s">
-        <v>744</v>
+        <v>752</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="s">
-        <v>598</v>
+        <v>606</v>
       </c>
       <c r="B27" t="s">
-        <v>745</v>
+        <v>753</v>
       </c>
       <c r="C27" t="s">
-        <v>746</v>
+        <v>754</v>
       </c>
       <c r="D27" t="s">
-        <v>551</v>
+        <v>559</v>
       </c>
       <c r="E27" t="s">
-        <v>747</v>
+        <v>755</v>
       </c>
       <c r="F27" t="s">
         <v>13</v>
       </c>
       <c r="G27" t="s">
-        <v>748</v>
+        <v>756</v>
       </c>
       <c r="H27" t="s">
-        <v>749</v>
+        <v>757</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>