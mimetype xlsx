--- v0 (2025-10-19)
+++ v1 (2026-01-19)
@@ -1,511 +1,3736 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet5.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet6.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet7.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Practice guidelines" r:id="rId3" sheetId="1"/>
-    <sheet name="Export Drugs" r:id="rId4" sheetId="2"/>
+    <sheet name="Export Avis sur les dispositifs" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Recommandation de bonne " r:id="rId4" sheetId="2"/>
+    <sheet name="Export Guide maladie chronique" r:id="rId5" sheetId="3"/>
+    <sheet name="Export Communiqué de presse" r:id="rId6" sheetId="4"/>
+    <sheet name="Export Evaluation des technolog" r:id="rId7" sheetId="5"/>
+    <sheet name="Export évènement de calendrier" r:id="rId8" sheetId="6"/>
+    <sheet name="Export Medicament" r:id="rId9" sheetId="7"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Practice guidelines'!$B$1:$H$1</definedName>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Drugs'!$B$1:$K$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Avis sur les dispositifs'!$B$1:$J$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Communiqué de presse'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="6" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="71" uniqueCount="54">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="718" uniqueCount="409">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Practice guidelines</t>
-[...11 lines deleted...]
-    <t>11/29/2021 15:10:00</t>
+    <t>Description</t>
+  </si>
+  <si>
+    <t>Laboratoire / Fabricant</t>
+  </si>
+  <si>
+    <t>Avis sur les dispositifs médicaux et autres produits de santé</t>
+  </si>
+  <si>
+    <t>OPTIVE FUSION</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3301328/en/oral-and-dental-care-of-patients-at-risk-of-infective-endocarditis</t>
+    <t>05/10/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>17/12/2021 12:34:20</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3301125/fr/optive-fusion</t>
+  </si>
+  <si>
+    <t>p_3301125</t>
+  </si>
+  <si>
+    <t>Solution stérile pour usage ophtalmique</t>
+  </si>
+  <si>
+    <t>ALLERGAN FRANCE</t>
+  </si>
+  <si>
+    <t>OPTIVE ADVANCE</t>
+  </si>
+  <si>
+    <t>19/10/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>05/11/2021 17:34:19</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3296404/fr/optive-advance</t>
+  </si>
+  <si>
+    <t>p_3296404</t>
+  </si>
+  <si>
+    <t>Solution stérile pour usage ophtalmique topique</t>
+  </si>
+  <si>
+    <t>ELIXYA</t>
+  </si>
+  <si>
+    <t>25/05/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>04/10/2021 12:02:10</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3289353/fr/elixya</t>
+  </si>
+  <si>
+    <t>p_3289353</t>
+  </si>
+  <si>
+    <t>LABORATOIRE CHAUVIN</t>
+  </si>
+  <si>
+    <t>OPTIVE</t>
+  </si>
+  <si>
+    <t>22/06/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>15/09/2021 08:49:16</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3280990/fr/optive</t>
+  </si>
+  <si>
+    <t>p_3280990</t>
+  </si>
+  <si>
+    <t>THEALOSE</t>
+  </si>
+  <si>
+    <t>13/04/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>24/06/2021 11:21:25</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3267490/fr/thealose</t>
+  </si>
+  <si>
+    <t>p_3267490</t>
+  </si>
+  <si>
+    <t>THEA PHARMA</t>
+  </si>
+  <si>
+    <t>HYLOVIS</t>
+  </si>
+  <si>
+    <t>15/12/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>15/03/2021 09:24:34</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3237072/fr/hylovis</t>
+  </si>
+  <si>
+    <t>p_3237072</t>
+  </si>
+  <si>
+    <t>Solution stérile de hyaluronate de sodium à 0,18% pour usage  ophtalmique topique</t>
+  </si>
+  <si>
+    <t>TRB CHEMEDICA</t>
+  </si>
+  <si>
+    <t>VISMED</t>
+  </si>
+  <si>
+    <t>15/03/2021 09:33:58</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3237075/fr/vismed</t>
+  </si>
+  <si>
+    <t>p_3237075</t>
+  </si>
+  <si>
+    <t>HORUS PHARMA</t>
+  </si>
+  <si>
+    <t>18/06/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>09/07/2019 10:46:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3067123/fr/thealose</t>
+  </si>
+  <si>
+    <t>p_3067123</t>
+  </si>
+  <si>
+    <t>solution stérile pour usage ophtalmique</t>
+  </si>
+  <si>
+    <t>LABORATOIRE THEA PHARMA</t>
+  </si>
+  <si>
+    <t>14/06/2016 00:00:00</t>
+  </si>
+  <si>
+    <t>27/06/2016 08:52:18</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2640411/fr/optive</t>
+  </si>
+  <si>
+    <t>c_2640411</t>
+  </si>
+  <si>
+    <t>ALLERGAN FRANCE SAS</t>
+  </si>
+  <si>
+    <t>21/07/2015 00:00:00</t>
+  </si>
+  <si>
+    <t>14/08/2015 09:30:24</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2053550/fr/thealose</t>
+  </si>
+  <si>
+    <t>c_2053550</t>
+  </si>
+  <si>
+    <t>Laboratoires Théa France</t>
+  </si>
+  <si>
+    <t>CATIONORM</t>
+  </si>
+  <si>
+    <t>Solution stérile pour irrigation oculaire</t>
+  </si>
+  <si>
+    <t>19/11/2013 00:00:00</t>
+  </si>
+  <si>
+    <t>04/12/2013 09:28:51</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1696520/fr/cationorm</t>
+  </si>
+  <si>
+    <t>c_1696520</t>
+  </si>
+  <si>
+    <t>SANTEN SAS</t>
+  </si>
+  <si>
+    <t>XILOIAL MONO</t>
+  </si>
+  <si>
+    <t>22/10/2013 00:00:00</t>
+  </si>
+  <si>
+    <t>21/11/2013 17:49:05</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1672024/fr/xiloial-mono</t>
+  </si>
+  <si>
+    <t>c_1672024</t>
+  </si>
+  <si>
+    <t>Laboratoires LEURQUIN MEDIOLANUM</t>
+  </si>
+  <si>
+    <t>XILOIAL</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1672027/fr/xiloial</t>
+  </si>
+  <si>
+    <t>c_1672027</t>
+  </si>
+  <si>
+    <t>OPTIVE - 03 mai 2011 (3568) avis</t>
+  </si>
+  <si>
+    <t>Solution stérile pour usage ophtalmique topique OPTHTALMOLOGIE – Nouveau dispositif Pas d’avantage clinique démontré par rapport à VISMED Multi</t>
+  </si>
+  <si>
+    <t>03/05/2011 00:00:00</t>
+  </si>
+  <si>
+    <t>12/05/2011 15:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1046127/fr/optive-03-mai-2011-3568-avis</t>
+  </si>
+  <si>
+    <t>c_1046127</t>
+  </si>
+  <si>
+    <t>ALLERGAN France SAS</t>
+  </si>
+  <si>
+    <t>HYLOVIS - 07 décembre 2010 (3051) avis</t>
+  </si>
+  <si>
+    <t>07/12/2010 00:00:00</t>
+  </si>
+  <si>
+    <t>06/01/2011 13:09:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1010207/fr/hylovis-07-decembre-2010-3051-avis</t>
+  </si>
+  <si>
+    <t>c_1010207</t>
+  </si>
+  <si>
+    <t>TRB CHEMEDICA SAS (France)</t>
+  </si>
+  <si>
+    <t>HYLOVIS MULTI - 07 décembre 2010 (3072) avis</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1010209/fr/hylovis-multi-07-decembre-2010-3072-avis</t>
+  </si>
+  <si>
+    <t>c_1010209</t>
+  </si>
+  <si>
+    <t>VISMED - 07 décembre 2010 (3053) avis</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1010211/fr/vismed-07-decembre-2010-3053-avis</t>
+  </si>
+  <si>
+    <t>c_1010211</t>
+  </si>
+  <si>
+    <t>HORUS PHARMA (France)</t>
+  </si>
+  <si>
+    <t>VISMED MULTI - 07 décembre 2010 (3073) avis</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1010213/fr/vismed-multi-07-decembre-2010-3073-avis</t>
+  </si>
+  <si>
+    <t>c_1010213</t>
+  </si>
+  <si>
+    <t>PROMOGRAN - 28 septembre 2010 (2710) avis</t>
+  </si>
+  <si>
+    <t>Matrice à effet anti-protéases DERMATOLOGIE – Mise au point Pas d’amélioration par rapport aux pansements hydrocellulaires</t>
+  </si>
+  <si>
+    <t>28/09/2010 00:00:00</t>
+  </si>
+  <si>
+    <t>12/10/2010 09:04:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_990009/fr/promogran-28-septembre-2010-2710-avis</t>
+  </si>
+  <si>
+    <t>c_990009</t>
+  </si>
+  <si>
+    <t>Systagenix Wound Management France</t>
+  </si>
+  <si>
+    <t>LUXYAL - CEPP du 07 juillet 2009 (2076)</t>
+  </si>
+  <si>
+    <t>07/07/2009 00:00:00</t>
+  </si>
+  <si>
+    <t>27/08/2009 14:14:15</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_831774/fr/luxyal-cepp-du-07-juillet-2009-2076</t>
+  </si>
+  <si>
+    <t>c_831774</t>
+  </si>
+  <si>
+    <t>Tubilux Pharma SpA (Italie)</t>
+  </si>
+  <si>
+    <t>HYDRALIS</t>
+  </si>
+  <si>
+    <t>12/05/2009 00:00:00</t>
+  </si>
+  <si>
+    <t>14/05/2009 12:09:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_794152/fr/hydralis</t>
+  </si>
+  <si>
+    <t>c_794152</t>
+  </si>
+  <si>
+    <t>THEA France</t>
+  </si>
+  <si>
+    <t>03/03/2009 00:00:00</t>
+  </si>
+  <si>
+    <t>03/03/2009 17:55:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_754282/fr/cationorm</t>
+  </si>
+  <si>
+    <t>c_754282</t>
+  </si>
+  <si>
+    <t>NOVAGALI Pharma S.A.</t>
+  </si>
+  <si>
+    <t>28/10/2008 00:00:00</t>
+  </si>
+  <si>
+    <t>28/10/2008 11:53:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_711468/fr/optive</t>
+  </si>
+  <si>
+    <t>c_711468</t>
+  </si>
+  <si>
+    <t>ALLERGAN France SAS France</t>
+  </si>
+  <si>
+    <t>SYSTANE</t>
+  </si>
+  <si>
+    <t>16/09/2008 00:00:00</t>
+  </si>
+  <si>
+    <t>16/09/2008 11:57:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_700446/fr/systane</t>
+  </si>
+  <si>
+    <t>c_700446</t>
+  </si>
+  <si>
+    <t>Laboratoires ALCON France</t>
+  </si>
+  <si>
+    <t>LIPIMIX</t>
+  </si>
+  <si>
+    <t>08/07/2008 00:00:00</t>
+  </si>
+  <si>
+    <t>08/07/2008 17:12:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_677040/fr/lipimix</t>
+  </si>
+  <si>
+    <t>c_677040</t>
+  </si>
+  <si>
+    <t>TUBILUX PHARMA S.p.A. (Italie)</t>
+  </si>
+  <si>
+    <t>HYLOVIS MULTI</t>
+  </si>
+  <si>
+    <t>05/09/2007 00:00:00</t>
+  </si>
+  <si>
+    <t>05/09/2007 17:17:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_585978/fr/hylovis-multi</t>
+  </si>
+  <si>
+    <t>c_585978</t>
+  </si>
+  <si>
+    <t>VISMED Multi</t>
+  </si>
+  <si>
+    <t>11/07/2007 00:00:00</t>
+  </si>
+  <si>
+    <t>11/07/2007 16:08:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_572599/fr/vismed-multi</t>
+  </si>
+  <si>
+    <t>c_572599</t>
+  </si>
+  <si>
+    <t>21/02/2007 00:00:00</t>
+  </si>
+  <si>
+    <t>21/02/2007 14:15:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_550223/fr/hylovis</t>
+  </si>
+  <si>
+    <t>c_550223</t>
+  </si>
+  <si>
+    <t>07/12/2005 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_398724/fr/vismed</t>
+  </si>
+  <si>
+    <t>c_398724</t>
+  </si>
+  <si>
+    <t>HYDROFIBER AQUACEL AG</t>
+  </si>
+  <si>
+    <t>17/05/2006 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_398781/fr/hydrofiber-aquacel-ag</t>
+  </si>
+  <si>
+    <t>c_398781</t>
+  </si>
+  <si>
+    <t>Laboratoire CONVATEC</t>
+  </si>
+  <si>
+    <t>Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Traitement curatif des personnes infectées par Chlamydia trachomatis</t>
+  </si>
+  <si>
+    <t>À la demande du ministère chargé de la santé, le Conseil National du Sida et des hépatites virales (CNS) et l'Agence nationale de recherches sur le sida | Maladies infectieuses émergentes (ANRS | MIE) ont sollicité la Haute Autorité de santé (HAS) pour l’élaboration d’une actualisation des recommandations françaises de prise en charge thérapeutique des personnes infectées par Chlamydia trachomatis. L’accompagnement de la HAS s’est inscrit dans le cadre de la labellisation par la HAS d’une recommandation élaborée par un organisme professionnel.</t>
+  </si>
+  <si>
+    <t>10/04/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>13/05/2025 09:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3604614/fr/traitement-curatif-des-personnes-infectees-par-chlamydia-trachomatis</t>
+  </si>
+  <si>
+    <t>p_3604614</t>
+  </si>
+  <si>
+    <t>Prise en charge bucco-dentaire des patients à haut risque d’endocardite infectieuse</t>
+  </si>
+  <si>
+    <t>Objectifs Définir les patients à haut risque d’El Améliorer les pratiques bucco-dentaires chez les patients à haut risque d’endocardite infectieuse, Limiter les prescriptions non appropriées dans le but de lutter contre l’antibiorésistance, Préciser les modalités de l’antibioprophylaxie quand elle est indiquée, Améliorer la prise en charge dentaire de ces patients Homogénéiser, sur le territoire national, les pratiques médicales et la prise en charge bucco-dentaire chez ces patients notamment en implantologie, chirurgie buccale et endodontie.</t>
+  </si>
+  <si>
+    <t>24/10/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>29/11/2021 15:10:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3301328/fr/prise-en-charge-bucco-dentaire-des-patients-a-haut-risque-d-endocardite-infectieuse</t>
   </si>
   <si>
     <t>p_3301328</t>
   </si>
   <si>
-    <t>Periodontal disease: diagnosis and treatment</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_272209/en/periodontal-disease-diagnosis-and-treatment</t>
+    <t>Prévention et prise en charge des effets indésirables pouvant survenir après une ponction lombaire</t>
+  </si>
+  <si>
+    <t>La ponction lombaire (PL) est un acte diagnostique ou thérapeutique fréquent, invasif, réalisable par tout médecin. Elle est à risque d’événements indésirables, exceptionnellement graves, et d’échecs dont la majorité serait évitable. Pour cela, il est nécessaire que tout médecin connaisse l’anatomie, les contre-indications, la technique de PL, le matériel utilisable, les événements indésirables et leur prévention.</t>
+  </si>
+  <si>
+    <t>12/06/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>11/07/2019 16:56:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3067854/fr/prevention-et-prise-en-charge-des-effets-indesirables-pouvant-survenir-apres-une-ponction-lombaire</t>
+  </si>
+  <si>
+    <t>p_3067854</t>
+  </si>
+  <si>
+    <t>Prise en charge des infections cutanées bactériennes courantes</t>
+  </si>
+  <si>
+    <t>Ces recommandations abordent la prise en charge des principales infections cutanées bactériennes observées en médecine de ville : les dermohypodermites bactériennes non nécrosantes &amp; nécrosantes, la fasciite nécrosante, les infections bactériennes de plaie chronique, le furoncle, l’anthrax, la furonculose, les abcès cutanées et l’impétigo.</t>
+  </si>
+  <si>
+    <t>27/02/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>01/04/2019 14:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2911550/fr/prise-en-charge-des-infections-cutanees-bacteriennes-courantes</t>
+  </si>
+  <si>
+    <t>c_2911550</t>
+  </si>
+  <si>
+    <t>Femmes en âge de procréer ayant un trouble bipolaire : spécialités à base de valproate et alternatives médicamenteuses</t>
+  </si>
+  <si>
+    <t>L’acide valproïque ou valproate (Dépakine®, Micropakine®, Dépakote®, Dépamide® et génériques) est le plus tératogène des anticonvulsivants et des thymorégulateurs. Il entraîne également un risque accru de troubles du développement psychomoteur et/ou des troubles du spectre autistique chez les enfants exposés in utero. L’objectif de cette fiche mémo est de mettre à disposition des médecins des recommandations de prise en charge thérapeutique alternative chez les patientes présentant un trouble bipolaire.</t>
+  </si>
+  <si>
+    <t>26/09/2018 00:00:00</t>
+  </si>
+  <si>
+    <t>20/12/2018 10:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2579748/fr/femmes-en-age-de-procreer-ayant-un-trouble-bipolaire-specialites-a-base-de-valproate-et-alternatives-medicamenteuses</t>
+  </si>
+  <si>
+    <t>c_2579748</t>
+  </si>
+  <si>
+    <t>Filles, adolescentes, femmes en âge de procréer et femmes enceintes ayant une épilepsie : spécialités à base de valproate et alternatives médicamenteuses</t>
+  </si>
+  <si>
+    <t>L’acide valproïque ou valproate (Dépakine®, Micropakine®, Dépakote®, Dépamide® et génériques) est le plus tératogène des anticonvulsivants et des thymorégulateurs. Il entraîne également un risque accru de troubles du développement psychomoteur et/ou des troubles du spectre autistique chez les enfants exposés in utero. L’objectif de cette fiche mémo est de mettre à disposition des médecins des recommandations de prise en charge thérapeutique alternative chez les patientes présentant une épilepsie.</t>
+  </si>
+  <si>
+    <t>20/12/2018 09:58:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2882733/fr/filles-adolescentes-femmes-en-age-de-procreer-et-femmes-enceintes-ayant-une-epilepsie-specialites-a-base-de-valproate-et-alternatives-medicamenteuses</t>
+  </si>
+  <si>
+    <t>c_2882733</t>
+  </si>
+  <si>
+    <t>Prévention des infections liées aux cathéters veineux périphériques</t>
+  </si>
+  <si>
+    <t>L'objectif de ces recommandations professionnelles est de prévenir les infections liées aux cathéters veineux périphériques. Les recommandations abordent les points suivants : Choix du cathéter Pose du cathéter Utilisation du cathéter Entretien du cathéter Surveillance Formation, évaluation</t>
+  </si>
+  <si>
+    <t>01/11/2005 00:00:00</t>
+  </si>
+  <si>
+    <t>01/11/2005 10:35:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272482/fr/prevention-des-infections-liees-aux-catheters-veineux-peripheriques</t>
+  </si>
+  <si>
+    <t>c_272482</t>
+  </si>
+  <si>
+    <t>Hygiène et prévention du risque infectieux en cabinet médical ou paramédical</t>
+  </si>
+  <si>
+    <t>Ces recommandations ont pour objectif la réduction des infections transmises lors d’actes de soin, notamment par les dispositifs médicaux, la réduction des infections croisées et le contrôle du risque infectieux lié à l’environnement.</t>
+  </si>
+  <si>
+    <t>21/06/2007 00:00:00</t>
+  </si>
+  <si>
+    <t>27/11/2007 10:45:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_607182/fr/hygiene-et-prevention-du-risque-infectieux-en-cabinet-medical-ou-paramedical</t>
+  </si>
+  <si>
+    <t>c_607182</t>
+  </si>
+  <si>
+    <t>Parodontopathies : diagnostic et traitements</t>
+  </si>
+  <si>
+    <t>Les thèmes suivants sont abordés dans ces recommandations :# 1. Définition et classification des parodontopathies# 2. Epidémiologie et facteurs de risques# 3. Diagnostic (clinique, radiologique, microbiologique et marqueurs biologiques)# 4. Moyens thérapeutiques# 5. La maladie parodontale comme facteur de risque d'autres maladies ou situations# 6. Stratégie de prise en charge#</t>
+  </si>
+  <si>
+    <t>01/05/2002 00:00:00</t>
+  </si>
+  <si>
+    <t>01/05/2002 17:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272209/fr/parodontopathies-diagnostic-et-traitements</t>
   </si>
   <si>
     <t>c_272209</t>
   </si>
   <si>
-    <t>Active ingredient</t>
-[...8 lines deleted...]
-    <t>Medicine</t>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Neutropénies chroniques</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de neutropénie chronique. Il a été élaboré par le Centre de Référence Maladies Rares Neutropénies Chroniques à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>06/08/2024 17:27:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3522408/fr/neutropenies-chroniques</t>
+  </si>
+  <si>
+    <t>p_3522408</t>
+  </si>
+  <si>
+    <t>Prise en charge de la Rétinopathie du prématuré</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins des prématurés nécessitant un traitement pour une ROP. Il a été élaboré par le Centre de Référence des Maladies Rares en Ophtalmologie – OPHTARA à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>05/02/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>07/02/2024 08:36:06</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3493096/fr/prise-en-charge-de-la-retinopathie-du-premature</t>
+  </si>
+  <si>
+    <t>p_3493096</t>
+  </si>
+  <si>
+    <t>Nécrolyse épidermique de l’adulte (Syndromes de Stevens-Johnson et de Lyell)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un adulte pris en charge pour une nécrolyse épidermique (NE, syndrome de Stevens-Johnson, SJS, et syndrome de Lyell ou nécrolyse épidermique toxique, NET). Il a été élaboré par le Centre de référence des dermatoses bulleuses toxiques et toxidermies graves TOXIBUL à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>04/04/2018 15:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1012735/fr/necrolyse-epidermique-de-l-adulte-syndromes-de-stevens-johnson-et-de-lyell</t>
+  </si>
+  <si>
+    <t>c_1012735</t>
+  </si>
+  <si>
+    <t>Glycogénose de type I</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de GSD I. Il a été élaboré par le Centre de Référence Maladies Héréditaires du Métabolisme, Filières de Santé Maladies Rares à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>13/12/2022 11:52:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3385268/fr/glycogenose-de-type-i</t>
+  </si>
+  <si>
+    <t>p_3385268</t>
+  </si>
+  <si>
+    <t>Nécrolyses épidermiques chez l’enfant</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un enfant atteint du syndrome de Stevens-Johnson (SJS) ou de Lyell/nécrolyse épidermique toxique (NET). Il a été élaboré par la Filière FIMARAD : Santé Maladies Rares Dermatologiques à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>02/12/2021 09:46:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3299789/fr/necrolyses-epidermiques-chez-l-enfant</t>
+  </si>
+  <si>
+    <t>p_3299789</t>
+  </si>
+  <si>
+    <t>Communiqué de presse</t>
+  </si>
+  <si>
+    <t>15/12/2005 12:37:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_240671/fr/prevention-des-infections-liees-aux-catheters-veineux-peripheriques</t>
+  </si>
+  <si>
+    <t>c_240671</t>
+  </si>
+  <si>
+    <t>Evaluation des technologies de santé</t>
+  </si>
+  <si>
+    <t>Biopsies ciblées dans le diagnostic du cancer de la prostate – Rapport d'évaluation</t>
+  </si>
+  <si>
+    <t>Evaluer la capacité des biopsies ciblées à détecter un cancer de la prostate (cliniquement significatif et non cliniquement significatif) chez les patients avec une suspicion de cancer de la prostate établie sur la base d'un toucher rectal anormal et/ou des valeurs du marqueur sérique PSA anormales ou avec des facteurs de risques familiaux ou liés à l'origine ethnique (africaine en particulier) chez : i) les patients candidats à une première série de biopsies ou ii) à des biopsies répétées (en cas de suspicion persistante de cancer de la prostate après une première série de biopsies négatives)</t>
+  </si>
+  <si>
+    <t>21/12/2023 00:00:00</t>
+  </si>
+  <si>
+    <t>26/12/2023 16:14:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3483677/fr/biopsies-ciblees-dans-le-diagnostic-du-cancer-de-la-prostate-rapport-d-evaluation</t>
+  </si>
+  <si>
+    <t>p_3483677</t>
+  </si>
+  <si>
+    <t>Occlusion de veine saphène par laser par voie veineuse transcutanée</t>
+  </si>
+  <si>
+    <t>L’objectif de ce travail est d’actualiser l’évaluation conduite par la HAS en 2008 de l’efficacité sécurité de la procédure laser par comparaison à la technique de référence (crossectomie éveinage de varice de grande et petite veine saphène) et par comparaison à l’alternative validée d’occlusion de grande veine saphène par radiofréquence</t>
+  </si>
+  <si>
+    <t>14/12/2016 00:00:00</t>
+  </si>
+  <si>
+    <t>21/12/2016 12:13:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2587776/fr/occlusion-de-veine-saphene-par-laser-par-voie-veineuse-transcutanee</t>
+  </si>
+  <si>
+    <t>c_2587776</t>
+  </si>
+  <si>
+    <t>Occlusion de grande veine saphène  par radiofréquence par voie veineuse transcutanée</t>
+  </si>
+  <si>
+    <t>L’objectif de ce travail est d’actualiser l’évaluation conduite par la HAS en 2008 de l’efficacité sécurité de la procédure radiofréquence par comparaison à la technique de référence (crossectomie éveinage de la grande veine saphène)</t>
+  </si>
+  <si>
+    <t>18/12/2013 00:00:00</t>
+  </si>
+  <si>
+    <t>20/12/2013 14:43:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1713341/fr/occlusion-de-grande-veine-saphene-par-radiofrequence-par-voie-veineuse-transcutanee</t>
+  </si>
+  <si>
+    <t>c_1713341</t>
+  </si>
+  <si>
+    <t>Conditions de réalisation de la chirurgie de la cataracte : environnement technique - rapport d'évaluation</t>
+  </si>
+  <si>
+    <t>21/07/2010 00:00:00</t>
+  </si>
+  <si>
+    <t>15/10/2010 14:35:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_992026/fr/conditions-de-realisation-de-la-chirurgie-de-la-cataracte-environnement-technique-rapport-d-evaluation</t>
+  </si>
+  <si>
+    <t>c_992026</t>
+  </si>
+  <si>
+    <t>Type d'évènement</t>
+  </si>
+  <si>
+    <t>Evénement de Calendrier</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 15 janvier 2025</t>
+  </si>
+  <si>
+    <t>08/01/2025 16:09:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3576731/fr/commission-de-la-transparence-reunion-du-15-janvier-2025</t>
+  </si>
+  <si>
+    <t>p_3576731</t>
+  </si>
+  <si>
+    <t>Commission</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 20 novembre 2024</t>
+  </si>
+  <si>
+    <t>15/11/2024 08:30:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3556609/fr/commission-de-la-transparence-reunion-du-20-novembre-2024</t>
+  </si>
+  <si>
+    <t>p_3556609</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 6 novembre 2024</t>
+  </si>
+  <si>
+    <t>30/10/2024 09:08:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3554484/fr/commission-de-la-transparence-reunion-du-6-novembre-2024</t>
+  </si>
+  <si>
+    <t>p_3554484</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 12 décembre 2018</t>
+  </si>
+  <si>
+    <t>05/12/2018 14:15:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2888407/fr/commission-de-la-transparence-reunion-du-12-decembre-2018</t>
+  </si>
+  <si>
+    <t>c_2888407</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 15 avril 2015</t>
+  </si>
+  <si>
+    <t>09/04/2015 17:39:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2025601/fr/commission-de-la-transparence-reunion-du-15-avril-2015</t>
+  </si>
+  <si>
+    <t>c_2025601</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 5 mars 2014</t>
+  </si>
+  <si>
+    <t>26/02/2014 15:01:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1726254/fr/commission-de-la-transparence-reunion-du-5-mars-2014</t>
+  </si>
+  <si>
+    <t>c_1726254</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 5 février 2014</t>
+  </si>
+  <si>
+    <t>10/02/2014 17:41:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1721057/fr/commission-de-la-transparence-reunion-du-5-fevrier-2014</t>
+  </si>
+  <si>
+    <t>c_1721057</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 19 janvier 2011</t>
+  </si>
+  <si>
+    <t>19/01/2011 10:11:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1016582/fr/commission-de-la-transparence-reunion-du-19-janvier-2011</t>
+  </si>
+  <si>
+    <t>c_1016582</t>
+  </si>
+  <si>
+    <t>Substance active (DCI)</t>
+  </si>
+  <si>
+    <t>Avis sur les Médicaments</t>
+  </si>
+  <si>
+    <t>Médicament</t>
   </si>
   <si>
     <t>PERPRUP (povidone iodée / alcool isopropylique)</t>
   </si>
   <si>
-    <t>01/24/2025 16:21:24</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3585879/en/perprup-povidone-iodee-/-alcool-isopropylique</t>
+    <t>24/01/2025 16:21:24</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3585879/fr/perprup-povidone-iodee-/-alcool-isopropylique</t>
   </si>
   <si>
     <t>p_3585879</t>
   </si>
   <si>
     <t>povidone iodée,alcool isopropylique</t>
   </si>
   <si>
     <t>BECTON DICKINSON FRANCE</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3585762/en/perprup-povidone-iodine-isopropyl-alcohol-antiseptic</t>
+    <t>https://www.has-sante.fr/jcms/p_3585762/fr/perprup-povidone-iodee-/-alcool-isopropylique-antiseptique</t>
+  </si>
+  <si>
+    <t>UNIFLUID (polyvidone/ povidone)</t>
+  </si>
+  <si>
+    <t>11/12/2018 14:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982989/fr/unifluid-polyvidone/-povidone</t>
+  </si>
+  <si>
+    <t>pprd_2982989</t>
+  </si>
+  <si>
+    <t>polyvidone,povidone</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399289/fr/unifluid-polyvidone</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_793424/fr/unifluid-polyvidone</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1198162/fr/unifluid-povidone</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2888456/fr/unifluid-povidone</t>
+  </si>
+  <si>
+    <t>FLUIDABAK (povidone)</t>
+  </si>
+  <si>
+    <t>26/10/2018 08:37:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983071/fr/fluidabak-povidone</t>
+  </si>
+  <si>
+    <t>pprd_2983071</t>
+  </si>
+  <si>
+    <t>povidone</t>
+  </si>
+  <si>
+    <t>LABORATOIRES THEA France</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_793466/fr/fluidabak-povidone</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1615050/fr/fluidabak-povidone</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2879321/fr/fluidabak-povidone</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399790/fr/fluidabak1-5-collyre-en-solution-flacon-de-10-ml</t>
   </si>
   <si>
     <t>BETADINE (povidone iodée/ éthanol)</t>
   </si>
   <si>
-    <t>06/25/2018 17:55:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2983210/en/betadine-povidone-iodee/-ethanol</t>
+    <t>25/06/2018 17:55:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983210/fr/betadine-povidone-iodee/-ethanol</t>
   </si>
   <si>
     <t>pprd_2983210</t>
   </si>
   <si>
     <t>povidone iodée,éthanol</t>
   </si>
   <si>
     <t>MYLAN MEDICAL SAS</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_398835/en/betadine-10-solution-vaginale-en-recipient-unidose-10-ml-boite-de-20</t>
-[...41 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2858744/en/betadine-scrub-povidone-iodee/-ethanol</t>
+    <t>https://www.has-sante.fr/jcms/c_398835/fr/betadine-10-solution-vaginale-en-recipient-unidose-10-ml-boite-de-20</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399917/fr/betadine-alcoolique-5-solution-pour-application-cutanee-flacon-de-500-ml</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_724561/fr/betadine-dermique-povidone-iodee/-ethanol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_725193/fr/betadine-scrub-povidone-iodee/-ethanol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1025857/fr/betadine-povidone-iodee/-ethanol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1728830/fr/betadine-dermique-povidone-iodee/-ethanol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1735634/fr/betadine-povidone-iodee/-ethanol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1739020/fr/betadine-scrub-povidone-iodee/-ethanol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2031551/fr/betadine-povidone-iodee/-ethanol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2642059/fr/betadine-alcoolique-povidone-iodee/-ethanol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2655908/fr/betadine-dermique-povidone-iodee/-ethanol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2658582/fr/betadine-tulle-povidone-iodee/-ethanol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2756341/fr/betadine-alcoolique-povidone-iodee/-ethanol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2857750/fr/betadine-alcoolique-povidone-iodee/-ethanol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2858744/fr/betadine-scrub-povidone-iodee/-ethanol</t>
+  </si>
+  <si>
+    <t>NUTRIVISC (povidone)</t>
+  </si>
+  <si>
+    <t>05/02/2018 09:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983411/fr/nutrivisc-povidone</t>
+  </si>
+  <si>
+    <t>pprd_2983411</t>
+  </si>
+  <si>
+    <t>NOVARTIS PHARMA S.A.S.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_398945/fr/nutrivisc-5-pour-cent-20-mg/0-4-ml-collyre-en-solution-en-recipient-unidose-boite-de-30</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_460189/fr/nutrivisc-povidone</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1062693/fr/nutrivisc-povidone</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2825235/fr/nutrivisc-povidone</t>
+  </si>
+  <si>
+    <t>POVIDONE IODEE (povidone iodée)</t>
+  </si>
+  <si>
+    <t>06/10/2017 16:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983516/fr/povidone-iodee-povidone-iodee</t>
+  </si>
+  <si>
+    <t>pprd_2983516</t>
+  </si>
+  <si>
+    <t>povidone iodée</t>
+  </si>
+  <si>
+    <t>CHAUVIN/ MERCK GENERIQUES/ MYLAN SAS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400334/fr/povidone-iodee-merck-10-pour-cent-povidone-iodee</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_926139/fr/povidone-iodee-mylan-povidone-iodee</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2007174/fr/povidone-iodee-mylan-povidone-iodee</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2797152/fr/povidone-iodee-chauvin-povidone-iodee</t>
+  </si>
+  <si>
+    <t>DULCILARMES (povidone)</t>
+  </si>
+  <si>
+    <t>23/03/2017 16:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983687/fr/dulcilarmes-povidone</t>
+  </si>
+  <si>
+    <t>pprd_2983687</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_490511/fr/dulcilarmes-povidone</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1050843/fr/dulcilarmes-povidone</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2009367/fr/dulcilarmes-povidone</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2671782/fr/dulcilarmes-povidone</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2751855/fr/dulcilarmes-povidone</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_398901/fr/dulcilarmes-solution-ophtalmique-flacon-compte-goutte-de-10-ml</t>
+  </si>
+  <si>
+    <t>REFRESH (povidone, alcool polyvinylique/ povidone/ poly(alcool vinylique))</t>
+  </si>
+  <si>
+    <t>04/03/2016 12:10:12</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984189/fr/refresh-povidone-alcool-polyvinylique/-povidone/-poly-alcool-vinylique</t>
+  </si>
+  <si>
+    <t>pprd_2984189</t>
+  </si>
+  <si>
+    <t>povidone, alcool polyvinylique,povidone,poly(alcool vinylique)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_490525/fr/refresh-povidone-alcool-polyvinylique/-povidone/-poly-alcool-vinylique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1036562/fr/refresh-povidone-alcool-polyvinylique/-povidone/-poly-alcool-vinylique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2613154/fr/refresh-povidone-alcool-polyvinylique/-povidone/-poly-alcool-vinylique</t>
+  </si>
+  <si>
+    <t>POLIODINE SOLUTION DERMIQUE (povidone iodée)</t>
+  </si>
+  <si>
+    <t>10/07/2002 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985992/fr/poliodine-solution-dermique-povidone-iodee</t>
+  </si>
+  <si>
+    <t>pprd_2985992</t>
+  </si>
+  <si>
+    <t>GIFRER BARBEZAT</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399579/fr/poliodine-solution-dermique-solution-pour-application-cutanee-flacon-pe-de-100-ml-ferme-par-un-bouchon-percuteur-polystyrene</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId8" Target="worksheets/sheet6.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId9" Target="worksheets/sheet7.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H3"/>
+  <dimension ref="A1:J31"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
+      <c r="I1" t="s">
+        <v>8</v>
+      </c>
+      <c r="J1" t="s">
+        <v>9</v>
+      </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>8</v>
+        <v>10</v>
       </c>
       <c r="B2" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
       <c r="C2" t="s">
-        <v>10</v>
+        <v>12</v>
       </c>
       <c r="D2" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="F2" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G2" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="H2" t="s">
-        <v>15</v>
+        <v>16</v>
+      </c>
+      <c r="I2" t="s">
+        <v>17</v>
+      </c>
+      <c r="J2" t="s">
+        <v>18</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>8</v>
+        <v>10</v>
       </c>
       <c r="B3" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="C3" t="s">
+        <v>12</v>
+      </c>
+      <c r="D3" t="s">
+        <v>20</v>
+      </c>
+      <c r="E3" t="s">
+        <v>21</v>
+      </c>
+      <c r="F3" t="s">
+        <v>12</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3" t="s">
+        <v>23</v>
+      </c>
+      <c r="I3" t="s">
+        <v>24</v>
+      </c>
+      <c r="J3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>10</v>
+      </c>
+      <c r="B4" t="s">
+        <v>25</v>
+      </c>
+      <c r="C4" t="s">
+        <v>12</v>
+      </c>
+      <c r="D4" t="s">
+        <v>26</v>
+      </c>
+      <c r="E4" t="s">
+        <v>27</v>
+      </c>
+      <c r="F4" t="s">
+        <v>12</v>
+      </c>
+      <c r="G4" t="s">
+        <v>28</v>
+      </c>
+      <c r="H4" t="s">
+        <v>29</v>
+      </c>
+      <c r="I4" t="s">
         <v>17</v>
       </c>
-      <c r="D3" t="s">
+      <c r="J4" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>10</v>
+      </c>
+      <c r="B5" t="s">
+        <v>31</v>
+      </c>
+      <c r="C5" t="s">
+        <v>12</v>
+      </c>
+      <c r="D5" t="s">
+        <v>32</v>
+      </c>
+      <c r="E5" t="s">
+        <v>33</v>
+      </c>
+      <c r="F5" t="s">
+        <v>12</v>
+      </c>
+      <c r="G5" t="s">
+        <v>34</v>
+      </c>
+      <c r="H5" t="s">
+        <v>35</v>
+      </c>
+      <c r="I5" t="s">
+        <v>17</v>
+      </c>
+      <c r="J5" t="s">
         <v>18</v>
       </c>
-      <c r="E3" t="s">
-[...9 lines deleted...]
-        <v>21</v>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>10</v>
+      </c>
+      <c r="B6" t="s">
+        <v>36</v>
+      </c>
+      <c r="C6" t="s">
+        <v>12</v>
+      </c>
+      <c r="D6" t="s">
+        <v>37</v>
+      </c>
+      <c r="E6" t="s">
+        <v>38</v>
+      </c>
+      <c r="F6" t="s">
+        <v>12</v>
+      </c>
+      <c r="G6" t="s">
+        <v>39</v>
+      </c>
+      <c r="H6" t="s">
+        <v>40</v>
+      </c>
+      <c r="I6" t="s">
+        <v>17</v>
+      </c>
+      <c r="J6" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>10</v>
+      </c>
+      <c r="B7" t="s">
+        <v>42</v>
+      </c>
+      <c r="C7" t="s">
+        <v>12</v>
+      </c>
+      <c r="D7" t="s">
+        <v>43</v>
+      </c>
+      <c r="E7" t="s">
+        <v>44</v>
+      </c>
+      <c r="F7" t="s">
+        <v>12</v>
+      </c>
+      <c r="G7" t="s">
+        <v>45</v>
+      </c>
+      <c r="H7" t="s">
+        <v>46</v>
+      </c>
+      <c r="I7" t="s">
+        <v>47</v>
+      </c>
+      <c r="J7" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>10</v>
+      </c>
+      <c r="B8" t="s">
+        <v>49</v>
+      </c>
+      <c r="C8" t="s">
+        <v>12</v>
+      </c>
+      <c r="D8" t="s">
+        <v>43</v>
+      </c>
+      <c r="E8" t="s">
+        <v>50</v>
+      </c>
+      <c r="F8" t="s">
+        <v>12</v>
+      </c>
+      <c r="G8" t="s">
+        <v>51</v>
+      </c>
+      <c r="H8" t="s">
+        <v>52</v>
+      </c>
+      <c r="I8" t="s">
+        <v>47</v>
+      </c>
+      <c r="J8" t="s">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>10</v>
+      </c>
+      <c r="B9" t="s">
+        <v>36</v>
+      </c>
+      <c r="C9" t="s">
+        <v>12</v>
+      </c>
+      <c r="D9" t="s">
+        <v>54</v>
+      </c>
+      <c r="E9" t="s">
+        <v>55</v>
+      </c>
+      <c r="F9" t="s">
+        <v>12</v>
+      </c>
+      <c r="G9" t="s">
+        <v>56</v>
+      </c>
+      <c r="H9" t="s">
+        <v>57</v>
+      </c>
+      <c r="I9" t="s">
+        <v>58</v>
+      </c>
+      <c r="J9" t="s">
+        <v>59</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>10</v>
+      </c>
+      <c r="B10" t="s">
+        <v>31</v>
+      </c>
+      <c r="C10" t="s">
+        <v>12</v>
+      </c>
+      <c r="D10" t="s">
+        <v>60</v>
+      </c>
+      <c r="E10" t="s">
+        <v>61</v>
+      </c>
+      <c r="F10" t="s">
+        <v>12</v>
+      </c>
+      <c r="G10" t="s">
+        <v>62</v>
+      </c>
+      <c r="H10" t="s">
+        <v>63</v>
+      </c>
+      <c r="I10" t="s">
+        <v>12</v>
+      </c>
+      <c r="J10" t="s">
+        <v>64</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>10</v>
+      </c>
+      <c r="B11" t="s">
+        <v>36</v>
+      </c>
+      <c r="C11" t="s">
+        <v>12</v>
+      </c>
+      <c r="D11" t="s">
+        <v>65</v>
+      </c>
+      <c r="E11" t="s">
+        <v>66</v>
+      </c>
+      <c r="F11" t="s">
+        <v>12</v>
+      </c>
+      <c r="G11" t="s">
+        <v>67</v>
+      </c>
+      <c r="H11" t="s">
+        <v>68</v>
+      </c>
+      <c r="I11" t="s">
+        <v>12</v>
+      </c>
+      <c r="J11" t="s">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>10</v>
+      </c>
+      <c r="B12" t="s">
+        <v>70</v>
+      </c>
+      <c r="C12" t="s">
+        <v>71</v>
+      </c>
+      <c r="D12" t="s">
+        <v>72</v>
+      </c>
+      <c r="E12" t="s">
+        <v>73</v>
+      </c>
+      <c r="F12" t="s">
+        <v>12</v>
+      </c>
+      <c r="G12" t="s">
+        <v>74</v>
+      </c>
+      <c r="H12" t="s">
+        <v>75</v>
+      </c>
+      <c r="I12" t="s">
+        <v>71</v>
+      </c>
+      <c r="J12" t="s">
+        <v>76</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="s">
+        <v>10</v>
+      </c>
+      <c r="B13" t="s">
+        <v>77</v>
+      </c>
+      <c r="C13" t="s">
+        <v>71</v>
+      </c>
+      <c r="D13" t="s">
+        <v>78</v>
+      </c>
+      <c r="E13" t="s">
+        <v>79</v>
+      </c>
+      <c r="F13" t="s">
+        <v>12</v>
+      </c>
+      <c r="G13" t="s">
+        <v>80</v>
+      </c>
+      <c r="H13" t="s">
+        <v>81</v>
+      </c>
+      <c r="I13" t="s">
+        <v>71</v>
+      </c>
+      <c r="J13" t="s">
+        <v>82</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" t="s">
+        <v>10</v>
+      </c>
+      <c r="B14" t="s">
+        <v>83</v>
+      </c>
+      <c r="C14" t="s">
+        <v>71</v>
+      </c>
+      <c r="D14" t="s">
+        <v>78</v>
+      </c>
+      <c r="E14" t="s">
+        <v>79</v>
+      </c>
+      <c r="F14" t="s">
+        <v>12</v>
+      </c>
+      <c r="G14" t="s">
+        <v>84</v>
+      </c>
+      <c r="H14" t="s">
+        <v>85</v>
+      </c>
+      <c r="I14" t="s">
+        <v>71</v>
+      </c>
+      <c r="J14" t="s">
+        <v>82</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" t="s">
+        <v>10</v>
+      </c>
+      <c r="B15" t="s">
+        <v>86</v>
+      </c>
+      <c r="C15" t="s">
+        <v>87</v>
+      </c>
+      <c r="D15" t="s">
+        <v>88</v>
+      </c>
+      <c r="E15" t="s">
+        <v>89</v>
+      </c>
+      <c r="F15" t="s">
+        <v>12</v>
+      </c>
+      <c r="G15" t="s">
+        <v>90</v>
+      </c>
+      <c r="H15" t="s">
+        <v>91</v>
+      </c>
+      <c r="I15" t="s">
+        <v>12</v>
+      </c>
+      <c r="J15" t="s">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" t="s">
+        <v>10</v>
+      </c>
+      <c r="B16" t="s">
+        <v>93</v>
+      </c>
+      <c r="C16" t="s">
+        <v>12</v>
+      </c>
+      <c r="D16" t="s">
+        <v>94</v>
+      </c>
+      <c r="E16" t="s">
+        <v>95</v>
+      </c>
+      <c r="F16" t="s">
+        <v>12</v>
+      </c>
+      <c r="G16" t="s">
+        <v>96</v>
+      </c>
+      <c r="H16" t="s">
+        <v>97</v>
+      </c>
+      <c r="I16" t="s">
+        <v>12</v>
+      </c>
+      <c r="J16" t="s">
+        <v>98</v>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" t="s">
+        <v>10</v>
+      </c>
+      <c r="B17" t="s">
+        <v>99</v>
+      </c>
+      <c r="C17" t="s">
+        <v>12</v>
+      </c>
+      <c r="D17" t="s">
+        <v>94</v>
+      </c>
+      <c r="E17" t="s">
+        <v>95</v>
+      </c>
+      <c r="F17" t="s">
+        <v>12</v>
+      </c>
+      <c r="G17" t="s">
+        <v>100</v>
+      </c>
+      <c r="H17" t="s">
+        <v>101</v>
+      </c>
+      <c r="I17" t="s">
+        <v>12</v>
+      </c>
+      <c r="J17" t="s">
+        <v>98</v>
+      </c>
+    </row>
+    <row r="18">
+      <c r="A18" t="s">
+        <v>10</v>
+      </c>
+      <c r="B18" t="s">
+        <v>102</v>
+      </c>
+      <c r="C18" t="s">
+        <v>12</v>
+      </c>
+      <c r="D18" t="s">
+        <v>94</v>
+      </c>
+      <c r="E18" t="s">
+        <v>95</v>
+      </c>
+      <c r="F18" t="s">
+        <v>12</v>
+      </c>
+      <c r="G18" t="s">
+        <v>103</v>
+      </c>
+      <c r="H18" t="s">
+        <v>104</v>
+      </c>
+      <c r="I18" t="s">
+        <v>12</v>
+      </c>
+      <c r="J18" t="s">
+        <v>105</v>
+      </c>
+    </row>
+    <row r="19">
+      <c r="A19" t="s">
+        <v>10</v>
+      </c>
+      <c r="B19" t="s">
+        <v>106</v>
+      </c>
+      <c r="C19" t="s">
+        <v>12</v>
+      </c>
+      <c r="D19" t="s">
+        <v>94</v>
+      </c>
+      <c r="E19" t="s">
+        <v>95</v>
+      </c>
+      <c r="F19" t="s">
+        <v>12</v>
+      </c>
+      <c r="G19" t="s">
+        <v>107</v>
+      </c>
+      <c r="H19" t="s">
+        <v>108</v>
+      </c>
+      <c r="I19" t="s">
+        <v>12</v>
+      </c>
+      <c r="J19" t="s">
+        <v>105</v>
+      </c>
+    </row>
+    <row r="20">
+      <c r="A20" t="s">
+        <v>10</v>
+      </c>
+      <c r="B20" t="s">
+        <v>109</v>
+      </c>
+      <c r="C20" t="s">
+        <v>110</v>
+      </c>
+      <c r="D20" t="s">
+        <v>111</v>
+      </c>
+      <c r="E20" t="s">
+        <v>112</v>
+      </c>
+      <c r="F20" t="s">
+        <v>12</v>
+      </c>
+      <c r="G20" t="s">
+        <v>113</v>
+      </c>
+      <c r="H20" t="s">
+        <v>114</v>
+      </c>
+      <c r="I20" t="s">
+        <v>12</v>
+      </c>
+      <c r="J20" t="s">
+        <v>115</v>
+      </c>
+    </row>
+    <row r="21">
+      <c r="A21" t="s">
+        <v>10</v>
+      </c>
+      <c r="B21" t="s">
+        <v>116</v>
+      </c>
+      <c r="C21" t="s">
+        <v>12</v>
+      </c>
+      <c r="D21" t="s">
+        <v>117</v>
+      </c>
+      <c r="E21" t="s">
+        <v>118</v>
+      </c>
+      <c r="F21" t="s">
+        <v>12</v>
+      </c>
+      <c r="G21" t="s">
+        <v>119</v>
+      </c>
+      <c r="H21" t="s">
+        <v>120</v>
+      </c>
+      <c r="I21" t="s">
+        <v>12</v>
+      </c>
+      <c r="J21" t="s">
+        <v>121</v>
+      </c>
+    </row>
+    <row r="22">
+      <c r="A22" t="s">
+        <v>10</v>
+      </c>
+      <c r="B22" t="s">
+        <v>122</v>
+      </c>
+      <c r="C22" t="s">
+        <v>12</v>
+      </c>
+      <c r="D22" t="s">
+        <v>123</v>
+      </c>
+      <c r="E22" t="s">
+        <v>124</v>
+      </c>
+      <c r="F22" t="s">
+        <v>12</v>
+      </c>
+      <c r="G22" t="s">
+        <v>125</v>
+      </c>
+      <c r="H22" t="s">
+        <v>126</v>
+      </c>
+      <c r="I22" t="s">
+        <v>12</v>
+      </c>
+      <c r="J22" t="s">
+        <v>127</v>
+      </c>
+    </row>
+    <row r="23">
+      <c r="A23" t="s">
+        <v>10</v>
+      </c>
+      <c r="B23" t="s">
+        <v>70</v>
+      </c>
+      <c r="C23" t="s">
+        <v>12</v>
+      </c>
+      <c r="D23" t="s">
+        <v>128</v>
+      </c>
+      <c r="E23" t="s">
+        <v>129</v>
+      </c>
+      <c r="F23" t="s">
+        <v>12</v>
+      </c>
+      <c r="G23" t="s">
+        <v>130</v>
+      </c>
+      <c r="H23" t="s">
+        <v>131</v>
+      </c>
+      <c r="I23" t="s">
+        <v>12</v>
+      </c>
+      <c r="J23" t="s">
+        <v>132</v>
+      </c>
+    </row>
+    <row r="24">
+      <c r="A24" t="s">
+        <v>10</v>
+      </c>
+      <c r="B24" t="s">
+        <v>31</v>
+      </c>
+      <c r="C24" t="s">
+        <v>12</v>
+      </c>
+      <c r="D24" t="s">
+        <v>133</v>
+      </c>
+      <c r="E24" t="s">
+        <v>134</v>
+      </c>
+      <c r="F24" t="s">
+        <v>12</v>
+      </c>
+      <c r="G24" t="s">
+        <v>135</v>
+      </c>
+      <c r="H24" t="s">
+        <v>136</v>
+      </c>
+      <c r="I24" t="s">
+        <v>12</v>
+      </c>
+      <c r="J24" t="s">
+        <v>137</v>
+      </c>
+    </row>
+    <row r="25">
+      <c r="A25" t="s">
+        <v>10</v>
+      </c>
+      <c r="B25" t="s">
+        <v>138</v>
+      </c>
+      <c r="C25" t="s">
+        <v>12</v>
+      </c>
+      <c r="D25" t="s">
+        <v>139</v>
+      </c>
+      <c r="E25" t="s">
+        <v>140</v>
+      </c>
+      <c r="F25" t="s">
+        <v>12</v>
+      </c>
+      <c r="G25" t="s">
+        <v>141</v>
+      </c>
+      <c r="H25" t="s">
+        <v>142</v>
+      </c>
+      <c r="I25" t="s">
+        <v>12</v>
+      </c>
+      <c r="J25" t="s">
+        <v>143</v>
+      </c>
+    </row>
+    <row r="26">
+      <c r="A26" t="s">
+        <v>10</v>
+      </c>
+      <c r="B26" t="s">
+        <v>144</v>
+      </c>
+      <c r="C26" t="s">
+        <v>12</v>
+      </c>
+      <c r="D26" t="s">
+        <v>145</v>
+      </c>
+      <c r="E26" t="s">
+        <v>146</v>
+      </c>
+      <c r="F26" t="s">
+        <v>12</v>
+      </c>
+      <c r="G26" t="s">
+        <v>147</v>
+      </c>
+      <c r="H26" t="s">
+        <v>148</v>
+      </c>
+      <c r="I26" t="s">
+        <v>12</v>
+      </c>
+      <c r="J26" t="s">
+        <v>149</v>
+      </c>
+    </row>
+    <row r="27">
+      <c r="A27" t="s">
+        <v>10</v>
+      </c>
+      <c r="B27" t="s">
+        <v>150</v>
+      </c>
+      <c r="C27" t="s">
+        <v>12</v>
+      </c>
+      <c r="D27" t="s">
+        <v>151</v>
+      </c>
+      <c r="E27" t="s">
+        <v>152</v>
+      </c>
+      <c r="F27" t="s">
+        <v>12</v>
+      </c>
+      <c r="G27" t="s">
+        <v>153</v>
+      </c>
+      <c r="H27" t="s">
+        <v>154</v>
+      </c>
+      <c r="I27" t="s">
+        <v>12</v>
+      </c>
+      <c r="J27" t="s">
+        <v>98</v>
+      </c>
+    </row>
+    <row r="28">
+      <c r="A28" t="s">
+        <v>10</v>
+      </c>
+      <c r="B28" t="s">
+        <v>155</v>
+      </c>
+      <c r="C28" t="s">
+        <v>12</v>
+      </c>
+      <c r="D28" t="s">
+        <v>156</v>
+      </c>
+      <c r="E28" t="s">
+        <v>157</v>
+      </c>
+      <c r="F28" t="s">
+        <v>12</v>
+      </c>
+      <c r="G28" t="s">
+        <v>158</v>
+      </c>
+      <c r="H28" t="s">
+        <v>159</v>
+      </c>
+      <c r="I28" t="s">
+        <v>12</v>
+      </c>
+      <c r="J28" t="s">
+        <v>105</v>
+      </c>
+    </row>
+    <row r="29">
+      <c r="A29" t="s">
+        <v>10</v>
+      </c>
+      <c r="B29" t="s">
+        <v>42</v>
+      </c>
+      <c r="C29" t="s">
+        <v>12</v>
+      </c>
+      <c r="D29" t="s">
+        <v>160</v>
+      </c>
+      <c r="E29" t="s">
+        <v>161</v>
+      </c>
+      <c r="F29" t="s">
+        <v>12</v>
+      </c>
+      <c r="G29" t="s">
+        <v>162</v>
+      </c>
+      <c r="H29" t="s">
+        <v>163</v>
+      </c>
+      <c r="I29" t="s">
+        <v>12</v>
+      </c>
+      <c r="J29" t="s">
+        <v>98</v>
+      </c>
+    </row>
+    <row r="30">
+      <c r="A30" t="s">
+        <v>10</v>
+      </c>
+      <c r="B30" t="s">
+        <v>49</v>
+      </c>
+      <c r="C30" t="s">
+        <v>12</v>
+      </c>
+      <c r="D30" t="s">
+        <v>164</v>
+      </c>
+      <c r="E30" t="s">
+        <v>164</v>
+      </c>
+      <c r="F30" t="s">
+        <v>12</v>
+      </c>
+      <c r="G30" t="s">
+        <v>165</v>
+      </c>
+      <c r="H30" t="s">
+        <v>166</v>
+      </c>
+      <c r="I30" t="s">
+        <v>12</v>
+      </c>
+      <c r="J30" t="s">
+        <v>105</v>
+      </c>
+    </row>
+    <row r="31">
+      <c r="A31" t="s">
+        <v>10</v>
+      </c>
+      <c r="B31" t="s">
+        <v>167</v>
+      </c>
+      <c r="C31" t="s">
+        <v>12</v>
+      </c>
+      <c r="D31" t="s">
+        <v>168</v>
+      </c>
+      <c r="E31" t="s">
+        <v>168</v>
+      </c>
+      <c r="F31" t="s">
+        <v>12</v>
+      </c>
+      <c r="G31" t="s">
+        <v>169</v>
+      </c>
+      <c r="H31" t="s">
+        <v>170</v>
+      </c>
+      <c r="I31" t="s">
+        <v>12</v>
+      </c>
+      <c r="J31" t="s">
+        <v>171</v>
       </c>
     </row>
   </sheetData>
-  <autoFilter ref="B1:H1"/>
+  <autoFilter ref="B1:J1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:Y3"/>
+  <dimension ref="A1:H10"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
-      <c r="I1" t="s">
-[...7 lines deleted...]
-      </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>25</v>
+        <v>172</v>
       </c>
       <c r="B2" t="s">
-        <v>26</v>
+        <v>173</v>
       </c>
       <c r="C2" t="s">
-        <v>13</v>
+        <v>174</v>
       </c>
       <c r="D2" t="s">
-        <v>13</v>
+        <v>175</v>
       </c>
       <c r="E2" t="s">
-        <v>27</v>
+        <v>176</v>
       </c>
       <c r="F2" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G2" t="s">
-        <v>28</v>
+        <v>177</v>
       </c>
       <c r="H2" t="s">
-        <v>29</v>
-[...8 lines deleted...]
-        <v>32</v>
+        <v>178</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>25</v>
+        <v>172</v>
       </c>
       <c r="B3" t="s">
-        <v>33</v>
+        <v>179</v>
       </c>
       <c r="C3" t="s">
-        <v>13</v>
+        <v>180</v>
       </c>
       <c r="D3" t="s">
-        <v>13</v>
+        <v>181</v>
       </c>
       <c r="E3" t="s">
-        <v>34</v>
+        <v>182</v>
       </c>
       <c r="F3" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G3" t="s">
-        <v>35</v>
+        <v>183</v>
       </c>
       <c r="H3" t="s">
-        <v>36</v>
+        <v>184</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>172</v>
+      </c>
+      <c r="B4" t="s">
+        <v>185</v>
+      </c>
+      <c r="C4" t="s">
+        <v>186</v>
+      </c>
+      <c r="D4" t="s">
+        <v>187</v>
+      </c>
+      <c r="E4" t="s">
+        <v>188</v>
+      </c>
+      <c r="F4" t="s">
+        <v>12</v>
+      </c>
+      <c r="G4" t="s">
+        <v>189</v>
+      </c>
+      <c r="H4" t="s">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>172</v>
+      </c>
+      <c r="B5" t="s">
+        <v>191</v>
+      </c>
+      <c r="C5" t="s">
+        <v>192</v>
+      </c>
+      <c r="D5" t="s">
+        <v>193</v>
+      </c>
+      <c r="E5" t="s">
+        <v>194</v>
+      </c>
+      <c r="F5" t="s">
+        <v>12</v>
+      </c>
+      <c r="G5" t="s">
+        <v>195</v>
+      </c>
+      <c r="H5" t="s">
+        <v>196</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>172</v>
+      </c>
+      <c r="B6" t="s">
+        <v>197</v>
+      </c>
+      <c r="C6" t="s">
+        <v>198</v>
+      </c>
+      <c r="D6" t="s">
+        <v>199</v>
+      </c>
+      <c r="E6" t="s">
+        <v>200</v>
+      </c>
+      <c r="F6" t="s">
+        <v>12</v>
+      </c>
+      <c r="G6" t="s">
+        <v>201</v>
+      </c>
+      <c r="H6" t="s">
+        <v>202</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>172</v>
+      </c>
+      <c r="B7" t="s">
+        <v>203</v>
+      </c>
+      <c r="C7" t="s">
+        <v>204</v>
+      </c>
+      <c r="D7" t="s">
+        <v>199</v>
+      </c>
+      <c r="E7" t="s">
+        <v>205</v>
+      </c>
+      <c r="F7" t="s">
+        <v>12</v>
+      </c>
+      <c r="G7" t="s">
+        <v>206</v>
+      </c>
+      <c r="H7" t="s">
+        <v>207</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>172</v>
+      </c>
+      <c r="B8" t="s">
+        <v>208</v>
+      </c>
+      <c r="C8" t="s">
+        <v>209</v>
+      </c>
+      <c r="D8" t="s">
+        <v>210</v>
+      </c>
+      <c r="E8" t="s">
+        <v>211</v>
+      </c>
+      <c r="F8" t="s">
+        <v>12</v>
+      </c>
+      <c r="G8" t="s">
+        <v>212</v>
+      </c>
+      <c r="H8" t="s">
+        <v>213</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>172</v>
+      </c>
+      <c r="B9" t="s">
+        <v>214</v>
+      </c>
+      <c r="C9" t="s">
+        <v>215</v>
+      </c>
+      <c r="D9" t="s">
+        <v>216</v>
+      </c>
+      <c r="E9" t="s">
+        <v>217</v>
+      </c>
+      <c r="F9" t="s">
+        <v>12</v>
+      </c>
+      <c r="G9" t="s">
+        <v>218</v>
+      </c>
+      <c r="H9" t="s">
+        <v>219</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>172</v>
+      </c>
+      <c r="B10" t="s">
+        <v>220</v>
+      </c>
+      <c r="C10" t="s">
+        <v>221</v>
+      </c>
+      <c r="D10" t="s">
+        <v>222</v>
+      </c>
+      <c r="E10" t="s">
+        <v>223</v>
+      </c>
+      <c r="F10" t="s">
+        <v>12</v>
+      </c>
+      <c r="G10" t="s">
+        <v>224</v>
+      </c>
+      <c r="H10" t="s">
+        <v>225</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H6"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>226</v>
+      </c>
+      <c r="B2" t="s">
+        <v>227</v>
+      </c>
+      <c r="C2" t="s">
+        <v>228</v>
+      </c>
+      <c r="D2" t="s">
+        <v>12</v>
+      </c>
+      <c r="E2" t="s">
+        <v>229</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>230</v>
+      </c>
+      <c r="H2" t="s">
+        <v>231</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>226</v>
+      </c>
+      <c r="B3" t="s">
+        <v>232</v>
+      </c>
+      <c r="C3" t="s">
+        <v>233</v>
+      </c>
+      <c r="D3" t="s">
+        <v>234</v>
+      </c>
+      <c r="E3" t="s">
+        <v>235</v>
+      </c>
+      <c r="F3" t="s">
+        <v>12</v>
+      </c>
+      <c r="G3" t="s">
+        <v>236</v>
+      </c>
+      <c r="H3" t="s">
+        <v>237</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>226</v>
+      </c>
+      <c r="B4" t="s">
+        <v>238</v>
+      </c>
+      <c r="C4" t="s">
+        <v>239</v>
+      </c>
+      <c r="D4" t="s">
+        <v>12</v>
+      </c>
+      <c r="E4" t="s">
+        <v>240</v>
+      </c>
+      <c r="F4" t="s">
+        <v>12</v>
+      </c>
+      <c r="G4" t="s">
+        <v>241</v>
+      </c>
+      <c r="H4" t="s">
+        <v>242</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>226</v>
+      </c>
+      <c r="B5" t="s">
+        <v>243</v>
+      </c>
+      <c r="C5" t="s">
+        <v>244</v>
+      </c>
+      <c r="D5" t="s">
+        <v>12</v>
+      </c>
+      <c r="E5" t="s">
+        <v>245</v>
+      </c>
+      <c r="F5" t="s">
+        <v>12</v>
+      </c>
+      <c r="G5" t="s">
+        <v>246</v>
+      </c>
+      <c r="H5" t="s">
+        <v>247</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>226</v>
+      </c>
+      <c r="B6" t="s">
+        <v>248</v>
+      </c>
+      <c r="C6" t="s">
+        <v>249</v>
+      </c>
+      <c r="D6" t="s">
+        <v>12</v>
+      </c>
+      <c r="E6" t="s">
+        <v>250</v>
+      </c>
+      <c r="F6" t="s">
+        <v>12</v>
+      </c>
+      <c r="G6" t="s">
+        <v>251</v>
+      </c>
+      <c r="H6" t="s">
+        <v>252</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>253</v>
+      </c>
+      <c r="B2" t="s">
+        <v>208</v>
+      </c>
+      <c r="C2" t="s">
+        <v>12</v>
+      </c>
+      <c r="D2" t="s">
+        <v>12</v>
+      </c>
+      <c r="E2" t="s">
+        <v>254</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>255</v>
+      </c>
+      <c r="H2" t="s">
+        <v>256</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H5"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>257</v>
+      </c>
+      <c r="B2" t="s">
+        <v>258</v>
+      </c>
+      <c r="C2" t="s">
+        <v>259</v>
+      </c>
+      <c r="D2" t="s">
+        <v>260</v>
+      </c>
+      <c r="E2" t="s">
+        <v>261</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>262</v>
+      </c>
+      <c r="H2" t="s">
+        <v>263</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>257</v>
+      </c>
+      <c r="B3" t="s">
+        <v>264</v>
+      </c>
+      <c r="C3" t="s">
+        <v>265</v>
+      </c>
+      <c r="D3" t="s">
+        <v>266</v>
+      </c>
+      <c r="E3" t="s">
+        <v>267</v>
+      </c>
+      <c r="F3" t="s">
+        <v>12</v>
+      </c>
+      <c r="G3" t="s">
+        <v>268</v>
+      </c>
+      <c r="H3" t="s">
+        <v>269</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>257</v>
+      </c>
+      <c r="B4" t="s">
+        <v>270</v>
+      </c>
+      <c r="C4" t="s">
+        <v>271</v>
+      </c>
+      <c r="D4" t="s">
+        <v>272</v>
+      </c>
+      <c r="E4" t="s">
+        <v>273</v>
+      </c>
+      <c r="F4" t="s">
+        <v>12</v>
+      </c>
+      <c r="G4" t="s">
+        <v>274</v>
+      </c>
+      <c r="H4" t="s">
+        <v>275</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>257</v>
+      </c>
+      <c r="B5" t="s">
+        <v>276</v>
+      </c>
+      <c r="C5" t="s">
+        <v>12</v>
+      </c>
+      <c r="D5" t="s">
+        <v>277</v>
+      </c>
+      <c r="E5" t="s">
+        <v>278</v>
+      </c>
+      <c r="F5" t="s">
+        <v>12</v>
+      </c>
+      <c r="G5" t="s">
+        <v>279</v>
+      </c>
+      <c r="H5" t="s">
+        <v>280</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:I9"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>281</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>282</v>
+      </c>
+      <c r="B2" t="s">
+        <v>283</v>
+      </c>
+      <c r="C2" t="s">
+        <v>12</v>
+      </c>
+      <c r="D2" t="s">
+        <v>12</v>
+      </c>
+      <c r="E2" t="s">
+        <v>284</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>285</v>
+      </c>
+      <c r="H2" t="s">
+        <v>286</v>
+      </c>
+      <c r="I2" t="s">
+        <v>287</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>282</v>
+      </c>
+      <c r="B3" t="s">
+        <v>288</v>
+      </c>
+      <c r="C3" t="s">
+        <v>12</v>
+      </c>
+      <c r="D3" t="s">
+        <v>12</v>
+      </c>
+      <c r="E3" t="s">
+        <v>289</v>
+      </c>
+      <c r="F3" t="s">
+        <v>12</v>
+      </c>
+      <c r="G3" t="s">
+        <v>290</v>
+      </c>
+      <c r="H3" t="s">
+        <v>291</v>
       </c>
       <c r="I3" t="s">
-        <v>37</v>
+        <v>287</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>282</v>
+      </c>
+      <c r="B4" t="s">
+        <v>292</v>
+      </c>
+      <c r="C4" t="s">
+        <v>12</v>
+      </c>
+      <c r="D4" t="s">
+        <v>12</v>
+      </c>
+      <c r="E4" t="s">
+        <v>293</v>
+      </c>
+      <c r="F4" t="s">
+        <v>12</v>
+      </c>
+      <c r="G4" t="s">
+        <v>294</v>
+      </c>
+      <c r="H4" t="s">
+        <v>295</v>
+      </c>
+      <c r="I4" t="s">
+        <v>287</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>282</v>
+      </c>
+      <c r="B5" t="s">
+        <v>296</v>
+      </c>
+      <c r="C5" t="s">
+        <v>12</v>
+      </c>
+      <c r="D5" t="s">
+        <v>12</v>
+      </c>
+      <c r="E5" t="s">
+        <v>297</v>
+      </c>
+      <c r="F5" t="s">
+        <v>12</v>
+      </c>
+      <c r="G5" t="s">
+        <v>298</v>
+      </c>
+      <c r="H5" t="s">
+        <v>299</v>
+      </c>
+      <c r="I5" t="s">
+        <v>287</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>282</v>
+      </c>
+      <c r="B6" t="s">
+        <v>300</v>
+      </c>
+      <c r="C6" t="s">
+        <v>12</v>
+      </c>
+      <c r="D6" t="s">
+        <v>12</v>
+      </c>
+      <c r="E6" t="s">
+        <v>301</v>
+      </c>
+      <c r="F6" t="s">
+        <v>12</v>
+      </c>
+      <c r="G6" t="s">
+        <v>302</v>
+      </c>
+      <c r="H6" t="s">
+        <v>303</v>
+      </c>
+      <c r="I6" t="s">
+        <v>287</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>282</v>
+      </c>
+      <c r="B7" t="s">
+        <v>304</v>
+      </c>
+      <c r="C7" t="s">
+        <v>12</v>
+      </c>
+      <c r="D7" t="s">
+        <v>12</v>
+      </c>
+      <c r="E7" t="s">
+        <v>305</v>
+      </c>
+      <c r="F7" t="s">
+        <v>12</v>
+      </c>
+      <c r="G7" t="s">
+        <v>306</v>
+      </c>
+      <c r="H7" t="s">
+        <v>307</v>
+      </c>
+      <c r="I7" t="s">
+        <v>287</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>282</v>
+      </c>
+      <c r="B8" t="s">
+        <v>308</v>
+      </c>
+      <c r="C8" t="s">
+        <v>12</v>
+      </c>
+      <c r="D8" t="s">
+        <v>12</v>
+      </c>
+      <c r="E8" t="s">
+        <v>309</v>
+      </c>
+      <c r="F8" t="s">
+        <v>12</v>
+      </c>
+      <c r="G8" t="s">
+        <v>310</v>
+      </c>
+      <c r="H8" t="s">
+        <v>311</v>
+      </c>
+      <c r="I8" t="s">
+        <v>287</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>282</v>
+      </c>
+      <c r="B9" t="s">
+        <v>312</v>
+      </c>
+      <c r="C9" t="s">
+        <v>12</v>
+      </c>
+      <c r="D9" t="s">
+        <v>12</v>
+      </c>
+      <c r="E9" t="s">
+        <v>313</v>
+      </c>
+      <c r="F9" t="s">
+        <v>12</v>
+      </c>
+      <c r="G9" t="s">
+        <v>314</v>
+      </c>
+      <c r="H9" t="s">
+        <v>315</v>
+      </c>
+      <c r="I9" t="s">
+        <v>287</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:I1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:Y10"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>316</v>
+      </c>
+      <c r="J1" t="s">
+        <v>9</v>
+      </c>
+      <c r="K1" t="s">
+        <v>317</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>318</v>
+      </c>
+      <c r="B2" t="s">
+        <v>319</v>
+      </c>
+      <c r="C2" t="s">
+        <v>12</v>
+      </c>
+      <c r="D2" t="s">
+        <v>12</v>
+      </c>
+      <c r="E2" t="s">
+        <v>320</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>321</v>
+      </c>
+      <c r="H2" t="s">
+        <v>322</v>
+      </c>
+      <c r="I2" t="s">
+        <v>323</v>
+      </c>
+      <c r="J2" t="s">
+        <v>324</v>
+      </c>
+      <c r="K2" t="s">
+        <v>325</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>318</v>
+      </c>
+      <c r="B3" t="s">
+        <v>326</v>
+      </c>
+      <c r="C3" t="s">
+        <v>12</v>
+      </c>
+      <c r="D3" t="s">
+        <v>12</v>
+      </c>
+      <c r="E3" t="s">
+        <v>327</v>
+      </c>
+      <c r="F3" t="s">
+        <v>12</v>
+      </c>
+      <c r="G3" t="s">
+        <v>328</v>
+      </c>
+      <c r="H3" t="s">
+        <v>329</v>
+      </c>
+      <c r="I3" t="s">
+        <v>330</v>
       </c>
       <c r="J3" t="s">
-        <v>38</v>
+        <v>41</v>
       </c>
       <c r="K3" t="s">
-        <v>39</v>
+        <v>331</v>
       </c>
       <c r="L3" t="s">
-        <v>40</v>
+        <v>332</v>
       </c>
       <c r="M3" t="s">
-        <v>41</v>
+        <v>333</v>
       </c>
       <c r="N3" t="s">
-        <v>42</v>
-[...31 lines deleted...]
-      <c r="Y3" t="s">
+        <v>334</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>318</v>
+      </c>
+      <c r="B4" t="s">
+        <v>335</v>
+      </c>
+      <c r="C4" t="s">
+        <v>12</v>
+      </c>
+      <c r="D4" t="s">
+        <v>12</v>
+      </c>
+      <c r="E4" t="s">
+        <v>336</v>
+      </c>
+      <c r="F4" t="s">
+        <v>12</v>
+      </c>
+      <c r="G4" t="s">
+        <v>337</v>
+      </c>
+      <c r="H4" t="s">
+        <v>338</v>
+      </c>
+      <c r="I4" t="s">
+        <v>339</v>
+      </c>
+      <c r="J4" t="s">
+        <v>340</v>
+      </c>
+      <c r="K4" t="s">
+        <v>341</v>
+      </c>
+      <c r="L4" t="s">
+        <v>342</v>
+      </c>
+      <c r="M4" t="s">
+        <v>343</v>
+      </c>
+      <c r="N4" t="s">
+        <v>344</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>318</v>
+      </c>
+      <c r="B5" t="s">
+        <v>345</v>
+      </c>
+      <c r="C5" t="s">
+        <v>12</v>
+      </c>
+      <c r="D5" t="s">
+        <v>12</v>
+      </c>
+      <c r="E5" t="s">
+        <v>346</v>
+      </c>
+      <c r="F5" t="s">
+        <v>12</v>
+      </c>
+      <c r="G5" t="s">
+        <v>347</v>
+      </c>
+      <c r="H5" t="s">
+        <v>348</v>
+      </c>
+      <c r="I5" t="s">
+        <v>349</v>
+      </c>
+      <c r="J5" t="s">
+        <v>350</v>
+      </c>
+      <c r="K5" t="s">
+        <v>351</v>
+      </c>
+      <c r="L5" t="s">
+        <v>352</v>
+      </c>
+      <c r="M5" t="s">
+        <v>353</v>
+      </c>
+      <c r="N5" t="s">
+        <v>354</v>
+      </c>
+      <c r="O5" t="s">
+        <v>355</v>
+      </c>
+      <c r="P5" t="s">
+        <v>356</v>
+      </c>
+      <c r="Q5" t="s">
+        <v>357</v>
+      </c>
+      <c r="R5" t="s">
+        <v>358</v>
+      </c>
+      <c r="S5" t="s">
+        <v>359</v>
+      </c>
+      <c r="T5" t="s">
+        <v>360</v>
+      </c>
+      <c r="U5" t="s">
+        <v>361</v>
+      </c>
+      <c r="V5" t="s">
+        <v>362</v>
+      </c>
+      <c r="W5" t="s">
+        <v>363</v>
+      </c>
+      <c r="X5" t="s">
+        <v>364</v>
+      </c>
+      <c r="Y5" t="s">
+        <v>365</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>318</v>
+      </c>
+      <c r="B6" t="s">
+        <v>366</v>
+      </c>
+      <c r="C6" t="s">
+        <v>12</v>
+      </c>
+      <c r="D6" t="s">
+        <v>12</v>
+      </c>
+      <c r="E6" t="s">
+        <v>367</v>
+      </c>
+      <c r="F6" t="s">
+        <v>12</v>
+      </c>
+      <c r="G6" t="s">
+        <v>368</v>
+      </c>
+      <c r="H6" t="s">
+        <v>369</v>
+      </c>
+      <c r="I6" t="s">
+        <v>339</v>
+      </c>
+      <c r="J6" t="s">
+        <v>370</v>
+      </c>
+      <c r="K6" t="s">
+        <v>371</v>
+      </c>
+      <c r="L6" t="s">
+        <v>372</v>
+      </c>
+      <c r="M6" t="s">
+        <v>373</v>
+      </c>
+      <c r="N6" t="s">
+        <v>374</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>318</v>
+      </c>
+      <c r="B7" t="s">
+        <v>375</v>
+      </c>
+      <c r="C7" t="s">
+        <v>12</v>
+      </c>
+      <c r="D7" t="s">
+        <v>12</v>
+      </c>
+      <c r="E7" t="s">
+        <v>376</v>
+      </c>
+      <c r="F7" t="s">
+        <v>12</v>
+      </c>
+      <c r="G7" t="s">
+        <v>377</v>
+      </c>
+      <c r="H7" t="s">
+        <v>378</v>
+      </c>
+      <c r="I7" t="s">
+        <v>379</v>
+      </c>
+      <c r="J7" t="s">
+        <v>380</v>
+      </c>
+      <c r="K7" t="s">
+        <v>381</v>
+      </c>
+      <c r="L7" t="s">
+        <v>382</v>
+      </c>
+      <c r="M7" t="s">
+        <v>383</v>
+      </c>
+      <c r="N7" t="s">
+        <v>384</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>318</v>
+      </c>
+      <c r="B8" t="s">
+        <v>385</v>
+      </c>
+      <c r="C8" t="s">
+        <v>12</v>
+      </c>
+      <c r="D8" t="s">
+        <v>12</v>
+      </c>
+      <c r="E8" t="s">
+        <v>386</v>
+      </c>
+      <c r="F8" t="s">
+        <v>12</v>
+      </c>
+      <c r="G8" t="s">
+        <v>387</v>
+      </c>
+      <c r="H8" t="s">
+        <v>388</v>
+      </c>
+      <c r="I8" t="s">
+        <v>339</v>
+      </c>
+      <c r="J8" t="s">
         <v>53</v>
+      </c>
+      <c r="K8" t="s">
+        <v>389</v>
+      </c>
+      <c r="L8" t="s">
+        <v>390</v>
+      </c>
+      <c r="M8" t="s">
+        <v>391</v>
+      </c>
+      <c r="N8" t="s">
+        <v>392</v>
+      </c>
+      <c r="O8" t="s">
+        <v>393</v>
+      </c>
+      <c r="P8" t="s">
+        <v>394</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>318</v>
+      </c>
+      <c r="B9" t="s">
+        <v>395</v>
+      </c>
+      <c r="C9" t="s">
+        <v>12</v>
+      </c>
+      <c r="D9" t="s">
+        <v>12</v>
+      </c>
+      <c r="E9" t="s">
+        <v>396</v>
+      </c>
+      <c r="F9" t="s">
+        <v>12</v>
+      </c>
+      <c r="G9" t="s">
+        <v>397</v>
+      </c>
+      <c r="H9" t="s">
+        <v>398</v>
+      </c>
+      <c r="I9" t="s">
+        <v>399</v>
+      </c>
+      <c r="J9" t="s">
+        <v>64</v>
+      </c>
+      <c r="K9" t="s">
+        <v>400</v>
+      </c>
+      <c r="L9" t="s">
+        <v>401</v>
+      </c>
+      <c r="M9" t="s">
+        <v>402</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>318</v>
+      </c>
+      <c r="B10" t="s">
+        <v>403</v>
+      </c>
+      <c r="C10" t="s">
+        <v>12</v>
+      </c>
+      <c r="D10" t="s">
+        <v>12</v>
+      </c>
+      <c r="E10" t="s">
+        <v>404</v>
+      </c>
+      <c r="F10" t="s">
+        <v>12</v>
+      </c>
+      <c r="G10" t="s">
+        <v>405</v>
+      </c>
+      <c r="H10" t="s">
+        <v>406</v>
+      </c>
+      <c r="I10" t="s">
+        <v>379</v>
+      </c>
+      <c r="J10" t="s">
+        <v>407</v>
+      </c>
+      <c r="K10" t="s">
+        <v>408</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>