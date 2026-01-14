--- v0 (2025-10-16)
+++ v1 (2026-01-14)
@@ -1,152 +1,212 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export " r:id="rId3" sheetId="1"/>
+    <sheet name="Export Guide maladie chronique" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Evaluation des technolog" r:id="rId4" sheetId="2"/>
+    <sheet name="Export Medicament" r:id="rId5" sheetId="3"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="16" uniqueCount="16">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="56" uniqueCount="34">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Health technology assessment</t>
-[...11 lines deleted...]
-    <t>01/24/2017 11:58:00</t>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Hyperéosinophilies et syndromes hyperéosinophiliques</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient présentant un syndrome hyperéosinophilique (SHE). Il a été élaboré sous l'égide du centre de référence des syndromes hyperéosinophiliques (CEREO) et de la filière de santé Mmaladies-rares immuno-hématologiques (MaRIH) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_2678400/en/assessment-of-laboratory-medicine-procedures-related-to-the-diagnosis-of-schistosomiasis-bilharzia-inahta-brief</t>
+    <t>30/06/2022 15:05:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3346155/fr/hypereosinophilies-et-syndromes-hypereosinophiliques</t>
+  </si>
+  <si>
+    <t>p_3346155</t>
+  </si>
+  <si>
+    <t>Evaluation des technologies de santé</t>
+  </si>
+  <si>
+    <t>Actualisation des actes de biologie médicale relatifs au diagnostic de la schistosomose (bilharziose)</t>
+  </si>
+  <si>
+    <t>18/01/2017 00:00:00</t>
+  </si>
+  <si>
+    <t>24/01/2017 11:58:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2678400/fr/actualisation-des-actes-de-biologie-medicale-relatifs-au-diagnostic-de-la-schistosomose-bilharziose</t>
   </si>
   <si>
     <t>c_2678400</t>
+  </si>
+  <si>
+    <t>Substance active (DCI)</t>
+  </si>
+  <si>
+    <t>Laboratoire / Fabricant</t>
+  </si>
+  <si>
+    <t>Avis sur les Médicaments</t>
+  </si>
+  <si>
+    <t>Médicament</t>
+  </si>
+  <si>
+    <t>BILTRICIDE (praziquantel)</t>
+  </si>
+  <si>
+    <t>29/01/2016 16:06:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984243/fr/biltricide-praziquantel</t>
+  </si>
+  <si>
+    <t>pprd_2984243</t>
+  </si>
+  <si>
+    <t>praziquantel</t>
+  </si>
+  <si>
+    <t>BAYER HEALTHCARE SAS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400257/fr/biltricide-600-mg-comprime-pellicule-tetrasecable-flacon-de-6-comprimes</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_987183/fr/biltricide-praziquantel</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2598486/fr/biltricide-praziquantel</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
@@ -156,52 +216,208 @@
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" t="s">
         <v>13</v>
       </c>
-      <c r="G2" t="s">
+      <c r="H2" t="s">
         <v>14</v>
-      </c>
-[...1 lines deleted...]
-        <v>15</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>15</v>
+      </c>
+      <c r="B2" t="s">
+        <v>16</v>
+      </c>
+      <c r="C2" t="s">
+        <v>16</v>
+      </c>
+      <c r="D2" t="s">
+        <v>17</v>
+      </c>
+      <c r="E2" t="s">
+        <v>18</v>
+      </c>
+      <c r="F2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" t="s">
+        <v>19</v>
+      </c>
+      <c r="H2" t="s">
+        <v>20</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:M2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>21</v>
+      </c>
+      <c r="J1" t="s">
+        <v>22</v>
+      </c>
+      <c r="K1" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>24</v>
+      </c>
+      <c r="B2" t="s">
+        <v>25</v>
+      </c>
+      <c r="C2" t="s">
+        <v>11</v>
+      </c>
+      <c r="D2" t="s">
+        <v>11</v>
+      </c>
+      <c r="E2" t="s">
+        <v>26</v>
+      </c>
+      <c r="F2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" t="s">
+        <v>27</v>
+      </c>
+      <c r="H2" t="s">
+        <v>28</v>
+      </c>
+      <c r="I2" t="s">
+        <v>29</v>
+      </c>
+      <c r="J2" t="s">
+        <v>30</v>
+      </c>
+      <c r="K2" t="s">
+        <v>31</v>
+      </c>
+      <c r="L2" t="s">
+        <v>32</v>
+      </c>
+      <c r="M2" t="s">
+        <v>33</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>