--- v0 (2025-10-18)
+++ v1 (2025-12-02)
@@ -39,51 +39,51 @@
     <sheet name="Export Communiqué de presse" r:id="rId7" sheetId="5"/>
     <sheet name="Export Evaluation des technolog" r:id="rId8" sheetId="6"/>
     <sheet name="Export évènement de calendrier" r:id="rId9" sheetId="7"/>
     <sheet name="Export Avis et décisions de la " r:id="rId10" sheetId="8"/>
     <sheet name="Export Recommandation vaccinale" r:id="rId11" sheetId="9"/>
     <sheet name="Export Medicament" r:id="rId12" sheetId="10"/>
     <sheet name="Export Article HAS" r:id="rId13" sheetId="11"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Avis sur les dispositifs'!$B$1:$J$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Recommandation en santé '!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Communiqué de presse'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="6" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="7" hidden="true">'Export Avis et décisions de la '!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="8" hidden="true">'Export Recommandation vaccinale'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="9" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="10" hidden="true">'Export Article HAS'!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1363" uniqueCount="809">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1371" uniqueCount="815">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
@@ -2034,50 +2034,68 @@
     <t>Commission de la transparence - Réunion du 6 juillet 2011</t>
   </si>
   <si>
     <t>06/07/2011 12:40:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_1069129/fr/commission-de-la-transparence-reunion-du-6-juillet-2011</t>
   </si>
   <si>
     <t>c_1069129</t>
   </si>
   <si>
     <t>Commission de la transparence - Réunion du 17 septembre 2008</t>
   </si>
   <si>
     <t>17/09/2008 16:36:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_692477/fr/commission-de-la-transparence-reunion-du-17-septembre-2008</t>
   </si>
   <si>
     <t>c_692477</t>
   </si>
   <si>
     <t>Avis et décisions de la HAS</t>
+  </si>
+  <si>
+    <t>Décision n° 2025.0270/DC/SEM du 20 novembre 2025 du collège de la Haute Autorité de santé portant refus d’accès précoce de la spécialité IMBRUVICA (ibrutinib)</t>
+  </si>
+  <si>
+    <t>Autorisation d’accès précoce refusée à la spécialité IMBRUVICA (ibrutinib) dans l'indication « en association au rituximab, au cyclophosphamide, à la doxorubicine, à la vincristine et à la prednisolone (IMBRUVICA + R-CHOP) en alternance avec R-DHAP (ou R-DHAOx) sans IMBRUVICA, suivi d’IMBRUVICA en monothérapie, est indiqué pour le traitement des patients adultes atteints d’un lymphome à cellules du manteau (LCM) non précédemment traité et qui seraient éligibles à une autogreffe de cellules souches (AGCS) ».</t>
+  </si>
+  <si>
+    <t>20/11/2025 09:39:00</t>
+  </si>
+  <si>
+    <t>01/12/2025 14:34:12</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3762614/fr/decision-n-2025-0270/dc/sem-du-20-novembre-2025-du-college-de-la-haute-autorite-de-sante-portant-refus-d-acces-precoce-de-la-specialite-imbruvica-ibrutinib</t>
+  </si>
+  <si>
+    <t>p_3762614</t>
   </si>
   <si>
     <t>Décision n°2024.0113/DC/SEM du 25 avril 2024 du collège de la Haute Autorité de santé portant refus de renouvellement de l’autorisation d’accès précoce de la spécialité AKEEGA (niraparib - acétate d’abiratérone)</t>
   </si>
   <si>
     <t>Refus de renouvellement d'autorisation d’accès précoce à la spécialité AKEEGA (niraparib/acétate d'abiratérone) dans l'indication « en association avec la prednisone ou la prednisolone pour le traitement de première ligne des hommes adultes atteints d’un cancer de la prostate métastatique résistant à la castration (CPRCm) qui sont asymptomatiques ou peu symptomatiques et qui présentent des altérations des gènes BRCA1/2 (germinales et/ou somatiques) ».</t>
   </si>
   <si>
     <t>25/04/2024 09:39:00</t>
   </si>
   <si>
     <t>06/05/2024 09:26:05</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3516756/fr/decision-n2024-0113/dc/sem-du-25-avril-2024-du-college-de-la-haute-autorite-de-sante-portant-refus-de-renouvellement-de-l-autorisation-d-acces-precoce-de-la-specialite-akeega-niraparib-acetate-d-abiraterone</t>
   </si>
   <si>
     <t>p_3516756</t>
   </si>
   <si>
     <t>Décision n°2024.130/DC/SEM du 2 mai 2024 du collège de la Haute Autorité de santé portant refus de la demande d’autorisation d’accès précoce de la spécialité AGAMREE (vamorolone)</t>
   </si>
   <si>
     <t>Autorisation d’accès précoce refusée à la spécialité AGAMREE (vamorolone) dans l'indication « AGAMREE (vamorolone) est indiqué dans le traitement de la dystrophie musculaire de Duchenne avant la phase de déclin des fonctions motrices chez les patients ambulatoires âgés entre 4 et 18 ans ».</t>
   </si>
@@ -2690,363 +2708,363 @@
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
-        <v>750</v>
+        <v>756</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
-        <v>751</v>
+        <v>757</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>752</v>
+        <v>758</v>
       </c>
       <c r="B2" t="s">
-        <v>753</v>
+        <v>759</v>
       </c>
       <c r="C2" t="s">
         <v>12</v>
       </c>
       <c r="D2" t="s">
         <v>12</v>
       </c>
       <c r="E2" t="s">
-        <v>754</v>
+        <v>760</v>
       </c>
       <c r="F2" t="s">
         <v>12</v>
       </c>
       <c r="G2" t="s">
-        <v>755</v>
+        <v>761</v>
       </c>
       <c r="H2" t="s">
-        <v>756</v>
+        <v>762</v>
       </c>
       <c r="I2" t="s">
-        <v>757</v>
+        <v>763</v>
       </c>
       <c r="J2" t="s">
-        <v>758</v>
+        <v>764</v>
       </c>
       <c r="K2" t="s">
-        <v>759</v>
+        <v>765</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>752</v>
+        <v>758</v>
       </c>
       <c r="B3" t="s">
-        <v>760</v>
+        <v>766</v>
       </c>
       <c r="C3" t="s">
         <v>12</v>
       </c>
       <c r="D3" t="s">
         <v>12</v>
       </c>
       <c r="E3" t="s">
-        <v>761</v>
+        <v>767</v>
       </c>
       <c r="F3" t="s">
         <v>12</v>
       </c>
       <c r="G3" t="s">
-        <v>762</v>
+        <v>768</v>
       </c>
       <c r="H3" t="s">
-        <v>763</v>
+        <v>769</v>
       </c>
       <c r="I3" t="s">
-        <v>764</v>
+        <v>770</v>
       </c>
       <c r="J3" t="s">
-        <v>765</v>
+        <v>771</v>
       </c>
       <c r="K3" t="s">
-        <v>766</v>
+        <v>772</v>
       </c>
       <c r="L3" t="s">
-        <v>767</v>
+        <v>773</v>
       </c>
       <c r="M3" t="s">
-        <v>768</v>
+        <v>774</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>752</v>
+        <v>758</v>
       </c>
       <c r="B4" t="s">
-        <v>769</v>
+        <v>775</v>
       </c>
       <c r="C4" t="s">
         <v>12</v>
       </c>
       <c r="D4" t="s">
         <v>12</v>
       </c>
       <c r="E4" t="s">
-        <v>770</v>
+        <v>776</v>
       </c>
       <c r="F4" t="s">
         <v>12</v>
       </c>
       <c r="G4" t="s">
+        <v>777</v>
+      </c>
+      <c r="H4" t="s">
+        <v>778</v>
+      </c>
+      <c r="I4" t="s">
+        <v>779</v>
+      </c>
+      <c r="J4" t="s">
         <v>771</v>
       </c>
-      <c r="H4" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="K4" t="s">
-        <v>774</v>
+        <v>780</v>
       </c>
       <c r="L4" t="s">
-        <v>775</v>
+        <v>781</v>
       </c>
       <c r="M4" t="s">
-        <v>776</v>
+        <v>782</v>
       </c>
       <c r="N4" t="s">
-        <v>777</v>
+        <v>783</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>752</v>
+        <v>758</v>
       </c>
       <c r="B5" t="s">
-        <v>778</v>
+        <v>784</v>
       </c>
       <c r="C5" t="s">
         <v>12</v>
       </c>
       <c r="D5" t="s">
         <v>12</v>
       </c>
       <c r="E5" t="s">
-        <v>779</v>
+        <v>785</v>
       </c>
       <c r="F5" t="s">
         <v>12</v>
       </c>
       <c r="G5" t="s">
-        <v>780</v>
+        <v>786</v>
       </c>
       <c r="H5" t="s">
-        <v>781</v>
+        <v>787</v>
       </c>
       <c r="I5" t="s">
-        <v>782</v>
+        <v>788</v>
       </c>
       <c r="J5" t="s">
-        <v>765</v>
+        <v>771</v>
       </c>
       <c r="K5" t="s">
-        <v>783</v>
+        <v>789</v>
       </c>
       <c r="L5" t="s">
-        <v>784</v>
+        <v>790</v>
       </c>
       <c r="M5" t="s">
-        <v>785</v>
+        <v>791</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>752</v>
+        <v>758</v>
       </c>
       <c r="B6" t="s">
-        <v>786</v>
+        <v>792</v>
       </c>
       <c r="C6" t="s">
         <v>12</v>
       </c>
       <c r="D6" t="s">
         <v>12</v>
       </c>
       <c r="E6" t="s">
-        <v>787</v>
+        <v>793</v>
       </c>
       <c r="F6" t="s">
         <v>12</v>
       </c>
       <c r="G6" t="s">
-        <v>788</v>
+        <v>794</v>
       </c>
       <c r="H6" t="s">
-        <v>789</v>
+        <v>795</v>
       </c>
       <c r="I6" t="s">
-        <v>790</v>
+        <v>796</v>
       </c>
       <c r="J6" t="s">
-        <v>791</v>
+        <v>797</v>
       </c>
       <c r="K6" t="s">
-        <v>792</v>
+        <v>798</v>
       </c>
       <c r="L6" t="s">
-        <v>793</v>
+        <v>799</v>
       </c>
       <c r="M6" t="s">
-        <v>794</v>
+        <v>800</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>752</v>
+        <v>758</v>
       </c>
       <c r="B7" t="s">
-        <v>795</v>
+        <v>801</v>
       </c>
       <c r="C7" t="s">
         <v>12</v>
       </c>
       <c r="D7" t="s">
         <v>12</v>
       </c>
       <c r="E7" t="s">
-        <v>796</v>
+        <v>802</v>
       </c>
       <c r="F7" t="s">
         <v>12</v>
       </c>
       <c r="G7" t="s">
-        <v>797</v>
+        <v>803</v>
       </c>
       <c r="H7" t="s">
-        <v>798</v>
+        <v>804</v>
       </c>
       <c r="I7" t="s">
-        <v>799</v>
+        <v>805</v>
       </c>
       <c r="J7" t="s">
-        <v>800</v>
+        <v>806</v>
       </c>
       <c r="K7" t="s">
-        <v>801</v>
+        <v>807</v>
       </c>
       <c r="L7" t="s">
-        <v>802</v>
+        <v>808</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet11.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>803</v>
+        <v>809</v>
       </c>
       <c r="B2" t="s">
-        <v>804</v>
+        <v>810</v>
       </c>
       <c r="C2" t="s">
-        <v>805</v>
+        <v>811</v>
       </c>
       <c r="D2" t="s">
         <v>12</v>
       </c>
       <c r="E2" t="s">
-        <v>806</v>
+        <v>812</v>
       </c>
       <c r="F2" t="s">
         <v>12</v>
       </c>
       <c r="G2" t="s">
-        <v>807</v>
+        <v>813</v>
       </c>
       <c r="H2" t="s">
-        <v>808</v>
+        <v>814</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H6"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
@@ -6639,51 +6657,51 @@
       </c>
       <c r="E28" t="s">
         <v>661</v>
       </c>
       <c r="F28" t="s">
         <v>12</v>
       </c>
       <c r="G28" t="s">
         <v>662</v>
       </c>
       <c r="H28" t="s">
         <v>663</v>
       </c>
       <c r="I28" t="s">
         <v>558</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:I1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H14"/>
+  <dimension ref="A1:H15"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -7007,111 +7025,137 @@
     </row>
     <row r="14">
       <c r="A14" t="s">
         <v>664</v>
       </c>
       <c r="B14" t="s">
         <v>737</v>
       </c>
       <c r="C14" t="s">
         <v>738</v>
       </c>
       <c r="D14" t="s">
         <v>739</v>
       </c>
       <c r="E14" t="s">
         <v>740</v>
       </c>
       <c r="F14" t="s">
         <v>12</v>
       </c>
       <c r="G14" t="s">
         <v>741</v>
       </c>
       <c r="H14" t="s">
         <v>742</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" t="s">
+        <v>664</v>
+      </c>
+      <c r="B15" t="s">
+        <v>743</v>
+      </c>
+      <c r="C15" t="s">
+        <v>744</v>
+      </c>
+      <c r="D15" t="s">
+        <v>745</v>
+      </c>
+      <c r="E15" t="s">
+        <v>746</v>
+      </c>
+      <c r="F15" t="s">
+        <v>12</v>
+      </c>
+      <c r="G15" t="s">
+        <v>747</v>
+      </c>
+      <c r="H15" t="s">
+        <v>748</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>743</v>
+        <v>749</v>
       </c>
       <c r="B2" t="s">
-        <v>744</v>
+        <v>750</v>
       </c>
       <c r="C2" t="s">
-        <v>745</v>
+        <v>751</v>
       </c>
       <c r="D2" t="s">
-        <v>746</v>
+        <v>752</v>
       </c>
       <c r="E2" t="s">
-        <v>747</v>
+        <v>753</v>
       </c>
       <c r="F2" t="s">
         <v>12</v>
       </c>
       <c r="G2" t="s">
-        <v>748</v>
+        <v>754</v>
       </c>
       <c r="H2" t="s">
-        <v>749</v>
+        <v>755</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>