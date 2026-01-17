--- v1 (2025-12-02)
+++ v2 (2026-01-17)
@@ -12,78 +12,78 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet5.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet6.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet7.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet8.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet9.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet10.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet11.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export Avis sur les dispositifs" r:id="rId3" sheetId="1"/>
     <sheet name="Export Recommandation en santé " r:id="rId4" sheetId="2"/>
-    <sheet name="Export Recommandation de bonne " r:id="rId5" sheetId="3"/>
-    <sheet name="Export Guide maladie chronique" r:id="rId6" sheetId="4"/>
+    <sheet name="Export Guide maladie chronique" r:id="rId5" sheetId="3"/>
+    <sheet name="Export Recommandation de bonne " r:id="rId6" sheetId="4"/>
     <sheet name="Export Communiqué de presse" r:id="rId7" sheetId="5"/>
     <sheet name="Export Evaluation des technolog" r:id="rId8" sheetId="6"/>
     <sheet name="Export évènement de calendrier" r:id="rId9" sheetId="7"/>
     <sheet name="Export Avis et décisions de la " r:id="rId10" sheetId="8"/>
     <sheet name="Export Recommandation vaccinale" r:id="rId11" sheetId="9"/>
     <sheet name="Export Medicament" r:id="rId12" sheetId="10"/>
     <sheet name="Export Article HAS" r:id="rId13" sheetId="11"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Avis sur les dispositifs'!$B$1:$J$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Recommandation en santé '!$B$1:$H$1</definedName>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Communiqué de presse'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="6" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="7" hidden="true">'Export Avis et décisions de la '!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="8" hidden="true">'Export Recommandation vaccinale'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="9" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="10" hidden="true">'Export Article HAS'!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1371" uniqueCount="815">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1379" uniqueCount="820">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
@@ -224,50 +224,1037 @@
   <si>
     <t>https://www.has-sante.fr/jcms/r_1499485/fr/l-education-therapeutique-dans-la-prise-en-charge-des-maladies-chroniques-analyse-economique-et-organisationnelle</t>
   </si>
   <si>
     <t>r_1499485</t>
   </si>
   <si>
     <t>Analyse comparée de la chimiothérapie anticancéreuse administrée à l’hôpital ou prise en charge à domicile : aspects économiques et organisationnels</t>
   </si>
   <si>
     <t>La mesure 41 du Plan Cancer du 24/03/2003 incite au développement de la chimiothérapie à domicile. La réalisation de cet objectif implique de fixer les règles de qualité et de sécurité de ces soins à domicile mais également de s'interroger sur leur organisation et leurs conséquences économiques. Cette évaluation documente les aspects économiques associés à la réalisation d'une chimiothérapie anticancéreuse en procédant à une comparaison des coûts selon le mode de prise en charge : hôpital, hospitalisation à domicile, réseaux. Des éléments sur la satisfaction des patients, des aidants des soignants, et sur l'organisation de ces modes de prise en charge ont également été intégrés.</t>
   </si>
   <si>
     <t>01/06/2005 00:00:00</t>
   </si>
   <si>
     <t>01/06/2005 17:52:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/r_1499617/fr/analyse-comparee-de-la-chimiotherapie-anticancereuse-administree-a-l-hopital-ou-prise-en-charge-a-domicile-aspects-economiques-et-organisationnels</t>
   </si>
   <si>
     <t>r_1499617</t>
   </si>
   <si>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Mucoviscidose</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de mucoviscidoses. Il a été élaboré par le Centre de Référence Mucoviscidose à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>05/12/2025 11:04:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2792719/fr/mucoviscidose</t>
+  </si>
+  <si>
+    <t>c_2792719</t>
+  </si>
+  <si>
+    <t>Anémie Hémolytique Auto-Immune de l’enfant et l’adolescent</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un enfant ou adolescent présentant une anémie hémolytique auto-immune (AHAI). Il a été élaboré par le Centre de référence des cytopénies auto-immunes de l’enfant (CEREVANCE) sous l’égide de la filière de santé MaRIH à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>05/12/2025 11:07:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3761395/fr/anemie-hemolytique-auto-immune-de-l-enfant-et-l-adolescent</t>
+  </si>
+  <si>
+    <t>p_3761395</t>
+  </si>
+  <si>
+    <t>Purpura Thrombopénique Immunologique  de l’enfant et de l’adolescent</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un enfant atteint de purpura thrombopénique immunologique (PTI). Il a été élaboré par le Centre de référence des cytopénies auto-immunes de l’enfant (CEREVANCE) sous l’égide de la filière de santé Maladies Rares Immuno-Hématologiques (MaRIH) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>10/04/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>18/04/2025 14:08:13</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3601597/fr/purpura-thrombopenique-immunologique-de-l-enfant-et-de-l-adolescent</t>
+  </si>
+  <si>
+    <t>p_3601597</t>
+  </si>
+  <si>
+    <t>Les maladies du spectre de la neuromyélite optique</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de la NMOSD. Il a été élaboré par le Centre de référence des maladies inflammatoires rares du cerveau et de la moelle à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>04/03/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3245151/fr/les-maladies-du-spectre-de-la-neuromyelite-optique</t>
+  </si>
+  <si>
+    <t>p_3245151</t>
+  </si>
+  <si>
+    <t>Hémophilie A acquise</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’HAA. Il a été élaboré par le Centre de Référence de l’Hémophilie et autres déficits rares en protéines de la coagulation à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>04/03/2025 15:55:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3594164/fr/hemophilie-a-acquise</t>
+  </si>
+  <si>
+    <t>p_3594164</t>
+  </si>
+  <si>
+    <t>Purpura thrombopénique immunologique de l’adulte</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de GLUT1-DS. Il a été élaboré par le Centre de Référence des Cytopénies Auto-Immunes de l’adulte (CeReCAI) du CHU Henri Mondor de Créteil, APHP, UPEC, sous l’égide de la filière de santé maladies rares MARIH (Maladies Rares Immuno-Hématologiques) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>05/02/2025 14:17:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3578446/fr/purpura-thrombopenique-immunologique-de-l-adulte</t>
+  </si>
+  <si>
+    <t>p_3578446</t>
+  </si>
+  <si>
+    <t>Atrésie des voies biliaires</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un enfant ayant une atrésie des voies biliaires (AVB) et qui relève de l’affection de longue durée (ALD) n°6 (« Maladies chroniques actives du foie et cirrhoses »). Il a été élaboré par le Centre de Référence Atrésie des Voies Biliaires et Cholestases Génétiques à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>02/12/2024 14:12:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3563488/fr/atresie-des-voies-biliaires</t>
+  </si>
+  <si>
+    <t>p_3563488</t>
+  </si>
+  <si>
+    <t>DRESS de l’adulte et de l’enfant</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un adulte ou d’un enfant pris en charge pour un DRESS (en anglais « Drug Reaction with Eosinophilia and Systemic Symptoms » ou DIHS « Drug-Induced Hypersensitivity Syndrome », ou syndrome d’hypersensibilité médicamenteuse). Il a été élaboré par le Centre de référence des dermatoses bulleuses toxiques et toxidermies graves TOXIBUL à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>21/11/2024 15:16:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3557694/fr/dress-de-l-adulte-et-de-l-enfant</t>
+  </si>
+  <si>
+    <t>p_3557694</t>
+  </si>
+  <si>
+    <t>Anémies Hémolytiques Auto-Immunes de l’adulte</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient admis en ALD au titre de l’ALD2 : insuffisances médullaires et autres cytopénies chroniques. Il a été élaboré par le Centre de Référence des Cytopénies Auto-Immunes de l’adulte (CeReCAI) sous l’égide de la filière de santé Maladies Rares MARIH à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>06/08/2024 16:18:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3536031/fr/anemies-hemolytiques-auto-immunes-de-l-adulte</t>
+  </si>
+  <si>
+    <t>p_3536031</t>
+  </si>
+  <si>
+    <t>Hypercalcémie infantile idiopathique (HII)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’HII. Il a été élaboré par le Centre de référence maladies rares (CRMR) du métabolisme du calcium et du phosphate à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>12/06/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>02/08/2024 17:12:14</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3522489/fr/hypercalcemie-infantile-idiopathique-hii</t>
+  </si>
+  <si>
+    <t>p_3522489</t>
+  </si>
+  <si>
+    <t>Aplasies médullaires acquises et constitutionnelles</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’aplasie médullaire (AM) acquise (AMA) ou constitutionnelle (AMC). Il a été élaboré par le centre de référence des aplasies médullaires acquises et constitutionnelles à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>04/05/2024 18:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3431519/fr/aplasies-medullaires-acquises-et-constitutionnelles</t>
+  </si>
+  <si>
+    <t>p_3431519</t>
+  </si>
+  <si>
+    <t>Fibrodysplasie Ossifiante Progressive (FOP)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de FOP. Il a été élaboré par le Centre de référence des maladies osseuses constitutionnelles (CRMR MOC) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>22/04/2024 08:33:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3503200/fr/fibrodysplasie-ossifiante-progressive-fop</t>
+  </si>
+  <si>
+    <t>p_3503200</t>
+  </si>
+  <si>
+    <t>Syndrome de Cogan</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de syndrome de Cogan. Il a été élaboré sous l’égide du Centre de référence des maladies auto-inflammatoires et de l’amylose inflammatoire (CeRéMAIA) et de la Filière de santé des maladies auto-immunes et auto-inflammatoires rares (FAI²R) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>22/04/2024 08:32:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3503231/fr/syndrome-de-cogan</t>
+  </si>
+  <si>
+    <t>p_3503231</t>
+  </si>
+  <si>
+    <t>Artérite à Cellules Géantes (Horton)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’Artérite à Cellules Géantes (ACG). Il a été élaboré par le Groupe d’Etude Français des Artérites des gros vaisseaux (GEFA) et de la Filière de santé des maladies auto-immunes et auto-inflammatoires rares (FAI²R) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>28/03/2024 16:12:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2789359/fr/arterite-a-cellules-geantes-horton</t>
+  </si>
+  <si>
+    <t>c_2789359</t>
+  </si>
+  <si>
+    <t>Lupus Systémique de l'adulte et de l'enfant</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de lupus systémique (LS). Il a été élaboré sous l’égide du Centre de référence du lupus, syndrome des anticorps anti-phospholipides et autres maladies auto-immunes rares et du Centre de référence des rhumatismes inflammatoires et maladies auto-immunes systémiques rares de l’enfant RAISE et de la Filière des maladies auto-immunes et auto-inflammatoires rares FAI²R à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>06/02/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>09/02/2024 08:27:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3493410/fr/lupus-systemique-de-l-adulte-et-de-l-enfant</t>
+  </si>
+  <si>
+    <t>p_3493410</t>
+  </si>
+  <si>
+    <t>Arthrites Juvéniles  Idiopathiques</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’arthrite juvénile idiopathique (AJI). Il a été élaboré sous l’égide du Centre de référence des rhumatismes inflammatoires et maladies auto-immunes systémiques rares de l’enfant RAISE et de la Filière de santé des maladies auto-immunes et auto-inflammatoires rares FAI²R à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>05/02/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>07/02/2024 08:36:06</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3493132/fr/arthrites-juveniles-idiopathiques</t>
+  </si>
+  <si>
+    <t>p_3493132</t>
+  </si>
+  <si>
+    <t>Nécrolyse épidermique de l’adulte (Syndromes de Stevens-Johnson et de Lyell)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un adulte pris en charge pour une nécrolyse épidermique (NE, syndrome de Stevens-Johnson, SJS, et syndrome de Lyell ou nécrolyse épidermique toxique, NET). Il a été élaboré par le Centre de référence des dermatoses bulleuses toxiques et toxidermies graves TOXIBUL à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>04/04/2018 15:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1012735/fr/necrolyse-epidermique-de-l-adulte-syndromes-de-stevens-johnson-et-de-lyell</t>
+  </si>
+  <si>
+    <t>c_1012735</t>
+  </si>
+  <si>
+    <t>Syndrome néphrotique idiopathique de l’adulte</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient adulte atteint du syndrome néphrotique idiopathique. Il a été élaboré par le Centre de Référence Syndrome Néphrotique Idiopathique de l’enfant et de l’adulte à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>18/12/2014 16:52:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2001046/fr/syndrome-nephrotique-idiopathique-de-l-adulte</t>
+  </si>
+  <si>
+    <t>c_2001046</t>
+  </si>
+  <si>
+    <t>Dysplasie broncho-pulmonaire</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient avec DBP constituée à 36 semaines d’APM. Il a été élaboré par le Centre de référence constitutif des maladies respiratoires rares - RespiRare à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>10/08/2023 12:13:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3457610/fr/dysplasie-broncho-pulmonaire</t>
+  </si>
+  <si>
+    <t>p_3457610</t>
+  </si>
+  <si>
+    <t>Syndrome néphrotique idiopathique de l’enfant</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de Syndrome néphrotique idiopathique de l’enfant. Il a été élaboré par le Centre de Référence Syndrome Néphrotique Idiopathique à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>23/03/2023 10:32:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3403870/fr/syndrome-nephrotique-idiopathique-de-l-enfant</t>
+  </si>
+  <si>
+    <t>p_3403870</t>
+  </si>
+  <si>
+    <t>Glomérulonéphrite Extra-Membraneuse</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de GEM. Il a été élaboré par le Centre de Référence Maladies Rares du Syndrome Néphrotique Idiopathique à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>12/12/2022 17:27:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3392035/fr/glomerulonephrite-extra-membraneuse</t>
+  </si>
+  <si>
+    <t>p_3392035</t>
+  </si>
+  <si>
+    <t>Cholangite Sclérosante Primitive</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’une cholangite sclérosante primitive (CSP). Il a été élaboré par le Centre de référence coordonnateur des maladies inflammatoires des voies biliaires et hépatites autoimmunes à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3392249/fr/cholangite-sclerosante-primitive</t>
+  </si>
+  <si>
+    <t>p_3392249</t>
+  </si>
+  <si>
+    <t>La kératoconjonctivite vernale KCV</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’une kératoconjonctivite vernale. Il a été élaboré par le Centre de Référence des Maladies Rares en Ophtalmologie OPHTARA à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>02/11/2022 17:40:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3382572/fr/la-keratoconjonctivite-vernale-kcv</t>
+  </si>
+  <si>
+    <t>p_3382572</t>
+  </si>
+  <si>
+    <t>Le spectre des maladies à anticorps anti-MOG</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de MOGAD. Il a été élaboré par le Centre de Référence Maladies Inflammatoires Rares du Cerveau Et de la Moelle à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3382586/fr/le-spectre-des-maladies-a-anticorps-anti-mog</t>
+  </si>
+  <si>
+    <t>p_3382586</t>
+  </si>
+  <si>
+    <t>Greffe de cellules souches hématopoïétiques dans  les maladies auto-immunes</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de maladie auto-immune (MAI) et traité par greffe de CSH. Il a été élaboré par le Centre de référence des maladies auto-immunes et systémiques rares d’Ile-de-France (site constitutif, Saint-Louis, AP-HP) : MATHEC, maladies Auto-immunes et Thérapies Cellulaires. Sous l’égide des filières de santé : Filière des maladies auto-immunes et auto-inflammatoires rares FAI2R, Filière de santé des maladies rares immuno-hématologiques MaRIH à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>10/10/2022 17:06:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3374064/fr/greffe-de-cellules-souches-hematopoietiques-dans-les-maladies-auto-immunes</t>
+  </si>
+  <si>
+    <t>p_3374064</t>
+  </si>
+  <si>
+    <t>Syndrome des Anti-Phospholipides de l’adulte et de l’enfant</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de SAPL. Il a été élaboré sous l’égide du Centre de référence du lupus, syndrome des anticorps anti-phospholipides et autres maladies auto-immunes rares et du Centre de référence des rhumatismes inflammatoires et maladies auto-immunes systémiques rares de l’enfant RAISE et de la Filière des maladies auto-immunes et auto-inflammatoires rares FAI²R à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>07/10/2022 12:02:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3375791/fr/syndrome-des-anti-phospholipides-de-l-adulte-et-de-l-enfant</t>
+  </si>
+  <si>
+    <t>p_3375791</t>
+  </si>
+  <si>
+    <t>Maladie de Kawasaki</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de maladie de Kawasaki. Il a été élaboré par le Centre de Référence des Maladies Auto-inflammatoires et de l’Amylose inflammatoire CeRéMAIA Sous l’égide de la Filière des maladies auto-immunes et auto-inflammatoires rares FAI2R à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>09/09/2022 08:37:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3363015/fr/maladie-de-kawasaki</t>
+  </si>
+  <si>
+    <t>p_3363015</t>
+  </si>
+  <si>
+    <t>Epilepsies vitamino-sensibles</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’épilepsie vitamino-sensible. Il a été élaboré par le Centre de référence des Epilepsies rares (CRMR Lille, Marseille) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>02/08/2022 15:39:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3358939/fr/epilepsies-vitamino-sensibles</t>
+  </si>
+  <si>
+    <t>p_3358939</t>
+  </si>
+  <si>
+    <t>Encéphalites à anticorps anti-NMDAr</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’encéphalite auto-immune avec anticorps anti-NMDA récepteur. Il a été élaboré par le Centre de Référence des Syndromes neurologiques paranéoplasiques et encéphalites auto-immunes à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>21/01/2022 15:08:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3310384/fr/encephalites-a-anticorps-anti-nmdar</t>
+  </si>
+  <si>
+    <t>p_3310384</t>
+  </si>
+  <si>
+    <t>Déficit hypophysaire congénital</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de déficit hypophysaire congénital. Il a été élaboré par le Centre de référence HYPO Maladies rares d’origine hypophysaire et le Centre de référence CRMERCD Maladies endocriniennes de la croissance et du développement à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>01/12/2021 17:36:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3301031/fr/deficit-hypophysaire-congenital</t>
+  </si>
+  <si>
+    <t>p_3301031</t>
+  </si>
+  <si>
+    <t>Histiocytose langerhansienne (enfant de moins de 18 ans)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d'histiocytose Langerhansienne. Il a été élaboré par le Centre de référence des Histiocytoses sous l’égide de la filière de santé maladies rares MARIH (Maladies Rares Immuno-Hématologiques) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3301927/fr/histiocytose-langerhansienne-enfant-de-moins-de-18-ans</t>
+  </si>
+  <si>
+    <t>p_3301927</t>
+  </si>
+  <si>
+    <t>Maladies héréditaires du métabolisme du surfactant</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins des enfants présentant une maladie du surfactant. Il a été élaboré par le centre de référence des Maladies respiratoires rares - RespiRare à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>10/11/2021 16:10:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3278600/fr/maladies-hereditaires-du-metabolisme-du-surfactant</t>
+  </si>
+  <si>
+    <t>p_3278600</t>
+  </si>
+  <si>
+    <t>Encéphalopathie Epileptique avec Pointe Ondes Continues du Sommeil (EEPOCS) (y compris syndrome de Landau-Kleffner)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d'une Encéphalopathie Epileptique avec Pointe Ondes Continues du Sommeil (EEPOCS). Il a été élaboré par le Centre de référence épilepsies rares (CReER) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>04/11/2021 12:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3295051/fr/encephalopathie-epileptique-avec-pointe-ondes-continues-du-sommeil-eepocs-y-compris-syndrome-de-landau-kleffner</t>
+  </si>
+  <si>
+    <t>p_3295051</t>
+  </si>
+  <si>
+    <t>Aspergillose broncho-pulmonaire allergique (hors mucoviscidose)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d'aspergillose broncho-pulmonaire allergique (hors mucoviscidose). Il a été élaboré par le Centre de référence des maladies pulmonaires rares – OrphaLungs à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>14/10/2021 08:39:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3289862/fr/aspergillose-broncho-pulmonaire-allergique-hors-mucoviscidose</t>
+  </si>
+  <si>
+    <t>p_3289862</t>
+  </si>
+  <si>
+    <t>Hépatite Auto-Immunes (HAI)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d'Hépatite Auto-Immunes (HAI). Il a été élaboré par le Centre de Référence Constitutif des Maladies Inflammatoires des Voies Biliaires et Hépatites Auto-Immunes Sous l’égide et avec le partenariat de la Filière de Santé « FILFOIE »à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3291664/fr/hepatite-auto-immunes-hai</t>
+  </si>
+  <si>
+    <t>p_3291664</t>
+  </si>
+  <si>
+    <t>Syndrome Kleine-Levin</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d'un Syndrome Kleine-Levin. Il a été élaboré par le Centre de Référence Narcolepsies et Hypersomnies rares à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3292295/fr/syndrome-kleine-levin</t>
+  </si>
+  <si>
+    <t>p_3292295</t>
+  </si>
+  <si>
+    <t>Fibrose pulmonaire idiopathique</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de Fibrose pulmonaire idiopathique. Il a été élaboré par le centre de référence des Maladies pulmonaires rares à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>28/07/2021 11:55:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3278607/fr/fibrose-pulmonaire-idiopathique</t>
+  </si>
+  <si>
+    <t>p_3278607</t>
+  </si>
+  <si>
+    <t>Polyradiculoneuropathie Inflammatoire Démyélinisante Chronique (PIDC)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint de Polyradiculoneuropathie Inflammatoire Démyélinisante Chronique (PIDC) . Il a été élaboré par le Centre de référence des maladies rares des Neuropathies rares, CHU de Bicetre à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>19/04/2021 10:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3261449/fr/polyradiculoneuropathie-inflammatoire-demyelinisante-chronique-pidc</t>
+  </si>
+  <si>
+    <t>p_3261449</t>
+  </si>
+  <si>
+    <t>Syndrome de Pendred</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint de syndrome de Pendred. Il a été élaboré par le Centre de référence des surdités génétiques, le Centre de référence des maladies endocriniennes de la croissance et du développement, le Centre de référence des maladies rares de la thyroïde et des récepteurs hormonaux, Sous l'égide et avec le partenariat de La Filière de santé des maladies rares sensorielles SENSGENE et La Filière des maladies rares endocriniennes FIRENDO à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>30/03/2021 09:49:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3245874/fr/syndrome-de-pendred</t>
+  </si>
+  <si>
+    <t>p_3245874</t>
+  </si>
+  <si>
+    <t>Malformations lymphatiques kystiques (MLK)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint de malformations lymphatiques kystiques (MLK). Il a été élaboré par les Centres de Référence et de Compétences Maladies Rares de la filière de santé FIMARAD à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>04/03/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>09/03/2021 08:43:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3241227/fr/malformations-lymphatiques-kystiques-mlk</t>
+  </si>
+  <si>
+    <t>p_3241227</t>
+  </si>
+  <si>
+    <t>Pemphigoïde bulleuse</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint de Pemphigoïde bulleuse. Il a été élaboré par le centre de référence des maladies bulleuses auto-immunesà l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>05/06/2020 18:27:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2636201/fr/pemphigoide-bulleuse</t>
+  </si>
+  <si>
+    <t>c_2636201</t>
+  </si>
+  <si>
+    <t>Uvéites chroniques non infectieuses de l'enfant et de l'adulte</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient d’âge pédiatrique ou adulte atteint d'uvéites chroniques non infectieuses. Il a été élaboré sous l’égide du Centre de Référence des maladies Rhumatologiques Inflammatoires et des maladies Auto-Immunes Systémiques rares de l’Enfant (RAISE), du Centre de Référence des Maladies Auto-Inflammatoires et de l’Amylose Inflammatoire (CeRéMAIA), du Centre de Référence Maladies Rares en Ophtalmologie (OPHTARA), de la Filière des maladies auto-immunes et auto-inflammatoires rares (FAI²R) et de la Filière de santé des maladies rares sensorielles (SENSGENE), à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>05/06/2020 18:43:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3187246/fr/uveites-chroniques-non-infectieuses-de-l-enfant-et-de-l-adulte</t>
+  </si>
+  <si>
+    <t>p_3187246</t>
+  </si>
+  <si>
+    <t>Pneumopathie d'hypersensibilité de l'enfant</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un enfant présentant une pneumathie d'hypersensibilité. Il a été élaboré par le Centre de Référence des maladies respiratoires rares RespiRare, à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>17/03/2020 16:35:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3163310/fr/pneumopathie-d-hypersensibilite-de-l-enfant</t>
+  </si>
+  <si>
+    <t>p_3163310</t>
+  </si>
+  <si>
+    <t>Guide du parcours de soins bronchopneumopathie chronique obstructive (BPCO)</t>
+  </si>
+  <si>
+    <t>Le guide du parcours de soins décrit la prise en charge usuelle d’une personne ayant une bronchopneumopathie chronique obstructive (BPCO). Il est destiné aux professionnels impliqués dans la prise en charge globale des patients, du secteur sanitaire, social et médico-social. Tenant compte de la pluri-professionnalité de la prise en charge, le guide aborde le rôle, la place et les modalités de coordination des différents professionnels. II est accompagné d'une synthèse sur les points critiques de la prise en charge et de 10 messages pour améliorer ses pratiques.</t>
+  </si>
+  <si>
+    <t>20/11/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>30/01/2020 14:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1242507/fr/guide-du-parcours-de-soins-bronchopneumopathie-chronique-obstructive-bpco</t>
+  </si>
+  <si>
+    <t>c_1242507</t>
+  </si>
+  <si>
+    <t>Dystrophie musculaire de Duchenne</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint de dystrophie musculaire de Duchenne.</t>
+  </si>
+  <si>
+    <t>27/11/2019 16:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3121365/fr/dystrophie-musculaire-de-duchenne</t>
+  </si>
+  <si>
+    <t>p_3121365</t>
+  </si>
+  <si>
+    <t>Incontinentia Pigmenti</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint d'Incontinentia Pigmenti. Il a été élaboré par par le centre de référence : Hôpital Necker Enfants -Malades, à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration</t>
+  </si>
+  <si>
+    <t>11/10/2019 11:49:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3112337/fr/incontinentia-pigmenti</t>
+  </si>
+  <si>
+    <t>p_3112337</t>
+  </si>
+  <si>
+    <t>PFAPA : Fièvre périodique – stomatite – pharyngite – adénopathie</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint de PFAPA : Fièvre périodique – stomatite – pharyngite – adénopathie. Il a été élaboré sous l’égide du Centre de Référence des Maladies Auto-Inflammatoires et de l’Amylose Inflammatoire (CeRéMAIA) et de la Filière des maladies auto-immunes et auto-inflammatoires rares (FAI²R) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>08/08/2019 10:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3095655/fr/pfapa-fievre-periodique-stomatite-pharyngite-adenopathie</t>
+  </si>
+  <si>
+    <t>p_3095655</t>
+  </si>
+  <si>
+    <t>ALD n° 24 - Rectocolite hémorragique</t>
+  </si>
+  <si>
+    <t>Le guide actes et prestations ALD n’est pas une recommandation de bonne pratique. Il ne constitue pas une aide à la décision portant sur la stratégie diagnostique ou thérapeutique.</t>
+  </si>
+  <si>
+    <t>22/05/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>24/07/2019 16:15:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_671091/fr/ald-n-24-rectocolite-hemorragique</t>
+  </si>
+  <si>
+    <t>c_671091</t>
+  </si>
+  <si>
+    <t>ALD n° 24 - Maladie de Crohn</t>
+  </si>
+  <si>
+    <t>11/06/2019 09:07:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_671094/fr/ald-n-24-maladie-de-crohn</t>
+  </si>
+  <si>
+    <t>c_671094</t>
+  </si>
+  <si>
+    <t>Maladie de Still de l'adulte</t>
+  </si>
+  <si>
+    <t>L’objectif de ce protocole national de diagnostic et de soins (PNDS) est d’expliciter pour les professionnels de santé la prise en charge optimale actuelle d’un patient atteint de maladie de Still de l’adulte (MSA) en 2018.</t>
+  </si>
+  <si>
+    <t>10/08/2018 15:01:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2867360/fr/maladie-de-still-de-l-adulte</t>
+  </si>
+  <si>
+    <t>c_2867360</t>
+  </si>
+  <si>
+    <t>TRAPS - Tumor necrosis factor-Receptor-Associated Periodic Syndrome Ou  Syndrome de fièvre récurrente lié au récepteur du facteur de nécrose tumorale</t>
+  </si>
+  <si>
+    <t>L’objectif de ce protocole national de diagnostic et de soins (PNDS) est de présenter, pour les professionnels de santé, la prise en charge optimale et le parcours de soins d’un malade atteint d’un syndrome de fièvre récurrente lié au récepteur 1 du TNF (TNF receptor associated periodic syndrome) encore appelé TRAPS.</t>
+  </si>
+  <si>
+    <t>05/07/2018 10:47:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2860688/fr/traps-tumor-necrosis-factor-receptor-associated-periodic-syndrome-ou-syndrome-de-fievre-recurrente-lie-au-recepteur-du-facteur-de-necrose-tumorale</t>
+  </si>
+  <si>
+    <t>c_2860688</t>
+  </si>
+  <si>
+    <t>Maladies bulleuses auto-immunes : Pemphigus</t>
+  </si>
+  <si>
+    <t>L’objectif de ce protocole national de soins (PNDS) est d’expliciter pour les professionnels de santé la prise en charge optimale actuelle et le parcours de soins d’un patient atteint de pemphigus.</t>
+  </si>
+  <si>
+    <t>11/06/2018 15:01:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2636265/fr/maladies-bulleuses-auto-immunes-pemphigus</t>
+  </si>
+  <si>
+    <t>c_2636265</t>
+  </si>
+  <si>
+    <t>Pneumopathies interstitielles diffuses de l’enfant</t>
+  </si>
+  <si>
+    <t>L’objectif de ce protocole national de diagnostic et de soins (PNDS) est de fournir aux professionnels de santé les recommandations pour une prise en charge optimale des enfants atteints d’une pneumopathie interstitielle diffuse (PID) chronique et pour un parcours de soins adapté.</t>
+  </si>
+  <si>
+    <t>03/11/2017 16:23:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2802885/fr/pneumopathies-interstitielles-diffuses-de-l-enfant</t>
+  </si>
+  <si>
+    <t>c_2802885</t>
+  </si>
+  <si>
+    <t>Arthrites Juvéniles Idiopathiques</t>
+  </si>
+  <si>
+    <t>L’objectif de ce protocole national de soins (PNDS) est d’expliciter pour les professionnels de santé la prise en charge optimale actuelle d’un patient atteint d’arthrite juvénile idiopathique (AJI) dans sa forme systémique (maladie de Still), d’AJI oligoarticulaire ou polyarticulaire sans facteur rhumatoïde et d’AJI associée aux enthésites. Ces quatre formes représentent la grande majorité des AJI.</t>
+  </si>
+  <si>
+    <t>30/10/2017 15:23:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2801939/fr/arthrites-juveniles-idiopathiques</t>
+  </si>
+  <si>
+    <t>c_2801939</t>
+  </si>
+  <si>
+    <t>Purpura thrombopénique immunologique de l’enfant et de l’adulte</t>
+  </si>
+  <si>
+    <t>L’objectif de ce protocole national de diagnostic et de soins (PNDS) est d’expliciter aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale actuelle et le parcours de soins d’un patient atteint de Purpura thrombopénique immunologique.</t>
+  </si>
+  <si>
+    <t>09/06/2017 12:12:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2772874/fr/purpura-thrombopenique-immunologique-de-l-enfant-et-de-l-adulte</t>
+  </si>
+  <si>
+    <t>c_2772874</t>
+  </si>
+  <si>
+    <t>Lupus Systémique</t>
+  </si>
+  <si>
+    <t>L’objectif de ce protocole national de diagnostic et de soins (PNDS) est d’expliciter aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale actuelle et le parcours de soins d’un patient atteint de Lupus Systémique.</t>
+  </si>
+  <si>
+    <t>21/03/2017 15:02:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2751894/fr/lupus-systemique</t>
+  </si>
+  <si>
+    <t>c_2751894</t>
+  </si>
+  <si>
+    <t>Dermatomyosite de l’enfant et de l’adulte</t>
+  </si>
+  <si>
+    <t>L’objectif de ce protocole national de diagnostic et desoins (PNDS) est d’expliciter pour les professionnels de santé la prise en charge optimale actuelle d’un patient atteint de dermatomyosite chez l’adulte (DM) et chez l’enfant (dermatomyosite juvénile : DMJ).</t>
+  </si>
+  <si>
+    <t>19/09/2016 14:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2666858/fr/dermatomyosite-de-l-enfant-et-de-l-adulte</t>
+  </si>
+  <si>
+    <t>c_2666858</t>
+  </si>
+  <si>
+    <t>Maladies bulleuses auto-immunes : Dermatose à IgA linéaire</t>
+  </si>
+  <si>
+    <t>06/06/2016 15:01:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2636268/fr/maladies-bulleuses-auto-immunes-dermatose-a-iga-lineaire</t>
+  </si>
+  <si>
+    <t>c_2636268</t>
+  </si>
+  <si>
+    <t>Syndrome néphrotique idiopathique de l'enfant</t>
+  </si>
+  <si>
+    <t>L’objectif de ce protocole national de diagnostic et de soins (PNDS) est d’expliciter aux professionnels de santé la prise en charge optimale et le parcours de soins d'un enfant atteint du syndrome néphrotique idiopathique.</t>
+  </si>
+  <si>
+    <t>29/04/2016 15:59:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2628561/fr/syndrome-nephrotique-idiopathique-de-l-enfant</t>
+  </si>
+  <si>
+    <t>c_2628561</t>
+  </si>
+  <si>
+    <t>Myasthénie autoimmune</t>
+  </si>
+  <si>
+    <t>L’objectif de ce protocole national de diagnostic et de soins (PNDS) est d’expliciter aux professionnels de santé la prise en charge optimale et le parcours de soins d’un patient atteint de myasthénie autoimmune.</t>
+  </si>
+  <si>
+    <t>24/07/2015 10:42:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2048406/fr/myasthenie-autoimmune</t>
+  </si>
+  <si>
+    <t>c_2048406</t>
+  </si>
+  <si>
+    <t>ALD n° 30 - Lymphomes non hodgkiniens de l’adulte</t>
+  </si>
+  <si>
+    <t>28/01/2015 00:00:00</t>
+  </si>
+  <si>
+    <t>22/04/2015 11:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_881776/fr/ald-n-30-lymphomes-non-hodgkiniens-de-l-adulte</t>
+  </si>
+  <si>
+    <t>c_881776</t>
+  </si>
+  <si>
+    <t>ALD hors liste - Hyperplasie congénitale des surrénales</t>
+  </si>
+  <si>
+    <t>L’objectif de ce protocole national de diagnostic et de soins (PNDS) est d’expliciter pour les professionnels de santé susceptibles de les prendre en charge la prise en charge optimale et le parcours de soins des patients atteints d'hyperplasie congénitale des surrénales par déficit en 21-hydroxylase.</t>
+  </si>
+  <si>
+    <t>01/04/2011 00:00:00</t>
+  </si>
+  <si>
+    <t>27/05/2011 11:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1058546/fr/ald-hors-liste-hyperplasie-congenitale-des-surrenales</t>
+  </si>
+  <si>
+    <t>c_1058546</t>
+  </si>
+  <si>
+    <t>ALD hors liste - Maladies bulleuses auto-immunes : Pemphigoïde bulleuse</t>
+  </si>
+  <si>
+    <t>12/01/2011 00:00:00</t>
+  </si>
+  <si>
+    <t>31/03/2011 14:45:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1035501/fr/ald-hors-liste-maladies-bulleuses-auto-immunes-pemphigoide-bulleuse</t>
+  </si>
+  <si>
+    <t>c_1035501</t>
+  </si>
+  <si>
+    <t>ALD hors liste - Maladies bulleuses auto-immunes : Dermatose à IgA linéaire</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1035498/fr/ald-hors-liste-maladies-bulleuses-auto-immunes-dermatose-a-iga-lineaire</t>
+  </si>
+  <si>
+    <t>c_1035498</t>
+  </si>
+  <si>
+    <t>ALD hors liste - Maladies bulleuses auto-immunes : Épidermolyse bulleuse acquise</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1035513/fr/ald-hors-liste-maladies-bulleuses-auto-immunes-epidermolyse-bulleuse-acquise</t>
+  </si>
+  <si>
+    <t>c_1035513</t>
+  </si>
+  <si>
+    <t>ALD n° 2 - Aplasies médullaires</t>
+  </si>
+  <si>
+    <t>L’objectif de ce protocole national de soins (PNDS) est d’expliciter pour les professionnels de santé la prise en charge optimale actuelle et le parcours de soins d’un patient atteint d’aplasie médullaire (AM) en ALD au titre de l’ALD 2.# Ce PNDS est un outil pratique auquel le médecin traitant, en concertation avec le médecin spécialiste, peut se référer, pour la prise en charge de la maladie considérée, notamment au moment d’établir le protocole de soins conjointement avec le médecin-conseil et le patient.</t>
+  </si>
+  <si>
+    <t>11/02/2009 00:00:00</t>
+  </si>
+  <si>
+    <t>23/04/2009 16:40:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_778579/fr/ald-n-2-aplasies-medullaires</t>
+  </si>
+  <si>
+    <t>c_778579</t>
+  </si>
+  <si>
     <t>Recommandation de bonne pratique</t>
   </si>
   <si>
     <t>Choix et durées d’antibiothérapie : Pneumonie Aiguë Communautaire chez l’enfant</t>
   </si>
   <si>
     <t>L’expansion de l’antibiorésistance constitue un problème majeur de santé publique. La HAS met à disposition des professionnels de santé une série de fiches synthétiques préconisant les durées d'antibiothérapie les plus courtes possibles pour les infections bactériennes courantes de ville. En collaboration avec la Société de pathologie infectieuse de langue française (SPILF) et le Groupe de pathologie infectieuse pédiatrique (GPIP).</t>
   </si>
   <si>
     <t>19/12/2024 00:00:00</t>
   </si>
   <si>
     <t>09/01/2025 08:43:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3575612/fr/choix-et-durees-d-antibiotherapie-pneumonie-aigue-communautaire-chez-l-enfant</t>
   </si>
   <si>
     <t>p_3575612</t>
   </si>
   <si>
     <t>Choix et durées d’antibiothérapies préconisées dans les infections bactériennes courantes</t>
   </si>
   <si>
     <t>L’exposition excessive aux antibiotiques participe à la progression des résistances bactériennes. La HAS met à disposition des professionnels de santé une série de fiches synthétiques préconisant les durées d'antibiothérapie les plus courtes possibles pour les infections bactériennes courantes de ville. Ces fiches ont été élaborées en collaboration avec la Société de pathologie infectieuse de langue française (SPILF) et le Groupe de pathologie infectieuse pédiatrique (GPIP).</t>
@@ -296,53 +1283,50 @@
   <si>
     <t>Choix et durées d’antibiothérapies : Pneumonie Aiguë Communautaire de l’adulte en ambulatoire</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3575597/fr/choix-et-durees-d-antibiotherapies-pneumonie-aigue-communautaire-de-l-adulte-en-ambulatoire</t>
   </si>
   <si>
     <t>p_3575597</t>
   </si>
   <si>
     <t>Choix et durées d’antibiothérapie dans les infections génitales hautes non compliquées</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3575605/fr/choix-et-durees-d-antibiotherapie-dans-les-infections-genitales-hautes-non-compliquees</t>
   </si>
   <si>
     <t>p_3575605</t>
   </si>
   <si>
     <t>Recommandations de prise en charge des personnes ayant une syphilis</t>
   </si>
   <si>
     <t>À la demande du ministère chargé de la santé, le Conseil National du Sida et des hépatites virales (CNS) et l'Agence nationale de recherches sur le sida | Maladies infectieuses émergentes (ANRS | MIE) ont sollicité la Haute Autorité de santé (HAS) pour l’élaboration d’une actualisation des recommandations françaises de prise en charge des personnes ayant une syphilis. L’accompagnement de la HAS s’est inscrit dans le cadre de la labellisation par la HAS d’une recommandation élaborée par un organisme professionnel.</t>
   </si>
   <si>
-    <t>10/04/2025 00:00:00</t>
-[...1 lines deleted...]
-  <si>
     <t>13/05/2025 09:20:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3604647/fr/recommandations-de-prise-en-charge-des-personnes-ayant-une-syphilis</t>
   </si>
   <si>
     <t>p_3604647</t>
   </si>
   <si>
     <t>Borréliose de Lyme et autres maladies vectorielles à tiques (MVT)</t>
   </si>
   <si>
     <t>Cette actualisation de recommandation de bonne pratique, en complément du guide du parcours de soins publié en 2022 sur cette même thématique1, a pour objectif principal d’harmoniser les pratiques cliniques et d’aider les praticiens dans leurs démarches diagnostique et thérapeutique et ainsi d’éviter de laisser un patient présentant une borréliose de Lyme ou une suspicion de borréliose de Lyme voire d’une autre maladie vectorielle à tique en errance médicale en France.</t>
   </si>
   <si>
     <t>13/02/2025 00:00:00</t>
   </si>
   <si>
     <t>18/02/2025 14:02:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2857558/fr/borreliose-de-lyme-et-autres-maladies-vectorielles-a-tiques-mvt</t>
   </si>
   <si>
     <t>c_2857558</t>
@@ -350,53 +1334,50 @@
   <si>
     <t>Choix et durées d’antibiothérapie dans les exacerbations aiguës de bronchopneumopathie chronique obstructive (EABPCO)</t>
   </si>
   <si>
     <t>11/07/2024 00:00:00</t>
   </si>
   <si>
     <t>15/07/2024 09:38:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3528903/fr/choix-et-durees-d-antibiotherapie-dans-les-exacerbations-aigues-de-bronchopneumopathie-chronique-obstructive-eabpco</t>
   </si>
   <si>
     <t>p_3528903</t>
   </si>
   <si>
     <t>Prise en charge thérapeutique du patient atteint d’herpès génital</t>
   </si>
   <si>
     <t>À la demande du ministère chargé de la santé, le Conseil National du Sida et des hépatites virales (CNS) et l'Agence nationale de recherches sur le sida | Maladies infectieuses émergentes (ANRS | MIE) ont sollicité la Haute Autorité de santé (HAS) pour l’élaboration d’une actualisation des recommandations françaises de prise en charge des personnes atteintes d’herpès génital. L’accompagnement de la HAS s’est inscrit dans le cadre de la labellisation par la HAS d’une recommandation élaborée par un organisme professionnel.</t>
   </si>
   <si>
     <t>14/11/2024 00:00:00</t>
   </si>
   <si>
-    <t>02/12/2024 14:12:00</t>
-[...1 lines deleted...]
-  <si>
     <t>https://www.has-sante.fr/jcms/p_3562501/fr/prise-en-charge-therapeutique-du-patient-atteint-d-herpes-genital</t>
   </si>
   <si>
     <t>p_3562501</t>
   </si>
   <si>
     <t>Épilepsies : Prise en charge des enfants et des adultes</t>
   </si>
   <si>
     <t>Les objectifs de la recommandation "Épilepsies : Prise en charge des enfants et des adultes" sont d’améliorer la prise en charge diagnostique et thérapeutique initiale ainsi que le suivi des enfants et adultes ayant une épilepsie, avec une attention particulière au diagnostic et au traitement de l’épilepsie associée à des troubles psychiatriques.</t>
   </si>
   <si>
     <t>08/10/2020 00:00:00</t>
   </si>
   <si>
     <t>26/11/2020 09:12:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3214468/fr/epilepsies-prise-en-charge-des-enfants-et-des-adultes</t>
   </si>
   <si>
     <t>p_3214468</t>
   </si>
   <si>
     <t>Prise en charge du 1er épisode de bronchiolite aiguë chez le nourrisson de moins de 12 mois</t>
@@ -603,1016 +1584,50 @@
     <t>01/09/2004 17:51:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_272363/fr/recommandations-pour-le-suivi-medical-des-patients-asthmatiques-adultes-et-adolescents</t>
   </si>
   <si>
     <t>c_272363</t>
   </si>
   <si>
     <t>Prévention et traitement de la douleur postopératoire en chirurgie buccale</t>
   </si>
   <si>
     <t>L'objectif de cette recommandation professionnelle est de répondre aux questions suivantes : 1. Comment assurer une meilleure prise en charge de la douleur postopératoire en chirurgie buccale pour les patients hospitalisés ou en ambulatoire (hors chirurgie sous anesthésie générale et hors analgésie par protoxyde d’azote-oxygène) ? 2. Quels sont les facteurs prédictifs de l’intensité et de la durée de la douleur ? 3. Comment traiter ? 4. Comment assurer le suivi et adapter le traitement antalgique ?</t>
   </si>
   <si>
     <t>01/11/2005 00:00:00</t>
   </si>
   <si>
     <t>01/11/2005 16:52:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_272499/fr/prevention-et-traitement-de-la-douleur-postoperatoire-en-chirurgie-buccale</t>
   </si>
   <si>
     <t>c_272499</t>
-  </si>
-[...964 lines deleted...]
-    <t>c_778579</t>
   </si>
   <si>
     <t>Communiqué de presse</t>
   </si>
   <si>
     <t>Pour une meilleure prévention de la douleur postopératoire en chirurgie buccale</t>
   </si>
   <si>
     <t>08/02/2006 12:35:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_240391/fr/pour-une-meilleure-prevention-de-la-douleur-postoperatoire-en-chirurgie-buccale</t>
   </si>
   <si>
     <t>c_240391</t>
   </si>
   <si>
     <t>Evaluation des technologies de santé</t>
   </si>
   <si>
     <t>Transplantation d’îlots pancréatiques</t>
   </si>
   <si>
     <t>La HAS a évalué la sécurité, l’efficacité et les conditions de réalisation de l’acte de transplantation d’îlots pancréatiques (ou de Langerhans) (TIL) dans plusieurs indications. Elle recommande une réévaluation de cet acte à cinq ans pour tenir compte des avancées thérapeutiques et scientifiques potentielles.</t>
   </si>
@@ -2708,363 +2723,363 @@
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
-        <v>756</v>
+        <v>761</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
-        <v>757</v>
+        <v>762</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>758</v>
+        <v>763</v>
       </c>
       <c r="B2" t="s">
-        <v>759</v>
+        <v>764</v>
       </c>
       <c r="C2" t="s">
         <v>12</v>
       </c>
       <c r="D2" t="s">
         <v>12</v>
       </c>
       <c r="E2" t="s">
-        <v>760</v>
+        <v>765</v>
       </c>
       <c r="F2" t="s">
         <v>12</v>
       </c>
       <c r="G2" t="s">
-        <v>761</v>
+        <v>766</v>
       </c>
       <c r="H2" t="s">
-        <v>762</v>
+        <v>767</v>
       </c>
       <c r="I2" t="s">
-        <v>763</v>
+        <v>768</v>
       </c>
       <c r="J2" t="s">
-        <v>764</v>
+        <v>769</v>
       </c>
       <c r="K2" t="s">
-        <v>765</v>
+        <v>770</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>758</v>
+        <v>763</v>
       </c>
       <c r="B3" t="s">
-        <v>766</v>
+        <v>771</v>
       </c>
       <c r="C3" t="s">
         <v>12</v>
       </c>
       <c r="D3" t="s">
         <v>12</v>
       </c>
       <c r="E3" t="s">
-        <v>767</v>
+        <v>772</v>
       </c>
       <c r="F3" t="s">
         <v>12</v>
       </c>
       <c r="G3" t="s">
-        <v>768</v>
+        <v>773</v>
       </c>
       <c r="H3" t="s">
-        <v>769</v>
+        <v>774</v>
       </c>
       <c r="I3" t="s">
-        <v>770</v>
+        <v>775</v>
       </c>
       <c r="J3" t="s">
-        <v>771</v>
+        <v>776</v>
       </c>
       <c r="K3" t="s">
-        <v>772</v>
+        <v>777</v>
       </c>
       <c r="L3" t="s">
-        <v>773</v>
+        <v>778</v>
       </c>
       <c r="M3" t="s">
-        <v>774</v>
+        <v>779</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>758</v>
+        <v>763</v>
       </c>
       <c r="B4" t="s">
-        <v>775</v>
+        <v>780</v>
       </c>
       <c r="C4" t="s">
         <v>12</v>
       </c>
       <c r="D4" t="s">
         <v>12</v>
       </c>
       <c r="E4" t="s">
+        <v>781</v>
+      </c>
+      <c r="F4" t="s">
+        <v>12</v>
+      </c>
+      <c r="G4" t="s">
+        <v>782</v>
+      </c>
+      <c r="H4" t="s">
+        <v>783</v>
+      </c>
+      <c r="I4" t="s">
+        <v>784</v>
+      </c>
+      <c r="J4" t="s">
         <v>776</v>
       </c>
-      <c r="F4" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="K4" t="s">
-        <v>780</v>
+        <v>785</v>
       </c>
       <c r="L4" t="s">
-        <v>781</v>
+        <v>786</v>
       </c>
       <c r="M4" t="s">
-        <v>782</v>
+        <v>787</v>
       </c>
       <c r="N4" t="s">
-        <v>783</v>
+        <v>788</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>758</v>
+        <v>763</v>
       </c>
       <c r="B5" t="s">
-        <v>784</v>
+        <v>789</v>
       </c>
       <c r="C5" t="s">
         <v>12</v>
       </c>
       <c r="D5" t="s">
         <v>12</v>
       </c>
       <c r="E5" t="s">
-        <v>785</v>
+        <v>790</v>
       </c>
       <c r="F5" t="s">
         <v>12</v>
       </c>
       <c r="G5" t="s">
-        <v>786</v>
+        <v>791</v>
       </c>
       <c r="H5" t="s">
-        <v>787</v>
+        <v>792</v>
       </c>
       <c r="I5" t="s">
-        <v>788</v>
+        <v>793</v>
       </c>
       <c r="J5" t="s">
-        <v>771</v>
+        <v>776</v>
       </c>
       <c r="K5" t="s">
-        <v>789</v>
+        <v>794</v>
       </c>
       <c r="L5" t="s">
-        <v>790</v>
+        <v>795</v>
       </c>
       <c r="M5" t="s">
-        <v>791</v>
+        <v>796</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>758</v>
+        <v>763</v>
       </c>
       <c r="B6" t="s">
-        <v>792</v>
+        <v>797</v>
       </c>
       <c r="C6" t="s">
         <v>12</v>
       </c>
       <c r="D6" t="s">
         <v>12</v>
       </c>
       <c r="E6" t="s">
-        <v>793</v>
+        <v>798</v>
       </c>
       <c r="F6" t="s">
         <v>12</v>
       </c>
       <c r="G6" t="s">
-        <v>794</v>
+        <v>799</v>
       </c>
       <c r="H6" t="s">
-        <v>795</v>
+        <v>800</v>
       </c>
       <c r="I6" t="s">
-        <v>796</v>
+        <v>801</v>
       </c>
       <c r="J6" t="s">
-        <v>797</v>
+        <v>802</v>
       </c>
       <c r="K6" t="s">
-        <v>798</v>
+        <v>803</v>
       </c>
       <c r="L6" t="s">
-        <v>799</v>
+        <v>804</v>
       </c>
       <c r="M6" t="s">
-        <v>800</v>
+        <v>805</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>758</v>
+        <v>763</v>
       </c>
       <c r="B7" t="s">
-        <v>801</v>
+        <v>806</v>
       </c>
       <c r="C7" t="s">
         <v>12</v>
       </c>
       <c r="D7" t="s">
         <v>12</v>
       </c>
       <c r="E7" t="s">
-        <v>802</v>
+        <v>807</v>
       </c>
       <c r="F7" t="s">
         <v>12</v>
       </c>
       <c r="G7" t="s">
-        <v>803</v>
+        <v>808</v>
       </c>
       <c r="H7" t="s">
-        <v>804</v>
+        <v>809</v>
       </c>
       <c r="I7" t="s">
-        <v>805</v>
+        <v>810</v>
       </c>
       <c r="J7" t="s">
-        <v>806</v>
+        <v>811</v>
       </c>
       <c r="K7" t="s">
-        <v>807</v>
+        <v>812</v>
       </c>
       <c r="L7" t="s">
-        <v>808</v>
+        <v>813</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet11.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>809</v>
+        <v>814</v>
       </c>
       <c r="B2" t="s">
-        <v>810</v>
+        <v>815</v>
       </c>
       <c r="C2" t="s">
-        <v>811</v>
+        <v>816</v>
       </c>
       <c r="D2" t="s">
         <v>12</v>
       </c>
       <c r="E2" t="s">
-        <v>812</v>
+        <v>817</v>
       </c>
       <c r="F2" t="s">
         <v>12</v>
       </c>
       <c r="G2" t="s">
-        <v>813</v>
+        <v>818</v>
       </c>
       <c r="H2" t="s">
-        <v>814</v>
+        <v>819</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H6"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
@@ -3201,3961 +3216,3987 @@
       </c>
       <c r="D6" t="s">
         <v>57</v>
       </c>
       <c r="E6" t="s">
         <v>58</v>
       </c>
       <c r="F6" t="s">
         <v>12</v>
       </c>
       <c r="G6" t="s">
         <v>59</v>
       </c>
       <c r="H6" t="s">
         <v>60</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H67"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>61</v>
+      </c>
+      <c r="B2" t="s">
+        <v>62</v>
+      </c>
+      <c r="C2" t="s">
+        <v>63</v>
+      </c>
+      <c r="D2" t="s">
+        <v>12</v>
+      </c>
+      <c r="E2" t="s">
+        <v>64</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>65</v>
+      </c>
+      <c r="H2" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>61</v>
+      </c>
+      <c r="B3" t="s">
+        <v>67</v>
+      </c>
+      <c r="C3" t="s">
+        <v>68</v>
+      </c>
+      <c r="D3" t="s">
+        <v>12</v>
+      </c>
+      <c r="E3" t="s">
+        <v>69</v>
+      </c>
+      <c r="F3" t="s">
+        <v>12</v>
+      </c>
+      <c r="G3" t="s">
+        <v>70</v>
+      </c>
+      <c r="H3" t="s">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>61</v>
+      </c>
+      <c r="B4" t="s">
+        <v>72</v>
+      </c>
+      <c r="C4" t="s">
+        <v>73</v>
+      </c>
+      <c r="D4" t="s">
+        <v>74</v>
+      </c>
+      <c r="E4" t="s">
+        <v>75</v>
+      </c>
+      <c r="F4" t="s">
+        <v>12</v>
+      </c>
+      <c r="G4" t="s">
+        <v>76</v>
+      </c>
+      <c r="H4" t="s">
+        <v>77</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>61</v>
+      </c>
+      <c r="B5" t="s">
+        <v>78</v>
+      </c>
+      <c r="C5" t="s">
+        <v>79</v>
+      </c>
+      <c r="D5" t="s">
+        <v>12</v>
+      </c>
+      <c r="E5" t="s">
+        <v>80</v>
+      </c>
+      <c r="F5" t="s">
+        <v>12</v>
+      </c>
+      <c r="G5" t="s">
+        <v>81</v>
+      </c>
+      <c r="H5" t="s">
+        <v>82</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>61</v>
+      </c>
+      <c r="B6" t="s">
+        <v>83</v>
+      </c>
+      <c r="C6" t="s">
+        <v>84</v>
+      </c>
+      <c r="D6" t="s">
+        <v>12</v>
+      </c>
+      <c r="E6" t="s">
+        <v>85</v>
+      </c>
+      <c r="F6" t="s">
+        <v>12</v>
+      </c>
+      <c r="G6" t="s">
+        <v>86</v>
+      </c>
+      <c r="H6" t="s">
+        <v>87</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>61</v>
+      </c>
+      <c r="B7" t="s">
+        <v>88</v>
+      </c>
+      <c r="C7" t="s">
+        <v>89</v>
+      </c>
+      <c r="D7" t="s">
+        <v>12</v>
+      </c>
+      <c r="E7" t="s">
+        <v>90</v>
+      </c>
+      <c r="F7" t="s">
+        <v>12</v>
+      </c>
+      <c r="G7" t="s">
+        <v>91</v>
+      </c>
+      <c r="H7" t="s">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>61</v>
+      </c>
+      <c r="B8" t="s">
+        <v>93</v>
+      </c>
+      <c r="C8" t="s">
+        <v>94</v>
+      </c>
+      <c r="D8" t="s">
+        <v>12</v>
+      </c>
+      <c r="E8" t="s">
+        <v>95</v>
+      </c>
+      <c r="F8" t="s">
+        <v>12</v>
+      </c>
+      <c r="G8" t="s">
+        <v>96</v>
+      </c>
+      <c r="H8" t="s">
+        <v>97</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>61</v>
+      </c>
+      <c r="B9" t="s">
+        <v>98</v>
+      </c>
+      <c r="C9" t="s">
+        <v>99</v>
+      </c>
+      <c r="D9" t="s">
+        <v>12</v>
+      </c>
+      <c r="E9" t="s">
+        <v>100</v>
+      </c>
+      <c r="F9" t="s">
+        <v>12</v>
+      </c>
+      <c r="G9" t="s">
+        <v>101</v>
+      </c>
+      <c r="H9" t="s">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>61</v>
+      </c>
+      <c r="B10" t="s">
+        <v>103</v>
+      </c>
+      <c r="C10" t="s">
+        <v>104</v>
+      </c>
+      <c r="D10" t="s">
+        <v>12</v>
+      </c>
+      <c r="E10" t="s">
+        <v>105</v>
+      </c>
+      <c r="F10" t="s">
+        <v>12</v>
+      </c>
+      <c r="G10" t="s">
+        <v>106</v>
+      </c>
+      <c r="H10" t="s">
+        <v>107</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>61</v>
+      </c>
+      <c r="B11" t="s">
+        <v>108</v>
+      </c>
+      <c r="C11" t="s">
+        <v>109</v>
+      </c>
+      <c r="D11" t="s">
+        <v>110</v>
+      </c>
+      <c r="E11" t="s">
+        <v>111</v>
+      </c>
+      <c r="F11" t="s">
+        <v>12</v>
+      </c>
+      <c r="G11" t="s">
+        <v>112</v>
+      </c>
+      <c r="H11" t="s">
+        <v>113</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>61</v>
+      </c>
+      <c r="B12" t="s">
+        <v>114</v>
+      </c>
+      <c r="C12" t="s">
+        <v>115</v>
+      </c>
+      <c r="D12" t="s">
+        <v>12</v>
+      </c>
+      <c r="E12" t="s">
+        <v>116</v>
+      </c>
+      <c r="F12" t="s">
+        <v>12</v>
+      </c>
+      <c r="G12" t="s">
+        <v>117</v>
+      </c>
+      <c r="H12" t="s">
+        <v>118</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="s">
+        <v>61</v>
+      </c>
+      <c r="B13" t="s">
+        <v>119</v>
+      </c>
+      <c r="C13" t="s">
+        <v>120</v>
+      </c>
+      <c r="D13" t="s">
+        <v>12</v>
+      </c>
+      <c r="E13" t="s">
+        <v>121</v>
+      </c>
+      <c r="F13" t="s">
+        <v>12</v>
+      </c>
+      <c r="G13" t="s">
+        <v>122</v>
+      </c>
+      <c r="H13" t="s">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" t="s">
+        <v>61</v>
+      </c>
+      <c r="B14" t="s">
+        <v>124</v>
+      </c>
+      <c r="C14" t="s">
+        <v>125</v>
+      </c>
+      <c r="D14" t="s">
+        <v>12</v>
+      </c>
+      <c r="E14" t="s">
+        <v>126</v>
+      </c>
+      <c r="F14" t="s">
+        <v>12</v>
+      </c>
+      <c r="G14" t="s">
+        <v>127</v>
+      </c>
+      <c r="H14" t="s">
+        <v>128</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" t="s">
+        <v>61</v>
+      </c>
+      <c r="B15" t="s">
+        <v>129</v>
+      </c>
+      <c r="C15" t="s">
+        <v>130</v>
+      </c>
+      <c r="D15" t="s">
+        <v>12</v>
+      </c>
+      <c r="E15" t="s">
+        <v>131</v>
+      </c>
+      <c r="F15" t="s">
+        <v>12</v>
+      </c>
+      <c r="G15" t="s">
+        <v>132</v>
+      </c>
+      <c r="H15" t="s">
+        <v>133</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" t="s">
+        <v>61</v>
+      </c>
+      <c r="B16" t="s">
+        <v>134</v>
+      </c>
+      <c r="C16" t="s">
+        <v>135</v>
+      </c>
+      <c r="D16" t="s">
+        <v>136</v>
+      </c>
+      <c r="E16" t="s">
+        <v>137</v>
+      </c>
+      <c r="F16" t="s">
+        <v>12</v>
+      </c>
+      <c r="G16" t="s">
+        <v>138</v>
+      </c>
+      <c r="H16" t="s">
+        <v>139</v>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" t="s">
+        <v>61</v>
+      </c>
+      <c r="B17" t="s">
+        <v>140</v>
+      </c>
+      <c r="C17" t="s">
+        <v>141</v>
+      </c>
+      <c r="D17" t="s">
+        <v>142</v>
+      </c>
+      <c r="E17" t="s">
+        <v>143</v>
+      </c>
+      <c r="F17" t="s">
+        <v>12</v>
+      </c>
+      <c r="G17" t="s">
+        <v>144</v>
+      </c>
+      <c r="H17" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="18">
+      <c r="A18" t="s">
+        <v>61</v>
+      </c>
+      <c r="B18" t="s">
+        <v>146</v>
+      </c>
+      <c r="C18" t="s">
+        <v>147</v>
+      </c>
+      <c r="D18" t="s">
+        <v>12</v>
+      </c>
+      <c r="E18" t="s">
+        <v>148</v>
+      </c>
+      <c r="F18" t="s">
+        <v>12</v>
+      </c>
+      <c r="G18" t="s">
+        <v>149</v>
+      </c>
+      <c r="H18" t="s">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="19">
+      <c r="A19" t="s">
+        <v>61</v>
+      </c>
+      <c r="B19" t="s">
+        <v>151</v>
+      </c>
+      <c r="C19" t="s">
+        <v>152</v>
+      </c>
+      <c r="D19" t="s">
+        <v>12</v>
+      </c>
+      <c r="E19" t="s">
+        <v>153</v>
+      </c>
+      <c r="F19" t="s">
+        <v>12</v>
+      </c>
+      <c r="G19" t="s">
+        <v>154</v>
+      </c>
+      <c r="H19" t="s">
+        <v>155</v>
+      </c>
+    </row>
+    <row r="20">
+      <c r="A20" t="s">
+        <v>61</v>
+      </c>
+      <c r="B20" t="s">
+        <v>156</v>
+      </c>
+      <c r="C20" t="s">
+        <v>157</v>
+      </c>
+      <c r="D20" t="s">
+        <v>12</v>
+      </c>
+      <c r="E20" t="s">
+        <v>158</v>
+      </c>
+      <c r="F20" t="s">
+        <v>12</v>
+      </c>
+      <c r="G20" t="s">
+        <v>159</v>
+      </c>
+      <c r="H20" t="s">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="21">
+      <c r="A21" t="s">
+        <v>61</v>
+      </c>
+      <c r="B21" t="s">
+        <v>161</v>
+      </c>
+      <c r="C21" t="s">
+        <v>162</v>
+      </c>
+      <c r="D21" t="s">
+        <v>12</v>
+      </c>
+      <c r="E21" t="s">
+        <v>163</v>
+      </c>
+      <c r="F21" t="s">
+        <v>12</v>
+      </c>
+      <c r="G21" t="s">
+        <v>164</v>
+      </c>
+      <c r="H21" t="s">
+        <v>165</v>
+      </c>
+    </row>
+    <row r="22">
+      <c r="A22" t="s">
+        <v>61</v>
+      </c>
+      <c r="B22" t="s">
+        <v>166</v>
+      </c>
+      <c r="C22" t="s">
+        <v>167</v>
+      </c>
+      <c r="D22" t="s">
+        <v>12</v>
+      </c>
+      <c r="E22" t="s">
+        <v>168</v>
+      </c>
+      <c r="F22" t="s">
+        <v>12</v>
+      </c>
+      <c r="G22" t="s">
+        <v>169</v>
+      </c>
+      <c r="H22" t="s">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="23">
+      <c r="A23" t="s">
+        <v>61</v>
+      </c>
+      <c r="B23" t="s">
+        <v>171</v>
+      </c>
+      <c r="C23" t="s">
+        <v>172</v>
+      </c>
+      <c r="D23" t="s">
+        <v>12</v>
+      </c>
+      <c r="E23" t="s">
+        <v>168</v>
+      </c>
+      <c r="F23" t="s">
+        <v>12</v>
+      </c>
+      <c r="G23" t="s">
+        <v>173</v>
+      </c>
+      <c r="H23" t="s">
+        <v>174</v>
+      </c>
+    </row>
+    <row r="24">
+      <c r="A24" t="s">
+        <v>61</v>
+      </c>
+      <c r="B24" t="s">
+        <v>175</v>
+      </c>
+      <c r="C24" t="s">
+        <v>176</v>
+      </c>
+      <c r="D24" t="s">
+        <v>12</v>
+      </c>
+      <c r="E24" t="s">
+        <v>177</v>
+      </c>
+      <c r="F24" t="s">
+        <v>12</v>
+      </c>
+      <c r="G24" t="s">
+        <v>178</v>
+      </c>
+      <c r="H24" t="s">
+        <v>179</v>
+      </c>
+    </row>
+    <row r="25">
+      <c r="A25" t="s">
+        <v>61</v>
+      </c>
+      <c r="B25" t="s">
+        <v>180</v>
+      </c>
+      <c r="C25" t="s">
+        <v>181</v>
+      </c>
+      <c r="D25" t="s">
+        <v>12</v>
+      </c>
+      <c r="E25" t="s">
+        <v>177</v>
+      </c>
+      <c r="F25" t="s">
+        <v>12</v>
+      </c>
+      <c r="G25" t="s">
+        <v>182</v>
+      </c>
+      <c r="H25" t="s">
+        <v>183</v>
+      </c>
+    </row>
+    <row r="26">
+      <c r="A26" t="s">
+        <v>61</v>
+      </c>
+      <c r="B26" t="s">
+        <v>184</v>
+      </c>
+      <c r="C26" t="s">
+        <v>185</v>
+      </c>
+      <c r="D26" t="s">
+        <v>12</v>
+      </c>
+      <c r="E26" t="s">
+        <v>186</v>
+      </c>
+      <c r="F26" t="s">
+        <v>12</v>
+      </c>
+      <c r="G26" t="s">
+        <v>187</v>
+      </c>
+      <c r="H26" t="s">
+        <v>188</v>
+      </c>
+    </row>
+    <row r="27">
+      <c r="A27" t="s">
+        <v>61</v>
+      </c>
+      <c r="B27" t="s">
+        <v>189</v>
+      </c>
+      <c r="C27" t="s">
+        <v>190</v>
+      </c>
+      <c r="D27" t="s">
+        <v>12</v>
+      </c>
+      <c r="E27" t="s">
+        <v>191</v>
+      </c>
+      <c r="F27" t="s">
+        <v>12</v>
+      </c>
+      <c r="G27" t="s">
+        <v>192</v>
+      </c>
+      <c r="H27" t="s">
+        <v>193</v>
+      </c>
+    </row>
+    <row r="28">
+      <c r="A28" t="s">
+        <v>61</v>
+      </c>
+      <c r="B28" t="s">
+        <v>194</v>
+      </c>
+      <c r="C28" t="s">
+        <v>195</v>
+      </c>
+      <c r="D28" t="s">
+        <v>12</v>
+      </c>
+      <c r="E28" t="s">
+        <v>196</v>
+      </c>
+      <c r="F28" t="s">
+        <v>12</v>
+      </c>
+      <c r="G28" t="s">
+        <v>197</v>
+      </c>
+      <c r="H28" t="s">
+        <v>198</v>
+      </c>
+    </row>
+    <row r="29">
+      <c r="A29" t="s">
+        <v>61</v>
+      </c>
+      <c r="B29" t="s">
+        <v>199</v>
+      </c>
+      <c r="C29" t="s">
+        <v>200</v>
+      </c>
+      <c r="D29" t="s">
+        <v>12</v>
+      </c>
+      <c r="E29" t="s">
+        <v>201</v>
+      </c>
+      <c r="F29" t="s">
+        <v>12</v>
+      </c>
+      <c r="G29" t="s">
+        <v>202</v>
+      </c>
+      <c r="H29" t="s">
+        <v>203</v>
+      </c>
+    </row>
+    <row r="30">
+      <c r="A30" t="s">
+        <v>61</v>
+      </c>
+      <c r="B30" t="s">
+        <v>204</v>
+      </c>
+      <c r="C30" t="s">
+        <v>205</v>
+      </c>
+      <c r="D30" t="s">
+        <v>12</v>
+      </c>
+      <c r="E30" t="s">
+        <v>206</v>
+      </c>
+      <c r="F30" t="s">
+        <v>12</v>
+      </c>
+      <c r="G30" t="s">
+        <v>207</v>
+      </c>
+      <c r="H30" t="s">
+        <v>208</v>
+      </c>
+    </row>
+    <row r="31">
+      <c r="A31" t="s">
+        <v>61</v>
+      </c>
+      <c r="B31" t="s">
+        <v>209</v>
+      </c>
+      <c r="C31" t="s">
+        <v>210</v>
+      </c>
+      <c r="D31" t="s">
+        <v>12</v>
+      </c>
+      <c r="E31" t="s">
+        <v>211</v>
+      </c>
+      <c r="F31" t="s">
+        <v>12</v>
+      </c>
+      <c r="G31" t="s">
+        <v>212</v>
+      </c>
+      <c r="H31" t="s">
+        <v>213</v>
+      </c>
+    </row>
+    <row r="32">
+      <c r="A32" t="s">
+        <v>61</v>
+      </c>
+      <c r="B32" t="s">
+        <v>214</v>
+      </c>
+      <c r="C32" t="s">
+        <v>215</v>
+      </c>
+      <c r="D32" t="s">
+        <v>12</v>
+      </c>
+      <c r="E32" t="s">
+        <v>211</v>
+      </c>
+      <c r="F32" t="s">
+        <v>12</v>
+      </c>
+      <c r="G32" t="s">
+        <v>216</v>
+      </c>
+      <c r="H32" t="s">
+        <v>217</v>
+      </c>
+    </row>
+    <row r="33">
+      <c r="A33" t="s">
+        <v>61</v>
+      </c>
+      <c r="B33" t="s">
+        <v>218</v>
+      </c>
+      <c r="C33" t="s">
+        <v>219</v>
+      </c>
+      <c r="D33" t="s">
+        <v>12</v>
+      </c>
+      <c r="E33" t="s">
+        <v>220</v>
+      </c>
+      <c r="F33" t="s">
+        <v>12</v>
+      </c>
+      <c r="G33" t="s">
+        <v>221</v>
+      </c>
+      <c r="H33" t="s">
+        <v>222</v>
+      </c>
+    </row>
+    <row r="34">
+      <c r="A34" t="s">
+        <v>61</v>
+      </c>
+      <c r="B34" t="s">
+        <v>223</v>
+      </c>
+      <c r="C34" t="s">
+        <v>224</v>
+      </c>
+      <c r="D34" t="s">
+        <v>12</v>
+      </c>
+      <c r="E34" t="s">
+        <v>225</v>
+      </c>
+      <c r="F34" t="s">
+        <v>12</v>
+      </c>
+      <c r="G34" t="s">
+        <v>226</v>
+      </c>
+      <c r="H34" t="s">
+        <v>227</v>
+      </c>
+    </row>
+    <row r="35">
+      <c r="A35" t="s">
+        <v>61</v>
+      </c>
+      <c r="B35" t="s">
+        <v>228</v>
+      </c>
+      <c r="C35" t="s">
+        <v>229</v>
+      </c>
+      <c r="D35" t="s">
+        <v>12</v>
+      </c>
+      <c r="E35" t="s">
+        <v>230</v>
+      </c>
+      <c r="F35" t="s">
+        <v>12</v>
+      </c>
+      <c r="G35" t="s">
+        <v>231</v>
+      </c>
+      <c r="H35" t="s">
+        <v>232</v>
+      </c>
+    </row>
+    <row r="36">
+      <c r="A36" t="s">
+        <v>61</v>
+      </c>
+      <c r="B36" t="s">
+        <v>233</v>
+      </c>
+      <c r="C36" t="s">
+        <v>234</v>
+      </c>
+      <c r="D36" t="s">
+        <v>12</v>
+      </c>
+      <c r="E36" t="s">
+        <v>230</v>
+      </c>
+      <c r="F36" t="s">
+        <v>12</v>
+      </c>
+      <c r="G36" t="s">
+        <v>235</v>
+      </c>
+      <c r="H36" t="s">
+        <v>236</v>
+      </c>
+    </row>
+    <row r="37">
+      <c r="A37" t="s">
+        <v>61</v>
+      </c>
+      <c r="B37" t="s">
+        <v>237</v>
+      </c>
+      <c r="C37" t="s">
+        <v>238</v>
+      </c>
+      <c r="D37" t="s">
+        <v>12</v>
+      </c>
+      <c r="E37" t="s">
+        <v>230</v>
+      </c>
+      <c r="F37" t="s">
+        <v>12</v>
+      </c>
+      <c r="G37" t="s">
+        <v>239</v>
+      </c>
+      <c r="H37" t="s">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="38">
+      <c r="A38" t="s">
+        <v>61</v>
+      </c>
+      <c r="B38" t="s">
+        <v>241</v>
+      </c>
+      <c r="C38" t="s">
+        <v>242</v>
+      </c>
+      <c r="D38" t="s">
+        <v>12</v>
+      </c>
+      <c r="E38" t="s">
+        <v>243</v>
+      </c>
+      <c r="F38" t="s">
+        <v>12</v>
+      </c>
+      <c r="G38" t="s">
+        <v>244</v>
+      </c>
+      <c r="H38" t="s">
+        <v>245</v>
+      </c>
+    </row>
+    <row r="39">
+      <c r="A39" t="s">
+        <v>61</v>
+      </c>
+      <c r="B39" t="s">
+        <v>246</v>
+      </c>
+      <c r="C39" t="s">
+        <v>247</v>
+      </c>
+      <c r="D39" t="s">
+        <v>12</v>
+      </c>
+      <c r="E39" t="s">
+        <v>248</v>
+      </c>
+      <c r="F39" t="s">
+        <v>12</v>
+      </c>
+      <c r="G39" t="s">
+        <v>249</v>
+      </c>
+      <c r="H39" t="s">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="40">
+      <c r="A40" t="s">
+        <v>61</v>
+      </c>
+      <c r="B40" t="s">
+        <v>251</v>
+      </c>
+      <c r="C40" t="s">
+        <v>252</v>
+      </c>
+      <c r="D40" t="s">
+        <v>12</v>
+      </c>
+      <c r="E40" t="s">
+        <v>253</v>
+      </c>
+      <c r="F40" t="s">
+        <v>12</v>
+      </c>
+      <c r="G40" t="s">
+        <v>254</v>
+      </c>
+      <c r="H40" t="s">
+        <v>255</v>
+      </c>
+    </row>
+    <row r="41">
+      <c r="A41" t="s">
+        <v>61</v>
+      </c>
+      <c r="B41" t="s">
+        <v>256</v>
+      </c>
+      <c r="C41" t="s">
+        <v>257</v>
+      </c>
+      <c r="D41" t="s">
+        <v>258</v>
+      </c>
+      <c r="E41" t="s">
+        <v>259</v>
+      </c>
+      <c r="F41" t="s">
+        <v>12</v>
+      </c>
+      <c r="G41" t="s">
+        <v>260</v>
+      </c>
+      <c r="H41" t="s">
+        <v>261</v>
+      </c>
+    </row>
+    <row r="42">
+      <c r="A42" t="s">
+        <v>61</v>
+      </c>
+      <c r="B42" t="s">
+        <v>262</v>
+      </c>
+      <c r="C42" t="s">
+        <v>263</v>
+      </c>
+      <c r="D42" t="s">
+        <v>12</v>
+      </c>
+      <c r="E42" t="s">
+        <v>264</v>
+      </c>
+      <c r="F42" t="s">
+        <v>12</v>
+      </c>
+      <c r="G42" t="s">
+        <v>265</v>
+      </c>
+      <c r="H42" t="s">
+        <v>266</v>
+      </c>
+    </row>
+    <row r="43">
+      <c r="A43" t="s">
+        <v>61</v>
+      </c>
+      <c r="B43" t="s">
+        <v>267</v>
+      </c>
+      <c r="C43" t="s">
+        <v>268</v>
+      </c>
+      <c r="D43" t="s">
+        <v>12</v>
+      </c>
+      <c r="E43" t="s">
+        <v>269</v>
+      </c>
+      <c r="F43" t="s">
+        <v>12</v>
+      </c>
+      <c r="G43" t="s">
+        <v>270</v>
+      </c>
+      <c r="H43" t="s">
+        <v>271</v>
+      </c>
+    </row>
+    <row r="44">
+      <c r="A44" t="s">
+        <v>61</v>
+      </c>
+      <c r="B44" t="s">
+        <v>272</v>
+      </c>
+      <c r="C44" t="s">
+        <v>273</v>
+      </c>
+      <c r="D44" t="s">
+        <v>12</v>
+      </c>
+      <c r="E44" t="s">
+        <v>274</v>
+      </c>
+      <c r="F44" t="s">
+        <v>12</v>
+      </c>
+      <c r="G44" t="s">
+        <v>275</v>
+      </c>
+      <c r="H44" t="s">
+        <v>276</v>
+      </c>
+    </row>
+    <row r="45">
+      <c r="A45" t="s">
+        <v>61</v>
+      </c>
+      <c r="B45" t="s">
+        <v>277</v>
+      </c>
+      <c r="C45" t="s">
+        <v>278</v>
+      </c>
+      <c r="D45" t="s">
+        <v>279</v>
+      </c>
+      <c r="E45" t="s">
+        <v>280</v>
+      </c>
+      <c r="F45" t="s">
+        <v>12</v>
+      </c>
+      <c r="G45" t="s">
+        <v>281</v>
+      </c>
+      <c r="H45" t="s">
+        <v>282</v>
+      </c>
+    </row>
+    <row r="46">
+      <c r="A46" t="s">
+        <v>61</v>
+      </c>
+      <c r="B46" t="s">
+        <v>283</v>
+      </c>
+      <c r="C46" t="s">
+        <v>284</v>
+      </c>
+      <c r="D46" t="s">
+        <v>12</v>
+      </c>
+      <c r="E46" t="s">
+        <v>285</v>
+      </c>
+      <c r="F46" t="s">
+        <v>12</v>
+      </c>
+      <c r="G46" t="s">
+        <v>286</v>
+      </c>
+      <c r="H46" t="s">
+        <v>287</v>
+      </c>
+    </row>
+    <row r="47">
+      <c r="A47" t="s">
+        <v>61</v>
+      </c>
+      <c r="B47" t="s">
+        <v>288</v>
+      </c>
+      <c r="C47" t="s">
+        <v>289</v>
+      </c>
+      <c r="D47" t="s">
+        <v>12</v>
+      </c>
+      <c r="E47" t="s">
+        <v>290</v>
+      </c>
+      <c r="F47" t="s">
+        <v>12</v>
+      </c>
+      <c r="G47" t="s">
+        <v>291</v>
+      </c>
+      <c r="H47" t="s">
+        <v>292</v>
+      </c>
+    </row>
+    <row r="48">
+      <c r="A48" t="s">
+        <v>61</v>
+      </c>
+      <c r="B48" t="s">
+        <v>293</v>
+      </c>
+      <c r="C48" t="s">
+        <v>294</v>
+      </c>
+      <c r="D48" t="s">
+        <v>12</v>
+      </c>
+      <c r="E48" t="s">
+        <v>295</v>
+      </c>
+      <c r="F48" t="s">
+        <v>12</v>
+      </c>
+      <c r="G48" t="s">
+        <v>296</v>
+      </c>
+      <c r="H48" t="s">
+        <v>297</v>
+      </c>
+    </row>
+    <row r="49">
+      <c r="A49" t="s">
+        <v>61</v>
+      </c>
+      <c r="B49" t="s">
+        <v>298</v>
+      </c>
+      <c r="C49" t="s">
+        <v>299</v>
+      </c>
+      <c r="D49" t="s">
+        <v>300</v>
+      </c>
+      <c r="E49" t="s">
+        <v>301</v>
+      </c>
+      <c r="F49" t="s">
+        <v>12</v>
+      </c>
+      <c r="G49" t="s">
+        <v>302</v>
+      </c>
+      <c r="H49" t="s">
+        <v>303</v>
+      </c>
+    </row>
+    <row r="50">
+      <c r="A50" t="s">
+        <v>61</v>
+      </c>
+      <c r="B50" t="s">
+        <v>304</v>
+      </c>
+      <c r="C50" t="s">
+        <v>299</v>
+      </c>
+      <c r="D50" t="s">
+        <v>300</v>
+      </c>
+      <c r="E50" t="s">
+        <v>305</v>
+      </c>
+      <c r="F50" t="s">
+        <v>12</v>
+      </c>
+      <c r="G50" t="s">
+        <v>306</v>
+      </c>
+      <c r="H50" t="s">
+        <v>307</v>
+      </c>
+    </row>
+    <row r="51">
+      <c r="A51" t="s">
+        <v>61</v>
+      </c>
+      <c r="B51" t="s">
+        <v>308</v>
+      </c>
+      <c r="C51" t="s">
+        <v>309</v>
+      </c>
+      <c r="D51" t="s">
+        <v>12</v>
+      </c>
+      <c r="E51" t="s">
+        <v>310</v>
+      </c>
+      <c r="F51" t="s">
+        <v>12</v>
+      </c>
+      <c r="G51" t="s">
+        <v>311</v>
+      </c>
+      <c r="H51" t="s">
+        <v>312</v>
+      </c>
+    </row>
+    <row r="52">
+      <c r="A52" t="s">
+        <v>61</v>
+      </c>
+      <c r="B52" t="s">
+        <v>313</v>
+      </c>
+      <c r="C52" t="s">
+        <v>314</v>
+      </c>
+      <c r="D52" t="s">
+        <v>12</v>
+      </c>
+      <c r="E52" t="s">
+        <v>315</v>
+      </c>
+      <c r="F52" t="s">
+        <v>12</v>
+      </c>
+      <c r="G52" t="s">
+        <v>316</v>
+      </c>
+      <c r="H52" t="s">
+        <v>317</v>
+      </c>
+    </row>
+    <row r="53">
+      <c r="A53" t="s">
+        <v>61</v>
+      </c>
+      <c r="B53" t="s">
+        <v>318</v>
+      </c>
+      <c r="C53" t="s">
+        <v>319</v>
+      </c>
+      <c r="D53" t="s">
+        <v>12</v>
+      </c>
+      <c r="E53" t="s">
+        <v>320</v>
+      </c>
+      <c r="F53" t="s">
+        <v>12</v>
+      </c>
+      <c r="G53" t="s">
+        <v>321</v>
+      </c>
+      <c r="H53" t="s">
+        <v>322</v>
+      </c>
+    </row>
+    <row r="54">
+      <c r="A54" t="s">
+        <v>61</v>
+      </c>
+      <c r="B54" t="s">
+        <v>323</v>
+      </c>
+      <c r="C54" t="s">
+        <v>324</v>
+      </c>
+      <c r="D54" t="s">
+        <v>12</v>
+      </c>
+      <c r="E54" t="s">
+        <v>325</v>
+      </c>
+      <c r="F54" t="s">
+        <v>12</v>
+      </c>
+      <c r="G54" t="s">
+        <v>326</v>
+      </c>
+      <c r="H54" t="s">
+        <v>327</v>
+      </c>
+    </row>
+    <row r="55">
+      <c r="A55" t="s">
+        <v>61</v>
+      </c>
+      <c r="B55" t="s">
+        <v>328</v>
+      </c>
+      <c r="C55" t="s">
+        <v>329</v>
+      </c>
+      <c r="D55" t="s">
+        <v>12</v>
+      </c>
+      <c r="E55" t="s">
+        <v>330</v>
+      </c>
+      <c r="F55" t="s">
+        <v>12</v>
+      </c>
+      <c r="G55" t="s">
+        <v>331</v>
+      </c>
+      <c r="H55" t="s">
+        <v>332</v>
+      </c>
+    </row>
+    <row r="56">
+      <c r="A56" t="s">
+        <v>61</v>
+      </c>
+      <c r="B56" t="s">
+        <v>333</v>
+      </c>
+      <c r="C56" t="s">
+        <v>334</v>
+      </c>
+      <c r="D56" t="s">
+        <v>12</v>
+      </c>
+      <c r="E56" t="s">
+        <v>335</v>
+      </c>
+      <c r="F56" t="s">
+        <v>12</v>
+      </c>
+      <c r="G56" t="s">
+        <v>336</v>
+      </c>
+      <c r="H56" t="s">
+        <v>337</v>
+      </c>
+    </row>
+    <row r="57">
+      <c r="A57" t="s">
+        <v>61</v>
+      </c>
+      <c r="B57" t="s">
+        <v>338</v>
+      </c>
+      <c r="C57" t="s">
+        <v>339</v>
+      </c>
+      <c r="D57" t="s">
+        <v>12</v>
+      </c>
+      <c r="E57" t="s">
+        <v>340</v>
+      </c>
+      <c r="F57" t="s">
+        <v>12</v>
+      </c>
+      <c r="G57" t="s">
+        <v>341</v>
+      </c>
+      <c r="H57" t="s">
+        <v>342</v>
+      </c>
+    </row>
+    <row r="58">
+      <c r="A58" t="s">
+        <v>61</v>
+      </c>
+      <c r="B58" t="s">
+        <v>343</v>
+      </c>
+      <c r="C58" t="s">
+        <v>344</v>
+      </c>
+      <c r="D58" t="s">
+        <v>12</v>
+      </c>
+      <c r="E58" t="s">
+        <v>345</v>
+      </c>
+      <c r="F58" t="s">
+        <v>12</v>
+      </c>
+      <c r="G58" t="s">
+        <v>346</v>
+      </c>
+      <c r="H58" t="s">
+        <v>347</v>
+      </c>
+    </row>
+    <row r="59">
+      <c r="A59" t="s">
+        <v>61</v>
+      </c>
+      <c r="B59" t="s">
+        <v>348</v>
+      </c>
+      <c r="C59" t="s">
+        <v>12</v>
+      </c>
+      <c r="D59" t="s">
+        <v>12</v>
+      </c>
+      <c r="E59" t="s">
+        <v>349</v>
+      </c>
+      <c r="F59" t="s">
+        <v>12</v>
+      </c>
+      <c r="G59" t="s">
+        <v>350</v>
+      </c>
+      <c r="H59" t="s">
+        <v>351</v>
+      </c>
+    </row>
+    <row r="60">
+      <c r="A60" t="s">
+        <v>61</v>
+      </c>
+      <c r="B60" t="s">
+        <v>352</v>
+      </c>
+      <c r="C60" t="s">
+        <v>353</v>
+      </c>
+      <c r="D60" t="s">
+        <v>12</v>
+      </c>
+      <c r="E60" t="s">
+        <v>354</v>
+      </c>
+      <c r="F60" t="s">
+        <v>12</v>
+      </c>
+      <c r="G60" t="s">
+        <v>355</v>
+      </c>
+      <c r="H60" t="s">
+        <v>356</v>
+      </c>
+    </row>
+    <row r="61">
+      <c r="A61" t="s">
+        <v>61</v>
+      </c>
+      <c r="B61" t="s">
+        <v>357</v>
+      </c>
+      <c r="C61" t="s">
+        <v>358</v>
+      </c>
+      <c r="D61" t="s">
+        <v>12</v>
+      </c>
+      <c r="E61" t="s">
+        <v>359</v>
+      </c>
+      <c r="F61" t="s">
+        <v>12</v>
+      </c>
+      <c r="G61" t="s">
+        <v>360</v>
+      </c>
+      <c r="H61" t="s">
+        <v>361</v>
+      </c>
+    </row>
+    <row r="62">
+      <c r="A62" t="s">
+        <v>61</v>
+      </c>
+      <c r="B62" t="s">
+        <v>362</v>
+      </c>
+      <c r="C62" t="s">
+        <v>299</v>
+      </c>
+      <c r="D62" t="s">
+        <v>363</v>
+      </c>
+      <c r="E62" t="s">
+        <v>364</v>
+      </c>
+      <c r="F62" t="s">
+        <v>12</v>
+      </c>
+      <c r="G62" t="s">
+        <v>365</v>
+      </c>
+      <c r="H62" t="s">
+        <v>366</v>
+      </c>
+    </row>
+    <row r="63">
+      <c r="A63" t="s">
+        <v>61</v>
+      </c>
+      <c r="B63" t="s">
+        <v>367</v>
+      </c>
+      <c r="C63" t="s">
+        <v>368</v>
+      </c>
+      <c r="D63" t="s">
+        <v>369</v>
+      </c>
+      <c r="E63" t="s">
+        <v>370</v>
+      </c>
+      <c r="F63" t="s">
+        <v>12</v>
+      </c>
+      <c r="G63" t="s">
+        <v>371</v>
+      </c>
+      <c r="H63" t="s">
+        <v>372</v>
+      </c>
+    </row>
+    <row r="64">
+      <c r="A64" t="s">
+        <v>61</v>
+      </c>
+      <c r="B64" t="s">
+        <v>373</v>
+      </c>
+      <c r="C64" t="s">
+        <v>12</v>
+      </c>
+      <c r="D64" t="s">
+        <v>374</v>
+      </c>
+      <c r="E64" t="s">
+        <v>375</v>
+      </c>
+      <c r="F64" t="s">
+        <v>12</v>
+      </c>
+      <c r="G64" t="s">
+        <v>376</v>
+      </c>
+      <c r="H64" t="s">
+        <v>377</v>
+      </c>
+    </row>
+    <row r="65">
+      <c r="A65" t="s">
+        <v>61</v>
+      </c>
+      <c r="B65" t="s">
+        <v>378</v>
+      </c>
+      <c r="C65" t="s">
+        <v>12</v>
+      </c>
+      <c r="D65" t="s">
+        <v>374</v>
+      </c>
+      <c r="E65" t="s">
+        <v>374</v>
+      </c>
+      <c r="F65" t="s">
+        <v>12</v>
+      </c>
+      <c r="G65" t="s">
+        <v>379</v>
+      </c>
+      <c r="H65" t="s">
+        <v>380</v>
+      </c>
+    </row>
+    <row r="66">
+      <c r="A66" t="s">
+        <v>61</v>
+      </c>
+      <c r="B66" t="s">
+        <v>381</v>
+      </c>
+      <c r="C66" t="s">
+        <v>12</v>
+      </c>
+      <c r="D66" t="s">
+        <v>374</v>
+      </c>
+      <c r="E66" t="s">
+        <v>374</v>
+      </c>
+      <c r="F66" t="s">
+        <v>12</v>
+      </c>
+      <c r="G66" t="s">
+        <v>382</v>
+      </c>
+      <c r="H66" t="s">
+        <v>383</v>
+      </c>
+    </row>
+    <row r="67">
+      <c r="A67" t="s">
+        <v>61</v>
+      </c>
+      <c r="B67" t="s">
+        <v>384</v>
+      </c>
+      <c r="C67" t="s">
+        <v>385</v>
+      </c>
+      <c r="D67" t="s">
+        <v>386</v>
+      </c>
+      <c r="E67" t="s">
+        <v>387</v>
+      </c>
+      <c r="F67" t="s">
+        <v>12</v>
+      </c>
+      <c r="G67" t="s">
+        <v>388</v>
+      </c>
+      <c r="H67" t="s">
+        <v>389</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H24"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>61</v>
+        <v>390</v>
       </c>
       <c r="B2" t="s">
-        <v>62</v>
+        <v>391</v>
       </c>
       <c r="C2" t="s">
-        <v>63</v>
+        <v>392</v>
       </c>
       <c r="D2" t="s">
-        <v>64</v>
+        <v>393</v>
       </c>
       <c r="E2" t="s">
-        <v>65</v>
+        <v>394</v>
       </c>
       <c r="F2" t="s">
         <v>12</v>
       </c>
       <c r="G2" t="s">
-        <v>66</v>
+        <v>395</v>
       </c>
       <c r="H2" t="s">
-        <v>67</v>
+        <v>396</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>61</v>
+        <v>390</v>
       </c>
       <c r="B3" t="s">
-        <v>68</v>
+        <v>397</v>
       </c>
       <c r="C3" t="s">
-        <v>69</v>
+        <v>398</v>
       </c>
       <c r="D3" t="s">
-        <v>64</v>
+        <v>393</v>
       </c>
       <c r="E3" t="s">
-        <v>70</v>
+        <v>399</v>
       </c>
       <c r="F3" t="s">
         <v>12</v>
       </c>
       <c r="G3" t="s">
-        <v>71</v>
+        <v>400</v>
       </c>
       <c r="H3" t="s">
-        <v>72</v>
+        <v>401</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>61</v>
+        <v>390</v>
       </c>
       <c r="B4" t="s">
-        <v>73</v>
+        <v>402</v>
       </c>
       <c r="C4" t="s">
-        <v>63</v>
+        <v>392</v>
       </c>
       <c r="D4" t="s">
-        <v>64</v>
+        <v>393</v>
       </c>
       <c r="E4" t="s">
-        <v>74</v>
+        <v>403</v>
       </c>
       <c r="F4" t="s">
         <v>12</v>
       </c>
       <c r="G4" t="s">
-        <v>75</v>
+        <v>404</v>
       </c>
       <c r="H4" t="s">
-        <v>76</v>
+        <v>405</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>61</v>
+        <v>390</v>
       </c>
       <c r="B5" t="s">
-        <v>77</v>
+        <v>406</v>
       </c>
       <c r="C5" t="s">
-        <v>63</v>
+        <v>392</v>
       </c>
       <c r="D5" t="s">
-        <v>64</v>
+        <v>393</v>
       </c>
       <c r="E5" t="s">
-        <v>65</v>
+        <v>394</v>
       </c>
       <c r="F5" t="s">
         <v>12</v>
       </c>
       <c r="G5" t="s">
-        <v>78</v>
+        <v>407</v>
       </c>
       <c r="H5" t="s">
-        <v>79</v>
+        <v>408</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>61</v>
+        <v>390</v>
       </c>
       <c r="B6" t="s">
-        <v>80</v>
+        <v>409</v>
       </c>
       <c r="C6" t="s">
-        <v>63</v>
+        <v>392</v>
       </c>
       <c r="D6" t="s">
-        <v>64</v>
+        <v>393</v>
       </c>
       <c r="E6" t="s">
-        <v>65</v>
+        <v>394</v>
       </c>
       <c r="F6" t="s">
         <v>12</v>
       </c>
       <c r="G6" t="s">
-        <v>81</v>
+        <v>410</v>
       </c>
       <c r="H6" t="s">
-        <v>82</v>
+        <v>411</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>61</v>
+        <v>390</v>
       </c>
       <c r="B7" t="s">
-        <v>83</v>
+        <v>412</v>
       </c>
       <c r="C7" t="s">
-        <v>84</v>
+        <v>413</v>
       </c>
       <c r="D7" t="s">
-        <v>85</v>
+        <v>74</v>
       </c>
       <c r="E7" t="s">
-        <v>86</v>
+        <v>414</v>
       </c>
       <c r="F7" t="s">
         <v>12</v>
       </c>
       <c r="G7" t="s">
-        <v>87</v>
+        <v>415</v>
       </c>
       <c r="H7" t="s">
-        <v>88</v>
+        <v>416</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>61</v>
+        <v>390</v>
       </c>
       <c r="B8" t="s">
-        <v>89</v>
+        <v>417</v>
       </c>
       <c r="C8" t="s">
-        <v>90</v>
+        <v>418</v>
       </c>
       <c r="D8" t="s">
-        <v>91</v>
+        <v>419</v>
       </c>
       <c r="E8" t="s">
-        <v>92</v>
+        <v>420</v>
       </c>
       <c r="F8" t="s">
         <v>12</v>
       </c>
       <c r="G8" t="s">
-        <v>93</v>
+        <v>421</v>
       </c>
       <c r="H8" t="s">
-        <v>94</v>
+        <v>422</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>61</v>
+        <v>390</v>
       </c>
       <c r="B9" t="s">
-        <v>95</v>
+        <v>423</v>
       </c>
       <c r="C9" t="s">
-        <v>63</v>
+        <v>392</v>
       </c>
       <c r="D9" t="s">
-        <v>96</v>
+        <v>424</v>
       </c>
       <c r="E9" t="s">
-        <v>97</v>
+        <v>425</v>
       </c>
       <c r="F9" t="s">
         <v>12</v>
       </c>
       <c r="G9" t="s">
-        <v>98</v>
+        <v>426</v>
       </c>
       <c r="H9" t="s">
-        <v>99</v>
+        <v>427</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>61</v>
+        <v>390</v>
       </c>
       <c r="B10" t="s">
-        <v>100</v>
+        <v>428</v>
       </c>
       <c r="C10" t="s">
-        <v>101</v>
+        <v>429</v>
       </c>
       <c r="D10" t="s">
-        <v>102</v>
+        <v>430</v>
       </c>
       <c r="E10" t="s">
-        <v>103</v>
+        <v>95</v>
       </c>
       <c r="F10" t="s">
         <v>12</v>
       </c>
       <c r="G10" t="s">
-        <v>104</v>
+        <v>431</v>
       </c>
       <c r="H10" t="s">
-        <v>105</v>
+        <v>432</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>61</v>
+        <v>390</v>
       </c>
       <c r="B11" t="s">
-        <v>106</v>
+        <v>433</v>
       </c>
       <c r="C11" t="s">
-        <v>107</v>
+        <v>434</v>
       </c>
       <c r="D11" t="s">
-        <v>108</v>
+        <v>435</v>
       </c>
       <c r="E11" t="s">
-        <v>109</v>
+        <v>436</v>
       </c>
       <c r="F11" t="s">
         <v>12</v>
       </c>
       <c r="G11" t="s">
-        <v>110</v>
+        <v>437</v>
       </c>
       <c r="H11" t="s">
-        <v>111</v>
+        <v>438</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>61</v>
+        <v>390</v>
       </c>
       <c r="B12" t="s">
-        <v>112</v>
+        <v>439</v>
       </c>
       <c r="C12" t="s">
-        <v>113</v>
+        <v>440</v>
       </c>
       <c r="D12" t="s">
-        <v>114</v>
+        <v>441</v>
       </c>
       <c r="E12" t="s">
-        <v>115</v>
+        <v>442</v>
       </c>
       <c r="F12" t="s">
         <v>12</v>
       </c>
       <c r="G12" t="s">
-        <v>116</v>
+        <v>443</v>
       </c>
       <c r="H12" t="s">
-        <v>117</v>
+        <v>444</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>61</v>
+        <v>390</v>
       </c>
       <c r="B13" t="s">
-        <v>118</v>
+        <v>445</v>
       </c>
       <c r="C13" t="s">
-        <v>119</v>
+        <v>446</v>
       </c>
       <c r="D13" t="s">
-        <v>120</v>
+        <v>447</v>
       </c>
       <c r="E13" t="s">
-        <v>121</v>
+        <v>448</v>
       </c>
       <c r="F13" t="s">
         <v>12</v>
       </c>
       <c r="G13" t="s">
-        <v>122</v>
+        <v>449</v>
       </c>
       <c r="H13" t="s">
-        <v>123</v>
+        <v>450</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
-        <v>61</v>
+        <v>390</v>
       </c>
       <c r="B14" t="s">
-        <v>124</v>
+        <v>451</v>
       </c>
       <c r="C14" t="s">
-        <v>125</v>
+        <v>452</v>
       </c>
       <c r="D14" t="s">
-        <v>126</v>
+        <v>453</v>
       </c>
       <c r="E14" t="s">
-        <v>127</v>
+        <v>454</v>
       </c>
       <c r="F14" t="s">
         <v>12</v>
       </c>
       <c r="G14" t="s">
-        <v>128</v>
+        <v>455</v>
       </c>
       <c r="H14" t="s">
-        <v>129</v>
+        <v>456</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
-        <v>61</v>
+        <v>390</v>
       </c>
       <c r="B15" t="s">
-        <v>130</v>
+        <v>457</v>
       </c>
       <c r="C15" t="s">
-        <v>131</v>
+        <v>458</v>
       </c>
       <c r="D15" t="s">
-        <v>132</v>
+        <v>459</v>
       </c>
       <c r="E15" t="s">
-        <v>133</v>
+        <v>460</v>
       </c>
       <c r="F15" t="s">
         <v>12</v>
       </c>
       <c r="G15" t="s">
-        <v>134</v>
+        <v>461</v>
       </c>
       <c r="H15" t="s">
-        <v>135</v>
+        <v>462</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
-        <v>61</v>
+        <v>390</v>
       </c>
       <c r="B16" t="s">
-        <v>136</v>
+        <v>463</v>
       </c>
       <c r="C16" t="s">
-        <v>137</v>
+        <v>464</v>
       </c>
       <c r="D16" t="s">
-        <v>138</v>
+        <v>465</v>
       </c>
       <c r="E16" t="s">
-        <v>139</v>
+        <v>466</v>
       </c>
       <c r="F16" t="s">
         <v>12</v>
       </c>
       <c r="G16" t="s">
-        <v>140</v>
+        <v>467</v>
       </c>
       <c r="H16" t="s">
-        <v>141</v>
+        <v>468</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
-        <v>61</v>
+        <v>390</v>
       </c>
       <c r="B17" t="s">
-        <v>142</v>
+        <v>469</v>
       </c>
       <c r="C17" t="s">
-        <v>143</v>
+        <v>470</v>
       </c>
       <c r="D17" t="s">
-        <v>144</v>
+        <v>471</v>
       </c>
       <c r="E17" t="s">
-        <v>145</v>
+        <v>472</v>
       </c>
       <c r="F17" t="s">
         <v>12</v>
       </c>
       <c r="G17" t="s">
-        <v>146</v>
+        <v>473</v>
       </c>
       <c r="H17" t="s">
-        <v>147</v>
+        <v>474</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
-        <v>61</v>
+        <v>390</v>
       </c>
       <c r="B18" t="s">
-        <v>148</v>
+        <v>475</v>
       </c>
       <c r="C18" t="s">
-        <v>149</v>
+        <v>476</v>
       </c>
       <c r="D18" t="s">
-        <v>150</v>
+        <v>477</v>
       </c>
       <c r="E18" t="s">
-        <v>151</v>
+        <v>478</v>
       </c>
       <c r="F18" t="s">
         <v>12</v>
       </c>
       <c r="G18" t="s">
-        <v>152</v>
+        <v>479</v>
       </c>
       <c r="H18" t="s">
-        <v>153</v>
+        <v>480</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
-        <v>61</v>
+        <v>390</v>
       </c>
       <c r="B19" t="s">
-        <v>154</v>
+        <v>481</v>
       </c>
       <c r="C19" t="s">
-        <v>155</v>
+        <v>482</v>
       </c>
       <c r="D19" t="s">
-        <v>156</v>
+        <v>483</v>
       </c>
       <c r="E19" t="s">
-        <v>156</v>
+        <v>483</v>
       </c>
       <c r="F19" t="s">
         <v>12</v>
       </c>
       <c r="G19" t="s">
-        <v>157</v>
+        <v>484</v>
       </c>
       <c r="H19" t="s">
-        <v>158</v>
+        <v>485</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
-        <v>61</v>
+        <v>390</v>
       </c>
       <c r="B20" t="s">
-        <v>159</v>
+        <v>486</v>
       </c>
       <c r="C20" t="s">
-        <v>160</v>
+        <v>487</v>
       </c>
       <c r="D20" t="s">
-        <v>161</v>
+        <v>488</v>
       </c>
       <c r="E20" t="s">
-        <v>162</v>
+        <v>489</v>
       </c>
       <c r="F20" t="s">
         <v>12</v>
       </c>
       <c r="G20" t="s">
-        <v>163</v>
+        <v>490</v>
       </c>
       <c r="H20" t="s">
-        <v>164</v>
+        <v>491</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
-        <v>61</v>
+        <v>390</v>
       </c>
       <c r="B21" t="s">
-        <v>165</v>
+        <v>492</v>
       </c>
       <c r="C21" t="s">
-        <v>166</v>
+        <v>493</v>
       </c>
       <c r="D21" t="s">
-        <v>167</v>
+        <v>494</v>
       </c>
       <c r="E21" t="s">
-        <v>167</v>
+        <v>494</v>
       </c>
       <c r="F21" t="s">
         <v>12</v>
       </c>
       <c r="G21" t="s">
-        <v>168</v>
+        <v>495</v>
       </c>
       <c r="H21" t="s">
-        <v>169</v>
+        <v>496</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s">
-        <v>61</v>
+        <v>390</v>
       </c>
       <c r="B22" t="s">
-        <v>170</v>
+        <v>497</v>
       </c>
       <c r="C22" t="s">
-        <v>171</v>
+        <v>498</v>
       </c>
       <c r="D22" t="s">
-        <v>172</v>
+        <v>499</v>
       </c>
       <c r="E22" t="s">
-        <v>173</v>
+        <v>500</v>
       </c>
       <c r="F22" t="s">
         <v>12</v>
       </c>
       <c r="G22" t="s">
-        <v>174</v>
+        <v>501</v>
       </c>
       <c r="H22" t="s">
-        <v>175</v>
+        <v>502</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="s">
-        <v>61</v>
+        <v>390</v>
       </c>
       <c r="B23" t="s">
-        <v>176</v>
+        <v>503</v>
       </c>
       <c r="C23" t="s">
-        <v>177</v>
+        <v>504</v>
       </c>
       <c r="D23" t="s">
-        <v>178</v>
+        <v>505</v>
       </c>
       <c r="E23" t="s">
-        <v>179</v>
+        <v>506</v>
       </c>
       <c r="F23" t="s">
         <v>12</v>
       </c>
       <c r="G23" t="s">
-        <v>180</v>
+        <v>507</v>
       </c>
       <c r="H23" t="s">
-        <v>181</v>
+        <v>508</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="s">
-        <v>61</v>
+        <v>390</v>
       </c>
       <c r="B24" t="s">
-        <v>182</v>
+        <v>509</v>
       </c>
       <c r="C24" t="s">
-        <v>183</v>
+        <v>510</v>
       </c>
       <c r="D24" t="s">
-        <v>184</v>
+        <v>511</v>
       </c>
       <c r="E24" t="s">
-        <v>185</v>
+        <v>512</v>
       </c>
       <c r="F24" t="s">
         <v>12</v>
       </c>
       <c r="G24" t="s">
-        <v>186</v>
+        <v>513</v>
       </c>
       <c r="H24" t="s">
-        <v>187</v>
-[...1729 lines deleted...]
-        <v>509</v>
+        <v>514</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>510</v>
+        <v>515</v>
       </c>
       <c r="B2" t="s">
-        <v>511</v>
+        <v>516</v>
       </c>
       <c r="C2" t="s">
         <v>12</v>
       </c>
       <c r="D2" t="s">
         <v>12</v>
       </c>
       <c r="E2" t="s">
-        <v>512</v>
+        <v>517</v>
       </c>
       <c r="F2" t="s">
         <v>12</v>
       </c>
       <c r="G2" t="s">
-        <v>513</v>
+        <v>518</v>
       </c>
       <c r="H2" t="s">
-        <v>514</v>
+        <v>519</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H7"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>515</v>
+        <v>520</v>
       </c>
       <c r="B2" t="s">
-        <v>516</v>
+        <v>521</v>
       </c>
       <c r="C2" t="s">
-        <v>517</v>
+        <v>522</v>
       </c>
       <c r="D2" t="s">
-        <v>518</v>
+        <v>523</v>
       </c>
       <c r="E2" t="s">
-        <v>519</v>
+        <v>524</v>
       </c>
       <c r="F2" t="s">
         <v>12</v>
       </c>
       <c r="G2" t="s">
-        <v>520</v>
+        <v>525</v>
       </c>
       <c r="H2" t="s">
-        <v>521</v>
+        <v>526</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>515</v>
+        <v>520</v>
       </c>
       <c r="B3" t="s">
-        <v>522</v>
+        <v>527</v>
       </c>
       <c r="C3" t="s">
-        <v>523</v>
+        <v>528</v>
       </c>
       <c r="D3" t="s">
-        <v>524</v>
+        <v>529</v>
       </c>
       <c r="E3" t="s">
-        <v>525</v>
+        <v>530</v>
       </c>
       <c r="F3" t="s">
         <v>12</v>
       </c>
       <c r="G3" t="s">
-        <v>526</v>
+        <v>531</v>
       </c>
       <c r="H3" t="s">
-        <v>527</v>
+        <v>532</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>515</v>
+        <v>520</v>
       </c>
       <c r="B4" t="s">
-        <v>528</v>
+        <v>533</v>
       </c>
       <c r="C4" t="s">
-        <v>529</v>
+        <v>534</v>
       </c>
       <c r="D4" t="s">
-        <v>530</v>
+        <v>535</v>
       </c>
       <c r="E4" t="s">
-        <v>531</v>
+        <v>536</v>
       </c>
       <c r="F4" t="s">
         <v>12</v>
       </c>
       <c r="G4" t="s">
-        <v>532</v>
+        <v>537</v>
       </c>
       <c r="H4" t="s">
-        <v>533</v>
+        <v>538</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>515</v>
+        <v>520</v>
       </c>
       <c r="B5" t="s">
-        <v>534</v>
+        <v>539</v>
       </c>
       <c r="C5" t="s">
-        <v>535</v>
+        <v>540</v>
       </c>
       <c r="D5" t="s">
-        <v>536</v>
+        <v>541</v>
       </c>
       <c r="E5" t="s">
-        <v>537</v>
+        <v>542</v>
       </c>
       <c r="F5" t="s">
         <v>12</v>
       </c>
       <c r="G5" t="s">
-        <v>538</v>
+        <v>543</v>
       </c>
       <c r="H5" t="s">
-        <v>539</v>
+        <v>544</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>515</v>
+        <v>520</v>
       </c>
       <c r="B6" t="s">
-        <v>540</v>
+        <v>545</v>
       </c>
       <c r="C6" t="s">
-        <v>541</v>
+        <v>546</v>
       </c>
       <c r="D6" t="s">
-        <v>542</v>
+        <v>547</v>
       </c>
       <c r="E6" t="s">
-        <v>543</v>
+        <v>548</v>
       </c>
       <c r="F6" t="s">
         <v>12</v>
       </c>
       <c r="G6" t="s">
-        <v>544</v>
+        <v>549</v>
       </c>
       <c r="H6" t="s">
-        <v>545</v>
+        <v>550</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>515</v>
+        <v>520</v>
       </c>
       <c r="B7" t="s">
-        <v>546</v>
+        <v>551</v>
       </c>
       <c r="C7" t="s">
-        <v>547</v>
+        <v>552</v>
       </c>
       <c r="D7" t="s">
-        <v>548</v>
+        <v>553</v>
       </c>
       <c r="E7" t="s">
-        <v>549</v>
+        <v>554</v>
       </c>
       <c r="F7" t="s">
         <v>12</v>
       </c>
       <c r="G7" t="s">
-        <v>550</v>
+        <v>555</v>
       </c>
       <c r="H7" t="s">
-        <v>551</v>
+        <v>556</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:I28"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
-        <v>552</v>
+        <v>557</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>553</v>
+        <v>558</v>
       </c>
       <c r="B2" t="s">
-        <v>554</v>
+        <v>559</v>
       </c>
       <c r="C2" t="s">
         <v>12</v>
       </c>
       <c r="D2" t="s">
         <v>12</v>
       </c>
       <c r="E2" t="s">
-        <v>555</v>
+        <v>560</v>
       </c>
       <c r="F2" t="s">
         <v>12</v>
       </c>
       <c r="G2" t="s">
-        <v>556</v>
+        <v>561</v>
       </c>
       <c r="H2" t="s">
-        <v>557</v>
+        <v>562</v>
       </c>
       <c r="I2" t="s">
-        <v>558</v>
+        <v>563</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>553</v>
+        <v>558</v>
       </c>
       <c r="B3" t="s">
-        <v>559</v>
+        <v>564</v>
       </c>
       <c r="C3" t="s">
         <v>12</v>
       </c>
       <c r="D3" t="s">
         <v>12</v>
       </c>
       <c r="E3" t="s">
-        <v>560</v>
+        <v>565</v>
       </c>
       <c r="F3" t="s">
         <v>12</v>
       </c>
       <c r="G3" t="s">
-        <v>561</v>
+        <v>566</v>
       </c>
       <c r="H3" t="s">
-        <v>562</v>
+        <v>567</v>
       </c>
       <c r="I3" t="s">
-        <v>558</v>
+        <v>563</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>553</v>
+        <v>558</v>
       </c>
       <c r="B4" t="s">
+        <v>568</v>
+      </c>
+      <c r="C4" t="s">
+        <v>12</v>
+      </c>
+      <c r="D4" t="s">
+        <v>12</v>
+      </c>
+      <c r="E4" t="s">
+        <v>569</v>
+      </c>
+      <c r="F4" t="s">
+        <v>12</v>
+      </c>
+      <c r="G4" t="s">
+        <v>570</v>
+      </c>
+      <c r="H4" t="s">
+        <v>571</v>
+      </c>
+      <c r="I4" t="s">
         <v>563</v>
-      </c>
-[...19 lines deleted...]
-        <v>558</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>553</v>
+        <v>558</v>
       </c>
       <c r="B5" t="s">
-        <v>567</v>
+        <v>572</v>
       </c>
       <c r="C5" t="s">
         <v>12</v>
       </c>
       <c r="D5" t="s">
         <v>12</v>
       </c>
       <c r="E5" t="s">
-        <v>568</v>
+        <v>573</v>
       </c>
       <c r="F5" t="s">
         <v>12</v>
       </c>
       <c r="G5" t="s">
-        <v>569</v>
+        <v>574</v>
       </c>
       <c r="H5" t="s">
-        <v>570</v>
+        <v>575</v>
       </c>
       <c r="I5" t="s">
-        <v>558</v>
+        <v>563</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>553</v>
+        <v>558</v>
       </c>
       <c r="B6" t="s">
-        <v>571</v>
+        <v>576</v>
       </c>
       <c r="C6" t="s">
         <v>12</v>
       </c>
       <c r="D6" t="s">
         <v>12</v>
       </c>
       <c r="E6" t="s">
-        <v>572</v>
+        <v>577</v>
       </c>
       <c r="F6" t="s">
         <v>12</v>
       </c>
       <c r="G6" t="s">
-        <v>573</v>
+        <v>578</v>
       </c>
       <c r="H6" t="s">
-        <v>574</v>
+        <v>579</v>
       </c>
       <c r="I6" t="s">
-        <v>558</v>
+        <v>563</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>553</v>
+        <v>558</v>
       </c>
       <c r="B7" t="s">
-        <v>575</v>
+        <v>580</v>
       </c>
       <c r="C7" t="s">
         <v>12</v>
       </c>
       <c r="D7" t="s">
         <v>12</v>
       </c>
       <c r="E7" t="s">
-        <v>576</v>
+        <v>581</v>
       </c>
       <c r="F7" t="s">
         <v>12</v>
       </c>
       <c r="G7" t="s">
-        <v>577</v>
+        <v>582</v>
       </c>
       <c r="H7" t="s">
-        <v>578</v>
+        <v>583</v>
       </c>
       <c r="I7" t="s">
-        <v>558</v>
+        <v>563</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>553</v>
+        <v>558</v>
       </c>
       <c r="B8" t="s">
-        <v>579</v>
+        <v>584</v>
       </c>
       <c r="C8" t="s">
         <v>12</v>
       </c>
       <c r="D8" t="s">
         <v>12</v>
       </c>
       <c r="E8" t="s">
-        <v>580</v>
+        <v>585</v>
       </c>
       <c r="F8" t="s">
         <v>12</v>
       </c>
       <c r="G8" t="s">
-        <v>581</v>
+        <v>586</v>
       </c>
       <c r="H8" t="s">
-        <v>582</v>
+        <v>587</v>
       </c>
       <c r="I8" t="s">
-        <v>558</v>
+        <v>563</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>553</v>
+        <v>558</v>
       </c>
       <c r="B9" t="s">
-        <v>583</v>
+        <v>588</v>
       </c>
       <c r="C9" t="s">
         <v>12</v>
       </c>
       <c r="D9" t="s">
         <v>12</v>
       </c>
       <c r="E9" t="s">
-        <v>580</v>
+        <v>585</v>
       </c>
       <c r="F9" t="s">
         <v>12</v>
       </c>
       <c r="G9" t="s">
-        <v>584</v>
+        <v>589</v>
       </c>
       <c r="H9" t="s">
-        <v>585</v>
+        <v>590</v>
       </c>
       <c r="I9" t="s">
-        <v>558</v>
+        <v>563</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>553</v>
+        <v>558</v>
       </c>
       <c r="B10" t="s">
-        <v>586</v>
+        <v>591</v>
       </c>
       <c r="C10" t="s">
         <v>12</v>
       </c>
       <c r="D10" t="s">
         <v>12</v>
       </c>
       <c r="E10" t="s">
-        <v>587</v>
+        <v>592</v>
       </c>
       <c r="F10" t="s">
         <v>12</v>
       </c>
       <c r="G10" t="s">
-        <v>588</v>
+        <v>593</v>
       </c>
       <c r="H10" t="s">
-        <v>589</v>
+        <v>594</v>
       </c>
       <c r="I10" t="s">
-        <v>558</v>
+        <v>563</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>553</v>
+        <v>558</v>
       </c>
       <c r="B11" t="s">
-        <v>590</v>
+        <v>595</v>
       </c>
       <c r="C11" t="s">
         <v>12</v>
       </c>
       <c r="D11" t="s">
         <v>12</v>
       </c>
       <c r="E11" t="s">
-        <v>591</v>
+        <v>596</v>
       </c>
       <c r="F11" t="s">
         <v>12</v>
       </c>
       <c r="G11" t="s">
-        <v>592</v>
+        <v>597</v>
       </c>
       <c r="H11" t="s">
-        <v>593</v>
+        <v>598</v>
       </c>
       <c r="I11" t="s">
-        <v>558</v>
+        <v>563</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>553</v>
+        <v>558</v>
       </c>
       <c r="B12" t="s">
-        <v>594</v>
+        <v>599</v>
       </c>
       <c r="C12" t="s">
         <v>12</v>
       </c>
       <c r="D12" t="s">
         <v>12</v>
       </c>
       <c r="E12" t="s">
-        <v>595</v>
+        <v>600</v>
       </c>
       <c r="F12" t="s">
         <v>12</v>
       </c>
       <c r="G12" t="s">
-        <v>596</v>
+        <v>601</v>
       </c>
       <c r="H12" t="s">
-        <v>597</v>
+        <v>602</v>
       </c>
       <c r="I12" t="s">
-        <v>558</v>
+        <v>563</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>553</v>
+        <v>558</v>
       </c>
       <c r="B13" t="s">
-        <v>598</v>
+        <v>603</v>
       </c>
       <c r="C13" t="s">
         <v>12</v>
       </c>
       <c r="D13" t="s">
         <v>12</v>
       </c>
       <c r="E13" t="s">
-        <v>599</v>
+        <v>604</v>
       </c>
       <c r="F13" t="s">
         <v>12</v>
       </c>
       <c r="G13" t="s">
-        <v>600</v>
+        <v>605</v>
       </c>
       <c r="H13" t="s">
-        <v>601</v>
+        <v>606</v>
       </c>
       <c r="I13" t="s">
-        <v>558</v>
+        <v>563</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
-        <v>553</v>
+        <v>558</v>
       </c>
       <c r="B14" t="s">
-        <v>602</v>
+        <v>607</v>
       </c>
       <c r="C14" t="s">
         <v>12</v>
       </c>
       <c r="D14" t="s">
         <v>12</v>
       </c>
       <c r="E14" t="s">
-        <v>603</v>
+        <v>608</v>
       </c>
       <c r="F14" t="s">
         <v>12</v>
       </c>
       <c r="G14" t="s">
-        <v>604</v>
+        <v>609</v>
       </c>
       <c r="H14" t="s">
-        <v>605</v>
+        <v>610</v>
       </c>
       <c r="I14" t="s">
-        <v>558</v>
+        <v>563</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
-        <v>553</v>
+        <v>558</v>
       </c>
       <c r="B15" t="s">
-        <v>606</v>
+        <v>611</v>
       </c>
       <c r="C15" t="s">
         <v>12</v>
       </c>
       <c r="D15" t="s">
         <v>12</v>
       </c>
       <c r="E15" t="s">
-        <v>607</v>
+        <v>612</v>
       </c>
       <c r="F15" t="s">
         <v>12</v>
       </c>
       <c r="G15" t="s">
-        <v>608</v>
+        <v>613</v>
       </c>
       <c r="H15" t="s">
-        <v>609</v>
+        <v>614</v>
       </c>
       <c r="I15" t="s">
-        <v>558</v>
+        <v>563</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
-        <v>553</v>
+        <v>558</v>
       </c>
       <c r="B16" t="s">
-        <v>610</v>
+        <v>615</v>
       </c>
       <c r="C16" t="s">
         <v>12</v>
       </c>
       <c r="D16" t="s">
         <v>12</v>
       </c>
       <c r="E16" t="s">
-        <v>611</v>
+        <v>616</v>
       </c>
       <c r="F16" t="s">
         <v>12</v>
       </c>
       <c r="G16" t="s">
-        <v>612</v>
+        <v>617</v>
       </c>
       <c r="H16" t="s">
-        <v>613</v>
+        <v>618</v>
       </c>
       <c r="I16" t="s">
-        <v>558</v>
+        <v>563</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
-        <v>553</v>
+        <v>558</v>
       </c>
       <c r="B17" t="s">
-        <v>614</v>
+        <v>619</v>
       </c>
       <c r="C17" t="s">
         <v>12</v>
       </c>
       <c r="D17" t="s">
         <v>12</v>
       </c>
       <c r="E17" t="s">
-        <v>615</v>
+        <v>620</v>
       </c>
       <c r="F17" t="s">
         <v>12</v>
       </c>
       <c r="G17" t="s">
-        <v>616</v>
+        <v>621</v>
       </c>
       <c r="H17" t="s">
-        <v>617</v>
+        <v>622</v>
       </c>
       <c r="I17" t="s">
-        <v>558</v>
+        <v>563</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
-        <v>553</v>
+        <v>558</v>
       </c>
       <c r="B18" t="s">
-        <v>618</v>
+        <v>623</v>
       </c>
       <c r="C18" t="s">
         <v>12</v>
       </c>
       <c r="D18" t="s">
         <v>12</v>
       </c>
       <c r="E18" t="s">
-        <v>619</v>
+        <v>624</v>
       </c>
       <c r="F18" t="s">
         <v>12</v>
       </c>
       <c r="G18" t="s">
-        <v>620</v>
+        <v>625</v>
       </c>
       <c r="H18" t="s">
-        <v>621</v>
+        <v>626</v>
       </c>
       <c r="I18" t="s">
-        <v>558</v>
+        <v>563</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
-        <v>553</v>
+        <v>558</v>
       </c>
       <c r="B19" t="s">
-        <v>622</v>
+        <v>627</v>
       </c>
       <c r="C19" t="s">
         <v>12</v>
       </c>
       <c r="D19" t="s">
         <v>12</v>
       </c>
       <c r="E19" t="s">
-        <v>623</v>
+        <v>628</v>
       </c>
       <c r="F19" t="s">
         <v>12</v>
       </c>
       <c r="G19" t="s">
-        <v>624</v>
+        <v>629</v>
       </c>
       <c r="H19" t="s">
-        <v>625</v>
+        <v>630</v>
       </c>
       <c r="I19" t="s">
-        <v>558</v>
+        <v>563</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
-        <v>553</v>
+        <v>558</v>
       </c>
       <c r="B20" t="s">
-        <v>626</v>
+        <v>631</v>
       </c>
       <c r="C20" t="s">
         <v>12</v>
       </c>
       <c r="D20" t="s">
         <v>12</v>
       </c>
       <c r="E20" t="s">
-        <v>627</v>
+        <v>632</v>
       </c>
       <c r="F20" t="s">
         <v>12</v>
       </c>
       <c r="G20" t="s">
-        <v>628</v>
+        <v>633</v>
       </c>
       <c r="H20" t="s">
-        <v>629</v>
+        <v>634</v>
       </c>
       <c r="I20" t="s">
-        <v>558</v>
+        <v>563</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
-        <v>553</v>
+        <v>558</v>
       </c>
       <c r="B21" t="s">
-        <v>630</v>
+        <v>635</v>
       </c>
       <c r="C21" t="s">
-        <v>631</v>
+        <v>636</v>
       </c>
       <c r="D21" t="s">
         <v>12</v>
       </c>
       <c r="E21" t="s">
-        <v>632</v>
+        <v>637</v>
       </c>
       <c r="F21" t="s">
         <v>12</v>
       </c>
       <c r="G21" t="s">
-        <v>633</v>
+        <v>638</v>
       </c>
       <c r="H21" t="s">
-        <v>634</v>
+        <v>639</v>
       </c>
       <c r="I21" t="s">
-        <v>558</v>
+        <v>563</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s">
-        <v>553</v>
+        <v>558</v>
       </c>
       <c r="B22" t="s">
-        <v>635</v>
+        <v>640</v>
       </c>
       <c r="C22" t="s">
         <v>12</v>
       </c>
       <c r="D22" t="s">
         <v>12</v>
       </c>
       <c r="E22" t="s">
-        <v>636</v>
+        <v>641</v>
       </c>
       <c r="F22" t="s">
         <v>12</v>
       </c>
       <c r="G22" t="s">
-        <v>637</v>
+        <v>642</v>
       </c>
       <c r="H22" t="s">
-        <v>638</v>
+        <v>643</v>
       </c>
       <c r="I22" t="s">
-        <v>558</v>
+        <v>563</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="s">
-        <v>553</v>
+        <v>558</v>
       </c>
       <c r="B23" t="s">
-        <v>639</v>
+        <v>644</v>
       </c>
       <c r="C23" t="s">
         <v>12</v>
       </c>
       <c r="D23" t="s">
         <v>12</v>
       </c>
       <c r="E23" t="s">
-        <v>640</v>
+        <v>645</v>
       </c>
       <c r="F23" t="s">
         <v>12</v>
       </c>
       <c r="G23" t="s">
-        <v>641</v>
+        <v>646</v>
       </c>
       <c r="H23" t="s">
-        <v>642</v>
+        <v>647</v>
       </c>
       <c r="I23" t="s">
-        <v>558</v>
+        <v>563</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="s">
-        <v>553</v>
+        <v>558</v>
       </c>
       <c r="B24" t="s">
-        <v>643</v>
+        <v>648</v>
       </c>
       <c r="C24" t="s">
         <v>12</v>
       </c>
       <c r="D24" t="s">
         <v>12</v>
       </c>
       <c r="E24" t="s">
-        <v>644</v>
+        <v>649</v>
       </c>
       <c r="F24" t="s">
         <v>12</v>
       </c>
       <c r="G24" t="s">
-        <v>645</v>
+        <v>650</v>
       </c>
       <c r="H24" t="s">
-        <v>646</v>
+        <v>651</v>
       </c>
       <c r="I24" t="s">
-        <v>558</v>
+        <v>563</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="s">
-        <v>553</v>
+        <v>558</v>
       </c>
       <c r="B25" t="s">
-        <v>647</v>
+        <v>652</v>
       </c>
       <c r="C25" t="s">
         <v>12</v>
       </c>
       <c r="D25" t="s">
         <v>12</v>
       </c>
       <c r="E25" t="s">
-        <v>648</v>
+        <v>653</v>
       </c>
       <c r="F25" t="s">
         <v>12</v>
       </c>
       <c r="G25" t="s">
-        <v>649</v>
+        <v>654</v>
       </c>
       <c r="H25" t="s">
-        <v>650</v>
+        <v>655</v>
       </c>
       <c r="I25" t="s">
-        <v>558</v>
+        <v>563</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="s">
-        <v>553</v>
+        <v>558</v>
       </c>
       <c r="B26" t="s">
-        <v>651</v>
+        <v>656</v>
       </c>
       <c r="C26" t="s">
-        <v>652</v>
+        <v>657</v>
       </c>
       <c r="D26" t="s">
         <v>12</v>
       </c>
       <c r="E26" t="s">
-        <v>653</v>
+        <v>658</v>
       </c>
       <c r="F26" t="s">
         <v>12</v>
       </c>
       <c r="G26" t="s">
-        <v>654</v>
+        <v>659</v>
       </c>
       <c r="H26" t="s">
-        <v>655</v>
+        <v>660</v>
       </c>
       <c r="I26" t="s">
-        <v>558</v>
+        <v>563</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="s">
-        <v>553</v>
+        <v>558</v>
       </c>
       <c r="B27" t="s">
-        <v>656</v>
+        <v>661</v>
       </c>
       <c r="C27" t="s">
         <v>12</v>
       </c>
       <c r="D27" t="s">
         <v>12</v>
       </c>
       <c r="E27" t="s">
-        <v>657</v>
+        <v>662</v>
       </c>
       <c r="F27" t="s">
         <v>12</v>
       </c>
       <c r="G27" t="s">
-        <v>658</v>
+        <v>663</v>
       </c>
       <c r="H27" t="s">
-        <v>659</v>
+        <v>664</v>
       </c>
       <c r="I27" t="s">
-        <v>558</v>
+        <v>563</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="s">
-        <v>553</v>
+        <v>558</v>
       </c>
       <c r="B28" t="s">
-        <v>660</v>
+        <v>665</v>
       </c>
       <c r="C28" t="s">
         <v>12</v>
       </c>
       <c r="D28" t="s">
         <v>12</v>
       </c>
       <c r="E28" t="s">
-        <v>661</v>
+        <v>666</v>
       </c>
       <c r="F28" t="s">
         <v>12</v>
       </c>
       <c r="G28" t="s">
-        <v>662</v>
+        <v>667</v>
       </c>
       <c r="H28" t="s">
-        <v>663</v>
+        <v>668</v>
       </c>
       <c r="I28" t="s">
-        <v>558</v>
+        <v>563</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:I1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H15"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>664</v>
+        <v>669</v>
       </c>
       <c r="B2" t="s">
-        <v>665</v>
+        <v>670</v>
       </c>
       <c r="C2" t="s">
-        <v>666</v>
+        <v>671</v>
       </c>
       <c r="D2" t="s">
-        <v>667</v>
+        <v>672</v>
       </c>
       <c r="E2" t="s">
-        <v>668</v>
+        <v>673</v>
       </c>
       <c r="F2" t="s">
         <v>12</v>
       </c>
       <c r="G2" t="s">
-        <v>669</v>
+        <v>674</v>
       </c>
       <c r="H2" t="s">
-        <v>670</v>
+        <v>675</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>664</v>
+        <v>669</v>
       </c>
       <c r="B3" t="s">
-        <v>671</v>
+        <v>676</v>
       </c>
       <c r="C3" t="s">
-        <v>672</v>
+        <v>677</v>
       </c>
       <c r="D3" t="s">
-        <v>673</v>
+        <v>678</v>
       </c>
       <c r="E3" t="s">
-        <v>674</v>
+        <v>679</v>
       </c>
       <c r="F3" t="s">
         <v>12</v>
       </c>
       <c r="G3" t="s">
-        <v>675</v>
+        <v>680</v>
       </c>
       <c r="H3" t="s">
-        <v>676</v>
+        <v>681</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>664</v>
+        <v>669</v>
       </c>
       <c r="B4" t="s">
-        <v>677</v>
+        <v>682</v>
       </c>
       <c r="C4" t="s">
-        <v>678</v>
+        <v>683</v>
       </c>
       <c r="D4" t="s">
-        <v>679</v>
+        <v>684</v>
       </c>
       <c r="E4" t="s">
-        <v>680</v>
+        <v>685</v>
       </c>
       <c r="F4" t="s">
         <v>12</v>
       </c>
       <c r="G4" t="s">
-        <v>681</v>
+        <v>686</v>
       </c>
       <c r="H4" t="s">
-        <v>682</v>
+        <v>687</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>664</v>
+        <v>669</v>
       </c>
       <c r="B5" t="s">
-        <v>683</v>
+        <v>688</v>
       </c>
       <c r="C5" t="s">
-        <v>684</v>
+        <v>689</v>
       </c>
       <c r="D5" t="s">
-        <v>685</v>
+        <v>690</v>
       </c>
       <c r="E5" t="s">
-        <v>686</v>
+        <v>691</v>
       </c>
       <c r="F5" t="s">
         <v>12</v>
       </c>
       <c r="G5" t="s">
-        <v>687</v>
+        <v>692</v>
       </c>
       <c r="H5" t="s">
-        <v>688</v>
+        <v>693</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>664</v>
+        <v>669</v>
       </c>
       <c r="B6" t="s">
-        <v>689</v>
+        <v>694</v>
       </c>
       <c r="C6" t="s">
-        <v>690</v>
+        <v>695</v>
       </c>
       <c r="D6" t="s">
-        <v>691</v>
+        <v>696</v>
       </c>
       <c r="E6" t="s">
-        <v>692</v>
+        <v>697</v>
       </c>
       <c r="F6" t="s">
         <v>12</v>
       </c>
       <c r="G6" t="s">
-        <v>693</v>
+        <v>698</v>
       </c>
       <c r="H6" t="s">
-        <v>694</v>
+        <v>699</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>664</v>
+        <v>669</v>
       </c>
       <c r="B7" t="s">
-        <v>695</v>
+        <v>700</v>
       </c>
       <c r="C7" t="s">
-        <v>696</v>
+        <v>701</v>
       </c>
       <c r="D7" t="s">
-        <v>697</v>
+        <v>702</v>
       </c>
       <c r="E7" t="s">
-        <v>698</v>
+        <v>703</v>
       </c>
       <c r="F7" t="s">
         <v>12</v>
       </c>
       <c r="G7" t="s">
-        <v>699</v>
+        <v>704</v>
       </c>
       <c r="H7" t="s">
-        <v>700</v>
+        <v>705</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>664</v>
+        <v>669</v>
       </c>
       <c r="B8" t="s">
-        <v>701</v>
+        <v>706</v>
       </c>
       <c r="C8" t="s">
-        <v>702</v>
+        <v>707</v>
       </c>
       <c r="D8" t="s">
-        <v>703</v>
+        <v>708</v>
       </c>
       <c r="E8" t="s">
-        <v>704</v>
+        <v>709</v>
       </c>
       <c r="F8" t="s">
         <v>12</v>
       </c>
       <c r="G8" t="s">
-        <v>705</v>
+        <v>710</v>
       </c>
       <c r="H8" t="s">
-        <v>706</v>
+        <v>711</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>664</v>
+        <v>669</v>
       </c>
       <c r="B9" t="s">
-        <v>707</v>
+        <v>712</v>
       </c>
       <c r="C9" t="s">
-        <v>708</v>
+        <v>713</v>
       </c>
       <c r="D9" t="s">
-        <v>709</v>
+        <v>714</v>
       </c>
       <c r="E9" t="s">
-        <v>710</v>
+        <v>715</v>
       </c>
       <c r="F9" t="s">
         <v>12</v>
       </c>
       <c r="G9" t="s">
-        <v>711</v>
+        <v>716</v>
       </c>
       <c r="H9" t="s">
-        <v>712</v>
+        <v>717</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>664</v>
+        <v>669</v>
       </c>
       <c r="B10" t="s">
-        <v>713</v>
+        <v>718</v>
       </c>
       <c r="C10" t="s">
-        <v>714</v>
+        <v>719</v>
       </c>
       <c r="D10" t="s">
-        <v>715</v>
+        <v>720</v>
       </c>
       <c r="E10" t="s">
-        <v>716</v>
+        <v>721</v>
       </c>
       <c r="F10" t="s">
         <v>12</v>
       </c>
       <c r="G10" t="s">
-        <v>717</v>
+        <v>722</v>
       </c>
       <c r="H10" t="s">
-        <v>718</v>
+        <v>723</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>664</v>
+        <v>669</v>
       </c>
       <c r="B11" t="s">
-        <v>719</v>
+        <v>724</v>
       </c>
       <c r="C11" t="s">
-        <v>720</v>
+        <v>725</v>
       </c>
       <c r="D11" t="s">
-        <v>721</v>
+        <v>726</v>
       </c>
       <c r="E11" t="s">
-        <v>722</v>
+        <v>727</v>
       </c>
       <c r="F11" t="s">
         <v>12</v>
       </c>
       <c r="G11" t="s">
-        <v>723</v>
+        <v>728</v>
       </c>
       <c r="H11" t="s">
-        <v>724</v>
+        <v>729</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>664</v>
+        <v>669</v>
       </c>
       <c r="B12" t="s">
-        <v>725</v>
+        <v>730</v>
       </c>
       <c r="C12" t="s">
-        <v>726</v>
+        <v>731</v>
       </c>
       <c r="D12" t="s">
-        <v>727</v>
+        <v>732</v>
       </c>
       <c r="E12" t="s">
-        <v>728</v>
+        <v>733</v>
       </c>
       <c r="F12" t="s">
         <v>12</v>
       </c>
       <c r="G12" t="s">
-        <v>729</v>
+        <v>734</v>
       </c>
       <c r="H12" t="s">
-        <v>730</v>
+        <v>735</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>664</v>
+        <v>669</v>
       </c>
       <c r="B13" t="s">
-        <v>731</v>
+        <v>736</v>
       </c>
       <c r="C13" t="s">
-        <v>732</v>
+        <v>737</v>
       </c>
       <c r="D13" t="s">
-        <v>733</v>
+        <v>738</v>
       </c>
       <c r="E13" t="s">
-        <v>734</v>
+        <v>739</v>
       </c>
       <c r="F13" t="s">
         <v>12</v>
       </c>
       <c r="G13" t="s">
-        <v>735</v>
+        <v>740</v>
       </c>
       <c r="H13" t="s">
-        <v>736</v>
+        <v>741</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
-        <v>664</v>
+        <v>669</v>
       </c>
       <c r="B14" t="s">
-        <v>737</v>
+        <v>742</v>
       </c>
       <c r="C14" t="s">
-        <v>738</v>
+        <v>743</v>
       </c>
       <c r="D14" t="s">
-        <v>739</v>
+        <v>744</v>
       </c>
       <c r="E14" t="s">
-        <v>740</v>
+        <v>745</v>
       </c>
       <c r="F14" t="s">
         <v>12</v>
       </c>
       <c r="G14" t="s">
-        <v>741</v>
+        <v>746</v>
       </c>
       <c r="H14" t="s">
-        <v>742</v>
+        <v>747</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
-        <v>664</v>
+        <v>669</v>
       </c>
       <c r="B15" t="s">
-        <v>743</v>
+        <v>748</v>
       </c>
       <c r="C15" t="s">
-        <v>744</v>
+        <v>749</v>
       </c>
       <c r="D15" t="s">
-        <v>745</v>
+        <v>750</v>
       </c>
       <c r="E15" t="s">
-        <v>746</v>
+        <v>751</v>
       </c>
       <c r="F15" t="s">
         <v>12</v>
       </c>
       <c r="G15" t="s">
-        <v>747</v>
+        <v>752</v>
       </c>
       <c r="H15" t="s">
-        <v>748</v>
+        <v>753</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>749</v>
+        <v>754</v>
       </c>
       <c r="B2" t="s">
-        <v>750</v>
+        <v>755</v>
       </c>
       <c r="C2" t="s">
-        <v>751</v>
+        <v>756</v>
       </c>
       <c r="D2" t="s">
-        <v>752</v>
+        <v>757</v>
       </c>
       <c r="E2" t="s">
-        <v>753</v>
+        <v>758</v>
       </c>
       <c r="F2" t="s">
         <v>12</v>
       </c>
       <c r="G2" t="s">
-        <v>754</v>
+        <v>759</v>
       </c>
       <c r="H2" t="s">
-        <v>755</v>
+        <v>760</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>