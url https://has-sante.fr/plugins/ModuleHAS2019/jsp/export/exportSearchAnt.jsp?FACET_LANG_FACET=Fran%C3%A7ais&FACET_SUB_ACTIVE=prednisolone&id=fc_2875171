--- v2 (2026-01-17)
+++ v3 (2026-03-05)
@@ -39,51 +39,51 @@
     <sheet name="Export Communiqué de presse" r:id="rId7" sheetId="5"/>
     <sheet name="Export Evaluation des technolog" r:id="rId8" sheetId="6"/>
     <sheet name="Export évènement de calendrier" r:id="rId9" sheetId="7"/>
     <sheet name="Export Avis et décisions de la " r:id="rId10" sheetId="8"/>
     <sheet name="Export Recommandation vaccinale" r:id="rId11" sheetId="9"/>
     <sheet name="Export Medicament" r:id="rId12" sheetId="10"/>
     <sheet name="Export Article HAS" r:id="rId13" sheetId="11"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Avis sur les dispositifs'!$B$1:$J$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Recommandation en santé '!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Communiqué de presse'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="6" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="7" hidden="true">'Export Avis et décisions de la '!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="8" hidden="true">'Export Recommandation vaccinale'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="9" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="10" hidden="true">'Export Article HAS'!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1379" uniqueCount="820">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1395" uniqueCount="832">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
@@ -227,50 +227,98 @@
   <si>
     <t>r_1499485</t>
   </si>
   <si>
     <t>Analyse comparée de la chimiothérapie anticancéreuse administrée à l’hôpital ou prise en charge à domicile : aspects économiques et organisationnels</t>
   </si>
   <si>
     <t>La mesure 41 du Plan Cancer du 24/03/2003 incite au développement de la chimiothérapie à domicile. La réalisation de cet objectif implique de fixer les règles de qualité et de sécurité de ces soins à domicile mais également de s'interroger sur leur organisation et leurs conséquences économiques. Cette évaluation documente les aspects économiques associés à la réalisation d'une chimiothérapie anticancéreuse en procédant à une comparaison des coûts selon le mode de prise en charge : hôpital, hospitalisation à domicile, réseaux. Des éléments sur la satisfaction des patients, des aidants des soignants, et sur l'organisation de ces modes de prise en charge ont également été intégrés.</t>
   </si>
   <si>
     <t>01/06/2005 00:00:00</t>
   </si>
   <si>
     <t>01/06/2005 17:52:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/r_1499617/fr/analyse-comparee-de-la-chimiotherapie-anticancereuse-administree-a-l-hopital-ou-prise-en-charge-a-domicile-aspects-economiques-et-organisationnels</t>
   </si>
   <si>
     <t>r_1499617</t>
   </si>
   <si>
     <t>Guide maladie chronique</t>
   </si>
   <si>
+    <t>Vascularites associées aux ANCA</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de Vascularites associées aux ANCA. Il a été élaboré sous l’égide du Groupe Français d’Etude des Vascularites et de la Filière de santé des maladies auto-immunes et auto-inflammatoires rares (FAI²R) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>03/03/2026 14:02:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3858403/fr/vascularites-associees-aux-anca</t>
+  </si>
+  <si>
+    <t>p_3858403</t>
+  </si>
+  <si>
+    <t>Pemphigus</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de pemphigus. Il a été élaboré par le centre de référence des maladies bulleuses auto-immunes à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>02/10/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>30/01/2026 14:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2636265/fr/pemphigus</t>
+  </si>
+  <si>
+    <t>c_2636265</t>
+  </si>
+  <si>
+    <t>Vascularites Primitives du Système Nerveux Central</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soinss d’un patient atteint d’une VPSNC. Il a été élaboré sous l’égide du Centre de référence des maladies auto-immunes et auto-inflammatoires systémiques rares de l’adulte Nord, Nord-Ouest, Méditerranée et Guadeloupe – IgG4 (CERAINOM) – site constitutif de Caen et de la Filière de santé des maladies auto-immunes et auto-inflammatoires rares (FAI²R) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>26/01/2026 08:39:09</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3826360/fr/vascularites-primitives-du-systeme-nerveux-central</t>
+  </si>
+  <si>
+    <t>p_3826360</t>
+  </si>
+  <si>
     <t>Mucoviscidose</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de mucoviscidoses. Il a été élaboré par le Centre de Référence Mucoviscidose à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>05/12/2025 11:04:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2792719/fr/mucoviscidose</t>
   </si>
   <si>
     <t>c_2792719</t>
   </si>
   <si>
     <t>Anémie Hémolytique Auto-Immune de l’enfant et l’adolescent</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un enfant ou adolescent présentant une anémie hémolytique auto-immune (AHAI). Il a été élaboré par le Centre de référence des cytopénies auto-immunes de l’enfant (CEREVANCE) sous l’égide de la filière de santé MaRIH à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>05/12/2025 11:07:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3761395/fr/anemie-hemolytique-auto-immune-de-l-enfant-et-l-adolescent</t>
@@ -995,110 +1043,80 @@
   <si>
     <t>10/08/2018 15:01:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2867360/fr/maladie-de-still-de-l-adulte</t>
   </si>
   <si>
     <t>c_2867360</t>
   </si>
   <si>
     <t>TRAPS - Tumor necrosis factor-Receptor-Associated Periodic Syndrome Ou  Syndrome de fièvre récurrente lié au récepteur du facteur de nécrose tumorale</t>
   </si>
   <si>
     <t>L’objectif de ce protocole national de diagnostic et de soins (PNDS) est de présenter, pour les professionnels de santé, la prise en charge optimale et le parcours de soins d’un malade atteint d’un syndrome de fièvre récurrente lié au récepteur 1 du TNF (TNF receptor associated periodic syndrome) encore appelé TRAPS.</t>
   </si>
   <si>
     <t>05/07/2018 10:47:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2860688/fr/traps-tumor-necrosis-factor-receptor-associated-periodic-syndrome-ou-syndrome-de-fievre-recurrente-lie-au-recepteur-du-facteur-de-necrose-tumorale</t>
   </si>
   <si>
     <t>c_2860688</t>
   </si>
   <si>
-    <t>Maladies bulleuses auto-immunes : Pemphigus</t>
-[...13 lines deleted...]
-  <si>
     <t>Pneumopathies interstitielles diffuses de l’enfant</t>
   </si>
   <si>
     <t>L’objectif de ce protocole national de diagnostic et de soins (PNDS) est de fournir aux professionnels de santé les recommandations pour une prise en charge optimale des enfants atteints d’une pneumopathie interstitielle diffuse (PID) chronique et pour un parcours de soins adapté.</t>
   </si>
   <si>
     <t>03/11/2017 16:23:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2802885/fr/pneumopathies-interstitielles-diffuses-de-l-enfant</t>
   </si>
   <si>
     <t>c_2802885</t>
   </si>
   <si>
     <t>Arthrites Juvéniles Idiopathiques</t>
   </si>
   <si>
     <t>L’objectif de ce protocole national de soins (PNDS) est d’expliciter pour les professionnels de santé la prise en charge optimale actuelle d’un patient atteint d’arthrite juvénile idiopathique (AJI) dans sa forme systémique (maladie de Still), d’AJI oligoarticulaire ou polyarticulaire sans facteur rhumatoïde et d’AJI associée aux enthésites. Ces quatre formes représentent la grande majorité des AJI.</t>
   </si>
   <si>
     <t>30/10/2017 15:23:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2801939/fr/arthrites-juveniles-idiopathiques</t>
   </si>
   <si>
     <t>c_2801939</t>
   </si>
   <si>
-    <t>Purpura thrombopénique immunologique de l’enfant et de l’adulte</t>
-[...13 lines deleted...]
-  <si>
     <t>Lupus Systémique</t>
   </si>
   <si>
     <t>L’objectif de ce protocole national de diagnostic et de soins (PNDS) est d’expliciter aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale actuelle et le parcours de soins d’un patient atteint de Lupus Systémique.</t>
   </si>
   <si>
     <t>21/03/2017 15:02:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2751894/fr/lupus-systemique</t>
   </si>
   <si>
     <t>c_2751894</t>
   </si>
   <si>
     <t>Dermatomyosite de l’enfant et de l’adulte</t>
   </si>
   <si>
     <t>L’objectif de ce protocole national de diagnostic et desoins (PNDS) est d’expliciter pour les professionnels de santé la prise en charge optimale actuelle d’un patient atteint de dermatomyosite chez l’adulte (DM) et chez l’enfant (dermatomyosite juvénile : DMJ).</t>
   </si>
   <si>
     <t>19/09/2016 14:50:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2666858/fr/dermatomyosite-de-l-enfant-et-de-l-adulte</t>
@@ -2049,50 +2067,68 @@
     <t>Commission de la transparence - Réunion du 6 juillet 2011</t>
   </si>
   <si>
     <t>06/07/2011 12:40:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_1069129/fr/commission-de-la-transparence-reunion-du-6-juillet-2011</t>
   </si>
   <si>
     <t>c_1069129</t>
   </si>
   <si>
     <t>Commission de la transparence - Réunion du 17 septembre 2008</t>
   </si>
   <si>
     <t>17/09/2008 16:36:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_692477/fr/commission-de-la-transparence-reunion-du-17-septembre-2008</t>
   </si>
   <si>
     <t>c_692477</t>
   </si>
   <si>
     <t>Avis et décisions de la HAS</t>
+  </si>
+  <si>
+    <t>Décision n°2026.0008/DC/SEM du 22 janvier 2026 du collège de la Haute Autorité de santé portant refus d’accès précoce de la spécialité AKEEGA (niraparib/acétate d’abiratérone)</t>
+  </si>
+  <si>
+    <t>Refus d’accès précoce à la spécialité AKEEGA (niraparib/acétate d'abiratérone) dans l'indication « en association à la prednisone ou à la prednisolone et à un traitement par suppression androgénique (ADT) pour le traitement des patients adultes atteints d’un cancer de la prostate métastatique hormonosensible (CPHSm) avec altérations des gènes BRCA (germinales et/ou somatiques ».</t>
+  </si>
+  <si>
+    <t>22/01/2026 09:39:00</t>
+  </si>
+  <si>
+    <t>29/01/2026 16:42:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3840772/fr/decision-n2026-0008/dc/sem-du-22-janvier-2026-du-college-de-la-haute-autorite-de-sante-portant-refus-d-acces-precoce-de-la-specialite-akeega-niraparib/acetate-d-abiraterone</t>
+  </si>
+  <si>
+    <t>p_3840772</t>
   </si>
   <si>
     <t>Décision n° 2025.0270/DC/SEM du 20 novembre 2025 du collège de la Haute Autorité de santé portant refus d’accès précoce de la spécialité IMBRUVICA (ibrutinib)</t>
   </si>
   <si>
     <t>Autorisation d’accès précoce refusée à la spécialité IMBRUVICA (ibrutinib) dans l'indication « en association au rituximab, au cyclophosphamide, à la doxorubicine, à la vincristine et à la prednisolone (IMBRUVICA + R-CHOP) en alternance avec R-DHAP (ou R-DHAOx) sans IMBRUVICA, suivi d’IMBRUVICA en monothérapie, est indiqué pour le traitement des patients adultes atteints d’un lymphome à cellules du manteau (LCM) non précédemment traité et qui seraient éligibles à une autogreffe de cellules souches (AGCS) ».</t>
   </si>
   <si>
     <t>20/11/2025 09:39:00</t>
   </si>
   <si>
     <t>01/12/2025 14:34:12</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3762614/fr/decision-n-2025-0270/dc/sem-du-20-novembre-2025-du-college-de-la-haute-autorite-de-sante-portant-refus-d-acces-precoce-de-la-specialite-imbruvica-ibrutinib</t>
   </si>
   <si>
     <t>p_3762614</t>
   </si>
   <si>
     <t>Décision n°2024.0113/DC/SEM du 25 avril 2024 du collège de la Haute Autorité de santé portant refus de renouvellement de l’autorisation d’accès précoce de la spécialité AKEEGA (niraparib - acétate d’abiratérone)</t>
   </si>
   <si>
     <t>Refus de renouvellement d'autorisation d’accès précoce à la spécialité AKEEGA (niraparib/acétate d'abiratérone) dans l'indication « en association avec la prednisone ou la prednisolone pour le traitement de première ligne des hommes adultes atteints d’un cancer de la prostate métastatique résistant à la castration (CPRCm) qui sont asymptomatiques ou peu symptomatiques et qui présentent des altérations des gènes BRCA1/2 (germinales et/ou somatiques) ».</t>
   </si>
@@ -2723,363 +2759,363 @@
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
-        <v>761</v>
+        <v>773</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
-        <v>762</v>
+        <v>774</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>763</v>
+        <v>775</v>
       </c>
       <c r="B2" t="s">
-        <v>764</v>
+        <v>776</v>
       </c>
       <c r="C2" t="s">
         <v>12</v>
       </c>
       <c r="D2" t="s">
         <v>12</v>
       </c>
       <c r="E2" t="s">
-        <v>765</v>
+        <v>777</v>
       </c>
       <c r="F2" t="s">
         <v>12</v>
       </c>
       <c r="G2" t="s">
-        <v>766</v>
+        <v>778</v>
       </c>
       <c r="H2" t="s">
-        <v>767</v>
+        <v>779</v>
       </c>
       <c r="I2" t="s">
-        <v>768</v>
+        <v>780</v>
       </c>
       <c r="J2" t="s">
-        <v>769</v>
+        <v>781</v>
       </c>
       <c r="K2" t="s">
-        <v>770</v>
+        <v>782</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>763</v>
+        <v>775</v>
       </c>
       <c r="B3" t="s">
-        <v>771</v>
+        <v>783</v>
       </c>
       <c r="C3" t="s">
         <v>12</v>
       </c>
       <c r="D3" t="s">
         <v>12</v>
       </c>
       <c r="E3" t="s">
-        <v>772</v>
+        <v>784</v>
       </c>
       <c r="F3" t="s">
         <v>12</v>
       </c>
       <c r="G3" t="s">
-        <v>773</v>
+        <v>785</v>
       </c>
       <c r="H3" t="s">
-        <v>774</v>
+        <v>786</v>
       </c>
       <c r="I3" t="s">
-        <v>775</v>
+        <v>787</v>
       </c>
       <c r="J3" t="s">
-        <v>776</v>
+        <v>788</v>
       </c>
       <c r="K3" t="s">
-        <v>777</v>
+        <v>789</v>
       </c>
       <c r="L3" t="s">
-        <v>778</v>
+        <v>790</v>
       </c>
       <c r="M3" t="s">
-        <v>779</v>
+        <v>791</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>763</v>
+        <v>775</v>
       </c>
       <c r="B4" t="s">
-        <v>780</v>
+        <v>792</v>
       </c>
       <c r="C4" t="s">
         <v>12</v>
       </c>
       <c r="D4" t="s">
         <v>12</v>
       </c>
       <c r="E4" t="s">
-        <v>781</v>
+        <v>793</v>
       </c>
       <c r="F4" t="s">
         <v>12</v>
       </c>
       <c r="G4" t="s">
-        <v>782</v>
+        <v>794</v>
       </c>
       <c r="H4" t="s">
-        <v>783</v>
+        <v>795</v>
       </c>
       <c r="I4" t="s">
-        <v>784</v>
+        <v>796</v>
       </c>
       <c r="J4" t="s">
-        <v>776</v>
+        <v>788</v>
       </c>
       <c r="K4" t="s">
-        <v>785</v>
+        <v>797</v>
       </c>
       <c r="L4" t="s">
-        <v>786</v>
+        <v>798</v>
       </c>
       <c r="M4" t="s">
-        <v>787</v>
+        <v>799</v>
       </c>
       <c r="N4" t="s">
-        <v>788</v>
+        <v>800</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>763</v>
+        <v>775</v>
       </c>
       <c r="B5" t="s">
-        <v>789</v>
+        <v>801</v>
       </c>
       <c r="C5" t="s">
         <v>12</v>
       </c>
       <c r="D5" t="s">
         <v>12</v>
       </c>
       <c r="E5" t="s">
-        <v>790</v>
+        <v>802</v>
       </c>
       <c r="F5" t="s">
         <v>12</v>
       </c>
       <c r="G5" t="s">
-        <v>791</v>
+        <v>803</v>
       </c>
       <c r="H5" t="s">
-        <v>792</v>
+        <v>804</v>
       </c>
       <c r="I5" t="s">
-        <v>793</v>
+        <v>805</v>
       </c>
       <c r="J5" t="s">
-        <v>776</v>
+        <v>788</v>
       </c>
       <c r="K5" t="s">
-        <v>794</v>
+        <v>806</v>
       </c>
       <c r="L5" t="s">
-        <v>795</v>
+        <v>807</v>
       </c>
       <c r="M5" t="s">
-        <v>796</v>
+        <v>808</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>763</v>
+        <v>775</v>
       </c>
       <c r="B6" t="s">
-        <v>797</v>
+        <v>809</v>
       </c>
       <c r="C6" t="s">
         <v>12</v>
       </c>
       <c r="D6" t="s">
         <v>12</v>
       </c>
       <c r="E6" t="s">
-        <v>798</v>
+        <v>810</v>
       </c>
       <c r="F6" t="s">
         <v>12</v>
       </c>
       <c r="G6" t="s">
-        <v>799</v>
+        <v>811</v>
       </c>
       <c r="H6" t="s">
-        <v>800</v>
+        <v>812</v>
       </c>
       <c r="I6" t="s">
-        <v>801</v>
+        <v>813</v>
       </c>
       <c r="J6" t="s">
-        <v>802</v>
+        <v>814</v>
       </c>
       <c r="K6" t="s">
-        <v>803</v>
+        <v>815</v>
       </c>
       <c r="L6" t="s">
-        <v>804</v>
+        <v>816</v>
       </c>
       <c r="M6" t="s">
-        <v>805</v>
+        <v>817</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>763</v>
+        <v>775</v>
       </c>
       <c r="B7" t="s">
-        <v>806</v>
+        <v>818</v>
       </c>
       <c r="C7" t="s">
         <v>12</v>
       </c>
       <c r="D7" t="s">
         <v>12</v>
       </c>
       <c r="E7" t="s">
-        <v>807</v>
+        <v>819</v>
       </c>
       <c r="F7" t="s">
         <v>12</v>
       </c>
       <c r="G7" t="s">
-        <v>808</v>
+        <v>820</v>
       </c>
       <c r="H7" t="s">
-        <v>809</v>
+        <v>821</v>
       </c>
       <c r="I7" t="s">
-        <v>810</v>
+        <v>822</v>
       </c>
       <c r="J7" t="s">
-        <v>811</v>
+        <v>823</v>
       </c>
       <c r="K7" t="s">
-        <v>812</v>
+        <v>824</v>
       </c>
       <c r="L7" t="s">
-        <v>813</v>
+        <v>825</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet11.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>814</v>
+        <v>826</v>
       </c>
       <c r="B2" t="s">
-        <v>815</v>
+        <v>827</v>
       </c>
       <c r="C2" t="s">
-        <v>816</v>
+        <v>828</v>
       </c>
       <c r="D2" t="s">
         <v>12</v>
       </c>
       <c r="E2" t="s">
-        <v>817</v>
+        <v>829</v>
       </c>
       <c r="F2" t="s">
         <v>12</v>
       </c>
       <c r="G2" t="s">
-        <v>818</v>
+        <v>830</v>
       </c>
       <c r="H2" t="s">
-        <v>819</v>
+        <v>831</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H6"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
@@ -3216,51 +3252,51 @@
       </c>
       <c r="D6" t="s">
         <v>57</v>
       </c>
       <c r="E6" t="s">
         <v>58</v>
       </c>
       <c r="F6" t="s">
         <v>12</v>
       </c>
       <c r="G6" t="s">
         <v>59</v>
       </c>
       <c r="H6" t="s">
         <v>60</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H67"/>
+  <dimension ref="A1:H68"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -3285,77 +3321,77 @@
       </c>
       <c r="E2" t="s">
         <v>64</v>
       </c>
       <c r="F2" t="s">
         <v>12</v>
       </c>
       <c r="G2" t="s">
         <v>65</v>
       </c>
       <c r="H2" t="s">
         <v>66</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
         <v>61</v>
       </c>
       <c r="B3" t="s">
         <v>67</v>
       </c>
       <c r="C3" t="s">
         <v>68</v>
       </c>
       <c r="D3" t="s">
-        <v>12</v>
+        <v>69</v>
       </c>
       <c r="E3" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="F3" t="s">
         <v>12</v>
       </c>
       <c r="G3" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="H3" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
         <v>61</v>
       </c>
       <c r="B4" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="C4" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="D4" t="s">
-        <v>74</v>
+        <v>12</v>
       </c>
       <c r="E4" t="s">
         <v>75</v>
       </c>
       <c r="F4" t="s">
         <v>12</v>
       </c>
       <c r="G4" t="s">
         <v>76</v>
       </c>
       <c r="H4" t="s">
         <v>77</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
         <v>61</v>
       </c>
       <c r="B5" t="s">
         <v>78</v>
       </c>
       <c r="C5" t="s">
         <v>79</v>
       </c>
       <c r="D5" t="s">
@@ -3389,155 +3425,155 @@
       </c>
       <c r="E6" t="s">
         <v>85</v>
       </c>
       <c r="F6" t="s">
         <v>12</v>
       </c>
       <c r="G6" t="s">
         <v>86</v>
       </c>
       <c r="H6" t="s">
         <v>87</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
         <v>61</v>
       </c>
       <c r="B7" t="s">
         <v>88</v>
       </c>
       <c r="C7" t="s">
         <v>89</v>
       </c>
       <c r="D7" t="s">
-        <v>12</v>
+        <v>90</v>
       </c>
       <c r="E7" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="F7" t="s">
         <v>12</v>
       </c>
       <c r="G7" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="H7" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
         <v>61</v>
       </c>
       <c r="B8" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="C8" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="D8" t="s">
         <v>12</v>
       </c>
       <c r="E8" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="F8" t="s">
         <v>12</v>
       </c>
       <c r="G8" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="H8" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
         <v>61</v>
       </c>
       <c r="B9" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="C9" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="D9" t="s">
         <v>12</v>
       </c>
       <c r="E9" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="F9" t="s">
         <v>12</v>
       </c>
       <c r="G9" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="H9" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
         <v>61</v>
       </c>
       <c r="B10" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="C10" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="D10" t="s">
         <v>12</v>
       </c>
       <c r="E10" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="F10" t="s">
         <v>12</v>
       </c>
       <c r="G10" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="H10" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
         <v>61</v>
       </c>
       <c r="B11" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="C11" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="D11" t="s">
-        <v>110</v>
+        <v>12</v>
       </c>
       <c r="E11" t="s">
         <v>111</v>
       </c>
       <c r="F11" t="s">
         <v>12</v>
       </c>
       <c r="G11" t="s">
         <v>112</v>
       </c>
       <c r="H11" t="s">
         <v>113</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
         <v>61</v>
       </c>
       <c r="B12" t="s">
         <v>114</v>
       </c>
       <c r="C12" t="s">
         <v>115</v>
       </c>
       <c r="D12" t="s">
@@ -3571,753 +3607,753 @@
       </c>
       <c r="E13" t="s">
         <v>121</v>
       </c>
       <c r="F13" t="s">
         <v>12</v>
       </c>
       <c r="G13" t="s">
         <v>122</v>
       </c>
       <c r="H13" t="s">
         <v>123</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
         <v>61</v>
       </c>
       <c r="B14" t="s">
         <v>124</v>
       </c>
       <c r="C14" t="s">
         <v>125</v>
       </c>
       <c r="D14" t="s">
-        <v>12</v>
+        <v>126</v>
       </c>
       <c r="E14" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="F14" t="s">
         <v>12</v>
       </c>
       <c r="G14" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="H14" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
         <v>61</v>
       </c>
       <c r="B15" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="C15" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="D15" t="s">
         <v>12</v>
       </c>
       <c r="E15" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="F15" t="s">
         <v>12</v>
       </c>
       <c r="G15" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="H15" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
         <v>61</v>
       </c>
       <c r="B16" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="C16" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="D16" t="s">
-        <v>136</v>
+        <v>12</v>
       </c>
       <c r="E16" t="s">
         <v>137</v>
       </c>
       <c r="F16" t="s">
         <v>12</v>
       </c>
       <c r="G16" t="s">
         <v>138</v>
       </c>
       <c r="H16" t="s">
         <v>139</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
         <v>61</v>
       </c>
       <c r="B17" t="s">
         <v>140</v>
       </c>
       <c r="C17" t="s">
         <v>141</v>
       </c>
       <c r="D17" t="s">
+        <v>12</v>
+      </c>
+      <c r="E17" t="s">
         <v>142</v>
       </c>
-      <c r="E17" t="s">
+      <c r="F17" t="s">
+        <v>12</v>
+      </c>
+      <c r="G17" t="s">
         <v>143</v>
       </c>
-      <c r="F17" t="s">
-[...2 lines deleted...]
-      <c r="G17" t="s">
+      <c r="H17" t="s">
         <v>144</v>
-      </c>
-[...1 lines deleted...]
-        <v>145</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
         <v>61</v>
       </c>
       <c r="B18" t="s">
+        <v>145</v>
+      </c>
+      <c r="C18" t="s">
         <v>146</v>
       </c>
-      <c r="C18" t="s">
+      <c r="D18" t="s">
+        <v>12</v>
+      </c>
+      <c r="E18" t="s">
         <v>147</v>
       </c>
-      <c r="D18" t="s">
-[...2 lines deleted...]
-      <c r="E18" t="s">
+      <c r="F18" t="s">
+        <v>12</v>
+      </c>
+      <c r="G18" t="s">
         <v>148</v>
       </c>
-      <c r="F18" t="s">
-[...2 lines deleted...]
-      <c r="G18" t="s">
+      <c r="H18" t="s">
         <v>149</v>
-      </c>
-[...1 lines deleted...]
-        <v>150</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
         <v>61</v>
       </c>
       <c r="B19" t="s">
+        <v>150</v>
+      </c>
+      <c r="C19" t="s">
         <v>151</v>
       </c>
-      <c r="C19" t="s">
+      <c r="D19" t="s">
         <v>152</v>
-      </c>
-[...1 lines deleted...]
-        <v>12</v>
       </c>
       <c r="E19" t="s">
         <v>153</v>
       </c>
       <c r="F19" t="s">
         <v>12</v>
       </c>
       <c r="G19" t="s">
         <v>154</v>
       </c>
       <c r="H19" t="s">
         <v>155</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
         <v>61</v>
       </c>
       <c r="B20" t="s">
         <v>156</v>
       </c>
       <c r="C20" t="s">
         <v>157</v>
       </c>
       <c r="D20" t="s">
-        <v>12</v>
+        <v>158</v>
       </c>
       <c r="E20" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="F20" t="s">
         <v>12</v>
       </c>
       <c r="G20" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="H20" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
         <v>61</v>
       </c>
       <c r="B21" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
       <c r="C21" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="D21" t="s">
         <v>12</v>
       </c>
       <c r="E21" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="F21" t="s">
         <v>12</v>
       </c>
       <c r="G21" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="H21" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s">
         <v>61</v>
       </c>
       <c r="B22" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="C22" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="D22" t="s">
         <v>12</v>
       </c>
       <c r="E22" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="F22" t="s">
         <v>12</v>
       </c>
       <c r="G22" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="H22" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="s">
         <v>61</v>
       </c>
       <c r="B23" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="C23" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="D23" t="s">
         <v>12</v>
       </c>
       <c r="E23" t="s">
-        <v>168</v>
+        <v>174</v>
       </c>
       <c r="F23" t="s">
         <v>12</v>
       </c>
       <c r="G23" t="s">
-        <v>173</v>
+        <v>175</v>
       </c>
       <c r="H23" t="s">
-        <v>174</v>
+        <v>176</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="s">
         <v>61</v>
       </c>
       <c r="B24" t="s">
-        <v>175</v>
+        <v>177</v>
       </c>
       <c r="C24" t="s">
-        <v>176</v>
+        <v>178</v>
       </c>
       <c r="D24" t="s">
         <v>12</v>
       </c>
       <c r="E24" t="s">
-        <v>177</v>
+        <v>179</v>
       </c>
       <c r="F24" t="s">
         <v>12</v>
       </c>
       <c r="G24" t="s">
-        <v>178</v>
+        <v>180</v>
       </c>
       <c r="H24" t="s">
-        <v>179</v>
+        <v>181</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="s">
         <v>61</v>
       </c>
       <c r="B25" t="s">
-        <v>180</v>
+        <v>182</v>
       </c>
       <c r="C25" t="s">
-        <v>181</v>
+        <v>183</v>
       </c>
       <c r="D25" t="s">
         <v>12</v>
       </c>
       <c r="E25" t="s">
-        <v>177</v>
+        <v>184</v>
       </c>
       <c r="F25" t="s">
         <v>12</v>
       </c>
       <c r="G25" t="s">
-        <v>182</v>
+        <v>185</v>
       </c>
       <c r="H25" t="s">
-        <v>183</v>
+        <v>186</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="s">
         <v>61</v>
       </c>
       <c r="B26" t="s">
+        <v>187</v>
+      </c>
+      <c r="C26" t="s">
+        <v>188</v>
+      </c>
+      <c r="D26" t="s">
+        <v>12</v>
+      </c>
+      <c r="E26" t="s">
         <v>184</v>
       </c>
-      <c r="C26" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F26" t="s">
         <v>12</v>
       </c>
       <c r="G26" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="H26" t="s">
-        <v>188</v>
+        <v>190</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="s">
         <v>61</v>
       </c>
       <c r="B27" t="s">
-        <v>189</v>
+        <v>191</v>
       </c>
       <c r="C27" t="s">
-        <v>190</v>
+        <v>192</v>
       </c>
       <c r="D27" t="s">
         <v>12</v>
       </c>
       <c r="E27" t="s">
-        <v>191</v>
+        <v>193</v>
       </c>
       <c r="F27" t="s">
         <v>12</v>
       </c>
       <c r="G27" t="s">
-        <v>192</v>
+        <v>194</v>
       </c>
       <c r="H27" t="s">
-        <v>193</v>
+        <v>195</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="s">
         <v>61</v>
       </c>
       <c r="B28" t="s">
-        <v>194</v>
+        <v>196</v>
       </c>
       <c r="C28" t="s">
-        <v>195</v>
+        <v>197</v>
       </c>
       <c r="D28" t="s">
         <v>12</v>
       </c>
       <c r="E28" t="s">
-        <v>196</v>
+        <v>193</v>
       </c>
       <c r="F28" t="s">
         <v>12</v>
       </c>
       <c r="G28" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
       <c r="H28" t="s">
-        <v>198</v>
+        <v>199</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="s">
         <v>61</v>
       </c>
       <c r="B29" t="s">
-        <v>199</v>
+        <v>200</v>
       </c>
       <c r="C29" t="s">
-        <v>200</v>
+        <v>201</v>
       </c>
       <c r="D29" t="s">
         <v>12</v>
       </c>
       <c r="E29" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="F29" t="s">
         <v>12</v>
       </c>
       <c r="G29" t="s">
-        <v>202</v>
+        <v>203</v>
       </c>
       <c r="H29" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="s">
         <v>61</v>
       </c>
       <c r="B30" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="C30" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
       <c r="D30" t="s">
         <v>12</v>
       </c>
       <c r="E30" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
       <c r="F30" t="s">
         <v>12</v>
       </c>
       <c r="G30" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="H30" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="s">
         <v>61</v>
       </c>
       <c r="B31" t="s">
-        <v>209</v>
+        <v>210</v>
       </c>
       <c r="C31" t="s">
-        <v>210</v>
+        <v>211</v>
       </c>
       <c r="D31" t="s">
         <v>12</v>
       </c>
       <c r="E31" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="F31" t="s">
         <v>12</v>
       </c>
       <c r="G31" t="s">
-        <v>212</v>
+        <v>213</v>
       </c>
       <c r="H31" t="s">
-        <v>213</v>
+        <v>214</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="s">
         <v>61</v>
       </c>
       <c r="B32" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="C32" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="D32" t="s">
         <v>12</v>
       </c>
       <c r="E32" t="s">
-        <v>211</v>
+        <v>217</v>
       </c>
       <c r="F32" t="s">
         <v>12</v>
       </c>
       <c r="G32" t="s">
-        <v>216</v>
+        <v>218</v>
       </c>
       <c r="H32" t="s">
-        <v>217</v>
+        <v>219</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="s">
         <v>61</v>
       </c>
       <c r="B33" t="s">
-        <v>218</v>
+        <v>220</v>
       </c>
       <c r="C33" t="s">
-        <v>219</v>
+        <v>221</v>
       </c>
       <c r="D33" t="s">
         <v>12</v>
       </c>
       <c r="E33" t="s">
-        <v>220</v>
+        <v>222</v>
       </c>
       <c r="F33" t="s">
         <v>12</v>
       </c>
       <c r="G33" t="s">
-        <v>221</v>
+        <v>223</v>
       </c>
       <c r="H33" t="s">
-        <v>222</v>
+        <v>224</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="s">
         <v>61</v>
       </c>
       <c r="B34" t="s">
-        <v>223</v>
+        <v>225</v>
       </c>
       <c r="C34" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="D34" t="s">
         <v>12</v>
       </c>
       <c r="E34" t="s">
-        <v>225</v>
+        <v>227</v>
       </c>
       <c r="F34" t="s">
         <v>12</v>
       </c>
       <c r="G34" t="s">
-        <v>226</v>
+        <v>228</v>
       </c>
       <c r="H34" t="s">
-        <v>227</v>
+        <v>229</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="s">
         <v>61</v>
       </c>
       <c r="B35" t="s">
-        <v>228</v>
+        <v>230</v>
       </c>
       <c r="C35" t="s">
-        <v>229</v>
+        <v>231</v>
       </c>
       <c r="D35" t="s">
         <v>12</v>
       </c>
       <c r="E35" t="s">
-        <v>230</v>
+        <v>227</v>
       </c>
       <c r="F35" t="s">
         <v>12</v>
       </c>
       <c r="G35" t="s">
-        <v>231</v>
+        <v>232</v>
       </c>
       <c r="H35" t="s">
-        <v>232</v>
+        <v>233</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="s">
         <v>61</v>
       </c>
       <c r="B36" t="s">
-        <v>233</v>
+        <v>234</v>
       </c>
       <c r="C36" t="s">
-        <v>234</v>
+        <v>235</v>
       </c>
       <c r="D36" t="s">
         <v>12</v>
       </c>
       <c r="E36" t="s">
-        <v>230</v>
+        <v>236</v>
       </c>
       <c r="F36" t="s">
         <v>12</v>
       </c>
       <c r="G36" t="s">
-        <v>235</v>
+        <v>237</v>
       </c>
       <c r="H36" t="s">
-        <v>236</v>
+        <v>238</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" t="s">
         <v>61</v>
       </c>
       <c r="B37" t="s">
-        <v>237</v>
+        <v>239</v>
       </c>
       <c r="C37" t="s">
-        <v>238</v>
+        <v>240</v>
       </c>
       <c r="D37" t="s">
         <v>12</v>
       </c>
       <c r="E37" t="s">
-        <v>230</v>
+        <v>241</v>
       </c>
       <c r="F37" t="s">
         <v>12</v>
       </c>
       <c r="G37" t="s">
-        <v>239</v>
+        <v>242</v>
       </c>
       <c r="H37" t="s">
-        <v>240</v>
+        <v>243</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" t="s">
         <v>61</v>
       </c>
       <c r="B38" t="s">
-        <v>241</v>
+        <v>244</v>
       </c>
       <c r="C38" t="s">
-        <v>242</v>
+        <v>245</v>
       </c>
       <c r="D38" t="s">
         <v>12</v>
       </c>
       <c r="E38" t="s">
-        <v>243</v>
+        <v>246</v>
       </c>
       <c r="F38" t="s">
         <v>12</v>
       </c>
       <c r="G38" t="s">
-        <v>244</v>
+        <v>247</v>
       </c>
       <c r="H38" t="s">
-        <v>245</v>
+        <v>248</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" t="s">
         <v>61</v>
       </c>
       <c r="B39" t="s">
+        <v>249</v>
+      </c>
+      <c r="C39" t="s">
+        <v>250</v>
+      </c>
+      <c r="D39" t="s">
+        <v>12</v>
+      </c>
+      <c r="E39" t="s">
         <v>246</v>
       </c>
-      <c r="C39" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F39" t="s">
         <v>12</v>
       </c>
       <c r="G39" t="s">
-        <v>249</v>
+        <v>251</v>
       </c>
       <c r="H39" t="s">
-        <v>250</v>
+        <v>252</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" t="s">
         <v>61</v>
       </c>
       <c r="B40" t="s">
-        <v>251</v>
+        <v>253</v>
       </c>
       <c r="C40" t="s">
-        <v>252</v>
+        <v>254</v>
       </c>
       <c r="D40" t="s">
         <v>12</v>
       </c>
       <c r="E40" t="s">
-        <v>253</v>
+        <v>246</v>
       </c>
       <c r="F40" t="s">
         <v>12</v>
       </c>
       <c r="G40" t="s">
-        <v>254</v>
+        <v>255</v>
       </c>
       <c r="H40" t="s">
-        <v>255</v>
+        <v>256</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" t="s">
         <v>61</v>
       </c>
       <c r="B41" t="s">
-        <v>256</v>
+        <v>257</v>
       </c>
       <c r="C41" t="s">
-        <v>257</v>
+        <v>258</v>
       </c>
       <c r="D41" t="s">
-        <v>258</v>
+        <v>12</v>
       </c>
       <c r="E41" t="s">
         <v>259</v>
       </c>
       <c r="F41" t="s">
         <v>12</v>
       </c>
       <c r="G41" t="s">
         <v>260</v>
       </c>
       <c r="H41" t="s">
         <v>261</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" t="s">
         <v>61</v>
       </c>
       <c r="B42" t="s">
         <v>262</v>
       </c>
       <c r="C42" t="s">
         <v>263</v>
       </c>
       <c r="D42" t="s">
@@ -4351,77 +4387,77 @@
       </c>
       <c r="E43" t="s">
         <v>269</v>
       </c>
       <c r="F43" t="s">
         <v>12</v>
       </c>
       <c r="G43" t="s">
         <v>270</v>
       </c>
       <c r="H43" t="s">
         <v>271</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" t="s">
         <v>61</v>
       </c>
       <c r="B44" t="s">
         <v>272</v>
       </c>
       <c r="C44" t="s">
         <v>273</v>
       </c>
       <c r="D44" t="s">
-        <v>12</v>
+        <v>274</v>
       </c>
       <c r="E44" t="s">
-        <v>274</v>
+        <v>275</v>
       </c>
       <c r="F44" t="s">
         <v>12</v>
       </c>
       <c r="G44" t="s">
-        <v>275</v>
+        <v>276</v>
       </c>
       <c r="H44" t="s">
-        <v>276</v>
+        <v>277</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" t="s">
         <v>61</v>
       </c>
       <c r="B45" t="s">
-        <v>277</v>
+        <v>278</v>
       </c>
       <c r="C45" t="s">
-        <v>278</v>
+        <v>279</v>
       </c>
       <c r="D45" t="s">
-        <v>279</v>
+        <v>12</v>
       </c>
       <c r="E45" t="s">
         <v>280</v>
       </c>
       <c r="F45" t="s">
         <v>12</v>
       </c>
       <c r="G45" t="s">
         <v>281</v>
       </c>
       <c r="H45" t="s">
         <v>282</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" t="s">
         <v>61</v>
       </c>
       <c r="B46" t="s">
         <v>283</v>
       </c>
       <c r="C46" t="s">
         <v>284</v>
       </c>
       <c r="D46" t="s">
@@ -4455,2748 +4491,2800 @@
       </c>
       <c r="E47" t="s">
         <v>290</v>
       </c>
       <c r="F47" t="s">
         <v>12</v>
       </c>
       <c r="G47" t="s">
         <v>291</v>
       </c>
       <c r="H47" t="s">
         <v>292</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" t="s">
         <v>61</v>
       </c>
       <c r="B48" t="s">
         <v>293</v>
       </c>
       <c r="C48" t="s">
         <v>294</v>
       </c>
       <c r="D48" t="s">
-        <v>12</v>
+        <v>295</v>
       </c>
       <c r="E48" t="s">
-        <v>295</v>
+        <v>296</v>
       </c>
       <c r="F48" t="s">
         <v>12</v>
       </c>
       <c r="G48" t="s">
-        <v>296</v>
+        <v>297</v>
       </c>
       <c r="H48" t="s">
-        <v>297</v>
+        <v>298</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" t="s">
         <v>61</v>
       </c>
       <c r="B49" t="s">
-        <v>298</v>
+        <v>299</v>
       </c>
       <c r="C49" t="s">
-        <v>299</v>
+        <v>300</v>
       </c>
       <c r="D49" t="s">
-        <v>300</v>
+        <v>12</v>
       </c>
       <c r="E49" t="s">
         <v>301</v>
       </c>
       <c r="F49" t="s">
         <v>12</v>
       </c>
       <c r="G49" t="s">
         <v>302</v>
       </c>
       <c r="H49" t="s">
         <v>303</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" t="s">
         <v>61</v>
       </c>
       <c r="B50" t="s">
         <v>304</v>
       </c>
       <c r="C50" t="s">
-        <v>299</v>
+        <v>305</v>
       </c>
       <c r="D50" t="s">
-        <v>300</v>
+        <v>12</v>
       </c>
       <c r="E50" t="s">
-        <v>305</v>
+        <v>306</v>
       </c>
       <c r="F50" t="s">
         <v>12</v>
       </c>
       <c r="G50" t="s">
-        <v>306</v>
+        <v>307</v>
       </c>
       <c r="H50" t="s">
-        <v>307</v>
+        <v>308</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" t="s">
         <v>61</v>
       </c>
       <c r="B51" t="s">
-        <v>308</v>
+        <v>309</v>
       </c>
       <c r="C51" t="s">
-        <v>309</v>
+        <v>310</v>
       </c>
       <c r="D51" t="s">
         <v>12</v>
       </c>
       <c r="E51" t="s">
-        <v>310</v>
+        <v>311</v>
       </c>
       <c r="F51" t="s">
         <v>12</v>
       </c>
       <c r="G51" t="s">
-        <v>311</v>
+        <v>312</v>
       </c>
       <c r="H51" t="s">
-        <v>312</v>
+        <v>313</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" t="s">
         <v>61</v>
       </c>
       <c r="B52" t="s">
-        <v>313</v>
+        <v>314</v>
       </c>
       <c r="C52" t="s">
-        <v>314</v>
+        <v>315</v>
       </c>
       <c r="D52" t="s">
-        <v>12</v>
+        <v>316</v>
       </c>
       <c r="E52" t="s">
-        <v>315</v>
+        <v>317</v>
       </c>
       <c r="F52" t="s">
         <v>12</v>
       </c>
       <c r="G52" t="s">
-        <v>316</v>
+        <v>318</v>
       </c>
       <c r="H52" t="s">
-        <v>317</v>
+        <v>319</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" t="s">
         <v>61</v>
       </c>
       <c r="B53" t="s">
-        <v>318</v>
+        <v>320</v>
       </c>
       <c r="C53" t="s">
-        <v>319</v>
+        <v>315</v>
       </c>
       <c r="D53" t="s">
-        <v>12</v>
+        <v>316</v>
       </c>
       <c r="E53" t="s">
-        <v>320</v>
+        <v>321</v>
       </c>
       <c r="F53" t="s">
         <v>12</v>
       </c>
       <c r="G53" t="s">
-        <v>321</v>
+        <v>322</v>
       </c>
       <c r="H53" t="s">
-        <v>322</v>
+        <v>323</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" t="s">
         <v>61</v>
       </c>
       <c r="B54" t="s">
-        <v>323</v>
+        <v>324</v>
       </c>
       <c r="C54" t="s">
-        <v>324</v>
+        <v>325</v>
       </c>
       <c r="D54" t="s">
         <v>12</v>
       </c>
       <c r="E54" t="s">
-        <v>325</v>
+        <v>326</v>
       </c>
       <c r="F54" t="s">
         <v>12</v>
       </c>
       <c r="G54" t="s">
-        <v>326</v>
+        <v>327</v>
       </c>
       <c r="H54" t="s">
-        <v>327</v>
+        <v>328</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" t="s">
         <v>61</v>
       </c>
       <c r="B55" t="s">
-        <v>328</v>
+        <v>329</v>
       </c>
       <c r="C55" t="s">
-        <v>329</v>
+        <v>330</v>
       </c>
       <c r="D55" t="s">
         <v>12</v>
       </c>
       <c r="E55" t="s">
-        <v>330</v>
+        <v>331</v>
       </c>
       <c r="F55" t="s">
         <v>12</v>
       </c>
       <c r="G55" t="s">
-        <v>331</v>
+        <v>332</v>
       </c>
       <c r="H55" t="s">
-        <v>332</v>
+        <v>333</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" t="s">
         <v>61</v>
       </c>
       <c r="B56" t="s">
-        <v>333</v>
+        <v>334</v>
       </c>
       <c r="C56" t="s">
-        <v>334</v>
+        <v>335</v>
       </c>
       <c r="D56" t="s">
         <v>12</v>
       </c>
       <c r="E56" t="s">
-        <v>335</v>
+        <v>336</v>
       </c>
       <c r="F56" t="s">
         <v>12</v>
       </c>
       <c r="G56" t="s">
-        <v>336</v>
+        <v>337</v>
       </c>
       <c r="H56" t="s">
-        <v>337</v>
+        <v>338</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" t="s">
         <v>61</v>
       </c>
       <c r="B57" t="s">
-        <v>338</v>
+        <v>339</v>
       </c>
       <c r="C57" t="s">
-        <v>339</v>
+        <v>340</v>
       </c>
       <c r="D57" t="s">
         <v>12</v>
       </c>
       <c r="E57" t="s">
-        <v>340</v>
+        <v>341</v>
       </c>
       <c r="F57" t="s">
         <v>12</v>
       </c>
       <c r="G57" t="s">
-        <v>341</v>
+        <v>342</v>
       </c>
       <c r="H57" t="s">
-        <v>342</v>
+        <v>343</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" t="s">
         <v>61</v>
       </c>
       <c r="B58" t="s">
-        <v>343</v>
+        <v>344</v>
       </c>
       <c r="C58" t="s">
-        <v>344</v>
+        <v>345</v>
       </c>
       <c r="D58" t="s">
         <v>12</v>
       </c>
       <c r="E58" t="s">
-        <v>345</v>
+        <v>346</v>
       </c>
       <c r="F58" t="s">
         <v>12</v>
       </c>
       <c r="G58" t="s">
-        <v>346</v>
+        <v>347</v>
       </c>
       <c r="H58" t="s">
-        <v>347</v>
+        <v>348</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" t="s">
         <v>61</v>
       </c>
       <c r="B59" t="s">
-        <v>348</v>
+        <v>349</v>
       </c>
       <c r="C59" t="s">
-        <v>12</v>
+        <v>350</v>
       </c>
       <c r="D59" t="s">
         <v>12</v>
       </c>
       <c r="E59" t="s">
-        <v>349</v>
+        <v>351</v>
       </c>
       <c r="F59" t="s">
         <v>12</v>
       </c>
       <c r="G59" t="s">
-        <v>350</v>
+        <v>352</v>
       </c>
       <c r="H59" t="s">
-        <v>351</v>
+        <v>353</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" t="s">
         <v>61</v>
       </c>
       <c r="B60" t="s">
-        <v>352</v>
+        <v>354</v>
       </c>
       <c r="C60" t="s">
-        <v>353</v>
+        <v>12</v>
       </c>
       <c r="D60" t="s">
         <v>12</v>
       </c>
       <c r="E60" t="s">
-        <v>354</v>
+        <v>355</v>
       </c>
       <c r="F60" t="s">
         <v>12</v>
       </c>
       <c r="G60" t="s">
-        <v>355</v>
+        <v>356</v>
       </c>
       <c r="H60" t="s">
-        <v>356</v>
+        <v>357</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" t="s">
         <v>61</v>
       </c>
       <c r="B61" t="s">
-        <v>357</v>
+        <v>358</v>
       </c>
       <c r="C61" t="s">
-        <v>358</v>
+        <v>359</v>
       </c>
       <c r="D61" t="s">
         <v>12</v>
       </c>
       <c r="E61" t="s">
-        <v>359</v>
+        <v>360</v>
       </c>
       <c r="F61" t="s">
         <v>12</v>
       </c>
       <c r="G61" t="s">
-        <v>360</v>
+        <v>361</v>
       </c>
       <c r="H61" t="s">
-        <v>361</v>
+        <v>362</v>
       </c>
     </row>
     <row r="62">
       <c r="A62" t="s">
         <v>61</v>
       </c>
       <c r="B62" t="s">
-        <v>362</v>
+        <v>363</v>
       </c>
       <c r="C62" t="s">
-        <v>299</v>
+        <v>364</v>
       </c>
       <c r="D62" t="s">
-        <v>363</v>
+        <v>12</v>
       </c>
       <c r="E62" t="s">
-        <v>364</v>
+        <v>365</v>
       </c>
       <c r="F62" t="s">
         <v>12</v>
       </c>
       <c r="G62" t="s">
-        <v>365</v>
+        <v>366</v>
       </c>
       <c r="H62" t="s">
-        <v>366</v>
+        <v>367</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" t="s">
         <v>61</v>
       </c>
       <c r="B63" t="s">
-        <v>367</v>
+        <v>368</v>
       </c>
       <c r="C63" t="s">
-        <v>368</v>
+        <v>315</v>
       </c>
       <c r="D63" t="s">
         <v>369</v>
       </c>
       <c r="E63" t="s">
         <v>370</v>
       </c>
       <c r="F63" t="s">
         <v>12</v>
       </c>
       <c r="G63" t="s">
         <v>371</v>
       </c>
       <c r="H63" t="s">
         <v>372</v>
       </c>
     </row>
     <row r="64">
       <c r="A64" t="s">
         <v>61</v>
       </c>
       <c r="B64" t="s">
         <v>373</v>
       </c>
       <c r="C64" t="s">
-        <v>12</v>
+        <v>374</v>
       </c>
       <c r="D64" t="s">
-        <v>374</v>
+        <v>375</v>
       </c>
       <c r="E64" t="s">
-        <v>375</v>
+        <v>376</v>
       </c>
       <c r="F64" t="s">
         <v>12</v>
       </c>
       <c r="G64" t="s">
-        <v>376</v>
+        <v>377</v>
       </c>
       <c r="H64" t="s">
-        <v>377</v>
+        <v>378</v>
       </c>
     </row>
     <row r="65">
       <c r="A65" t="s">
         <v>61</v>
       </c>
       <c r="B65" t="s">
-        <v>378</v>
+        <v>379</v>
       </c>
       <c r="C65" t="s">
         <v>12</v>
       </c>
       <c r="D65" t="s">
-        <v>374</v>
+        <v>380</v>
       </c>
       <c r="E65" t="s">
-        <v>374</v>
+        <v>381</v>
       </c>
       <c r="F65" t="s">
         <v>12</v>
       </c>
       <c r="G65" t="s">
-        <v>379</v>
+        <v>382</v>
       </c>
       <c r="H65" t="s">
-        <v>380</v>
+        <v>383</v>
       </c>
     </row>
     <row r="66">
       <c r="A66" t="s">
         <v>61</v>
       </c>
       <c r="B66" t="s">
-        <v>381</v>
+        <v>384</v>
       </c>
       <c r="C66" t="s">
         <v>12</v>
       </c>
       <c r="D66" t="s">
-        <v>374</v>
+        <v>380</v>
       </c>
       <c r="E66" t="s">
-        <v>374</v>
+        <v>380</v>
       </c>
       <c r="F66" t="s">
         <v>12</v>
       </c>
       <c r="G66" t="s">
-        <v>382</v>
+        <v>385</v>
       </c>
       <c r="H66" t="s">
-        <v>383</v>
+        <v>386</v>
       </c>
     </row>
     <row r="67">
       <c r="A67" t="s">
         <v>61</v>
       </c>
       <c r="B67" t="s">
-        <v>384</v>
+        <v>387</v>
       </c>
       <c r="C67" t="s">
-        <v>385</v>
+        <v>12</v>
       </c>
       <c r="D67" t="s">
-        <v>386</v>
+        <v>380</v>
       </c>
       <c r="E67" t="s">
-        <v>387</v>
+        <v>380</v>
       </c>
       <c r="F67" t="s">
         <v>12</v>
       </c>
       <c r="G67" t="s">
         <v>388</v>
       </c>
       <c r="H67" t="s">
         <v>389</v>
+      </c>
+    </row>
+    <row r="68">
+      <c r="A68" t="s">
+        <v>61</v>
+      </c>
+      <c r="B68" t="s">
+        <v>390</v>
+      </c>
+      <c r="C68" t="s">
+        <v>391</v>
+      </c>
+      <c r="D68" t="s">
+        <v>392</v>
+      </c>
+      <c r="E68" t="s">
+        <v>393</v>
+      </c>
+      <c r="F68" t="s">
+        <v>12</v>
+      </c>
+      <c r="G68" t="s">
+        <v>394</v>
+      </c>
+      <c r="H68" t="s">
+        <v>395</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H24"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>390</v>
+        <v>396</v>
       </c>
       <c r="B2" t="s">
-        <v>391</v>
+        <v>397</v>
       </c>
       <c r="C2" t="s">
-        <v>392</v>
+        <v>398</v>
       </c>
       <c r="D2" t="s">
-        <v>393</v>
+        <v>399</v>
       </c>
       <c r="E2" t="s">
-        <v>394</v>
+        <v>400</v>
       </c>
       <c r="F2" t="s">
         <v>12</v>
       </c>
       <c r="G2" t="s">
-        <v>395</v>
+        <v>401</v>
       </c>
       <c r="H2" t="s">
-        <v>396</v>
+        <v>402</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>390</v>
+        <v>396</v>
       </c>
       <c r="B3" t="s">
-        <v>397</v>
+        <v>403</v>
       </c>
       <c r="C3" t="s">
-        <v>398</v>
+        <v>404</v>
       </c>
       <c r="D3" t="s">
-        <v>393</v>
+        <v>399</v>
       </c>
       <c r="E3" t="s">
-        <v>399</v>
+        <v>405</v>
       </c>
       <c r="F3" t="s">
         <v>12</v>
       </c>
       <c r="G3" t="s">
-        <v>400</v>
+        <v>406</v>
       </c>
       <c r="H3" t="s">
-        <v>401</v>
+        <v>407</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>390</v>
+        <v>396</v>
       </c>
       <c r="B4" t="s">
-        <v>402</v>
+        <v>408</v>
       </c>
       <c r="C4" t="s">
-        <v>392</v>
+        <v>398</v>
       </c>
       <c r="D4" t="s">
-        <v>393</v>
+        <v>399</v>
       </c>
       <c r="E4" t="s">
-        <v>403</v>
+        <v>409</v>
       </c>
       <c r="F4" t="s">
         <v>12</v>
       </c>
       <c r="G4" t="s">
-        <v>404</v>
+        <v>410</v>
       </c>
       <c r="H4" t="s">
-        <v>405</v>
+        <v>411</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>390</v>
+        <v>396</v>
       </c>
       <c r="B5" t="s">
-        <v>406</v>
+        <v>412</v>
       </c>
       <c r="C5" t="s">
-        <v>392</v>
+        <v>398</v>
       </c>
       <c r="D5" t="s">
-        <v>393</v>
+        <v>399</v>
       </c>
       <c r="E5" t="s">
-        <v>394</v>
+        <v>400</v>
       </c>
       <c r="F5" t="s">
         <v>12</v>
       </c>
       <c r="G5" t="s">
-        <v>407</v>
+        <v>413</v>
       </c>
       <c r="H5" t="s">
-        <v>408</v>
+        <v>414</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>390</v>
+        <v>396</v>
       </c>
       <c r="B6" t="s">
-        <v>409</v>
+        <v>415</v>
       </c>
       <c r="C6" t="s">
-        <v>392</v>
+        <v>398</v>
       </c>
       <c r="D6" t="s">
-        <v>393</v>
+        <v>399</v>
       </c>
       <c r="E6" t="s">
-        <v>394</v>
+        <v>400</v>
       </c>
       <c r="F6" t="s">
         <v>12</v>
       </c>
       <c r="G6" t="s">
-        <v>410</v>
+        <v>416</v>
       </c>
       <c r="H6" t="s">
-        <v>411</v>
+        <v>417</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>390</v>
+        <v>396</v>
       </c>
       <c r="B7" t="s">
-        <v>412</v>
+        <v>418</v>
       </c>
       <c r="C7" t="s">
-        <v>413</v>
+        <v>419</v>
       </c>
       <c r="D7" t="s">
-        <v>74</v>
+        <v>90</v>
       </c>
       <c r="E7" t="s">
-        <v>414</v>
+        <v>420</v>
       </c>
       <c r="F7" t="s">
         <v>12</v>
       </c>
       <c r="G7" t="s">
-        <v>415</v>
+        <v>421</v>
       </c>
       <c r="H7" t="s">
-        <v>416</v>
+        <v>422</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>390</v>
+        <v>396</v>
       </c>
       <c r="B8" t="s">
-        <v>417</v>
+        <v>423</v>
       </c>
       <c r="C8" t="s">
-        <v>418</v>
+        <v>424</v>
       </c>
       <c r="D8" t="s">
-        <v>419</v>
+        <v>425</v>
       </c>
       <c r="E8" t="s">
-        <v>420</v>
+        <v>426</v>
       </c>
       <c r="F8" t="s">
         <v>12</v>
       </c>
       <c r="G8" t="s">
-        <v>421</v>
+        <v>427</v>
       </c>
       <c r="H8" t="s">
-        <v>422</v>
+        <v>428</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>390</v>
+        <v>396</v>
       </c>
       <c r="B9" t="s">
-        <v>423</v>
+        <v>429</v>
       </c>
       <c r="C9" t="s">
-        <v>392</v>
+        <v>398</v>
       </c>
       <c r="D9" t="s">
-        <v>424</v>
+        <v>430</v>
       </c>
       <c r="E9" t="s">
-        <v>425</v>
+        <v>431</v>
       </c>
       <c r="F9" t="s">
         <v>12</v>
       </c>
       <c r="G9" t="s">
-        <v>426</v>
+        <v>432</v>
       </c>
       <c r="H9" t="s">
-        <v>427</v>
+        <v>433</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>390</v>
+        <v>396</v>
       </c>
       <c r="B10" t="s">
-        <v>428</v>
+        <v>434</v>
       </c>
       <c r="C10" t="s">
-        <v>429</v>
+        <v>435</v>
       </c>
       <c r="D10" t="s">
-        <v>430</v>
+        <v>436</v>
       </c>
       <c r="E10" t="s">
-        <v>95</v>
+        <v>111</v>
       </c>
       <c r="F10" t="s">
         <v>12</v>
       </c>
       <c r="G10" t="s">
-        <v>431</v>
+        <v>437</v>
       </c>
       <c r="H10" t="s">
-        <v>432</v>
+        <v>438</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>390</v>
+        <v>396</v>
       </c>
       <c r="B11" t="s">
-        <v>433</v>
+        <v>439</v>
       </c>
       <c r="C11" t="s">
-        <v>434</v>
+        <v>440</v>
       </c>
       <c r="D11" t="s">
-        <v>435</v>
+        <v>441</v>
       </c>
       <c r="E11" t="s">
-        <v>436</v>
+        <v>442</v>
       </c>
       <c r="F11" t="s">
         <v>12</v>
       </c>
       <c r="G11" t="s">
-        <v>437</v>
+        <v>443</v>
       </c>
       <c r="H11" t="s">
-        <v>438</v>
+        <v>444</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>390</v>
+        <v>396</v>
       </c>
       <c r="B12" t="s">
-        <v>439</v>
+        <v>445</v>
       </c>
       <c r="C12" t="s">
-        <v>440</v>
+        <v>446</v>
       </c>
       <c r="D12" t="s">
-        <v>441</v>
+        <v>447</v>
       </c>
       <c r="E12" t="s">
-        <v>442</v>
+        <v>448</v>
       </c>
       <c r="F12" t="s">
         <v>12</v>
       </c>
       <c r="G12" t="s">
-        <v>443</v>
+        <v>449</v>
       </c>
       <c r="H12" t="s">
-        <v>444</v>
+        <v>450</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>390</v>
+        <v>396</v>
       </c>
       <c r="B13" t="s">
-        <v>445</v>
+        <v>451</v>
       </c>
       <c r="C13" t="s">
-        <v>446</v>
+        <v>452</v>
       </c>
       <c r="D13" t="s">
-        <v>447</v>
+        <v>453</v>
       </c>
       <c r="E13" t="s">
-        <v>448</v>
+        <v>454</v>
       </c>
       <c r="F13" t="s">
         <v>12</v>
       </c>
       <c r="G13" t="s">
-        <v>449</v>
+        <v>455</v>
       </c>
       <c r="H13" t="s">
-        <v>450</v>
+        <v>456</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
-        <v>390</v>
+        <v>396</v>
       </c>
       <c r="B14" t="s">
-        <v>451</v>
+        <v>457</v>
       </c>
       <c r="C14" t="s">
-        <v>452</v>
+        <v>458</v>
       </c>
       <c r="D14" t="s">
-        <v>453</v>
+        <v>459</v>
       </c>
       <c r="E14" t="s">
-        <v>454</v>
+        <v>460</v>
       </c>
       <c r="F14" t="s">
         <v>12</v>
       </c>
       <c r="G14" t="s">
-        <v>455</v>
+        <v>461</v>
       </c>
       <c r="H14" t="s">
-        <v>456</v>
+        <v>462</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
-        <v>390</v>
+        <v>396</v>
       </c>
       <c r="B15" t="s">
-        <v>457</v>
+        <v>463</v>
       </c>
       <c r="C15" t="s">
-        <v>458</v>
+        <v>464</v>
       </c>
       <c r="D15" t="s">
-        <v>459</v>
+        <v>465</v>
       </c>
       <c r="E15" t="s">
-        <v>460</v>
+        <v>466</v>
       </c>
       <c r="F15" t="s">
         <v>12</v>
       </c>
       <c r="G15" t="s">
-        <v>461</v>
+        <v>467</v>
       </c>
       <c r="H15" t="s">
-        <v>462</v>
+        <v>468</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
-        <v>390</v>
+        <v>396</v>
       </c>
       <c r="B16" t="s">
-        <v>463</v>
+        <v>469</v>
       </c>
       <c r="C16" t="s">
-        <v>464</v>
+        <v>470</v>
       </c>
       <c r="D16" t="s">
-        <v>465</v>
+        <v>471</v>
       </c>
       <c r="E16" t="s">
-        <v>466</v>
+        <v>472</v>
       </c>
       <c r="F16" t="s">
         <v>12</v>
       </c>
       <c r="G16" t="s">
-        <v>467</v>
+        <v>473</v>
       </c>
       <c r="H16" t="s">
-        <v>468</v>
+        <v>474</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
-        <v>390</v>
+        <v>396</v>
       </c>
       <c r="B17" t="s">
-        <v>469</v>
+        <v>475</v>
       </c>
       <c r="C17" t="s">
-        <v>470</v>
+        <v>476</v>
       </c>
       <c r="D17" t="s">
-        <v>471</v>
+        <v>477</v>
       </c>
       <c r="E17" t="s">
-        <v>472</v>
+        <v>478</v>
       </c>
       <c r="F17" t="s">
         <v>12</v>
       </c>
       <c r="G17" t="s">
-        <v>473</v>
+        <v>479</v>
       </c>
       <c r="H17" t="s">
-        <v>474</v>
+        <v>480</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
-        <v>390</v>
+        <v>396</v>
       </c>
       <c r="B18" t="s">
-        <v>475</v>
+        <v>481</v>
       </c>
       <c r="C18" t="s">
-        <v>476</v>
+        <v>482</v>
       </c>
       <c r="D18" t="s">
-        <v>477</v>
+        <v>483</v>
       </c>
       <c r="E18" t="s">
-        <v>478</v>
+        <v>484</v>
       </c>
       <c r="F18" t="s">
         <v>12</v>
       </c>
       <c r="G18" t="s">
-        <v>479</v>
+        <v>485</v>
       </c>
       <c r="H18" t="s">
-        <v>480</v>
+        <v>486</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
-        <v>390</v>
+        <v>396</v>
       </c>
       <c r="B19" t="s">
-        <v>481</v>
+        <v>487</v>
       </c>
       <c r="C19" t="s">
-        <v>482</v>
+        <v>488</v>
       </c>
       <c r="D19" t="s">
-        <v>483</v>
+        <v>489</v>
       </c>
       <c r="E19" t="s">
-        <v>483</v>
+        <v>489</v>
       </c>
       <c r="F19" t="s">
         <v>12</v>
       </c>
       <c r="G19" t="s">
-        <v>484</v>
+        <v>490</v>
       </c>
       <c r="H19" t="s">
-        <v>485</v>
+        <v>491</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
-        <v>390</v>
+        <v>396</v>
       </c>
       <c r="B20" t="s">
-        <v>486</v>
+        <v>492</v>
       </c>
       <c r="C20" t="s">
-        <v>487</v>
+        <v>493</v>
       </c>
       <c r="D20" t="s">
-        <v>488</v>
+        <v>494</v>
       </c>
       <c r="E20" t="s">
-        <v>489</v>
+        <v>495</v>
       </c>
       <c r="F20" t="s">
         <v>12</v>
       </c>
       <c r="G20" t="s">
-        <v>490</v>
+        <v>496</v>
       </c>
       <c r="H20" t="s">
-        <v>491</v>
+        <v>497</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
-        <v>390</v>
+        <v>396</v>
       </c>
       <c r="B21" t="s">
-        <v>492</v>
+        <v>498</v>
       </c>
       <c r="C21" t="s">
-        <v>493</v>
+        <v>499</v>
       </c>
       <c r="D21" t="s">
-        <v>494</v>
+        <v>500</v>
       </c>
       <c r="E21" t="s">
-        <v>494</v>
+        <v>500</v>
       </c>
       <c r="F21" t="s">
         <v>12</v>
       </c>
       <c r="G21" t="s">
-        <v>495</v>
+        <v>501</v>
       </c>
       <c r="H21" t="s">
-        <v>496</v>
+        <v>502</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s">
-        <v>390</v>
+        <v>396</v>
       </c>
       <c r="B22" t="s">
-        <v>497</v>
+        <v>503</v>
       </c>
       <c r="C22" t="s">
-        <v>498</v>
+        <v>504</v>
       </c>
       <c r="D22" t="s">
-        <v>499</v>
+        <v>505</v>
       </c>
       <c r="E22" t="s">
-        <v>500</v>
+        <v>506</v>
       </c>
       <c r="F22" t="s">
         <v>12</v>
       </c>
       <c r="G22" t="s">
-        <v>501</v>
+        <v>507</v>
       </c>
       <c r="H22" t="s">
-        <v>502</v>
+        <v>508</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="s">
-        <v>390</v>
+        <v>396</v>
       </c>
       <c r="B23" t="s">
-        <v>503</v>
+        <v>509</v>
       </c>
       <c r="C23" t="s">
-        <v>504</v>
+        <v>510</v>
       </c>
       <c r="D23" t="s">
-        <v>505</v>
+        <v>511</v>
       </c>
       <c r="E23" t="s">
-        <v>506</v>
+        <v>512</v>
       </c>
       <c r="F23" t="s">
         <v>12</v>
       </c>
       <c r="G23" t="s">
-        <v>507</v>
+        <v>513</v>
       </c>
       <c r="H23" t="s">
-        <v>508</v>
+        <v>514</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="s">
-        <v>390</v>
+        <v>396</v>
       </c>
       <c r="B24" t="s">
-        <v>509</v>
+        <v>515</v>
       </c>
       <c r="C24" t="s">
-        <v>510</v>
+        <v>516</v>
       </c>
       <c r="D24" t="s">
-        <v>511</v>
+        <v>517</v>
       </c>
       <c r="E24" t="s">
-        <v>512</v>
+        <v>518</v>
       </c>
       <c r="F24" t="s">
         <v>12</v>
       </c>
       <c r="G24" t="s">
-        <v>513</v>
+        <v>519</v>
       </c>
       <c r="H24" t="s">
-        <v>514</v>
+        <v>520</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>515</v>
+        <v>521</v>
       </c>
       <c r="B2" t="s">
-        <v>516</v>
+        <v>522</v>
       </c>
       <c r="C2" t="s">
         <v>12</v>
       </c>
       <c r="D2" t="s">
         <v>12</v>
       </c>
       <c r="E2" t="s">
-        <v>517</v>
+        <v>523</v>
       </c>
       <c r="F2" t="s">
         <v>12</v>
       </c>
       <c r="G2" t="s">
-        <v>518</v>
+        <v>524</v>
       </c>
       <c r="H2" t="s">
-        <v>519</v>
+        <v>525</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H7"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>520</v>
+        <v>526</v>
       </c>
       <c r="B2" t="s">
-        <v>521</v>
+        <v>527</v>
       </c>
       <c r="C2" t="s">
-        <v>522</v>
+        <v>528</v>
       </c>
       <c r="D2" t="s">
-        <v>523</v>
+        <v>529</v>
       </c>
       <c r="E2" t="s">
-        <v>524</v>
+        <v>530</v>
       </c>
       <c r="F2" t="s">
         <v>12</v>
       </c>
       <c r="G2" t="s">
-        <v>525</v>
+        <v>531</v>
       </c>
       <c r="H2" t="s">
-        <v>526</v>
+        <v>532</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>520</v>
+        <v>526</v>
       </c>
       <c r="B3" t="s">
-        <v>527</v>
+        <v>533</v>
       </c>
       <c r="C3" t="s">
-        <v>528</v>
+        <v>534</v>
       </c>
       <c r="D3" t="s">
-        <v>529</v>
+        <v>535</v>
       </c>
       <c r="E3" t="s">
-        <v>530</v>
+        <v>536</v>
       </c>
       <c r="F3" t="s">
         <v>12</v>
       </c>
       <c r="G3" t="s">
-        <v>531</v>
+        <v>537</v>
       </c>
       <c r="H3" t="s">
-        <v>532</v>
+        <v>538</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>520</v>
+        <v>526</v>
       </c>
       <c r="B4" t="s">
-        <v>533</v>
+        <v>539</v>
       </c>
       <c r="C4" t="s">
-        <v>534</v>
+        <v>540</v>
       </c>
       <c r="D4" t="s">
-        <v>535</v>
+        <v>541</v>
       </c>
       <c r="E4" t="s">
-        <v>536</v>
+        <v>542</v>
       </c>
       <c r="F4" t="s">
         <v>12</v>
       </c>
       <c r="G4" t="s">
-        <v>537</v>
+        <v>543</v>
       </c>
       <c r="H4" t="s">
-        <v>538</v>
+        <v>544</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>520</v>
+        <v>526</v>
       </c>
       <c r="B5" t="s">
-        <v>539</v>
+        <v>545</v>
       </c>
       <c r="C5" t="s">
-        <v>540</v>
+        <v>546</v>
       </c>
       <c r="D5" t="s">
-        <v>541</v>
+        <v>547</v>
       </c>
       <c r="E5" t="s">
-        <v>542</v>
+        <v>548</v>
       </c>
       <c r="F5" t="s">
         <v>12</v>
       </c>
       <c r="G5" t="s">
-        <v>543</v>
+        <v>549</v>
       </c>
       <c r="H5" t="s">
-        <v>544</v>
+        <v>550</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>520</v>
+        <v>526</v>
       </c>
       <c r="B6" t="s">
-        <v>545</v>
+        <v>551</v>
       </c>
       <c r="C6" t="s">
-        <v>546</v>
+        <v>552</v>
       </c>
       <c r="D6" t="s">
-        <v>547</v>
+        <v>553</v>
       </c>
       <c r="E6" t="s">
-        <v>548</v>
+        <v>554</v>
       </c>
       <c r="F6" t="s">
         <v>12</v>
       </c>
       <c r="G6" t="s">
-        <v>549</v>
+        <v>555</v>
       </c>
       <c r="H6" t="s">
-        <v>550</v>
+        <v>556</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>520</v>
+        <v>526</v>
       </c>
       <c r="B7" t="s">
-        <v>551</v>
+        <v>557</v>
       </c>
       <c r="C7" t="s">
-        <v>552</v>
+        <v>558</v>
       </c>
       <c r="D7" t="s">
-        <v>553</v>
+        <v>559</v>
       </c>
       <c r="E7" t="s">
-        <v>554</v>
+        <v>560</v>
       </c>
       <c r="F7" t="s">
         <v>12</v>
       </c>
       <c r="G7" t="s">
-        <v>555</v>
+        <v>561</v>
       </c>
       <c r="H7" t="s">
-        <v>556</v>
+        <v>562</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:I28"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
-        <v>557</v>
+        <v>563</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>558</v>
+        <v>564</v>
       </c>
       <c r="B2" t="s">
-        <v>559</v>
+        <v>565</v>
       </c>
       <c r="C2" t="s">
         <v>12</v>
       </c>
       <c r="D2" t="s">
         <v>12</v>
       </c>
       <c r="E2" t="s">
-        <v>560</v>
+        <v>566</v>
       </c>
       <c r="F2" t="s">
         <v>12</v>
       </c>
       <c r="G2" t="s">
-        <v>561</v>
+        <v>567</v>
       </c>
       <c r="H2" t="s">
-        <v>562</v>
+        <v>568</v>
       </c>
       <c r="I2" t="s">
-        <v>563</v>
+        <v>569</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>558</v>
+        <v>564</v>
       </c>
       <c r="B3" t="s">
-        <v>564</v>
+        <v>570</v>
       </c>
       <c r="C3" t="s">
         <v>12</v>
       </c>
       <c r="D3" t="s">
         <v>12</v>
       </c>
       <c r="E3" t="s">
-        <v>565</v>
+        <v>571</v>
       </c>
       <c r="F3" t="s">
         <v>12</v>
       </c>
       <c r="G3" t="s">
-        <v>566</v>
+        <v>572</v>
       </c>
       <c r="H3" t="s">
-        <v>567</v>
+        <v>573</v>
       </c>
       <c r="I3" t="s">
-        <v>563</v>
+        <v>569</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>558</v>
+        <v>564</v>
       </c>
       <c r="B4" t="s">
-        <v>568</v>
+        <v>574</v>
       </c>
       <c r="C4" t="s">
         <v>12</v>
       </c>
       <c r="D4" t="s">
         <v>12</v>
       </c>
       <c r="E4" t="s">
+        <v>575</v>
+      </c>
+      <c r="F4" t="s">
+        <v>12</v>
+      </c>
+      <c r="G4" t="s">
+        <v>576</v>
+      </c>
+      <c r="H4" t="s">
+        <v>577</v>
+      </c>
+      <c r="I4" t="s">
         <v>569</v>
-      </c>
-[...10 lines deleted...]
-        <v>563</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>558</v>
+        <v>564</v>
       </c>
       <c r="B5" t="s">
-        <v>572</v>
+        <v>578</v>
       </c>
       <c r="C5" t="s">
         <v>12</v>
       </c>
       <c r="D5" t="s">
         <v>12</v>
       </c>
       <c r="E5" t="s">
-        <v>573</v>
+        <v>579</v>
       </c>
       <c r="F5" t="s">
         <v>12</v>
       </c>
       <c r="G5" t="s">
-        <v>574</v>
+        <v>580</v>
       </c>
       <c r="H5" t="s">
-        <v>575</v>
+        <v>581</v>
       </c>
       <c r="I5" t="s">
-        <v>563</v>
+        <v>569</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>558</v>
+        <v>564</v>
       </c>
       <c r="B6" t="s">
-        <v>576</v>
+        <v>582</v>
       </c>
       <c r="C6" t="s">
         <v>12</v>
       </c>
       <c r="D6" t="s">
         <v>12</v>
       </c>
       <c r="E6" t="s">
-        <v>577</v>
+        <v>583</v>
       </c>
       <c r="F6" t="s">
         <v>12</v>
       </c>
       <c r="G6" t="s">
-        <v>578</v>
+        <v>584</v>
       </c>
       <c r="H6" t="s">
-        <v>579</v>
+        <v>585</v>
       </c>
       <c r="I6" t="s">
-        <v>563</v>
+        <v>569</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>558</v>
+        <v>564</v>
       </c>
       <c r="B7" t="s">
-        <v>580</v>
+        <v>586</v>
       </c>
       <c r="C7" t="s">
         <v>12</v>
       </c>
       <c r="D7" t="s">
         <v>12</v>
       </c>
       <c r="E7" t="s">
-        <v>581</v>
+        <v>587</v>
       </c>
       <c r="F7" t="s">
         <v>12</v>
       </c>
       <c r="G7" t="s">
-        <v>582</v>
+        <v>588</v>
       </c>
       <c r="H7" t="s">
-        <v>583</v>
+        <v>589</v>
       </c>
       <c r="I7" t="s">
-        <v>563</v>
+        <v>569</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>558</v>
+        <v>564</v>
       </c>
       <c r="B8" t="s">
-        <v>584</v>
+        <v>590</v>
       </c>
       <c r="C8" t="s">
         <v>12</v>
       </c>
       <c r="D8" t="s">
         <v>12</v>
       </c>
       <c r="E8" t="s">
-        <v>585</v>
+        <v>591</v>
       </c>
       <c r="F8" t="s">
         <v>12</v>
       </c>
       <c r="G8" t="s">
-        <v>586</v>
+        <v>592</v>
       </c>
       <c r="H8" t="s">
-        <v>587</v>
+        <v>593</v>
       </c>
       <c r="I8" t="s">
-        <v>563</v>
+        <v>569</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>558</v>
+        <v>564</v>
       </c>
       <c r="B9" t="s">
-        <v>588</v>
+        <v>594</v>
       </c>
       <c r="C9" t="s">
         <v>12</v>
       </c>
       <c r="D9" t="s">
         <v>12</v>
       </c>
       <c r="E9" t="s">
-        <v>585</v>
+        <v>591</v>
       </c>
       <c r="F9" t="s">
         <v>12</v>
       </c>
       <c r="G9" t="s">
-        <v>589</v>
+        <v>595</v>
       </c>
       <c r="H9" t="s">
-        <v>590</v>
+        <v>596</v>
       </c>
       <c r="I9" t="s">
-        <v>563</v>
+        <v>569</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>558</v>
+        <v>564</v>
       </c>
       <c r="B10" t="s">
-        <v>591</v>
+        <v>597</v>
       </c>
       <c r="C10" t="s">
         <v>12</v>
       </c>
       <c r="D10" t="s">
         <v>12</v>
       </c>
       <c r="E10" t="s">
-        <v>592</v>
+        <v>598</v>
       </c>
       <c r="F10" t="s">
         <v>12</v>
       </c>
       <c r="G10" t="s">
-        <v>593</v>
+        <v>599</v>
       </c>
       <c r="H10" t="s">
-        <v>594</v>
+        <v>600</v>
       </c>
       <c r="I10" t="s">
-        <v>563</v>
+        <v>569</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>558</v>
+        <v>564</v>
       </c>
       <c r="B11" t="s">
-        <v>595</v>
+        <v>601</v>
       </c>
       <c r="C11" t="s">
         <v>12</v>
       </c>
       <c r="D11" t="s">
         <v>12</v>
       </c>
       <c r="E11" t="s">
-        <v>596</v>
+        <v>602</v>
       </c>
       <c r="F11" t="s">
         <v>12</v>
       </c>
       <c r="G11" t="s">
-        <v>597</v>
+        <v>603</v>
       </c>
       <c r="H11" t="s">
-        <v>598</v>
+        <v>604</v>
       </c>
       <c r="I11" t="s">
-        <v>563</v>
+        <v>569</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>558</v>
+        <v>564</v>
       </c>
       <c r="B12" t="s">
-        <v>599</v>
+        <v>605</v>
       </c>
       <c r="C12" t="s">
         <v>12</v>
       </c>
       <c r="D12" t="s">
         <v>12</v>
       </c>
       <c r="E12" t="s">
-        <v>600</v>
+        <v>606</v>
       </c>
       <c r="F12" t="s">
         <v>12</v>
       </c>
       <c r="G12" t="s">
-        <v>601</v>
+        <v>607</v>
       </c>
       <c r="H12" t="s">
-        <v>602</v>
+        <v>608</v>
       </c>
       <c r="I12" t="s">
-        <v>563</v>
+        <v>569</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>558</v>
+        <v>564</v>
       </c>
       <c r="B13" t="s">
-        <v>603</v>
+        <v>609</v>
       </c>
       <c r="C13" t="s">
         <v>12</v>
       </c>
       <c r="D13" t="s">
         <v>12</v>
       </c>
       <c r="E13" t="s">
-        <v>604</v>
+        <v>610</v>
       </c>
       <c r="F13" t="s">
         <v>12</v>
       </c>
       <c r="G13" t="s">
-        <v>605</v>
+        <v>611</v>
       </c>
       <c r="H13" t="s">
-        <v>606</v>
+        <v>612</v>
       </c>
       <c r="I13" t="s">
-        <v>563</v>
+        <v>569</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
-        <v>558</v>
+        <v>564</v>
       </c>
       <c r="B14" t="s">
-        <v>607</v>
+        <v>613</v>
       </c>
       <c r="C14" t="s">
         <v>12</v>
       </c>
       <c r="D14" t="s">
         <v>12</v>
       </c>
       <c r="E14" t="s">
-        <v>608</v>
+        <v>614</v>
       </c>
       <c r="F14" t="s">
         <v>12</v>
       </c>
       <c r="G14" t="s">
-        <v>609</v>
+        <v>615</v>
       </c>
       <c r="H14" t="s">
-        <v>610</v>
+        <v>616</v>
       </c>
       <c r="I14" t="s">
-        <v>563</v>
+        <v>569</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
-        <v>558</v>
+        <v>564</v>
       </c>
       <c r="B15" t="s">
-        <v>611</v>
+        <v>617</v>
       </c>
       <c r="C15" t="s">
         <v>12</v>
       </c>
       <c r="D15" t="s">
         <v>12</v>
       </c>
       <c r="E15" t="s">
-        <v>612</v>
+        <v>618</v>
       </c>
       <c r="F15" t="s">
         <v>12</v>
       </c>
       <c r="G15" t="s">
-        <v>613</v>
+        <v>619</v>
       </c>
       <c r="H15" t="s">
-        <v>614</v>
+        <v>620</v>
       </c>
       <c r="I15" t="s">
-        <v>563</v>
+        <v>569</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
-        <v>558</v>
+        <v>564</v>
       </c>
       <c r="B16" t="s">
-        <v>615</v>
+        <v>621</v>
       </c>
       <c r="C16" t="s">
         <v>12</v>
       </c>
       <c r="D16" t="s">
         <v>12</v>
       </c>
       <c r="E16" t="s">
-        <v>616</v>
+        <v>622</v>
       </c>
       <c r="F16" t="s">
         <v>12</v>
       </c>
       <c r="G16" t="s">
-        <v>617</v>
+        <v>623</v>
       </c>
       <c r="H16" t="s">
-        <v>618</v>
+        <v>624</v>
       </c>
       <c r="I16" t="s">
-        <v>563</v>
+        <v>569</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
-        <v>558</v>
+        <v>564</v>
       </c>
       <c r="B17" t="s">
-        <v>619</v>
+        <v>625</v>
       </c>
       <c r="C17" t="s">
         <v>12</v>
       </c>
       <c r="D17" t="s">
         <v>12</v>
       </c>
       <c r="E17" t="s">
-        <v>620</v>
+        <v>626</v>
       </c>
       <c r="F17" t="s">
         <v>12</v>
       </c>
       <c r="G17" t="s">
-        <v>621</v>
+        <v>627</v>
       </c>
       <c r="H17" t="s">
-        <v>622</v>
+        <v>628</v>
       </c>
       <c r="I17" t="s">
-        <v>563</v>
+        <v>569</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
-        <v>558</v>
+        <v>564</v>
       </c>
       <c r="B18" t="s">
-        <v>623</v>
+        <v>629</v>
       </c>
       <c r="C18" t="s">
         <v>12</v>
       </c>
       <c r="D18" t="s">
         <v>12</v>
       </c>
       <c r="E18" t="s">
-        <v>624</v>
+        <v>630</v>
       </c>
       <c r="F18" t="s">
         <v>12</v>
       </c>
       <c r="G18" t="s">
-        <v>625</v>
+        <v>631</v>
       </c>
       <c r="H18" t="s">
-        <v>626</v>
+        <v>632</v>
       </c>
       <c r="I18" t="s">
-        <v>563</v>
+        <v>569</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
-        <v>558</v>
+        <v>564</v>
       </c>
       <c r="B19" t="s">
-        <v>627</v>
+        <v>633</v>
       </c>
       <c r="C19" t="s">
         <v>12</v>
       </c>
       <c r="D19" t="s">
         <v>12</v>
       </c>
       <c r="E19" t="s">
-        <v>628</v>
+        <v>634</v>
       </c>
       <c r="F19" t="s">
         <v>12</v>
       </c>
       <c r="G19" t="s">
-        <v>629</v>
+        <v>635</v>
       </c>
       <c r="H19" t="s">
-        <v>630</v>
+        <v>636</v>
       </c>
       <c r="I19" t="s">
-        <v>563</v>
+        <v>569</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
-        <v>558</v>
+        <v>564</v>
       </c>
       <c r="B20" t="s">
-        <v>631</v>
+        <v>637</v>
       </c>
       <c r="C20" t="s">
         <v>12</v>
       </c>
       <c r="D20" t="s">
         <v>12</v>
       </c>
       <c r="E20" t="s">
-        <v>632</v>
+        <v>638</v>
       </c>
       <c r="F20" t="s">
         <v>12</v>
       </c>
       <c r="G20" t="s">
-        <v>633</v>
+        <v>639</v>
       </c>
       <c r="H20" t="s">
-        <v>634</v>
+        <v>640</v>
       </c>
       <c r="I20" t="s">
-        <v>563</v>
+        <v>569</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
-        <v>558</v>
+        <v>564</v>
       </c>
       <c r="B21" t="s">
-        <v>635</v>
+        <v>641</v>
       </c>
       <c r="C21" t="s">
-        <v>636</v>
+        <v>642</v>
       </c>
       <c r="D21" t="s">
         <v>12</v>
       </c>
       <c r="E21" t="s">
-        <v>637</v>
+        <v>643</v>
       </c>
       <c r="F21" t="s">
         <v>12</v>
       </c>
       <c r="G21" t="s">
-        <v>638</v>
+        <v>644</v>
       </c>
       <c r="H21" t="s">
-        <v>639</v>
+        <v>645</v>
       </c>
       <c r="I21" t="s">
-        <v>563</v>
+        <v>569</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s">
-        <v>558</v>
+        <v>564</v>
       </c>
       <c r="B22" t="s">
-        <v>640</v>
+        <v>646</v>
       </c>
       <c r="C22" t="s">
         <v>12</v>
       </c>
       <c r="D22" t="s">
         <v>12</v>
       </c>
       <c r="E22" t="s">
-        <v>641</v>
+        <v>647</v>
       </c>
       <c r="F22" t="s">
         <v>12</v>
       </c>
       <c r="G22" t="s">
-        <v>642</v>
+        <v>648</v>
       </c>
       <c r="H22" t="s">
-        <v>643</v>
+        <v>649</v>
       </c>
       <c r="I22" t="s">
-        <v>563</v>
+        <v>569</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="s">
-        <v>558</v>
+        <v>564</v>
       </c>
       <c r="B23" t="s">
-        <v>644</v>
+        <v>650</v>
       </c>
       <c r="C23" t="s">
         <v>12</v>
       </c>
       <c r="D23" t="s">
         <v>12</v>
       </c>
       <c r="E23" t="s">
-        <v>645</v>
+        <v>651</v>
       </c>
       <c r="F23" t="s">
         <v>12</v>
       </c>
       <c r="G23" t="s">
-        <v>646</v>
+        <v>652</v>
       </c>
       <c r="H23" t="s">
-        <v>647</v>
+        <v>653</v>
       </c>
       <c r="I23" t="s">
-        <v>563</v>
+        <v>569</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="s">
-        <v>558</v>
+        <v>564</v>
       </c>
       <c r="B24" t="s">
-        <v>648</v>
+        <v>654</v>
       </c>
       <c r="C24" t="s">
         <v>12</v>
       </c>
       <c r="D24" t="s">
         <v>12</v>
       </c>
       <c r="E24" t="s">
-        <v>649</v>
+        <v>655</v>
       </c>
       <c r="F24" t="s">
         <v>12</v>
       </c>
       <c r="G24" t="s">
-        <v>650</v>
+        <v>656</v>
       </c>
       <c r="H24" t="s">
-        <v>651</v>
+        <v>657</v>
       </c>
       <c r="I24" t="s">
-        <v>563</v>
+        <v>569</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="s">
-        <v>558</v>
+        <v>564</v>
       </c>
       <c r="B25" t="s">
-        <v>652</v>
+        <v>658</v>
       </c>
       <c r="C25" t="s">
         <v>12</v>
       </c>
       <c r="D25" t="s">
         <v>12</v>
       </c>
       <c r="E25" t="s">
-        <v>653</v>
+        <v>659</v>
       </c>
       <c r="F25" t="s">
         <v>12</v>
       </c>
       <c r="G25" t="s">
-        <v>654</v>
+        <v>660</v>
       </c>
       <c r="H25" t="s">
-        <v>655</v>
+        <v>661</v>
       </c>
       <c r="I25" t="s">
-        <v>563</v>
+        <v>569</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="s">
-        <v>558</v>
+        <v>564</v>
       </c>
       <c r="B26" t="s">
-        <v>656</v>
+        <v>662</v>
       </c>
       <c r="C26" t="s">
-        <v>657</v>
+        <v>663</v>
       </c>
       <c r="D26" t="s">
         <v>12</v>
       </c>
       <c r="E26" t="s">
-        <v>658</v>
+        <v>664</v>
       </c>
       <c r="F26" t="s">
         <v>12</v>
       </c>
       <c r="G26" t="s">
-        <v>659</v>
+        <v>665</v>
       </c>
       <c r="H26" t="s">
-        <v>660</v>
+        <v>666</v>
       </c>
       <c r="I26" t="s">
-        <v>563</v>
+        <v>569</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="s">
-        <v>558</v>
+        <v>564</v>
       </c>
       <c r="B27" t="s">
-        <v>661</v>
+        <v>667</v>
       </c>
       <c r="C27" t="s">
         <v>12</v>
       </c>
       <c r="D27" t="s">
         <v>12</v>
       </c>
       <c r="E27" t="s">
-        <v>662</v>
+        <v>668</v>
       </c>
       <c r="F27" t="s">
         <v>12</v>
       </c>
       <c r="G27" t="s">
-        <v>663</v>
+        <v>669</v>
       </c>
       <c r="H27" t="s">
-        <v>664</v>
+        <v>670</v>
       </c>
       <c r="I27" t="s">
-        <v>563</v>
+        <v>569</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="s">
-        <v>558</v>
+        <v>564</v>
       </c>
       <c r="B28" t="s">
-        <v>665</v>
+        <v>671</v>
       </c>
       <c r="C28" t="s">
         <v>12</v>
       </c>
       <c r="D28" t="s">
         <v>12</v>
       </c>
       <c r="E28" t="s">
-        <v>666</v>
+        <v>672</v>
       </c>
       <c r="F28" t="s">
         <v>12</v>
       </c>
       <c r="G28" t="s">
-        <v>667</v>
+        <v>673</v>
       </c>
       <c r="H28" t="s">
-        <v>668</v>
+        <v>674</v>
       </c>
       <c r="I28" t="s">
-        <v>563</v>
+        <v>569</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:I1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H15"/>
+  <dimension ref="A1:H16"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>669</v>
+        <v>675</v>
       </c>
       <c r="B2" t="s">
-        <v>670</v>
+        <v>676</v>
       </c>
       <c r="C2" t="s">
-        <v>671</v>
+        <v>677</v>
       </c>
       <c r="D2" t="s">
-        <v>672</v>
+        <v>678</v>
       </c>
       <c r="E2" t="s">
-        <v>673</v>
+        <v>679</v>
       </c>
       <c r="F2" t="s">
         <v>12</v>
       </c>
       <c r="G2" t="s">
-        <v>674</v>
+        <v>680</v>
       </c>
       <c r="H2" t="s">
-        <v>675</v>
+        <v>681</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>669</v>
+        <v>675</v>
       </c>
       <c r="B3" t="s">
-        <v>676</v>
+        <v>682</v>
       </c>
       <c r="C3" t="s">
-        <v>677</v>
+        <v>683</v>
       </c>
       <c r="D3" t="s">
-        <v>678</v>
+        <v>684</v>
       </c>
       <c r="E3" t="s">
-        <v>679</v>
+        <v>685</v>
       </c>
       <c r="F3" t="s">
         <v>12</v>
       </c>
       <c r="G3" t="s">
-        <v>680</v>
+        <v>686</v>
       </c>
       <c r="H3" t="s">
-        <v>681</v>
+        <v>687</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>669</v>
+        <v>675</v>
       </c>
       <c r="B4" t="s">
-        <v>682</v>
+        <v>688</v>
       </c>
       <c r="C4" t="s">
-        <v>683</v>
+        <v>689</v>
       </c>
       <c r="D4" t="s">
-        <v>684</v>
+        <v>690</v>
       </c>
       <c r="E4" t="s">
-        <v>685</v>
+        <v>691</v>
       </c>
       <c r="F4" t="s">
         <v>12</v>
       </c>
       <c r="G4" t="s">
-        <v>686</v>
+        <v>692</v>
       </c>
       <c r="H4" t="s">
-        <v>687</v>
+        <v>693</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>669</v>
+        <v>675</v>
       </c>
       <c r="B5" t="s">
-        <v>688</v>
+        <v>694</v>
       </c>
       <c r="C5" t="s">
-        <v>689</v>
+        <v>695</v>
       </c>
       <c r="D5" t="s">
-        <v>690</v>
+        <v>696</v>
       </c>
       <c r="E5" t="s">
-        <v>691</v>
+        <v>697</v>
       </c>
       <c r="F5" t="s">
         <v>12</v>
       </c>
       <c r="G5" t="s">
-        <v>692</v>
+        <v>698</v>
       </c>
       <c r="H5" t="s">
-        <v>693</v>
+        <v>699</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>669</v>
+        <v>675</v>
       </c>
       <c r="B6" t="s">
-        <v>694</v>
+        <v>700</v>
       </c>
       <c r="C6" t="s">
-        <v>695</v>
+        <v>701</v>
       </c>
       <c r="D6" t="s">
-        <v>696</v>
+        <v>702</v>
       </c>
       <c r="E6" t="s">
-        <v>697</v>
+        <v>703</v>
       </c>
       <c r="F6" t="s">
         <v>12</v>
       </c>
       <c r="G6" t="s">
-        <v>698</v>
+        <v>704</v>
       </c>
       <c r="H6" t="s">
-        <v>699</v>
+        <v>705</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>669</v>
+        <v>675</v>
       </c>
       <c r="B7" t="s">
-        <v>700</v>
+        <v>706</v>
       </c>
       <c r="C7" t="s">
-        <v>701</v>
+        <v>707</v>
       </c>
       <c r="D7" t="s">
-        <v>702</v>
+        <v>708</v>
       </c>
       <c r="E7" t="s">
-        <v>703</v>
+        <v>709</v>
       </c>
       <c r="F7" t="s">
         <v>12</v>
       </c>
       <c r="G7" t="s">
-        <v>704</v>
+        <v>710</v>
       </c>
       <c r="H7" t="s">
-        <v>705</v>
+        <v>711</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>669</v>
+        <v>675</v>
       </c>
       <c r="B8" t="s">
-        <v>706</v>
+        <v>712</v>
       </c>
       <c r="C8" t="s">
-        <v>707</v>
+        <v>713</v>
       </c>
       <c r="D8" t="s">
-        <v>708</v>
+        <v>714</v>
       </c>
       <c r="E8" t="s">
-        <v>709</v>
+        <v>715</v>
       </c>
       <c r="F8" t="s">
         <v>12</v>
       </c>
       <c r="G8" t="s">
-        <v>710</v>
+        <v>716</v>
       </c>
       <c r="H8" t="s">
-        <v>711</v>
+        <v>717</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>669</v>
+        <v>675</v>
       </c>
       <c r="B9" t="s">
-        <v>712</v>
+        <v>718</v>
       </c>
       <c r="C9" t="s">
-        <v>713</v>
+        <v>719</v>
       </c>
       <c r="D9" t="s">
-        <v>714</v>
+        <v>720</v>
       </c>
       <c r="E9" t="s">
-        <v>715</v>
+        <v>721</v>
       </c>
       <c r="F9" t="s">
         <v>12</v>
       </c>
       <c r="G9" t="s">
-        <v>716</v>
+        <v>722</v>
       </c>
       <c r="H9" t="s">
-        <v>717</v>
+        <v>723</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>669</v>
+        <v>675</v>
       </c>
       <c r="B10" t="s">
-        <v>718</v>
+        <v>724</v>
       </c>
       <c r="C10" t="s">
-        <v>719</v>
+        <v>725</v>
       </c>
       <c r="D10" t="s">
-        <v>720</v>
+        <v>726</v>
       </c>
       <c r="E10" t="s">
-        <v>721</v>
+        <v>727</v>
       </c>
       <c r="F10" t="s">
         <v>12</v>
       </c>
       <c r="G10" t="s">
-        <v>722</v>
+        <v>728</v>
       </c>
       <c r="H10" t="s">
-        <v>723</v>
+        <v>729</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>669</v>
+        <v>675</v>
       </c>
       <c r="B11" t="s">
-        <v>724</v>
+        <v>730</v>
       </c>
       <c r="C11" t="s">
-        <v>725</v>
+        <v>731</v>
       </c>
       <c r="D11" t="s">
-        <v>726</v>
+        <v>732</v>
       </c>
       <c r="E11" t="s">
-        <v>727</v>
+        <v>733</v>
       </c>
       <c r="F11" t="s">
         <v>12</v>
       </c>
       <c r="G11" t="s">
-        <v>728</v>
+        <v>734</v>
       </c>
       <c r="H11" t="s">
-        <v>729</v>
+        <v>735</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>669</v>
+        <v>675</v>
       </c>
       <c r="B12" t="s">
-        <v>730</v>
+        <v>736</v>
       </c>
       <c r="C12" t="s">
-        <v>731</v>
+        <v>737</v>
       </c>
       <c r="D12" t="s">
-        <v>732</v>
+        <v>738</v>
       </c>
       <c r="E12" t="s">
-        <v>733</v>
+        <v>739</v>
       </c>
       <c r="F12" t="s">
         <v>12</v>
       </c>
       <c r="G12" t="s">
-        <v>734</v>
+        <v>740</v>
       </c>
       <c r="H12" t="s">
-        <v>735</v>
+        <v>741</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>669</v>
+        <v>675</v>
       </c>
       <c r="B13" t="s">
-        <v>736</v>
+        <v>742</v>
       </c>
       <c r="C13" t="s">
-        <v>737</v>
+        <v>743</v>
       </c>
       <c r="D13" t="s">
-        <v>738</v>
+        <v>744</v>
       </c>
       <c r="E13" t="s">
-        <v>739</v>
+        <v>745</v>
       </c>
       <c r="F13" t="s">
         <v>12</v>
       </c>
       <c r="G13" t="s">
-        <v>740</v>
+        <v>746</v>
       </c>
       <c r="H13" t="s">
-        <v>741</v>
+        <v>747</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
-        <v>669</v>
+        <v>675</v>
       </c>
       <c r="B14" t="s">
-        <v>742</v>
+        <v>748</v>
       </c>
       <c r="C14" t="s">
-        <v>743</v>
+        <v>749</v>
       </c>
       <c r="D14" t="s">
-        <v>744</v>
+        <v>750</v>
       </c>
       <c r="E14" t="s">
-        <v>745</v>
+        <v>751</v>
       </c>
       <c r="F14" t="s">
         <v>12</v>
       </c>
       <c r="G14" t="s">
-        <v>746</v>
+        <v>752</v>
       </c>
       <c r="H14" t="s">
-        <v>747</v>
+        <v>753</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
-        <v>669</v>
+        <v>675</v>
       </c>
       <c r="B15" t="s">
-        <v>748</v>
+        <v>754</v>
       </c>
       <c r="C15" t="s">
-        <v>749</v>
+        <v>755</v>
       </c>
       <c r="D15" t="s">
-        <v>750</v>
+        <v>756</v>
       </c>
       <c r="E15" t="s">
-        <v>751</v>
+        <v>757</v>
       </c>
       <c r="F15" t="s">
         <v>12</v>
       </c>
       <c r="G15" t="s">
-        <v>752</v>
+        <v>758</v>
       </c>
       <c r="H15" t="s">
-        <v>753</v>
+        <v>759</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" t="s">
+        <v>675</v>
+      </c>
+      <c r="B16" t="s">
+        <v>760</v>
+      </c>
+      <c r="C16" t="s">
+        <v>761</v>
+      </c>
+      <c r="D16" t="s">
+        <v>762</v>
+      </c>
+      <c r="E16" t="s">
+        <v>763</v>
+      </c>
+      <c r="F16" t="s">
+        <v>12</v>
+      </c>
+      <c r="G16" t="s">
+        <v>764</v>
+      </c>
+      <c r="H16" t="s">
+        <v>765</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>754</v>
+        <v>766</v>
       </c>
       <c r="B2" t="s">
-        <v>755</v>
+        <v>767</v>
       </c>
       <c r="C2" t="s">
-        <v>756</v>
+        <v>768</v>
       </c>
       <c r="D2" t="s">
-        <v>757</v>
+        <v>769</v>
       </c>
       <c r="E2" t="s">
-        <v>758</v>
+        <v>770</v>
       </c>
       <c r="F2" t="s">
         <v>12</v>
       </c>
       <c r="G2" t="s">
-        <v>759</v>
+        <v>771</v>
       </c>
       <c r="H2" t="s">
-        <v>760</v>
+        <v>772</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>