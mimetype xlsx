--- v3 (2026-03-05)
+++ v4 (2026-03-05)
@@ -1268,51 +1268,51 @@
   <si>
     <t>https://www.has-sante.fr/jcms/p_3575612/fr/choix-et-durees-d-antibiotherapie-pneumonie-aigue-communautaire-chez-l-enfant</t>
   </si>
   <si>
     <t>p_3575612</t>
   </si>
   <si>
     <t>Choix et durées d’antibiothérapies préconisées dans les infections bactériennes courantes</t>
   </si>
   <si>
     <t>L’exposition excessive aux antibiotiques participe à la progression des résistances bactériennes. La HAS met à disposition des professionnels de santé une série de fiches synthétiques préconisant les durées d'antibiothérapie les plus courtes possibles pour les infections bactériennes courantes de ville. Ces fiches ont été élaborées en collaboration avec la Société de pathologie infectieuse de langue française (SPILF) et le Groupe de pathologie infectieuse pédiatrique (GPIP).</t>
   </si>
   <si>
     <t>27/08/2021 15:40:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3278764/fr/choix-et-durees-d-antibiotherapies-preconisees-dans-les-infections-bacteriennes-courantes</t>
   </si>
   <si>
     <t>p_3278764</t>
   </si>
   <si>
     <t>Choix et durées d’antibiothérapies : coqueluche chez le nourrisson, l’enfant et l’adulte</t>
   </si>
   <si>
-    <t>25/06/2024 09:46:00</t>
+    <t>25/06/2015 00:00:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3525542/fr/choix-et-durees-d-antibiotherapies-coqueluche-chez-le-nourrisson-l-enfant-et-l-adulte</t>
   </si>
   <si>
     <t>p_3525542</t>
   </si>
   <si>
     <t>Choix et durées d’antibiothérapies : Pneumonie Aiguë Communautaire de l’adulte en ambulatoire</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3575597/fr/choix-et-durees-d-antibiotherapies-pneumonie-aigue-communautaire-de-l-adulte-en-ambulatoire</t>
   </si>
   <si>
     <t>p_3575597</t>
   </si>
   <si>
     <t>Choix et durées d’antibiothérapie dans les infections génitales hautes non compliquées</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3575605/fr/choix-et-durees-d-antibiotherapie-dans-les-infections-genitales-hautes-non-compliquees</t>
   </si>
   <si>
     <t>p_3575605</t>
   </si>