--- v0 (2025-10-19)
+++ v1 (2025-12-03)
@@ -1,644 +1,8922 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet5.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet6.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet7.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet8.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet9.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet10.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet11.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet12.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export " r:id="rId3" sheetId="1"/>
+    <sheet name="Export Avis sur les dispositifs" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Recommandation en santé " r:id="rId4" sheetId="2"/>
+    <sheet name="Export Guide maladie chronique" r:id="rId5" sheetId="3"/>
+    <sheet name="Export Recommandation de bonne " r:id="rId6" sheetId="4"/>
+    <sheet name="Export Communiqué de presse" r:id="rId7" sheetId="5"/>
+    <sheet name="Export Evaluation des technolog" r:id="rId8" sheetId="6"/>
+    <sheet name="Export évènement de calendrier" r:id="rId9" sheetId="7"/>
+    <sheet name="Export Avis et décisions de la " r:id="rId10" sheetId="8"/>
+    <sheet name="Export Recommandation vaccinale" r:id="rId11" sheetId="9"/>
+    <sheet name="Export Outil d'amélioration des" r:id="rId12" sheetId="10"/>
+    <sheet name="Export Medicament" r:id="rId13" sheetId="11"/>
+    <sheet name="Export Article HAS" r:id="rId14" sheetId="12"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Avis sur les dispositifs'!$B$1:$J$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Recommandation en santé '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Communiqué de presse'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="6" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="7" hidden="true">'Export Avis et décisions de la '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="8" hidden="true">'Export Recommandation vaccinale'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="9" hidden="true">'Export Outil d''amélioration des'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="10" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="11" hidden="true">'Export Article HAS'!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="96" uniqueCount="75">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1720" uniqueCount="1018">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Public Health guideline</t>
-[...11 lines deleted...]
-    <t>03/07/2024 14:30:00</t>
+    <t>Description</t>
+  </si>
+  <si>
+    <t>Laboratoire / Fabricant</t>
+  </si>
+  <si>
+    <t>Avis sur les dispositifs médicaux et autres produits de santé</t>
+  </si>
+  <si>
+    <t>TYRX</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3498915/en/shingles-vaccination-recommendations-and-the-role-of-the-shingrix-vaccine</t>
+    <t>01/09/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>13/10/2020 17:34:22</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3212152/fr/tyrx</t>
+  </si>
+  <si>
+    <t>p_3212152</t>
+  </si>
+  <si>
+    <t>Enveloppe antibactérienne résorbable</t>
+  </si>
+  <si>
+    <t>MEDTRONIC FRANCE S.A.S.</t>
+  </si>
+  <si>
+    <t>ALAIR</t>
+  </si>
+  <si>
+    <t>26/03/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>08/04/2019 08:52:10</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2961583/fr/alair</t>
+  </si>
+  <si>
+    <t>c_2961583</t>
+  </si>
+  <si>
+    <t>Cathéter de thermoplastie bronchique</t>
+  </si>
+  <si>
+    <t>BOSTON SCIENTIFIC SAS</t>
+  </si>
+  <si>
+    <t>REPNEU</t>
+  </si>
+  <si>
+    <t>Système de spirales endobronchiques en nitinol</t>
+  </si>
+  <si>
+    <t>22/11/2016 00:00:00</t>
+  </si>
+  <si>
+    <t>30/11/2016 08:47:47</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2725221/fr/repneu</t>
+  </si>
+  <si>
+    <t>c_2725221</t>
+  </si>
+  <si>
+    <t>PneumRX, Limited</t>
+  </si>
+  <si>
+    <t>17/05/2016 00:00:00</t>
+  </si>
+  <si>
+    <t>09/06/2016 11:22:25</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2636230/fr/alair</t>
+  </si>
+  <si>
+    <t>c_2636230</t>
+  </si>
+  <si>
+    <t>Recommandation en santé publique</t>
+  </si>
+  <si>
+    <t>Stratégie de vaccination contre la dengue - Place du vaccin Qdenga</t>
+  </si>
+  <si>
+    <t>La HAS recommande la mise en place de la vaccination contre la dengue par le vaccin Qdenga dans les territoires français d’Amérique (Antilles et Guyane), ainsi qu’à Mayotte et à La Réunion. La HAS préconise de vacciner dans ces territoires les enfants âgés de 6 à 16 ans présentant un antécédent d’infection par la dengue ainsi que les adultes de 17 à 60 ans présentant des comorbidités, avec ou sans antécédent.</t>
+  </si>
+  <si>
+    <t>12/12/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>17/12/2024 11:07:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3461308/fr/strategie-de-vaccination-contre-la-dengue-place-du-vaccin-qdenga</t>
+  </si>
+  <si>
+    <t>p_3461308</t>
+  </si>
+  <si>
+    <t>Recommandations vaccinales contre le Zona. Place du vaccin Shingrix</t>
+  </si>
+  <si>
+    <t>La HAS recommande la vaccination contre le zona avec le vaccin Shingrix des personnes de 18 ans et plus dont le système immunitaire est défaillant, ainsi que de toutes les personnes âgées de 65 ans et plus.</t>
+  </si>
+  <si>
+    <t>29/02/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>07/03/2024 14:30:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3498915/fr/recommandations-vaccinales-contre-le-zona-place-du-vaccin-shingrix</t>
   </si>
   <si>
     <t>p_3498915</t>
   </si>
   <si>
-    <t>Practice guidelines</t>
-[...8 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_606483/en/rheumatoid-arthritis-management-of-established-ra</t>
+    <t>Évaluation médico-économique des traitements de fond biologiques dans la prise en charge de la polyarthrite rhumatoïde</t>
+  </si>
+  <si>
+    <t>La polyarthrite rhumatoïde est une maladie rhumatismale auto-immune, inflammatoire, chronique, évoluant par poussées provoquant des gonflements et des douleurs au niveau des poignets, des mains ou des pieds et détruisant progressivement les articulations.</t>
+  </si>
+  <si>
+    <t>04/11/2015 00:00:00</t>
+  </si>
+  <si>
+    <t>16/05/2019 16:53:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2580906/fr/evaluation-medico-economique-des-traitements-de-fond-biologiques-dans-la-prise-en-charge-de-la-polyarthrite-rhumatoide</t>
+  </si>
+  <si>
+    <t>c_2580906</t>
+  </si>
+  <si>
+    <t>Conditions du développement de la chimiothérapie en hospitalisation à domicile</t>
+  </si>
+  <si>
+    <t>Sur saisine de la Direction Générale de l’Offre de Soins, la HAS a réalisé un travail, actualisant la synthèse de littérature qu’elle avait publié en 2005, sur la chimiothérapie pratiquée en hospitalisation à domicile. Elle a complété cette analyse par une étude des bases de données tarifaires codant les séjours de chimiothérapie en HAD (PMSI HAD) et par cinq monographies de sites, après enquête de terrain. Ces travaux ont permis à la HAS de dresser un état des lieux précis des pratiques actuelles de chimiothérapie en HAD et de produire des recommandations, destinées au décideur public, pour lever les freins au développement de cette activité.</t>
+  </si>
+  <si>
+    <t>28/01/2015 00:00:00</t>
+  </si>
+  <si>
+    <t>16/03/2015 10:36:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1696038/fr/conditions-du-developpement-de-la-chimiotherapie-en-hospitalisation-a-domicile</t>
+  </si>
+  <si>
+    <t>c_1696038</t>
+  </si>
+  <si>
+    <t>Évaluation a priori du dépistage de la syphilis en France</t>
+  </si>
+  <si>
+    <t>Évaluer, au vu des dernières données épidémiologiques montrant une recrudescence de la maladie, l’opportunité du dépistage de la syphilis en France et préciser ses modalités : quelle population dépister et à quelle fréquence ? Comment utiliser les multiples tests disponibles ? Comment optimiser la surveillance épidémiologique, la sensibilisation des personnes concernées par le dépistage, l’utilisation des différentes structures de dépistage et la notification des partenaires des patients dépistés et diagnostiqués positifs ?</t>
+  </si>
+  <si>
+    <t>23/05/2007 00:00:00</t>
+  </si>
+  <si>
+    <t>02/07/2007 15:34:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_548127/fr/evaluation-a-priori-du-depistage-de-la-syphilis-en-france</t>
+  </si>
+  <si>
+    <t>c_548127</t>
+  </si>
+  <si>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Ostéite Chronique Multifocale Récurrente</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’ostéite chronique multifocale récurrente (OCMR). Il a été élaboré sous l’égide du Centre de référence des maladies auto-inflammatoires et de l’amylose inflammatoire (CeRéMAIA) et de la Filière de santé des maladies auto-immunes et auto-inflammatoires rares (FAI²R) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>02/10/2025 12:48:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3689228/fr/osteite-chronique-multifocale-recurrente</t>
+  </si>
+  <si>
+    <t>p_3689228</t>
+  </si>
+  <si>
+    <t>Purpura Thrombopénique Immunologique  de l’enfant et de l’adolescent</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un enfant atteint de purpura thrombopénique immunologique (PTI). Il a été élaboré par le Centre de référence des cytopénies auto-immunes de l’enfant (CEREVANCE) sous l’égide de la filière de santé Maladies Rares Immuno-Hématologiques (MaRIH) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>10/04/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>18/04/2025 14:08:13</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3601597/fr/purpura-thrombopenique-immunologique-de-l-enfant-et-de-l-adolescent</t>
+  </si>
+  <si>
+    <t>p_3601597</t>
+  </si>
+  <si>
+    <t>Les maladies du spectre de la neuromyélite optique</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de la NMOSD. Il a été élaboré par le Centre de référence des maladies inflammatoires rares du cerveau et de la moelle à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>04/03/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3245151/fr/les-maladies-du-spectre-de-la-neuromyelite-optique</t>
+  </si>
+  <si>
+    <t>p_3245151</t>
+  </si>
+  <si>
+    <t>Hémophilie A acquise</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’HAA. Il a été élaboré par le Centre de Référence de l’Hémophilie et autres déficits rares en protéines de la coagulation à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>04/03/2025 15:55:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3594164/fr/hemophilie-a-acquise</t>
+  </si>
+  <si>
+    <t>p_3594164</t>
+  </si>
+  <si>
+    <t>Purpura thrombopénique immunologique de l’adulte</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de GLUT1-DS. Il a été élaboré par le Centre de Référence des Cytopénies Auto-Immunes de l’adulte (CeReCAI) du CHU Henri Mondor de Créteil, APHP, UPEC, sous l’égide de la filière de santé maladies rares MARIH (Maladies Rares Immuno-Hématologiques) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>05/02/2025 14:17:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3578446/fr/purpura-thrombopenique-immunologique-de-l-adulte</t>
+  </si>
+  <si>
+    <t>p_3578446</t>
+  </si>
+  <si>
+    <t>DRESS de l’adulte et de l’enfant</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un adulte ou d’un enfant pris en charge pour un DRESS (en anglais « Drug Reaction with Eosinophilia and Systemic Symptoms » ou DIHS « Drug-Induced Hypersensitivity Syndrome », ou syndrome d’hypersensibilité médicamenteuse). Il a été élaboré par le Centre de référence des dermatoses bulleuses toxiques et toxidermies graves TOXIBUL à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>21/11/2024 15:16:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3557694/fr/dress-de-l-adulte-et-de-l-enfant</t>
+  </si>
+  <si>
+    <t>p_3557694</t>
+  </si>
+  <si>
+    <t>Interféronopathies</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’interféronopathie. Il a été élaboré sous l’égide du Centre de Référence des Rhumatismes inflammatoires, maladies Auto-immunes et Interféronopathies Systémiques de l'Enfant RAISE et des Filières des maladies auto-immunes et auto-inflammatoires rares FAI²R des maladies rares du système nerveux central BRAIN-TEAM à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>06/11/2024 08:37:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3555029/fr/interferonopathies</t>
+  </si>
+  <si>
+    <t>p_3555029</t>
+  </si>
+  <si>
+    <t>Anémies Hémolytiques Auto-Immunes de l’adulte</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient admis en ALD au titre de l’ALD2 : insuffisances médullaires et autres cytopénies chroniques. Il a été élaboré par le Centre de Référence des Cytopénies Auto-Immunes de l’adulte (CeReCAI) sous l’égide de la filière de santé Maladies Rares MARIH à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>06/08/2024 16:18:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3536031/fr/anemies-hemolytiques-auto-immunes-de-l-adulte</t>
+  </si>
+  <si>
+    <t>p_3536031</t>
+  </si>
+  <si>
+    <t>Transplantation rénale chez l’enfant</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient transplanté rénal à l’âge pédiatrique. Il a été élaboré par le Centres de Référence des Maladies Rénales Rares Sous l’égide de la filière ORKiD à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>02/08/2024 16:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3473573/fr/transplantation-renale-chez-l-enfant</t>
+  </si>
+  <si>
+    <t>p_3473573</t>
+  </si>
+  <si>
+    <t>Fibrodysplasie Ossifiante Progressive (FOP)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de FOP. Il a été élaboré par le Centre de référence des maladies osseuses constitutionnelles (CRMR MOC) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>22/04/2024 08:33:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3503200/fr/fibrodysplasie-ossifiante-progressive-fop</t>
+  </si>
+  <si>
+    <t>p_3503200</t>
+  </si>
+  <si>
+    <t>Syndrome de Cogan</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de syndrome de Cogan. Il a été élaboré sous l’égide du Centre de référence des maladies auto-inflammatoires et de l’amylose inflammatoire (CeRéMAIA) et de la Filière de santé des maladies auto-immunes et auto-inflammatoires rares (FAI²R) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>22/04/2024 08:32:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3503231/fr/syndrome-de-cogan</t>
+  </si>
+  <si>
+    <t>p_3503231</t>
+  </si>
+  <si>
+    <t>Artérite à Cellules Géantes (Horton)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’Artérite à Cellules Géantes (ACG). Il a été élaboré par le Groupe d’Etude Français des Artérites des gros vaisseaux (GEFA) et de la Filière de santé des maladies auto-immunes et auto-inflammatoires rares (FAI²R) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>28/03/2024 16:12:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2789359/fr/arterite-a-cellules-geantes-horton</t>
+  </si>
+  <si>
+    <t>c_2789359</t>
+  </si>
+  <si>
+    <t>Lupus Systémique de l'adulte et de l'enfant</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de lupus systémique (LS). Il a été élaboré sous l’égide du Centre de référence du lupus, syndrome des anticorps anti-phospholipides et autres maladies auto-immunes rares et du Centre de référence des rhumatismes inflammatoires et maladies auto-immunes systémiques rares de l’enfant RAISE et de la Filière des maladies auto-immunes et auto-inflammatoires rares FAI²R à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>06/02/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>09/02/2024 08:27:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3493410/fr/lupus-systemique-de-l-adulte-et-de-l-enfant</t>
+  </si>
+  <si>
+    <t>p_3493410</t>
+  </si>
+  <si>
+    <t>Arthrites Juvéniles  Idiopathiques</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’arthrite juvénile idiopathique (AJI). Il a été élaboré sous l’égide du Centre de référence des rhumatismes inflammatoires et maladies auto-immunes systémiques rares de l’enfant RAISE et de la Filière de santé des maladies auto-immunes et auto-inflammatoires rares FAI²R à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>05/02/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>07/02/2024 08:36:06</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3493132/fr/arthrites-juveniles-idiopathiques</t>
+  </si>
+  <si>
+    <t>p_3493132</t>
+  </si>
+  <si>
+    <t>Nécrolyse épidermique de l’adulte (Syndromes de Stevens-Johnson et de Lyell)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un adulte pris en charge pour une nécrolyse épidermique (NE, syndrome de Stevens-Johnson, SJS, et syndrome de Lyell ou nécrolyse épidermique toxique, NET). Il a été élaboré par le Centre de référence des dermatoses bulleuses toxiques et toxidermies graves TOXIBUL à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>04/04/2018 15:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1012735/fr/necrolyse-epidermique-de-l-adulte-syndromes-de-stevens-johnson-et-de-lyell</t>
+  </si>
+  <si>
+    <t>c_1012735</t>
+  </si>
+  <si>
+    <t>Syndrome néphrotique idiopathique de l’adulte</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient adulte atteint du syndrome néphrotique idiopathique. Il a été élaboré par le Centre de Référence Syndrome Néphrotique Idiopathique de l’enfant et de l’adulte à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>18/12/2014 16:52:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2001046/fr/syndrome-nephrotique-idiopathique-de-l-adulte</t>
+  </si>
+  <si>
+    <t>c_2001046</t>
+  </si>
+  <si>
+    <t>Dysplasie broncho-pulmonaire</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient avec DBP constituée à 36 semaines d’APM. Il a été élaboré par le Centre de référence constitutif des maladies respiratoires rares - RespiRare à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>10/08/2023 12:13:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3457610/fr/dysplasie-broncho-pulmonaire</t>
+  </si>
+  <si>
+    <t>p_3457610</t>
+  </si>
+  <si>
+    <t>Hémophilie</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint d’hémophilie (ALD 11 : hémophilie et affections de l’hémostase graves). Il a été élaboré par le centre de référence constitutif des déficits immunitaires héréditaires à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>20/06/2023 14:37:11</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3447771/fr/hemophilie</t>
+  </si>
+  <si>
+    <t>p_3447771</t>
+  </si>
+  <si>
+    <t>ALD n° 9 - Epilepsies graves</t>
+  </si>
+  <si>
+    <t>Le guide actes et prestations ALD n’est pas une recommandation de bonne pratique. Il ne constitue pas une aide à la décision portant sur la stratégie diagnostique ou thérapeutique.</t>
+  </si>
+  <si>
+    <t>23/03/2023 00:00:00</t>
+  </si>
+  <si>
+    <t>28/03/2023 12:21:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_586170/fr/ald-n-9-epilepsies-graves</t>
+  </si>
+  <si>
+    <t>c_586170</t>
+  </si>
+  <si>
+    <t>Amylose AL</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’amylose AL. Il a été élaboré par le Centre national de référence amylose AL. et autres maladies de dépôts d'immunoglobulines monoclonales à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>23/03/2023 10:32:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3385053/fr/amylose-al</t>
+  </si>
+  <si>
+    <t>p_3385053</t>
+  </si>
+  <si>
+    <t>Syndrome néphrotique idiopathique de l’enfant</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de Syndrome néphrotique idiopathique de l’enfant. Il a été élaboré par le Centre de Référence Syndrome Néphrotique Idiopathique à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3403870/fr/syndrome-nephrotique-idiopathique-de-l-enfant</t>
+  </si>
+  <si>
+    <t>p_3403870</t>
+  </si>
+  <si>
+    <t>Glomérulonéphrite Extra-Membraneuse</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de GEM. Il a été élaboré par le Centre de Référence Maladies Rares du Syndrome Néphrotique Idiopathique à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>12/12/2022 17:27:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3392035/fr/glomerulonephrite-extra-membraneuse</t>
+  </si>
+  <si>
+    <t>p_3392035</t>
+  </si>
+  <si>
+    <t>Cholangite Sclérosante Primitive</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’une cholangite sclérosante primitive (CSP). Il a été élaboré par le Centre de référence coordonnateur des maladies inflammatoires des voies biliaires et hépatites autoimmunes à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3392249/fr/cholangite-sclerosante-primitive</t>
+  </si>
+  <si>
+    <t>p_3392249</t>
+  </si>
+  <si>
+    <t>Le spectre des maladies à anticorps anti-MOG</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de MOGAD. Il a été élaboré par le Centre de Référence Maladies Inflammatoires Rares du Cerveau Et de la Moelle à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>02/11/2022 17:40:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3382586/fr/le-spectre-des-maladies-a-anticorps-anti-mog</t>
+  </si>
+  <si>
+    <t>p_3382586</t>
+  </si>
+  <si>
+    <t>Greffe de cellules souches hématopoïétiques dans  les maladies auto-immunes</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de maladie auto-immune (MAI) et traité par greffe de CSH. Il a été élaboré par le Centre de référence des maladies auto-immunes et systémiques rares d’Ile-de-France (site constitutif, Saint-Louis, AP-HP) : MATHEC, maladies Auto-immunes et Thérapies Cellulaires. Sous l’égide des filières de santé : Filière des maladies auto-immunes et auto-inflammatoires rares FAI2R, Filière de santé des maladies rares immuno-hématologiques MaRIH à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>10/10/2022 17:06:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3374064/fr/greffe-de-cellules-souches-hematopoietiques-dans-les-maladies-auto-immunes</t>
+  </si>
+  <si>
+    <t>p_3374064</t>
+  </si>
+  <si>
+    <t>Purpura thrombotique thrombocytopénique</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient d’un patient atteint de PTT, dans sa forme autoimmune ou congénitale, et en contexte obstétrical. Il a été élaboré par le Centre de référence des microangiopathies thrombotiques (CNR-MAT) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>07/10/2022 11:12:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3375723/fr/purpura-thrombotique-thrombocytopenique</t>
+  </si>
+  <si>
+    <t>p_3375723</t>
+  </si>
+  <si>
+    <t>Syndrome des Anti-Phospholipides de l’adulte et de l’enfant</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de SAPL. Il a été élaboré sous l’égide du Centre de référence du lupus, syndrome des anticorps anti-phospholipides et autres maladies auto-immunes rares et du Centre de référence des rhumatismes inflammatoires et maladies auto-immunes systémiques rares de l’enfant RAISE et de la Filière des maladies auto-immunes et auto-inflammatoires rares FAI²R à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>07/10/2022 12:02:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3375791/fr/syndrome-des-anti-phospholipides-de-l-adulte-et-de-l-enfant</t>
+  </si>
+  <si>
+    <t>p_3375791</t>
+  </si>
+  <si>
+    <t>Maladie de Kawasaki</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de maladie de Kawasaki. Il a été élaboré par le Centre de Référence des Maladies Auto-inflammatoires et de l’Amylose inflammatoire CeRéMAIA Sous l’égide de la Filière des maladies auto-immunes et auto-inflammatoires rares FAI2R à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>09/09/2022 08:37:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3363015/fr/maladie-de-kawasaki</t>
+  </si>
+  <si>
+    <t>p_3363015</t>
+  </si>
+  <si>
+    <t>Syndrome Post-Poliomyélitique et effet du vieillissement chez les personnes atteintes de séquelles de Poliomyélite Antérieure Aiguë</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de syndrome post-polio (SPP) ou de complications liées au vieillissement chez un patient porteur de séquelles de PAA. Il a été élaboré par le Centre de référence pour les maladies neuromusculaires et la SLA de Marseille à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>11/08/2022 13:57:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3351803/fr/syndrome-post-poliomyelitique-et-effet-du-vieillissement-chez-les-personnes-atteintes-de-sequelles-de-poliomyelite-anterieure-aigue</t>
+  </si>
+  <si>
+    <t>p_3351803</t>
+  </si>
+  <si>
+    <t>Hyperéosinophilies et syndromes hyperéosinophiliques</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient présentant un syndrome hyperéosinophilique (SHE). Il a été élaboré sous l'égide du centre de référence des syndromes hyperéosinophiliques (CEREO) et de la filière de santé Mmaladies-rares immuno-hématologiques (MaRIH) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>30/06/2022 15:05:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3346155/fr/hypereosinophilies-et-syndromes-hypereosinophiliques</t>
+  </si>
+  <si>
+    <t>p_3346155</t>
+  </si>
+  <si>
+    <t>Maladie (ou syndrome) de Sjögren</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de Syndrome de Sjögren. Il a été élaboré par le Centre de référence des maladies auto-immunes et systémiques rares à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>07/04/2022 08:34:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3328894/fr/maladie-ou-syndrome-de-sjogren</t>
+  </si>
+  <si>
+    <t>p_3328894</t>
+  </si>
+  <si>
+    <t>Syndrome MYH9</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de syndrome MYH9. Il a été élaboré par le Centre de Référence des Pathologies Plaquettaires Constitutionnelles (CRPP) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>17/11/2021 14:17:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3298135/fr/syndrome-myh9</t>
+  </si>
+  <si>
+    <t>p_3298135</t>
+  </si>
+  <si>
+    <t>Maladies héréditaires du métabolisme du surfactant</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins des enfants présentant une maladie du surfactant. Il a été élaboré par le centre de référence des Maladies respiratoires rares - RespiRare à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>10/11/2021 16:10:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3278600/fr/maladies-hereditaires-du-metabolisme-du-surfactant</t>
+  </si>
+  <si>
+    <t>p_3278600</t>
+  </si>
+  <si>
+    <t>Encéphalopathie Epileptique avec Pointe Ondes Continues du Sommeil (EEPOCS) (y compris syndrome de Landau-Kleffner)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d'une Encéphalopathie Epileptique avec Pointe Ondes Continues du Sommeil (EEPOCS). Il a été élaboré par le Centre de référence épilepsies rares (CReER) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>04/11/2021 12:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3295051/fr/encephalopathie-epileptique-avec-pointe-ondes-continues-du-sommeil-eepocs-y-compris-syndrome-de-landau-kleffner</t>
+  </si>
+  <si>
+    <t>p_3295051</t>
+  </si>
+  <si>
+    <t>Myosite à inclusions sporadique</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de myosite à inclusions. Il a été élaboré par le Centre de référence des maladies neuromusculaires à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3295071/fr/myosite-a-inclusions-sporadique</t>
+  </si>
+  <si>
+    <t>p_3295071</t>
+  </si>
+  <si>
+    <t>Cryoglobulinémies</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de cryoglobulinémie. Il a été élaboré sous l’égide du centre de référence des maladies auto-immunes systémiques rares d’Ile-de-France et de la filière des maladies auto-immunes et auto-inflammatoires rares à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>14/10/2021 08:39:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3278570/fr/cryoglobulinemies</t>
+  </si>
+  <si>
+    <t>p_3278570</t>
+  </si>
+  <si>
+    <t>Aspergillose broncho-pulmonaire allergique (hors mucoviscidose)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d'aspergillose broncho-pulmonaire allergique (hors mucoviscidose). Il a été élaboré par le Centre de référence des maladies pulmonaires rares – OrphaLungs à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3289862/fr/aspergillose-broncho-pulmonaire-allergique-hors-mucoviscidose</t>
+  </si>
+  <si>
+    <t>p_3289862</t>
+  </si>
+  <si>
+    <t>Hépatite Auto-Immunes (HAI)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d'Hépatite Auto-Immunes (HAI). Il a été élaboré par le Centre de Référence Constitutif des Maladies Inflammatoires des Voies Biliaires et Hépatites Auto-Immunes Sous l’égide et avec le partenariat de la Filière de Santé « FILFOIE »à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3291664/fr/hepatite-auto-immunes-hai</t>
+  </si>
+  <si>
+    <t>p_3291664</t>
+  </si>
+  <si>
+    <t>Polychondrite Chronique Atrophiante</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de PCA. Il a été élaboréSous l’égide du Centre de référence des maladies systémiques rares de l’Est et du Sud-Ouest, du Centre de référence des maladies auto-immunes systémiques rares d’Ile de France, du Centre de référence du lupus, SAPL et autres maladies auto-immunes rares, du Centre de compétence des maladies auto-immunes systémiques rares de Toulouse et de la filière des maladies auto-immunes et auto-inflammatoires rares à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>06/09/2021 09:34:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3278590/fr/polychondrite-chronique-atrophiante</t>
+  </si>
+  <si>
+    <t>p_3278590</t>
+  </si>
+  <si>
+    <t>Fibrose pulmonaire idiopathique</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de Fibrose pulmonaire idiopathique. Il a été élaboré par le centre de référence des Maladies pulmonaires rares à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>28/07/2021 11:55:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3278607/fr/fibrose-pulmonaire-idiopathique</t>
+  </si>
+  <si>
+    <t>p_3278607</t>
+  </si>
+  <si>
+    <t>Polyradiculoneuropathie Inflammatoire Démyélinisante Chronique (PIDC)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint de Polyradiculoneuropathie Inflammatoire Démyélinisante Chronique (PIDC) . Il a été élaboré par le Centre de référence des maladies rares des Neuropathies rares, CHU de Bicetre à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>19/04/2021 10:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3261449/fr/polyradiculoneuropathie-inflammatoire-demyelinisante-chronique-pidc</t>
+  </si>
+  <si>
+    <t>p_3261449</t>
+  </si>
+  <si>
+    <t>Malformations lymphatiques kystiques (MLK)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint de malformations lymphatiques kystiques (MLK). Il a été élaboré par les Centres de Référence et de Compétences Maladies Rares de la filière de santé FIMARAD à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>04/03/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>09/03/2021 08:43:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3241227/fr/malformations-lymphatiques-kystiques-mlk</t>
+  </si>
+  <si>
+    <t>p_3241227</t>
+  </si>
+  <si>
+    <t>Syndrome Hémolytique et Urémique (SHU)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint de SHU. Il a été élaboré par les Centres de Références des Maladies Rénales Rares (SORARE, NEPHROGONES, MARHEA) et Maladies Rares Immuno-Hématologiques (CNR des microangiopathies thrombotiques) sous l’égide des filières ORKiD et MaRIH, à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>16/02/2021 09:31:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3236879/fr/syndrome-hemolytique-et-uremique-shu</t>
+  </si>
+  <si>
+    <t>p_3236879</t>
+  </si>
+  <si>
+    <t>Pemphigoïde bulleuse</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint de Pemphigoïde bulleuse. Il a été élaboré par le centre de référence des maladies bulleuses auto-immunesà l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>05/06/2020 18:27:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2636201/fr/pemphigoide-bulleuse</t>
+  </si>
+  <si>
+    <t>c_2636201</t>
+  </si>
+  <si>
+    <t>Uvéites chroniques non infectieuses de l'enfant et de l'adulte</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient d’âge pédiatrique ou adulte atteint d'uvéites chroniques non infectieuses. Il a été élaboré sous l’égide du Centre de Référence des maladies Rhumatologiques Inflammatoires et des maladies Auto-Immunes Systémiques rares de l’Enfant (RAISE), du Centre de Référence des Maladies Auto-Inflammatoires et de l’Amylose Inflammatoire (CeRéMAIA), du Centre de Référence Maladies Rares en Ophtalmologie (OPHTARA), de la Filière des maladies auto-immunes et auto-inflammatoires rares (FAI²R) et de la Filière de santé des maladies rares sensorielles (SENSGENE), à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>05/06/2020 18:43:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3187246/fr/uveites-chroniques-non-infectieuses-de-l-enfant-et-de-l-adulte</t>
+  </si>
+  <si>
+    <t>p_3187246</t>
+  </si>
+  <si>
+    <t>Artérite de Takayasu</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint d'Artérite de Takayasu. Il a été élaboré sous l’égide du Centre de Référence des Maladies Auto-Inflammatoires et de l’Amylose Inflammatoire (CeRéMAIA), du Centre de référence des maladies vasculaires rares, de la filière des maladies auto-immunes et auto-inflammatoires rares (FAI²R), et de la filière maladies vasculaires rares avec atteinte multisystémique (FAVA-MULTI), à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>23/04/2020 13:35:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3148994/fr/arterite-de-takayasu</t>
+  </si>
+  <si>
+    <t>p_3148994</t>
+  </si>
+  <si>
+    <t>Guide du parcours de soins bronchopneumopathie chronique obstructive (BPCO)</t>
+  </si>
+  <si>
+    <t>Le guide du parcours de soins décrit la prise en charge usuelle d’une personne ayant une bronchopneumopathie chronique obstructive (BPCO). Il est destiné aux professionnels impliqués dans la prise en charge globale des patients, du secteur sanitaire, social et médico-social. Tenant compte de la pluri-professionnalité de la prise en charge, le guide aborde le rôle, la place et les modalités de coordination des différents professionnels. II est accompagné d'une synthèse sur les points critiques de la prise en charge et de 10 messages pour améliorer ses pratiques.</t>
+  </si>
+  <si>
+    <t>20/11/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>30/01/2020 14:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1242507/fr/guide-du-parcours-de-soins-bronchopneumopathie-chronique-obstructive-bpco</t>
+  </si>
+  <si>
+    <t>c_1242507</t>
+  </si>
+  <si>
+    <t>Maladie de Behçet</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint de la Maladie de Behçet. Il a été élaboré Sous l’égide du Centre de Référence des Maladies Auto-inflammatoires et de l’Amylose Inflammatoire CeRéMAIA et de la Filière des maladies auto-immunes et auto-inflammatoires rares FAI²R, à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>27/01/2020 14:13:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3148016/fr/maladie-de-behcet</t>
+  </si>
+  <si>
+    <t>p_3148016</t>
+  </si>
+  <si>
+    <t>Dystrophie musculaire de Duchenne</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint de dystrophie musculaire de Duchenne.</t>
+  </si>
+  <si>
+    <t>27/11/2019 16:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3121365/fr/dystrophie-musculaire-de-duchenne</t>
+  </si>
+  <si>
+    <t>p_3121365</t>
+  </si>
+  <si>
+    <t>17/10/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>21/10/2019 16:44:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_483032/fr/hemophilie</t>
+  </si>
+  <si>
+    <t>c_483032</t>
+  </si>
+  <si>
+    <t>Fragilités osseuses secondaires de l’enfant</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un enfant de fragilités osseuses secondaires. Il a été élaboré par le centre de référence des Maladies Rares du Calcium et du Phosphate, à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>11/10/2019 11:49:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3112119/fr/fragilites-osseuses-secondaires-de-l-enfant</t>
+  </si>
+  <si>
+    <t>p_3112119</t>
+  </si>
+  <si>
+    <t>PFAPA : Fièvre périodique – stomatite – pharyngite – adénopathie</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint de PFAPA : Fièvre périodique – stomatite – pharyngite – adénopathie. Il a été élaboré sous l’égide du Centre de Référence des Maladies Auto-Inflammatoires et de l’Amylose Inflammatoire (CeRéMAIA) et de la Filière des maladies auto-immunes et auto-inflammatoires rares (FAI²R) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>08/08/2019 10:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3095655/fr/pfapa-fievre-periodique-stomatite-pharyngite-adenopathie</t>
+  </si>
+  <si>
+    <t>p_3095655</t>
+  </si>
+  <si>
+    <t>ALD n° 24 - Rectocolite hémorragique</t>
+  </si>
+  <si>
+    <t>22/05/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>24/07/2019 16:15:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_671091/fr/ald-n-24-rectocolite-hemorragique</t>
+  </si>
+  <si>
+    <t>c_671091</t>
+  </si>
+  <si>
+    <t>Vascularites nécrosantes systémiques (périartérite noueuse et vascularites associées aux ANCA)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins des patients atteints d'une vascularite nécrosante systémique. Il a été élaboré par le Centre de référence des maladies auto-immunes systémiques rares d’Ile de France sous l’égide du GFEV (Groupe Français d’Etude des Vascularites) et de la filière FAI²R (maladies auto-immunes et auto-inflammatoires rares) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>26/06/2019 12:45:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3076472/fr/vascularites-necrosantes-systemiques-periarterite-noueuse-et-vascularites-associees-aux-anca</t>
+  </si>
+  <si>
+    <t>p_3076472</t>
+  </si>
+  <si>
+    <t>ALD n° 24 - Maladie de Crohn</t>
+  </si>
+  <si>
+    <t>11/06/2019 09:07:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_671094/fr/ald-n-24-maladie-de-crohn</t>
+  </si>
+  <si>
+    <t>c_671094</t>
+  </si>
+  <si>
+    <t>Maladie de Still de l'adulte</t>
+  </si>
+  <si>
+    <t>L’objectif de ce protocole national de diagnostic et de soins (PNDS) est d’expliciter pour les professionnels de santé la prise en charge optimale actuelle d’un patient atteint de maladie de Still de l’adulte (MSA) en 2018.</t>
+  </si>
+  <si>
+    <t>10/08/2018 15:01:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2867360/fr/maladie-de-still-de-l-adulte</t>
+  </si>
+  <si>
+    <t>c_2867360</t>
+  </si>
+  <si>
+    <t>Maladies bulleuses auto-immunes : Pemphigus</t>
+  </si>
+  <si>
+    <t>L’objectif de ce protocole national de soins (PNDS) est d’expliciter pour les professionnels de santé la prise en charge optimale actuelle et le parcours de soins d’un patient atteint de pemphigus.</t>
+  </si>
+  <si>
+    <t>11/06/2018 15:01:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2636265/fr/maladies-bulleuses-auto-immunes-pemphigus</t>
+  </si>
+  <si>
+    <t>c_2636265</t>
+  </si>
+  <si>
+    <t>Sclérodermie Systémique</t>
+  </si>
+  <si>
+    <t>L’objectif de ce Protocole National de Diagnostic et de Soins (PNDS) est d’expliciter pour les professionnels de santé la prise en charge optimale et le parcours de soins d’un patient pris en charge comme affection de longue durée au titre de l’ALD 21 : « périartérite noueuse, lupus érythémateux aigu disséminé, sclérodermie systémique ». Ce PNDS concerne uniquement les patients atteints de ScS et se limite aux formes concernées par le texte de l’ALD actuel. Il a été décidé de ne pas inclure dans ce PNDS les sclérodermies localisées, encore appelées morphées, qui sont des atteintes scléreuses de la peau, le plus souvent circonscrites à celle-ci, mais pouvant parfois s’étendre aux tissus sous-jacents musculaires, osseux et parfois nerveux, sans manifestations systémiques.</t>
+  </si>
+  <si>
+    <t>04/04/2018 17:30:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_717292/fr/sclerodermie-systemique</t>
+  </si>
+  <si>
+    <t>c_717292</t>
+  </si>
+  <si>
+    <t>Pneumopathies interstitielles diffuses de l’enfant</t>
+  </si>
+  <si>
+    <t>L’objectif de ce protocole national de diagnostic et de soins (PNDS) est de fournir aux professionnels de santé les recommandations pour une prise en charge optimale des enfants atteints d’une pneumopathie interstitielle diffuse (PID) chronique et pour un parcours de soins adapté.</t>
+  </si>
+  <si>
+    <t>03/11/2017 16:23:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2802885/fr/pneumopathies-interstitielles-diffuses-de-l-enfant</t>
+  </si>
+  <si>
+    <t>c_2802885</t>
+  </si>
+  <si>
+    <t>Arthrites Juvéniles Idiopathiques</t>
+  </si>
+  <si>
+    <t>L’objectif de ce protocole national de soins (PNDS) est d’expliciter pour les professionnels de santé la prise en charge optimale actuelle d’un patient atteint d’arthrite juvénile idiopathique (AJI) dans sa forme systémique (maladie de Still), d’AJI oligoarticulaire ou polyarticulaire sans facteur rhumatoïde et d’AJI associée aux enthésites. Ces quatre formes représentent la grande majorité des AJI.</t>
+  </si>
+  <si>
+    <t>30/10/2017 15:23:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2801939/fr/arthrites-juveniles-idiopathiques</t>
+  </si>
+  <si>
+    <t>c_2801939</t>
+  </si>
+  <si>
+    <t>Purpura thrombopénique immunologique de l’enfant et de l’adulte</t>
+  </si>
+  <si>
+    <t>L’objectif de ce protocole national de diagnostic et de soins (PNDS) est d’expliciter aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale actuelle et le parcours de soins d’un patient atteint de Purpura thrombopénique immunologique.</t>
+  </si>
+  <si>
+    <t>09/06/2017 12:12:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2772874/fr/purpura-thrombopenique-immunologique-de-l-enfant-et-de-l-adulte</t>
+  </si>
+  <si>
+    <t>c_2772874</t>
+  </si>
+  <si>
+    <t>Lupus Systémique</t>
+  </si>
+  <si>
+    <t>L’objectif de ce protocole national de diagnostic et de soins (PNDS) est d’expliciter aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale actuelle et le parcours de soins d’un patient atteint de Lupus Systémique.</t>
+  </si>
+  <si>
+    <t>21/03/2017 15:02:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2751894/fr/lupus-systemique</t>
+  </si>
+  <si>
+    <t>c_2751894</t>
+  </si>
+  <si>
+    <t>Anémie Hémolytique Auto-Immune de l'enfant et de l'adulte</t>
+  </si>
+  <si>
+    <t>L‘objectif de ce protocole national de diagnostic et de soins (PNDS) est d‘expliciter aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale actuelle et le parcours de soins d’un patient atteint d‘anémie hémolytique auto-immune.</t>
+  </si>
+  <si>
+    <t>01/03/2017 10:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2747976/fr/anemie-hemolytique-auto-immune-de-l-enfant-et-de-l-adulte</t>
+  </si>
+  <si>
+    <t>c_2747976</t>
+  </si>
+  <si>
+    <t>Dermatomyosite de l’enfant et de l’adulte</t>
+  </si>
+  <si>
+    <t>L’objectif de ce protocole national de diagnostic et desoins (PNDS) est d’expliciter pour les professionnels de santé la prise en charge optimale actuelle d’un patient atteint de dermatomyosite chez l’adulte (DM) et chez l’enfant (dermatomyosite juvénile : DMJ).</t>
+  </si>
+  <si>
+    <t>19/09/2016 14:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2666858/fr/dermatomyosite-de-l-enfant-et-de-l-adulte</t>
+  </si>
+  <si>
+    <t>c_2666858</t>
+  </si>
+  <si>
+    <t>Maladies bulleuses auto-immunes : Pemphigoïde cicatricielle</t>
+  </si>
+  <si>
+    <t>06/06/2016 15:01:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2636206/fr/maladies-bulleuses-auto-immunes-pemphigoide-cicatricielle</t>
+  </si>
+  <si>
+    <t>c_2636206</t>
+  </si>
+  <si>
+    <t>Syndrome néphrotique idiopathique de l'enfant</t>
+  </si>
+  <si>
+    <t>L’objectif de ce protocole national de diagnostic et de soins (PNDS) est d’expliciter aux professionnels de santé la prise en charge optimale et le parcours de soins d'un enfant atteint du syndrome néphrotique idiopathique.</t>
+  </si>
+  <si>
+    <t>29/04/2016 15:59:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2628561/fr/syndrome-nephrotique-idiopathique-de-l-enfant</t>
+  </si>
+  <si>
+    <t>c_2628561</t>
+  </si>
+  <si>
+    <t>Myasthénie autoimmune</t>
+  </si>
+  <si>
+    <t>L’objectif de ce protocole national de diagnostic et de soins (PNDS) est d’expliciter aux professionnels de santé la prise en charge optimale et le parcours de soins d’un patient atteint de myasthénie autoimmune.</t>
+  </si>
+  <si>
+    <t>24/07/2015 10:42:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2048406/fr/myasthenie-autoimmune</t>
+  </si>
+  <si>
+    <t>c_2048406</t>
+  </si>
+  <si>
+    <t>Déficit en mévalonate kinase (MKD)</t>
+  </si>
+  <si>
+    <t>L’objectif de ce protocole national de diagnostic et de soins (PNDS) est d’expliciter, pour les professionnels de la santé, la prise en charge du patient atteint d'un déficit en mévalonate kinase.</t>
+  </si>
+  <si>
+    <t>10/07/2015 16:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2044016/fr/deficit-en-mevalonate-kinase-mkd</t>
+  </si>
+  <si>
+    <t>c_2044016</t>
+  </si>
+  <si>
+    <t>Guide du parcours de soins du lymphome de Hodgkin classique de l'adulte</t>
+  </si>
+  <si>
+    <t>Le guide du parcours de soins décrit la prise en charge usuelle d’une personne adulte ayant un lymphome de Hodgkin classique. Il cible principalement les professionnels impliqués dans la prise en charge globale des patients. .</t>
+  </si>
+  <si>
+    <t>24/07/2013 00:00:00</t>
+  </si>
+  <si>
+    <t>14/10/2013 14:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1652304/fr/guide-du-parcours-de-soins-du-lymphome-de-hodgkin-classique-de-l-adulte</t>
+  </si>
+  <si>
+    <t>c_1652304</t>
+  </si>
+  <si>
+    <t>Fièvre Méditerranéenne Familiale</t>
+  </si>
+  <si>
+    <t>L’objectif de ce protocole national de diagnostic et de soins (PNDS) est d’expliciter, pour les professionnels de la santé, la prise en charge optimale et le parcours de soins d’un malade atteint d’une fièvre méditerranéenne familiale (FMF) aussi couramment appelée maladie périodique en France.</t>
+  </si>
+  <si>
+    <t>01/03/2013 13:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1362848/fr/fievre-mediterraneenne-familiale</t>
+  </si>
+  <si>
+    <t>c_1362848</t>
+  </si>
+  <si>
+    <t>ALD hors liste - Hyperplasie congénitale des surrénales</t>
+  </si>
+  <si>
+    <t>L’objectif de ce protocole national de diagnostic et de soins (PNDS) est d’expliciter pour les professionnels de santé susceptibles de les prendre en charge la prise en charge optimale et le parcours de soins des patients atteints d'hyperplasie congénitale des surrénales par déficit en 21-hydroxylase.</t>
+  </si>
+  <si>
+    <t>01/04/2011 00:00:00</t>
+  </si>
+  <si>
+    <t>27/05/2011 11:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1058546/fr/ald-hors-liste-hyperplasie-congenitale-des-surrenales</t>
+  </si>
+  <si>
+    <t>c_1058546</t>
+  </si>
+  <si>
+    <t>ALD hors liste - Maladies bulleuses auto-immunes : Pemphigoïde bulleuse</t>
+  </si>
+  <si>
+    <t>12/01/2011 00:00:00</t>
+  </si>
+  <si>
+    <t>31/03/2011 14:45:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1035501/fr/ald-hors-liste-maladies-bulleuses-auto-immunes-pemphigoide-bulleuse</t>
+  </si>
+  <si>
+    <t>c_1035501</t>
+  </si>
+  <si>
+    <t>ALD hors liste - Maladies bulleuses auto-immunes : Dermatose à IgA linéaire</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1035498/fr/ald-hors-liste-maladies-bulleuses-auto-immunes-dermatose-a-iga-lineaire</t>
+  </si>
+  <si>
+    <t>c_1035498</t>
+  </si>
+  <si>
+    <t>ALD hors liste - Maladies bulleuses auto-immunes : Épidermolyse bulleuse acquise</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1035513/fr/ald-hors-liste-maladies-bulleuses-auto-immunes-epidermolyse-bulleuse-acquise</t>
+  </si>
+  <si>
+    <t>c_1035513</t>
+  </si>
+  <si>
+    <t>Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Prise en charge du sepsis du nouveau-né, de l’enfant et de l’adulte : recommandations pour un parcours de soins intégré</t>
+  </si>
+  <si>
+    <t>L'ensemble des acteurs concernés par la prise en charge du sepsis ont élaboré des recommandations dans le but d’améliorer le pronostic du sepsis par l’intermédiaire d’un parcours de soins intégré impliquant la ville et l’hôpital et couvrant la prévention, le dépistage, le diagnostic, le traitement et la réintégration socioprofessionnelle des patients. Ainsi, ce projet coordonné par la Société de réanimation de langue française a été réalisé grâce à la collaboration d’une quinzaine de sociétés savantes avec l’accompagnement de la HAS, qui s’inscrit dans le cadre de la labellisation par la HAS d’une recommandation de bonne pratique.</t>
+  </si>
+  <si>
+    <t>29/01/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>10/02/2025 14:34:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3587144/fr/prise-en-charge-du-sepsis-du-nouveau-ne-de-l-enfant-et-de-l-adulte-recommandations-pour-un-parcours-de-soins-integre</t>
+  </si>
+  <si>
+    <t>p_3587144</t>
+  </si>
+  <si>
+    <t>Dépistage, prise en charge et suivi des personnes potentiellement surexposées au cadmium du fait de leur lieu de résidence</t>
+  </si>
+  <si>
+    <t>Objectifs de définir l’intérêt et les modalités de dépistage des contaminations par le cadmium, dans les populations résidant sur des sites pollués par cet élément ; de proposer aux professionnels de santé des modalités de prise en charge des personnes surimprégnées pour le diagnostic, le traitement et le suivi de leur intoxication ; d’informer les populations concernées.</t>
+  </si>
+  <si>
+    <t>04/07/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>07/10/2024 14:48:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3367010/fr/depistage-prise-en-charge-et-suivi-des-personnes-potentiellement-surexposees-au-cadmium-du-fait-de-leur-lieu-de-residence</t>
+  </si>
+  <si>
+    <t>p_3367010</t>
+  </si>
+  <si>
+    <t>Obésité de l’adulte : prise en charge de 2e et 3e niveaux</t>
+  </si>
+  <si>
+    <t>La HAS publie des recommandations de bonnes pratiques pour améliorer la qualité de la prise en charge de 2e et 3e niveaux des adultes en situation d’obésité complexe ou sévère. L’objectif est d’améliorer la santé du patient et de lui permettre de revenir à un niveau de sévérité inférieur.</t>
+  </si>
+  <si>
+    <t>08/02/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>23/06/2022 11:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3346001/fr/obesite-de-l-adulte-prise-en-charge-de-2e-et-3e-niveaux</t>
+  </si>
+  <si>
+    <t>p_3346001</t>
+  </si>
+  <si>
+    <t>Épilepsies : Prise en charge des enfants et des adultes</t>
+  </si>
+  <si>
+    <t>Les objectifs de la recommandation "Épilepsies : Prise en charge des enfants et des adultes" sont d’améliorer la prise en charge diagnostique et thérapeutique initiale ainsi que le suivi des enfants et adultes ayant une épilepsie, avec une attention particulière au diagnostic et au traitement de l’épilepsie associée à des troubles psychiatriques.</t>
+  </si>
+  <si>
+    <t>08/10/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>26/11/2020 09:12:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3214468/fr/epilepsies-prise-en-charge-des-enfants-et-des-adultes</t>
+  </si>
+  <si>
+    <t>p_3214468</t>
+  </si>
+  <si>
+    <t>Avulsion des 3èmes molaires : indications, techniques et modalités</t>
+  </si>
+  <si>
+    <t>Décider de la pertinence de l’avulsion des 3es molaires n'est pas toujours évident, tout comme adopter les modalités de prise en charge les plus pertinentes le cas échéant. Cette recommandation a pour but d'aider le praticien dans ses choix et d'homogénéiser et d'optimiser les pratiques en termes de technologie et de stratégie.</t>
+  </si>
+  <si>
+    <t>30/07/2019 11:35:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3076150/fr/avulsion-des-3emes-molaires-indications-techniques-et-modalites</t>
+  </si>
+  <si>
+    <t>p_3076150</t>
+  </si>
+  <si>
+    <t>Prise en charge des infections cutanées bactériennes courantes</t>
+  </si>
+  <si>
+    <t>Ces recommandations abordent la prise en charge des principales infections cutanées bactériennes observées en médecine de ville : les dermohypodermites bactériennes non nécrosantes &amp; nécrosantes, la fasciite nécrosante, les infections bactériennes de plaie chronique, le furoncle, l’anthrax, la furonculose, les abcès cutanées et l’impétigo.</t>
+  </si>
+  <si>
+    <t>27/02/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>01/04/2019 14:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2911550/fr/prise-en-charge-des-infections-cutanees-bacteriennes-courantes</t>
+  </si>
+  <si>
+    <t>c_2911550</t>
+  </si>
+  <si>
+    <t>Contraception chez les patientes transplantées (rein, foie, coeur, poumon)</t>
+  </si>
+  <si>
+    <t>L’objectif de cette fiche mémo est d’actualiser les modes de contraception préconisés pour les patientes greffées, hépatiques, cardiaques et pulmonaires, en âge de procréer.</t>
+  </si>
+  <si>
+    <t>06/02/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>11/03/2019 11:28:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2870343/fr/contraception-chez-les-patientes-transplantees-rein-foie-coeur-poumon</t>
+  </si>
+  <si>
+    <t>c_2870343</t>
+  </si>
+  <si>
+    <t>Polyarthrite rhumatoïde : prise en charge en phase d’état. Cette recommandation est suspendue.</t>
+  </si>
+  <si>
+    <t>27/05/2009 12:02:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_606483/fr/polyarthrite-rhumatoide-prise-en-charge-en-phase-d-etat-cette-recommandation-est-suspendue</t>
   </si>
   <si>
     <t>c_606483</t>
   </si>
   <si>
-    <t>Rheumatoid arthritis: Medical, social and organisational aspects of treatment (excluding surgery and drugs)</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_533480/en/rheumatoid-arthritis-medical-social-and-organisational-aspects-of-treatment-excluding-surgery-and-drugs</t>
+    <t>Polyarthrite rhumatoïde : aspects thérapeutiques hors médicaments et chirurgie - aspects médico-sociaux et organisationnels</t>
+  </si>
+  <si>
+    <t>L'objectif de ces recommandations est de répondre aux questions suivantes :# 1. Quelles sont les indications des différentes prises en charge non médicamenteuses pour le traitement des patients atteints de polyarthrite rhumatoïde ? Sont envisagés les traitements physiques et de réadaptation (kinésithérapie, balnéothérapie et thermalisme, ergothérapie, pédicurie-podologie, appareillage), l'éducation thérapeutique du patient, les prises en charge psychologiques, les autres traitements non médicamenteux (acupuncture, régimes diététiques, ostéopathie) ainsi que les prises en charge sociale et professionnelle.# 2. Quelle est la stratégie thérapeutique à adopter ? Est envisagée la place des différentes techniques entre elles en fonction de l’activité et du stade d’évolution de la polyarthrite rhumatoïde.# 3. Quelles sont les stratégies de prise en charge sociale et professionnelle à adopter ? Sont envisagées la place de la médecine du travail, celle des aides sociales et celle des associations de patients.# Ces recommandations sont complétées par des séries de critères de qualité pour l'évaluation et l'amélioration des pratiques professionnelles.</t>
+  </si>
+  <si>
+    <t>07/03/2007 00:00:00</t>
+  </si>
+  <si>
+    <t>21/05/2007 15:10:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_533480/fr/polyarthrite-rhumatoide-aspects-therapeutiques-hors-medicaments-et-chirurgie-aspects-medico-sociaux-et-organisationnels</t>
   </si>
   <si>
     <t>c_533480</t>
   </si>
   <si>
-    <t>Therapeutic education for patients with asthma - Adults and adolescents</t>
-[...8 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_271954/en/therapeutic-education-for-patients-with-asthma-adults-and-adolescents</t>
+    <t>Surveillance des malades atteints de cirrhose non compliquée et prévention primaire des complications</t>
+  </si>
+  <si>
+    <t>Ces recommandations ont pour objectif de diminuer la morbi-mortalité associée à la cirrhose, par une surveillance régulière et la prévention primaire des complications quelle que soit la cause de l’atteinte hépatique.</t>
+  </si>
+  <si>
+    <t>01/09/2007 00:00:00</t>
+  </si>
+  <si>
+    <t>01/08/2008 16:05:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_606530/fr/surveillance-des-malades-atteints-de-cirrhose-non-compliquee-et-prevention-primaire-des-complications</t>
+  </si>
+  <si>
+    <t>c_606530</t>
+  </si>
+  <si>
+    <t>Indications et non-indications de la dialyse péritonéale chronique chez l’adulte</t>
+  </si>
+  <si>
+    <t>Ces recommandations concernent les indications et les non-indications de la dialyse péritonéale (DP) chronique chez l’adulte (enfants exclus).</t>
+  </si>
+  <si>
+    <t>15/06/2007 00:00:00</t>
+  </si>
+  <si>
+    <t>16/10/2008 16:12:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_702927/fr/indications-et-non-indications-de-la-dialyse-peritoneale-chronique-chez-l-adulte</t>
+  </si>
+  <si>
+    <t>c_702927</t>
+  </si>
+  <si>
+    <t>L'ostéoporose chez les femmes ménopausées et chez les sujets traités par corticoïdes : méthodes diagnostiques et  indications</t>
+  </si>
+  <si>
+    <t>Cette recommandation professionnelle n'est plus disponible (sauf sur demande) car elle a été actualisée et remplacée par la note de synthèse "Prévention, diagnostic et traitement de l'ostéoporose" et par le rapport "Ostéodensitométrie sur deux sites par méthode biphotonique" finalisés et rendus publics en juillet 2006 par la HAS.</t>
+  </si>
+  <si>
+    <t>01/04/2001 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_271924/fr/l-osteoporose-chez-les-femmes-menopausees-et-chez-les-sujets-traites-par-corticoides-methodes-diagnostiques-et-indications</t>
+  </si>
+  <si>
+    <t>c_271924</t>
+  </si>
+  <si>
+    <t>Éducation thérapeutique du patient asthmatique adulte et adolescent</t>
+  </si>
+  <si>
+    <t>L’éducation thérapeutique fait partie intégrante de la stratégie de prise en charge de l’asthme et doit être proposée à tous les patients selon un programme structuré et individualisé.</t>
+  </si>
+  <si>
+    <t>01/06/2001 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_271954/fr/education-therapeutique-du-patient-asthmatique-adulte-et-adolescent</t>
   </si>
   <si>
     <t>c_271954</t>
   </si>
   <si>
-    <t>Hormone replacement therapy at menopause</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_272308/en/hormone-replacement-therapy-at-menopause</t>
+    <t>Prévention du risque aspergillaire chez les patients immunodéprimés (Hématologie, Transplantation)</t>
+  </si>
+  <si>
+    <t>L'objectif de cette conférence de consensus est de répondre aux quatre questions suivantes, posées au jury : Dans quelles situations les patients sont-ils à risque d'aspergillose invasive, en hématologie et transplantation ? Quelles mesures de prévention (primaire et secondaire) ont fait preuve de leur efficacité, pour quels patients et dans quelles conditions ? Quelles surveillances doivent être mises en place pour orienter la prévention ? Quelles sont les stratégies de prévention ?</t>
+  </si>
+  <si>
+    <t>22/05/2000 00:00:00</t>
+  </si>
+  <si>
+    <t>01/03/2000 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272072/fr/prevention-du-risque-aspergillaire-chez-les-patients-immunodeprimes-hematologie-transplantation</t>
+  </si>
+  <si>
+    <t>c_272072</t>
+  </si>
+  <si>
+    <t>Évaluation et prise en charge thérapeutique de la douleur chez les personnes âgées ayant des troubles de la communication verbale</t>
+  </si>
+  <si>
+    <t>Élaborer des recommandations concernant l'évaluation et le traitement de la douleur chez les personnes âgées ayant des troubles de la communication verbale.</t>
+  </si>
+  <si>
+    <t>01/10/2000 00:00:00</t>
+  </si>
+  <si>
+    <t>01/10/2000 17:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272123/fr/evaluation-et-prise-en-charge-therapeutique-de-la-douleur-chez-les-personnes-agees-ayant-des-troubles-de-la-communication-verbale</t>
+  </si>
+  <si>
+    <t>c_272123</t>
+  </si>
+  <si>
+    <t>Les traitements hormonaux substitutifs de la ménopause</t>
+  </si>
+  <si>
+    <t>L'objectif de l'audition publique est l'élaboration de recommandations sur : Les traitements hormonaux substitutifs de la ménopause Les modalités de surveillance et d’information des femmes qui envisagent de prendre, prennent ou ont pris un traitements hormonaux substitutifs.</t>
+  </si>
+  <si>
+    <t>11/05/2004 00:00:00</t>
+  </si>
+  <si>
+    <t>01/05/2004 17:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272308/fr/les-traitements-hormonaux-substitutifs-de-la-menopause</t>
   </si>
   <si>
     <t>c_272308</t>
   </si>
   <si>
-    <t>Indications for lower gastrointestinal endoscopy (excluding population screening)</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_272348/en/indications-for-lower-gastrointestinal-endoscopy-excluding-population-screening</t>
+    <t>Endoscopie digestive basse : indications en dehors du dépistage en population</t>
+  </si>
+  <si>
+    <t>Préciser la place de l'endoscopie digestive basse pour le diagnostic de lésions néoplasiques chez des sujets à risque élevé et très élevé de cancer colorectal, et dans des situations cliniques particulières pour les sujets à risque moyen de cancer colorectal.</t>
+  </si>
+  <si>
+    <t>01/04/2004 00:00:00</t>
+  </si>
+  <si>
+    <t>01/04/2004 17:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272348/fr/endoscopie-digestive-basse-indications-en-dehors-du-depistage-en-population</t>
   </si>
   <si>
     <t>c_272348</t>
   </si>
   <si>
-    <t>Medical follow-up of patients with asthma - Adults and adolescents</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_272363/en/medical-follow-up-of-patients-with-asthma-adults-and-adolescents</t>
+    <t>Recommandations pour le suivi médical des patients asthmatiques adultes et adolescents</t>
+  </si>
+  <si>
+    <t>Ce document propose des recommandations concernant les modalités de suivi médical au long cours des patients asthmatiques. Il concerne exclusivement les adultes et les adolescents.# Les objectifs sont :# 1. de définir les critères de suivi des patients asthmatiques# 2. d’évaluer la place des examens complémentaires au cours du suivi : débit expiratoire de pointe (DEP), explorations fonctionnelles respiratoires (EFR) incluant les gaz du sang, radiographie thoracique, examens biologiques (éosinophilie sanguine, éosinophiles dans l’expectoration induite)# 3. de définir les patients à risque d’asthme aigu grave et de mort par asthme# 4. de proposer des modalités de suivi de la tolérance et de l’observance des traitements# 5. de proposer un schéma d’adaptation du traitement de fond# 6. de proposer un calendrier de suivi médical# 7. de préciser les spécificités du suivi des asthmes professionnels# Les recommandations n’abordent pas : # 1. le diagnostic initial de l’asthme# 2. la prise en charge des épisodes aigus (crises, exacerbations et asthme aigu grave)# 3. les aspects allergologiques de la prise en charge, particulièrement l’éviction des allergènes et la désensibilisation# 4. l’éducation des patients asthmatiques# 5. l’efficacité des traitements de l’asthme</t>
+  </si>
+  <si>
+    <t>01/09/2004 00:00:00</t>
+  </si>
+  <si>
+    <t>01/09/2004 17:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272363/fr/recommandations-pour-le-suivi-medical-des-patients-asthmatiques-adultes-et-adolescents</t>
   </si>
   <si>
     <t>c_272363</t>
   </si>
   <si>
-    <t>Health technology assessment</t>
-[...14 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3356489/en/management-missing-teeth-with-implant-supported-prostheses-complete-edentulism-or-single-missing-teeth-inahta-brief</t>
+    <t>Communiqué de presse</t>
+  </si>
+  <si>
+    <t>Prise en charge de l'ostéoporose : la HAS publie une synthèse à destination des professionnels de santé</t>
+  </si>
+  <si>
+    <t>La Haute Autorité de santé publie une synthèse sur les différents aspects de la prise en charge de l'ostéoporose : la prévention, le diagnostic, qui repose sur l'ostéodensitométrie et les traitements médicamenteux de l'ostéoporose. L'ostéoporose est une maladie diffuse du squelette qui engendre une fragilité osseuse responsable d'une augmentation du risque de fracture. En ce qui concerne le diagnostic, la HAS a rendu un avis favorable pour le remboursement de l'ostéodensitométrie dans certaines indications. Elle a également réévalué les traitements de l'ostéoporose et rendu des avis favorables quant à leur remboursement dans la prévention des fractures.</t>
+  </si>
+  <si>
+    <t>29/09/2006 15:43:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_437005/fr/prise-en-charge-de-l-osteoporose-la-has-publie-une-synthese-a-destination-des-professionnels-de-sante</t>
+  </si>
+  <si>
+    <t>c_437005</t>
+  </si>
+  <si>
+    <t>Evaluation des technologies de santé</t>
+  </si>
+  <si>
+    <t>Pertinence de prescrire la vitesse de sédimentation (VS) – Reste-t-il des indications à la VS – Rapport d’évaluation</t>
+  </si>
+  <si>
+    <t>13/11/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>17/11/2025 10:57:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3609754/fr/pertinence-de-prescrire-la-vitesse-de-sedimentation-vs-reste-t-il-des-indications-a-la-vs-rapport-d-evaluation</t>
+  </si>
+  <si>
+    <t>p_3609754</t>
+  </si>
+  <si>
+    <t>Intérêt des techniques d’amplification des acides nucléiques (TAAN) multiplex dans la prise en charge médicale des infections neuroméningées</t>
+  </si>
+  <si>
+    <t>Technique d’amplification des acides nucléiques, TAAN simplex, TAAN multiplex, paralysies flasques aiguës, abcès cérébraux, méningites, encéphalites</t>
+  </si>
+  <si>
+    <t>16/01/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>23/01/2025 16:49:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3585537/fr/interet-des-techniques-d-amplification-des-acides-nucleiques-taan-multiplex-dans-la-prise-en-charge-medicale-des-infections-neuromeningees</t>
+  </si>
+  <si>
+    <t>p_3585537</t>
+  </si>
+  <si>
+    <t>Prise en charge implanto-prothétique</t>
+  </si>
+  <si>
+    <t>Prise en charge implantaire, implants dentaires, édentement complet, édentement unitaire, prothèse amovible complète supra-implantaire, prothèse fixée unitaire supra-implantaire, couronne supra-implantaire</t>
+  </si>
+  <si>
+    <t>17/10/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>06/11/2024 10:26:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3356489/fr/prise-en-charge-implanto-prothetique</t>
   </si>
   <si>
     <t>p_3356489</t>
   </si>
   <si>
-    <t>Assessment of biological tests for Pneumocystis Pneumonia (Pneumocystis jirovecii infections) diagnosis - INAHTA Brief</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2680246/en/assessment-of-biological-tests-for-pneumocystis-pneumonia-pneumocystis-jirovecii-infections-diagnosis-inahta-brief</t>
+    <t>Mesure de la fraction expirée du monoxyde d’azote (FeNO) pour l’ajustement du traitement de l’asthme</t>
+  </si>
+  <si>
+    <t>Évaluation de l’utilité clinique de l’ajout de la mesure de la fraction expirée du monoxyde d’azote (FeNO) à la stratégie actuelle de suivi d’un patient asthmatique pour l’ajustement des différents traitements de l’asthme et description de ses conditions de réalisation, en vue de l’inscription, ou non, de cette mesure à la Classification commune des actes médicaux (CCAM)</t>
+  </si>
+  <si>
+    <t>25/05/2023 00:00:00</t>
+  </si>
+  <si>
+    <t>06/06/2023 16:40:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3331921/fr/mesure-de-la-fraction-expiree-du-monoxyde-d-azote-feno-pour-l-ajustement-du-traitement-de-l-asthme</t>
+  </si>
+  <si>
+    <t>p_3331921</t>
+  </si>
+  <si>
+    <t>Les médicaments de l’ostéoporose</t>
+  </si>
+  <si>
+    <t>Mise à jour de la fiche bon usage des médicaments. L’ostéoporose est une maladie osseuse caractérisée par une réduction de la résistance osseuse conduisant à une augmentation du risque de fracture.</t>
+  </si>
+  <si>
+    <t>05/01/2023 00:00:00</t>
+  </si>
+  <si>
+    <t>15/05/2019 17:15:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1751307/fr/les-medicaments-de-l-osteoporose</t>
+  </si>
+  <si>
+    <t>c_1751307</t>
+  </si>
+  <si>
+    <t>Avis n° 2021.0042/AC/SEAP du 17 juin 2021 du collège de la HAS relatif aux modifications des conditions d’inscription sur la LAP mentionnée à l’article L. 162-1-7 du CSS, de la détection des anticorps sériques dirigés contre le coronavirus SARS-CoV-2</t>
+  </si>
+  <si>
+    <t>A l’issue de ses travaux (cahier des charges et rapports d’évaluation) réalisés en avril/mai 2020, la Haute Autorité de santé (HAS) a rendu un avis favorable le 20 mai 2020 relatif au remboursement de la détection des anticorps sériques dirigés contre le coronavirus SARS-CoV-2 en listant les indications prises en charge et les non-indications pour éviter des dérives dans l’utilisation de ces tests. Au vu de l’évolution des connaissances scientifiques sur ce sujet, de l’amélioration de la capacité à tester, isoler et traiter chaque cas et à retracer chaque contact grâce au développement des différentes techniques de diagnostic et de dépistage du virus SARS-CoV-2 depuis mai 2020, la HAS a donc actualisé son analyse de la littérature scientifique, consulté un groupe d’experts pluridisciplinaires réunis le 10 juin 2021 et pris la position de la commission technique des vaccinations le 15 juin 2021. Sur ces nouvelles bases, la Haute Autorité de santé actualise ses avis sur les indications et non-indications de la détection sérologique des anticorps dirigés contre le virus SARS-CoV-2. Dans ce contexte, la HAS précise également sa position sur l’utilisation de la sérologie pré-vaccinale sur des aspects techniques. Par ailleurs, la HAS se prononce sur le recours à la sérologie post-vaccinale chez les patients immunodéprimés.</t>
+  </si>
+  <si>
+    <t>17/06/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>23/06/2021 15:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3272801/fr/avis-n-2021-0042/ac/seap-du-17-juin-2021-du-college-de-la-has-relatif-aux-modifications-des-conditions-d-inscription-sur-la-lap-mentionnee-a-l-article-l-162-1-7-du-css-de-la-detection-des-anticorps-seriques-diriges-contre-le-coronavirus-sars-cov-2</t>
+  </si>
+  <si>
+    <t>p_3272801</t>
+  </si>
+  <si>
+    <t>Veille des études cliniques publiées pour certains médicaments de la Covid-19</t>
+  </si>
+  <si>
+    <t>La HAS actualise sa veille sur les études cliniques publiées pour certains médicaments de la Covid-19. Cette veille permet à la HAS de s’organiser pour être en capacité d’évaluer en urgence les médicaments ciblant le SARS CoV2, en vue de leur prise en charge par la collectivité, dès que des données exploitables seront disponibles et qu’elle sera saisie.</t>
+  </si>
+  <si>
+    <t>20/05/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>25/02/2021 12:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3186049/fr/veille-des-etudes-cliniques-publiees-pour-certains-medicaments-de-la-covid-19</t>
+  </si>
+  <si>
+    <t>p_3186049</t>
+  </si>
+  <si>
+    <t>Évaluation des actes de diagnostic biologique de la pneumocystose (Pneumocystis jirovecii)</t>
+  </si>
+  <si>
+    <t>La HAS a évalué les techniques de recherche directe de l’agent infectieux par les techniques microscopiques (colorations, immunofluorescence), la recherche d’ADN via les techniques d’amplification génique, ainsi que le dosage sérique de l’antigène soluble β -(1-3)- D - glucane (BG), présent dans la paroi cellulaire du microorganisme.</t>
+  </si>
+  <si>
+    <t>27/09/2017 00:00:00</t>
+  </si>
+  <si>
+    <t>18/10/2017 16:24:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2680246/fr/evaluation-des-actes-de-diagnostic-biologique-de-la-pneumocystose-pneumocystis-jirovecii</t>
   </si>
   <si>
     <t>c_2680246</t>
   </si>
   <si>
-    <t>Modification of the Nomenclature of Procedures in Laboratory Medicine for the diagnostic laboratory procedures for Aspergillus diseases - INAHTA Brief</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2736666/en/modification-of-the-nomenclature-of-procedures-in-laboratory-medicine-for-the-diagnostic-laboratory-procedures-for-aspergillus-diseases-inahta-brief</t>
+    <t>Actualisation des actes de biologie médicale relatifs au diagnostic des infections à Aspergillus</t>
+  </si>
+  <si>
+    <t>Pour modification de la Nomenclature des actes de biologie médicale (NABM) concernant les actes de diagnostic biologique des infections dues aux champignons filamenteux du genre Aspergillus, la HAS a évalué les techniques directes de recherche d’antigènes solubles spécifiques dans le sang (et les autres liquides biologiques) ainsi que les techniques indirectes de recherche des anticorps sériques spécifiques.</t>
+  </si>
+  <si>
+    <t>31/05/2017 00:00:00</t>
+  </si>
+  <si>
+    <t>09/06/2017 09:57:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2736666/fr/actualisation-des-actes-de-biologie-medicale-relatifs-au-diagnostic-des-infections-a-aspergillus</t>
   </si>
   <si>
     <t>c_2736666</t>
   </si>
   <si>
-    <t>Assessment of bronchial thermoplasty for the treatment of uncontrolled severe asthma - INAHTA Brief</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2045264/en/assessment-of-bronchial-thermoplasty-for-the-treatment-of-uncontrolled-severe-asthma-inahta-brief</t>
+    <t>Événements de santé indésirables observés après pose d’implants mammaires à visée esthétique</t>
+  </si>
+  <si>
+    <t>Dans le contexte d’une augmentation des signalements de cas de lymphomes anaplasiques à grandes cellules chez des femmes porteuses d’implants mammaires (LAGC-AIM) (18 cas en France le 11 mars 2015), la Direction générale de la santé (DGS) a demandé à la HAS de réaliser une évaluation sur les événements de santé indésirables observés après pose d’implants mammaires à visée esthétique.</t>
+  </si>
+  <si>
+    <t>27/01/2016 00:00:00</t>
+  </si>
+  <si>
+    <t>22/02/2016 17:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2609956/fr/evenements-de-sante-indesirables-observes-apres-pose-d-implants-mammaires-a-visee-esthetique</t>
+  </si>
+  <si>
+    <t>c_2609956</t>
+  </si>
+  <si>
+    <t>Évaluation de la thermoplastie bronchique pour le traitement de l’asthme sévère non contrôlé</t>
+  </si>
+  <si>
+    <t>Il s’agit de l’évaluation de la thermoplastie bronchique dans la prise en charge de l’asthme sévère chez les patients âgés de 18 ans et plus dont la maladie est non contrôlée malgré un traitement médicamenteux optimal et une bonne observance</t>
+  </si>
+  <si>
+    <t>20/01/2016 00:00:00</t>
+  </si>
+  <si>
+    <t>28/01/2016 10:16:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2045264/fr/evaluation-de-la-thermoplastie-bronchique-pour-le-traitement-de-l-asthme-severe-non-controle</t>
   </si>
   <si>
     <t>c_2045264</t>
+  </si>
+  <si>
+    <t>Jevtana®, Xtandi® et Zytiga® (cabazitaxel, enzalutamide et abiratérone) : des progrès thérapeutiques pour certains cancers métastatiques de la prostate</t>
+  </si>
+  <si>
+    <t>Jevtana® (cabazitaxel) est un taxane et Zytiga® (abiratérone) est un inhibiteur de la biosynthèse des androgènes.# Ils ont l’AMM, en association à la prednisone ou à la prednisolone, dans le traitement du cancer métastatique de la prostate résistant à la castration, chez les hommes dont la maladie a progressé pendant ou après une chimiothérapie à base de docétaxel. En termes d’efficacité sur la survie globale, Jevtana® a montré un allongement de 2,4 mois versus mitoxantrone et Zytiga® de 3,9 mois versus placebo. Le choix entre Jevtana® et Zytiga® se fera selon le terrain du malade : * chez les patients ayant bien toléré une précédente chimiothérapie, on utilisera indifféremment l’un ou l’autre ; * chez les patients ayant eu des effets indésirables graves avec le docétaxel ou dont l’état général ne permet pas de supporter une reprise de la chimiothérapie, Zytiga® sera préféré ; * chez les patients dont la maladie a progressé rapidement sous hormonothérapie, Jevtana® pourrait être proposé, selon les experts consultés, à condition que le traitement précédent par le docétaxel ait été bien toléré.</t>
+  </si>
+  <si>
+    <t>31/03/2014 00:00:00</t>
+  </si>
+  <si>
+    <t>18/04/2014 15:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1528194/fr/jevtana-xtandi-et-zytiga-cabazitaxel-enzalutamide-et-abiraterone-des-progres-therapeutiques-pour-certains-cancers-metastatiques-de-la-prostate</t>
+  </si>
+  <si>
+    <t>c_1528194</t>
+  </si>
+  <si>
+    <t>L’hormone de croissance chez l’enfant non déficitaire, évaluation du service rendu à la collectivité</t>
+  </si>
+  <si>
+    <t>L’évaluation avait pour objectif de : répondre aux interrogations de la Commission de la transparence portant sur l’amélioration de la taille adulte, la tolérance à long terme et sur le caractère pathologique de la petite taille ; de documenter les dimensions du Service Rendu à la Collectivité (SeRC). Elle vise à éclairer en premier lieu la décision publique. Elle contient également des données scientifiques nécessaires à l’élaboration de documents destinés au prescripteur.</t>
+  </si>
+  <si>
+    <t>21/12/2011 00:00:00</t>
+  </si>
+  <si>
+    <t>30/01/2012 10:38:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1173766/fr/l-hormone-de-croissance-chez-l-enfant-non-deficitaire-evaluation-du-service-rendu-a-la-collectivite</t>
+  </si>
+  <si>
+    <t>c_1173766</t>
+  </si>
+  <si>
+    <t>Type d'évènement</t>
+  </si>
+  <si>
+    <t>Evénement de Calendrier</t>
+  </si>
+  <si>
+    <t>Collège délibératif du 25 avril 2024</t>
+  </si>
+  <si>
+    <t>13/06/2024 11:52:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3523591/fr/college-deliberatif-du-25-avril-2024</t>
+  </si>
+  <si>
+    <t>p_3523591</t>
+  </si>
+  <si>
+    <t>Commission</t>
+  </si>
+  <si>
+    <t>Collège délibératif du 2 mai 2024</t>
+  </si>
+  <si>
+    <t>02/05/2024 15:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3515373/fr/college-deliberatif-du-2-mai-2024</t>
+  </si>
+  <si>
+    <t>p_3515373</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 10 avril 2024</t>
+  </si>
+  <si>
+    <t>04/04/2024 10:16:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3505957/fr/commission-de-la-transparence-reunion-du-10-avril-2024</t>
+  </si>
+  <si>
+    <t>p_3505957</t>
+  </si>
+  <si>
+    <t>Collège Délibératif du 14 septembre 2023</t>
+  </si>
+  <si>
+    <t>20/11/2023 11:30:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3474052/fr/college-deliberatif-du-14-septembre-2023</t>
+  </si>
+  <si>
+    <t>p_3474052</t>
+  </si>
+  <si>
+    <t>PV du Collège Délibératif du 14 septembre 2023</t>
+  </si>
+  <si>
+    <t>16/11/2023 11:09:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3473402/fr/pv-du-college-deliberatif-du-14-septembre-2023</t>
+  </si>
+  <si>
+    <t>p_3473402</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 25 octobre 2023</t>
+  </si>
+  <si>
+    <t>23/10/2023 08:41:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3470043/fr/commission-de-la-transparence-reunion-du-25-octobre-2023</t>
+  </si>
+  <si>
+    <t>p_3470043</t>
+  </si>
+  <si>
+    <t>Collège Délibératif du 9 mars 2023</t>
+  </si>
+  <si>
+    <t>24/05/2023 10:55:17</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3443228/fr/college-deliberatif-du-9-mars-2023</t>
+  </si>
+  <si>
+    <t>p_3443228</t>
+  </si>
+  <si>
+    <t>Collège Délibératif du 30 mars 2023</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3443248/fr/college-deliberatif-du-30-mars-2023</t>
+  </si>
+  <si>
+    <t>p_3443248</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 22 mars 2023</t>
+  </si>
+  <si>
+    <t>17/03/2023 14:40:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3421918/fr/commission-de-la-transparence-reunion-du-22-mars-2023</t>
+  </si>
+  <si>
+    <t>p_3421918</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 8 mars 2023</t>
+  </si>
+  <si>
+    <t>03/03/2023 08:57:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3418537/fr/commission-de-la-transparence-reunion-du-8-mars-2023</t>
+  </si>
+  <si>
+    <t>p_3418537</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 15 février 2023</t>
+  </si>
+  <si>
+    <t>09/02/2023 16:56:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3411271/fr/commission-de-la-transparence-reunion-du-15-fevrier-2023</t>
+  </si>
+  <si>
+    <t>p_3411271</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 25 Janvier 2023</t>
+  </si>
+  <si>
+    <t>18/01/2023 11:16:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3405882/fr/commission-de-la-transparence-reunion-du-25-janvier-2023</t>
+  </si>
+  <si>
+    <t>p_3405882</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 23 Novembre 2022</t>
+  </si>
+  <si>
+    <t>16/11/2022 17:40:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3385960/fr/commission-de-la-transparence-reunion-du-23-novembre-2022</t>
+  </si>
+  <si>
+    <t>p_3385960</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 21 Septembre 2022</t>
+  </si>
+  <si>
+    <t>20/09/2022 17:32:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3367227/fr/commission-de-la-transparence-reunion-du-21-septembre-2022</t>
+  </si>
+  <si>
+    <t>p_3367227</t>
+  </si>
+  <si>
+    <t>Commission de la Transparence - Réunion du 5 janvier 2022</t>
+  </si>
+  <si>
+    <t>03/01/2022 11:02:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3307312/fr/commission-de-la-transparence-reunion-du-5-janvier-2022</t>
+  </si>
+  <si>
+    <t>p_3307312</t>
+  </si>
+  <si>
+    <t>Commission de la Transparence - Réunion à distance du 6 décembre 2021</t>
+  </si>
+  <si>
+    <t>02/12/2021 09:19:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3302842/fr/commission-de-la-transparence-reunion-a-distance-du-6-decembre-2021</t>
+  </si>
+  <si>
+    <t>p_3302842</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion à distance du 9 septembre 2020</t>
+  </si>
+  <si>
+    <t>02/09/2020 13:27:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3199995/fr/commission-de-la-transparence-reunion-a-distance-du-9-septembre-2020</t>
+  </si>
+  <si>
+    <t>p_3199995</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion à distance du 22 juillet 2020</t>
+  </si>
+  <si>
+    <t>16/07/2020 08:23:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3194246/fr/commission-de-la-transparence-reunion-a-distance-du-22-juillet-2020</t>
+  </si>
+  <si>
+    <t>p_3194246</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion à distance du 10 juin 2020</t>
+  </si>
+  <si>
+    <t>04/06/2020 09:16:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3188036/fr/commission-de-la-transparence-reunion-a-distance-du-10-juin-2020</t>
+  </si>
+  <si>
+    <t>p_3188036</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion à distance du 22 avril 2020</t>
+  </si>
+  <si>
+    <t>20/04/2020 08:31:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3179885/fr/commission-de-la-transparence-reunion-a-distance-du-22-avril-2020</t>
+  </si>
+  <si>
+    <t>p_3179885</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 23 octobre 2019</t>
+  </si>
+  <si>
+    <t>16/10/2019 11:32:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3113382/fr/commission-de-la-transparence-reunion-du-23-octobre-2019</t>
+  </si>
+  <si>
+    <t>p_3113382</t>
+  </si>
+  <si>
+    <t>Collège délibératif du 12 juin 2019</t>
+  </si>
+  <si>
+    <t>06/06/2019 16:36:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2973304/fr/college-deliberatif-du-12-juin-2019</t>
+  </si>
+  <si>
+    <t>c_2973304</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 3 avril 2019</t>
+  </si>
+  <si>
+    <t>27/03/2019 14:25:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2913151/fr/commission-de-la-transparence-reunion-du-3-avril-2019</t>
+  </si>
+  <si>
+    <t>c_2913151</t>
+  </si>
+  <si>
+    <t>CNEDIMTS - Réunion du 26 mars 2019</t>
+  </si>
+  <si>
+    <t>20/03/2019 14:10:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2910234/fr/cnedimts-reunion-du-26-mars-2019</t>
+  </si>
+  <si>
+    <t>c_2910234</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 27 février 2019</t>
+  </si>
+  <si>
+    <t>20/02/2019 14:26:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2905798/fr/commission-de-la-transparence-reunion-du-27-fevrier-2019</t>
+  </si>
+  <si>
+    <t>c_2905798</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 5 décembre 2018</t>
+  </si>
+  <si>
+    <t>28/11/2018 10:24:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2886593/fr/commission-de-la-transparence-reunion-du-5-decembre-2018</t>
+  </si>
+  <si>
+    <t>c_2886593</t>
+  </si>
+  <si>
+    <t>Collège délibératif du 7 novembre 2018</t>
+  </si>
+  <si>
+    <t>05/11/2018 08:48:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2881581/fr/college-deliberatif-du-7-novembre-2018</t>
+  </si>
+  <si>
+    <t>c_2881581</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 19 septembre 2018</t>
+  </si>
+  <si>
+    <t>12/09/2018 15:11:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2869617/fr/commission-de-la-transparence-reunion-du-19-septembre-2018</t>
+  </si>
+  <si>
+    <t>c_2869617</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 18 avril 2018</t>
+  </si>
+  <si>
+    <t>11/04/2018 14:35:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2843604/fr/commission-de-la-transparence-reunion-du-18-avril-2018</t>
+  </si>
+  <si>
+    <t>c_2843604</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 25 octobre 2017</t>
+  </si>
+  <si>
+    <t>18/10/2017 16:17:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2800077/fr/commission-de-la-transparence-reunion-du-25-octobre-2017</t>
+  </si>
+  <si>
+    <t>c_2800077</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 11 janvier 2017</t>
+  </si>
+  <si>
+    <t>04/01/2017 17:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2735236/fr/commission-de-la-transparence-reunion-du-11-janvier-2017</t>
+  </si>
+  <si>
+    <t>c_2735236</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 5 octobre 2016</t>
+  </si>
+  <si>
+    <t>28/09/2016 10:24:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2671437/fr/commission-de-la-transparence-reunion-du-5-octobre-2016</t>
+  </si>
+  <si>
+    <t>c_2671437</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 25 mai 2016</t>
+  </si>
+  <si>
+    <t>20/05/2016 12:16:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2632843/fr/commission-de-la-transparence-reunion-du-25-mai-2016</t>
+  </si>
+  <si>
+    <t>c_2632843</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 11 mai 2016</t>
+  </si>
+  <si>
+    <t>04/05/2016 14:35:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2629937/fr/commission-de-la-transparence-reunion-du-11-mai-2016</t>
+  </si>
+  <si>
+    <t>c_2629937</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 17 février 2016</t>
+  </si>
+  <si>
+    <t>09/02/2016 16:06:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2607552/fr/commission-de-la-transparence-reunion-du-17-fevrier-2016</t>
+  </si>
+  <si>
+    <t>c_2607552</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 20 janvier 2016</t>
+  </si>
+  <si>
+    <t>18/01/2016 17:23:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2587824/fr/commission-de-la-transparence-reunion-du-20-janvier-2016</t>
+  </si>
+  <si>
+    <t>c_2587824</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 6 janvier 2016</t>
+  </si>
+  <si>
+    <t>28/12/2015 16:49:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2585312/fr/commission-de-la-transparence-reunion-du-6-janvier-2016</t>
+  </si>
+  <si>
+    <t>c_2585312</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 2 décembre 2015</t>
+  </si>
+  <si>
+    <t>25/11/2015 17:59:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2574689/fr/commission-de-la-transparence-reunion-du-2-decembre-2015</t>
+  </si>
+  <si>
+    <t>c_2574689</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 19 septembre 2012</t>
+  </si>
+  <si>
+    <t>18/09/2012 09:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1296038/fr/commission-de-la-transparence-reunion-du-19-septembre-2012</t>
+  </si>
+  <si>
+    <t>c_1296038</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 14 décembre 2011</t>
+  </si>
+  <si>
+    <t>14/12/2011 15:05:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1147992/fr/commission-de-la-transparence-reunion-du-14-decembre-2011</t>
+  </si>
+  <si>
+    <t>c_1147992</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 6 juillet 2011</t>
+  </si>
+  <si>
+    <t>06/07/2011 12:40:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1069129/fr/commission-de-la-transparence-reunion-du-6-juillet-2011</t>
+  </si>
+  <si>
+    <t>c_1069129</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 22 septembre 2010</t>
+  </si>
+  <si>
+    <t>22/09/2010 16:58:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_984076/fr/commission-de-la-transparence-reunion-du-22-septembre-2010</t>
+  </si>
+  <si>
+    <t>c_984076</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 21 juillet 2010</t>
+  </si>
+  <si>
+    <t>21/07/2010 10:59:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_969005/fr/commission-de-la-transparence-reunion-du-21-juillet-2010</t>
+  </si>
+  <si>
+    <t>c_969005</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 27 mai 2009</t>
+  </si>
+  <si>
+    <t>27/05/2009 16:36:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_798794/fr/commission-de-la-transparence-reunion-du-27-mai-2009</t>
+  </si>
+  <si>
+    <t>c_798794</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 16 juillet 2008</t>
+  </si>
+  <si>
+    <t>16/07/2008 16:36:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_678285/fr/commission-de-la-transparence-reunion-du-16-juillet-2008</t>
+  </si>
+  <si>
+    <t>c_678285</t>
+  </si>
+  <si>
+    <t>Avis et décisions de la HAS</t>
+  </si>
+  <si>
+    <t>Décision n°2024.0113/DC/SEM du 25 avril 2024 du collège de la Haute Autorité de santé portant refus de renouvellement de l’autorisation d’accès précoce de la spécialité AKEEGA (niraparib - acétate d’abiratérone)</t>
+  </si>
+  <si>
+    <t>Refus de renouvellement d'autorisation d’accès précoce à la spécialité AKEEGA (niraparib/acétate d'abiratérone) dans l'indication « en association avec la prednisone ou la prednisolone pour le traitement de première ligne des hommes adultes atteints d’un cancer de la prostate métastatique résistant à la castration (CPRCm) qui sont asymptomatiques ou peu symptomatiques et qui présentent des altérations des gènes BRCA1/2 (germinales et/ou somatiques) ».</t>
+  </si>
+  <si>
+    <t>25/04/2024 09:39:00</t>
+  </si>
+  <si>
+    <t>06/05/2024 09:26:05</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3516756/fr/decision-n2024-0113/dc/sem-du-25-avril-2024-du-college-de-la-haute-autorite-de-sante-portant-refus-de-renouvellement-de-l-autorisation-d-acces-precoce-de-la-specialite-akeega-niraparib-acetate-d-abiraterone</t>
+  </si>
+  <si>
+    <t>p_3516756</t>
+  </si>
+  <si>
+    <t>Décision n°2024.130/DC/SEM du 2 mai 2024 du collège de la Haute Autorité de santé portant refus de la demande d’autorisation d’accès précoce de la spécialité AGAMREE (vamorolone)</t>
+  </si>
+  <si>
+    <t>Autorisation d’accès précoce refusée à la spécialité AGAMREE (vamorolone) dans l'indication « AGAMREE (vamorolone) est indiqué dans le traitement de la dystrophie musculaire de Duchenne avant la phase de déclin des fonctions motrices chez les patients ambulatoires âgés entre 4 et 18 ans ».</t>
+  </si>
+  <si>
+    <t>02/05/2024 09:39:00</t>
+  </si>
+  <si>
+    <t>06/05/2024 16:37:45</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3516942/fr/decision-n2024-130/dc/sem-du-2-mai-2024-du-college-de-la-haute-autorite-de-sante-portant-refus-de-la-demande-d-autorisation-d-acces-precoce-de-la-specialite-agamree-vamorolone</t>
+  </si>
+  <si>
+    <t>p_3516942</t>
+  </si>
+  <si>
+    <t>Décision n°2023.0468/DC/SEM du 14 décembre 2023 du collège de la Haute Autorité de santé portant rectification d’erreur matérielle de la décision n° 2023.0317/DC/SEM du 14 septembre 2023 du collège de la Haute Autorité de santé portant refus de la demande d’autorisation d’accès précoce de la spécialité AGAMREE (VAMOROLONE)</t>
+  </si>
+  <si>
+    <t>Rectification d'erreur matérielle sur la décision 2023.0468 du 14 septembre 2023 concernant le refus de l'Autorisation d’accès précoce à la spécialité AGAMREE (vamorolone) dans l'indication « AGAMREE (vamorolone) est indiqué dans le traitement de la dystrophie musculaire de Duchenne avant la phase de déclin des fonctions motrices chez les patients ambulatoires âgés de 4 à 7 ans ».</t>
+  </si>
+  <si>
+    <t>14/12/2023 09:39:00</t>
+  </si>
+  <si>
+    <t>20/12/2023 11:10:54</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3482121/fr/decision-n2023-0468/dc/sem-du-14-decembre-2023-du-college-de-la-haute-autorite-de-sante-portant-rectification-d-erreur-materielle-de-la-decision-n-2023-0317/dc/sem-du-14-septembre-2023-du-college-de-la-haute-autorite-de-sante-portant-refus-de-la-demande-d-autorisation-d-acces-precoce-de-la-specialite-agamree-vamorolone</t>
+  </si>
+  <si>
+    <t>p_3482121</t>
+  </si>
+  <si>
+    <t>Décision n°2023.0450/DC/SEM du 30 novembre 2023 du collège de la Haute Autorité de santé portant refus de la demande d’autorisation d’accès précoce de la spécialité TALZENNA</t>
+  </si>
+  <si>
+    <t>Autorisation d’accès précoce refusée à la spécialité TALZENNA (talazoparib) dans l'indication « en association avec l’enzalutamide pour le traitement des patients adultes atteints d’un cancer de la prostate métastatique résistant à la castration (CPRCm), pour lesquels la chimiothérapie n'est pas cliniquement indiquée et les alternatives disponibles ne sont pas appropriées ».</t>
+  </si>
+  <si>
+    <t>30/11/2023 09:39:00</t>
+  </si>
+  <si>
+    <t>11/12/2023 09:17:23</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3478115/fr/decision-n2023-0450/dc/sem-du-30-novembre-2023-du-college-de-la-haute-autorite-de-sante-portant-refus-de-la-demande-d-autorisation-d-acces-precoce-de-la-specialite-talzenna</t>
+  </si>
+  <si>
+    <t>p_3478115</t>
+  </si>
+  <si>
+    <t>Décision n°2023.0317/DC/SEM du 14 septembre 2023 du collège de la Haute Autorité de santé portant refus de la demande d’autorisation d’accès précoce de la spécialité AGAMREE (VAMOROLONE)</t>
+  </si>
+  <si>
+    <t>Autorisation d’accès précoce refusée à la spécialité AGAMREE (vamorolone) dans l'indication « AGAMREE (vamorolone) est indiqué dans le traitement de la dystrophie musculaire de Duchenne avant la phase de déclin des fonctions motrices chez les patients ambulatoires âgés de 4 à 7 ans ».</t>
+  </si>
+  <si>
+    <t>14/09/2023 09:39:00</t>
+  </si>
+  <si>
+    <t>20/09/2023 15:17:10</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3463658/fr/decision-n2023-0317/dc/sem-du-14-septembre-2023-du-college-de-la-haute-autorite-de-sante-portant-refus-de-la-demande-d-autorisation-d-acces-precoce-de-la-specialite-agamree-vamorolone</t>
+  </si>
+  <si>
+    <t>p_3463658</t>
+  </si>
+  <si>
+    <t>Décision n°2023.0128/DC/SEM du 30 mars 2023 du collège de la Haute Autorité de santé portant autorisation d’accès précoce de la spécialité LYNPARZA</t>
+  </si>
+  <si>
+    <t>Autorisation d’accès précoce octroyée à la spécialité LYNPARZA dans l'indication « en association à l’abiratérone et à la prednisone ou à la prednisolone pour le traitement des patients adultes atteints d’un cancer de la prostate métastatique résistant à la castration pour lesquels la chimiothérapie n’est pas cliniquement indiquée ».</t>
+  </si>
+  <si>
+    <t>30/03/2023 09:39:00</t>
+  </si>
+  <si>
+    <t>06/04/2023 11:43:29</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3425659/fr/decision-n2023-0128/dc/sem-du-30-mars-2023-du-college-de-la-haute-autorite-de-sante-portant-autorisation-d-acces-precoce-de-la-specialite-lynparza</t>
+  </si>
+  <si>
+    <t>p_3425659</t>
+  </si>
+  <si>
+    <t>Décision n°2023.0088/DC/SEM du 9 mars 2023 du collège de la Haute Autorité de santé portant autorisation d’accès précoce de la spécialité NIRAPARIB/ACÉTATE D’ABIRATÉRONE</t>
+  </si>
+  <si>
+    <t>Autorisation d’accès précoce octroyée à la spécialité NIRAPARIB/ACÉTATE D’ABIRATÉRONE Janssen Cilag dans l'indication « en association avec la prednisone ou la prednisolone pour le traitement de première ligne des hommes adultes atteints d’un cancer de la prostate métastatique résistant à la castration (CPRCm) qui sont asymptomatiques ou peu symptomatiques et qui présentent des altérations des gènes BRCA1/2 (germinales et/ou somatiques) ».</t>
+  </si>
+  <si>
+    <t>09/03/2023 09:39:00</t>
+  </si>
+  <si>
+    <t>16/03/2023 08:21:15</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3421309/fr/decision-n2023-0088/dc/sem-du-9-mars-2023-du-college-de-la-haute-autorite-de-sante-portant-autorisation-d-acces-precoce-de-la-specialite-niraparib/acetate-d-abiraterone</t>
+  </si>
+  <si>
+    <t>p_3421309</t>
+  </si>
+  <si>
+    <t>Décision n°2022.0148/DC/SEM du 28 avril 2022 du collège de la Haute Autorité de santé portant modification de l’autorisation d’accès précoce de la spécialité XEVUDY</t>
+  </si>
+  <si>
+    <t>Décision du collège de la Haute Autorité de santé portant modification de l’autorisation d’accès précoce de la spécialité XEVUDY</t>
+  </si>
+  <si>
+    <t>28/04/2022 09:39:00</t>
+  </si>
+  <si>
+    <t>29/04/2022 15:15:47</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3336466/fr/decision-n2022-0148/dc/sem-du-28-avril-2022-du-college-de-la-haute-autorite-de-sante-portant-modification-de-l-autorisation-d-acces-precoce-de-la-specialite-xevudy</t>
+  </si>
+  <si>
+    <t>p_3336466</t>
+  </si>
+  <si>
+    <t>Décision n° 2022.0001/DC/SEM du 6 janvier 2022 du collège de la Haute Autorité de santé portant autorisation de la demande d’accès précoce de la spécialité XEVUDY</t>
+  </si>
+  <si>
+    <t>La demande d’autorisation d’accès précoce susvisée concerne le médicament XEVUDY (sotrovimab) dans l’indication « traitement des adultes et des adolescents (âgés de 12 ans et plus et pesant au moins 40 kg) atteints de la maladie à coronavirus 2019 (COVID-19) qui ne nécessitent pas de supplémentation en oxygène et qui risquent d'évoluer vers une COVID-19 sévère ».</t>
+  </si>
+  <si>
+    <t>06/01/2022 09:39:00</t>
+  </si>
+  <si>
+    <t>07/01/2022 16:31:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3308222/fr/decision-n-2022-0001/dc/sem-du-6-janvier-2022-du-college-de-la-haute-autorite-de-sante-portant-autorisation-de-la-demande-d-acces-precoce-de-la-specialite-xevudy</t>
+  </si>
+  <si>
+    <t>p_3308222</t>
+  </si>
+  <si>
+    <t>Décision n° 2021.0313/DC/SEM du 9 décembre 2021 du collège de la Haute Autorité de santé portant refus de la demande d’accès précoce de la spécialité LAGEVRIO (molnupiravir)</t>
+  </si>
+  <si>
+    <t>La demande d’autorisation d’accès précoce susvisée concerne le médicament LAGEVRIO, dans l'indication « traitement des formes légères à modérées de la maladie à coronavirus 2019 (COVID-19) chez les adultes ayant un test de diagnostic positif au SARS-CoV-2 et qui présentent au moins un facteur de risque de développer une forme sévère de la maladie ».</t>
+  </si>
+  <si>
+    <t>09/12/2021 09:39:00</t>
+  </si>
+  <si>
+    <t>10/12/2021 17:42:46</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3304251/fr/decision-n-2021-0313/dc/sem-du-9-decembre-2021-du-college-de-la-haute-autorite-de-sante-portant-refus-de-la-demande-d-acces-precoce-de-la-specialite-lagevrio-molnupiravir</t>
+  </si>
+  <si>
+    <t>p_3304251</t>
+  </si>
+  <si>
+    <t>Avis n° 2019.0037/AC/SEM du 12 juin 2019 du collège de la Haute Autorité de santé sur l’identification d’alternatives thérapeutiques prises en charge par les régimes obligatoires de sécurité sociale de la spécialité  POTELIGEO (mogamulizumab)</t>
+  </si>
+  <si>
+    <t>Les indications de la spécialité POTELIGEO (mogamulizumab), validées par le CHMP, qui n’ont pas fait l’objet d’une autorisation temporaire d’utilisation sont les suivantes : « les patients adultes atteints de mycosis fongoïde de stade IA qui ont reçu au moins un traitement systémique antérieur » « les patients adultes atteints de mycosis fongoïde stades IB-II transformé ou non transformé réfractaire qui ont reçu au moins un traitement systémique antérieur » « les patients adultes atteints de mycosis fongoïde stades III-IV transformé y compris le syndrome de Sézary qui ont reçu au moins un traitement systémique antérieur » Dans ces indications, la Haute Autorité de santé a identifié des alternatives thérapeutiques prises en charge par les régimes obligatoires de sécurité sociale. Ces alternatives sont mentionnées en annexe du présent avis.</t>
+  </si>
+  <si>
+    <t>05/02/2014 10:55:00</t>
+  </si>
+  <si>
+    <t>29/08/2019 08:47:34</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3086208/fr/avis-n-2019-0037/ac/sem-du-12-juin-2019-du-college-de-la-haute-autorite-de-sante-sur-l-identification-d-alternatives-therapeutiques-prises-en-charge-par-les-regimes-obligatoires-de-securite-sociale-de-la-specialite-poteligeo-mogamulizumab</t>
+  </si>
+  <si>
+    <t>p_3086208</t>
+  </si>
+  <si>
+    <t>Avis n° 2019.0039/AC/SEM du 12 juin 2019 du collège de la Haute Autorité de santé relatif à l’intérêt pour la santé publique de la recherche « Etude Metogia »</t>
+  </si>
+  <si>
+    <t>Au regard des éléments détaillés dans l’annexe du présent avis, le collège de la Haute Autorité de santé considère que la recherche « Gempax » présente un intérêt pour la santé publique.</t>
+  </si>
+  <si>
+    <t>12/06/2019 15:55:00</t>
+  </si>
+  <si>
+    <t>09/07/2019 10:44:30</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3067218/fr/avis-n-2019-0039/ac/sem-du-12-juin-2019-du-college-de-la-haute-autorite-de-sante-relatif-a-l-interet-pour-la-sante-publique-de-la-recherche-etude-metogia</t>
+  </si>
+  <si>
+    <t>p_3067218</t>
+  </si>
+  <si>
+    <t>Avis n° 2018.0047/AC/SEM du 7 novembre 2018 du collège de la Haute Autorité de santé sur l’identification d’alternatives thérapeutiques prises en charge par les régimes obligatoires de sécurité sociale de la spécialité KYMRIAH (tisagenlecleucel)</t>
+  </si>
+  <si>
+    <t>L’indication de la spécialité KYMRIAH (tisagenlecleucel), validée par le CHMP, qui n’a pas fait l’objet d’une autorisation temporaire d’utilisation correspond au « Traitement de la leucémie aigüe lymphoblastique (LAL) à cellules B chez les patients :# * réfractaires après une ligne de traitement, * en rechute après greffe, si réalisée lors de la 1ère ligne de traitement ».# Dans cette indication, la Haute Autorité de santé a identifié des alternatives thérapeutiques prises en charge par les régimes obligatoires de sécurité sociale.# Ces alternatives sont mentionnées en annexe du présent avis.</t>
+  </si>
+  <si>
+    <t>07/11/2018 14:53:00</t>
+  </si>
+  <si>
+    <t>27/11/2018 16:56:29</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2886498/fr/avis-n-2018-0047/ac/sem-du-7-novembre-2018-du-college-de-la-haute-autorite-de-sante-sur-l-identification-d-alternatives-therapeutiques-prises-en-charge-par-les-regimes-obligatoires-de-securite-sociale-de-la-specialite-kymriah-tisagenlecleucel</t>
+  </si>
+  <si>
+    <t>c_2886498</t>
+  </si>
+  <si>
+    <t>Décision n° 2018.0132/DC/SEM du 5 septembre 2018 du collège de la Haute Autorité de santé adoptant la recommandation relative à la prise en charge à titre dérogatoire d’OPDIVO® (nivolumab) dans le cadre d’une recommandation temporaire d’utilisation</t>
+  </si>
+  <si>
+    <t>La recommandation relative à la prise en charge à titre dérogatoire d’OPDIVO® (nivolumab), dans le cadre d’une recommandation temporaire d’utilisation, indiqué « en monothérapie dans le traitement adjuvant des patients adultes atteints d’un mélanome de stade III ou IV, après résection complète. », ci-jointe, est adoptée.</t>
+  </si>
+  <si>
+    <t>05/09/2017 10:55:00</t>
+  </si>
+  <si>
+    <t>14/09/2018 15:30:25</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2870066/fr/decision-n-2018-0132/dc/sem-du-5-septembre-2018-du-college-de-la-haute-autorite-de-sante-adoptant-la-recommandation-relative-a-la-prise-en-charge-a-titre-derogatoire-d-opdivo-nivolumab-dans-le-cadre-d-une-recommandation-temporaire-d-utilisation</t>
+  </si>
+  <si>
+    <t>c_2870066</t>
+  </si>
+  <si>
+    <t>Avis n° 2018.0033/AC/SEM du 29 août 2018 du collège de la Haute Autorité de santé relatif à l’intérêt pour la santé publique de la recherche « Etude INTREALL»</t>
+  </si>
+  <si>
+    <t>Au regard des éléments détaillés dans l’annexe du présent avis, le collège de la Haute Autorité de santé considère que la recherche « Etude INTREALL» présente un intérêt pour la santé publique.</t>
+  </si>
+  <si>
+    <t>29/08/2018 11:17:00</t>
+  </si>
+  <si>
+    <t>07/09/2018 15:34:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2869281/fr/avis-n-2018-0033/ac/sem-du-29-aout-2018-du-college-de-la-haute-autorite-de-sante-relatif-a-l-interet-pour-la-sante-publique-de-la-recherche-etude-intreall</t>
+  </si>
+  <si>
+    <t>c_2869281</t>
+  </si>
+  <si>
+    <t>Avis n° 2018.0016/AC/SEM du 4 avril 2018 du collège de la Haute Autorité de santé relatif à l’intérêt pour la santé publique de la recherche « Etude PROLONG»</t>
+  </si>
+  <si>
+    <t>Au regard des éléments détaillés dans l’annexe du présent avis, le collège de la Haute Autorité de santé considère que la recherche « Etude PROLONG» présente un intérêt pour la santé publique.</t>
+  </si>
+  <si>
+    <t>04/04/2018 11:17:00</t>
+  </si>
+  <si>
+    <t>13/04/2018 15:24:47</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2844315/fr/avis-n-2018-0016/ac/sem-du-4-avril-2018-du-college-de-la-haute-autorite-de-sante-relatif-a-l-interet-pour-la-sante-publique-de-la-recherche-etude-prolong</t>
+  </si>
+  <si>
+    <t>c_2844315</t>
+  </si>
+  <si>
+    <t>Décision n°2017.0199/SEM du 13 décembre 2017 du collège de la Haute Autorité de santé adoptant la recommandation relative à la prise en charge à titre dérogatoire de l’infliximab dans le cadre d’une recommandation temporaire d’utilisation</t>
+  </si>
+  <si>
+    <t>La recommandation relative à la prise en charge à titre dérogatoire de l’infliximab et des spécialités identifiées comme biologiques similaires et inscrites sur la liste de référence des groupes biologiques similaires mentionnée à l’article L. 5121-10-2 du code de la santé publique dans le cadre d’une recommandation temporaire d’utilisation, dans le « Traitement de la maladie de Takayasu répondant aux critères d’Ishikawa et résistant aux traitements conventionnels (corticoïdes et immunosuppresseurs», ci-jointe, est adoptée.</t>
+  </si>
+  <si>
+    <t>13/12/2017 10:14:00</t>
+  </si>
+  <si>
+    <t>19/12/2017 15:04:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2814160/fr/decision-n2017-0199/sem-du-13-decembre-2017-du-college-de-la-haute-autorite-de-sante-adoptant-la-recommandation-relative-a-la-prise-en-charge-a-titre-derogatoire-de-l-infliximab-dans-le-cadre-d-une-recommandation-temporaire-d-utilisation</t>
+  </si>
+  <si>
+    <t>c_2814160</t>
+  </si>
+  <si>
+    <t>AVIS N° 2016.0025/AC/SEM du 16 mars 2016 du collège de la Haute Autorité de Santé en vue de l'inscription sur la liste prévue à l'article L.5123-2 du code de la santé publique de la spécialité KEYTRUDA (pembrolizumab) dans le traitement du mélanome avancé (non résécable ou métastatique)</t>
+  </si>
+  <si>
+    <t>16/03/2016 10:55:00</t>
+  </si>
+  <si>
+    <t>29/03/2016 13:39:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2620216/fr/avis-n-2016-0025/ac/sem-du-16-mars-2016-du-college-de-la-haute-autorite-de-sante-en-vue-de-l-inscription-sur-la-liste-prevue-a-l-article-l-5123-2-du-code-de-la-sante-publique-de-la-specialite-keytruda-pembrolizumab-dans-le-traitement-du-melanome-avance-non-resecable-ou-metastatique</t>
+  </si>
+  <si>
+    <t>c_2620216</t>
+  </si>
+  <si>
+    <t>DECISION N° 2015.0203/DC/SEM du 16 septembre 2015 et n°2015.0235/DC/SEM du 4 novembre 2015 du collège de la Haute Autorité de Santé adoptant la recommandation relative à la prise en charge à titre dérogatoire des spécialités à base de vérapamil (ISOPTINE et ses génériques) dans le cadre d’une recommandation temporaire d’utilisation</t>
+  </si>
+  <si>
+    <t>Considérant l’ensemble des informations suivantes :# La pathologie, l’algie vasculaire de la face, est fréquente, sévère et invalidante et peut altérer la qualité de vie du patient,# Il n’y a pas d’alternative appropriée et remboursable dans le traitement prophylactique de l’algie vasculaire de la face,# L’utilisation de ce médicament semble indispensable pour le traitement prophylactique de ces patients pour améliorer leur état de santé ou éviter leur dégradation,# le Collège de la HAS considère que les spécialités ISOPTINE et génériques (vérapamil), doivent faire l’objet d’une prise en charge dérogatoire dans le traitement prophylactique de l’algie vasculaire de la face.# Le Collège alerte les prescripteurs et les décideurs sur le risque cardiaque lié à l’association du vérapamil avec les bêtabloquants et les anti-arythmiques.</t>
+  </si>
+  <si>
+    <t>16/09/2015 18:00:00</t>
+  </si>
+  <si>
+    <t>28/09/2015 12:17:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2062720/fr/decision-n-2015-0203/dc/sem-du-16-septembre-2015-et-n2015-0235/dc/sem-du-4-novembre-2015-du-college-de-la-haute-autorite-de-sante-adoptant-la-recommandation-relative-a-la-prise-en-charge-a-titre-derogatoire-des-specialites-a-base-de-verapamil-isoptine-et-ses-generiques-dans-le-cadre-d-une-recommandation-temporaire-d-utilisation</t>
+  </si>
+  <si>
+    <t>c_2062720</t>
+  </si>
+  <si>
+    <t>DECISION N° 2015.0154/DC/SEM du 17 juin 2015 du collège de la Haute Autorité de Santé adoptant la recommandation relative à la prise en charge à titre dérogatoire du thalidomide (THALIDOMIDE CELGENE 50 mg, gélule) dans le cadre d’une recommandation temporaire d’utilisation</t>
+  </si>
+  <si>
+    <t>Considérant l’ensemble des informations suivantes : - la pathologie, la maladie de Crohn sévère chez les enfants de plus de 6 ans, est une maladie inflammatoire intestinale pouvant atteindre tous les segments du tube digestif et pouvant s’accompagner de manifestations extra-intestinales (articulaires, cutanées, oculaires…). C’est une maladie chronique évoluant par poussées, alternant avec des phases de rémission. Il s’agit d’une pathologie invalidante qui peut entraîner une dégradation marquée de la qualité de vie. La spécificité de la maladie de Crohn chez l’enfant par rapport à l’adulte est le risque de retard de croissance staturo-pondérale, souvent associé à un retard pubertaire. - l’absence d’alternative appropriée et remboursable à ce jour chez les enfants de plus de 6 ans qui n’ont pas répondu malgré un traitement approprié et bien conduit par corticoïde, immunosuppresseur et anti-TNF ou chez lesquels ces traitements sont contre-indiqués ou mal tolérés ; - le fait que l’utilisation de ce médicament semble indispensable pour le traitement de la maladie de Crohn active, sévère chez les enfants de plus de 6 ans qui n’ont pas répondu malgré un traitement approprié et bien conduit par corticoïde, immunosuppresseur et anti-TNF ou chez lesquels ces traitements sont contre-indiqués ou mal tolérés, afin d’améliorer leur état de santé ou éviter leur dégradation. le Collège de la HAS considère que les spécialités THALIDOMIDE CELGENE 50 mg, gélule doit faire l’objet d’une prise en charge dérogatoire dans l’indication : « Maladie de Crohn active, sévère chez les enfants de plus de 6 ans qui n’ont pas répondu malgré un traitement approprié et bien conduit par corticoïde, immunosuppresseur ou anti-TNF ou chez lesquels ces traitements sont contre-indiqués ou mal tolérés ».</t>
+  </si>
+  <si>
+    <t>17/06/2015 10:55:00</t>
+  </si>
+  <si>
+    <t>07/07/2015 14:01:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2042572/fr/decision-n-2015-0154/dc/sem-du-17-juin-2015-du-college-de-la-haute-autorite-de-sante-adoptant-la-recommandation-relative-a-la-prise-en-charge-a-titre-derogatoire-du-thalidomide-thalidomide-celgene-50-mg-gelule-dans-le-cadre-d-une-recommandation-temporaire-d-utilisation</t>
+  </si>
+  <si>
+    <t>c_2042572</t>
+  </si>
+  <si>
+    <t>DECISION N° 2015.0155/DC/SEM du 17 juin 2015 du collège de la Haute Autorité de Santé adoptant la recommandation relative à la prise en charge à titre dérogatoire du thalidomide (THALIDOMIDE CELGENE 50 mg, gélule) dans le cadre d’une recommandation temporaire d’utilisation</t>
+  </si>
+  <si>
+    <t>Considérant l’ensemble de ces informations le Collège de la HAS : Considérant : - la pathologie, l’aphtose sévère, pathologie douloureuse souvent associée à des déficiences nutritionnelles (fer, folates, vitamines, zinc...), des désordres immunitaires (infection par le virus de l'immunodéficience acquise, herpès, neutropénies) et des maladies rares (maladie de Behçet). - l’absence d’alternative appropriée et remboursable à ce jour chez les patients en échec aux traitements de 1ère intention (traitements locaux et colchicine) ; - le fait que l’utilisation de ce médicament semble indispensable pour les patients avec une aphtose sévère, y compris chez les patients HIV positifs et dans la maladie de Behçet, en échec aux traitements de 1ère intention (traitements locaux et colchicine), afin d’améliorer leur état de santé ou éviter leur dégradation. le Collège considère que les spécialités THALIDOMIDE CELGENE 50 mg, gélule doit faire l’objet d’une prise en charge dérogatoire dans l’indication : « Aphtoses sévères, y compris chez les patients HIV positifs et dans la maladie de Behçet, en cas d’échec aux traitements de 1ère intention (traitements locaux et colchicine)». Considérant : - la pathologie, les formes cutanées du lupus érythémateux, inflammatoire auto-immune, chronique, qui présentent une grande diversité clinique avec une évolution et un pronostic variables, mais qui peuvent avoir un impact sur la qualité des vie des patients du fait notamment des cicatrices qui peuvent en résulter. - l’absence d’alternative appropriée et remboursable à ce jour chez les patients en 2ème ligne après échec des antipaludéens de synthèse (hydroxychloroquine ou chloroquine) ; - le fait que l’utilisation de ce médicament semble indispensable pour les patients des formes cutanées du lupus érythémateux, y compris la maladie de Jessner-Kanof, en 2ème ligne après échec des antipaludéens de synthèse (hydroxychloroquine ou chloroquine), afin d’améliorer leur état de santé ou éviter leur dégradation. le Collège considère que les spécialités THALIDOMIDE CELGENE 50 mg, gélule doit faire l’objet d’une prise en charge dérogatoire dans l’indication : « Traitement des formes cutanées du lupus érythémateux, y compris la maladie de Jessner-Kanof, en 2ème ligne après échec des antipaludéens de synthèse (hydroxychloroquine ou chloroquine) ». Considérant : - la pathologie, les formes aiguës sévères de l’érythème noueux lépreux, pathologie grave pouvant être à l’origine des déficits neurologiques définitifs de la lèpre. - l’absence d’alternative appropriée et remboursable à ce jour chez les patients avec des formes sévères de l’érythème noueux lépreux (réaction lépreuse de type II) ; - le fait que l’utilisation de ce médicament semble indispensable pour les patients avec des formes sévères de l’érythème noueux lépreux (réaction lépreuse de type II), afin d’améliorer leur état de santé ou éviter leur dégradation. le Collège considère que les spécialités THALIDOMIDE CELGENE 50 mg, gélule doit faire l’objet d’une prise en charge dérogatoire dans l’indication : « Traitement des formes aiguës sévères de l’érythème noueux lépreux (réaction lépreuse de type II)».</t>
+  </si>
+  <si>
+    <t>29/06/2015 17:40:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2042574/fr/decision-n-2015-0155/dc/sem-du-17-juin-2015-du-college-de-la-haute-autorite-de-sante-adoptant-la-recommandation-relative-a-la-prise-en-charge-a-titre-derogatoire-du-thalidomide-thalidomide-celgene-50-mg-gelule-dans-le-cadre-d-une-recommandation-temporaire-d-utilisation</t>
+  </si>
+  <si>
+    <t>c_2042574</t>
+  </si>
+  <si>
+    <t>DECISION N° 2015.0065/DC/SEM du 25 mars 2015 du collège de la Haute Autorité de Santé adoptant la recommandation relative à la prise en charge à titre dérogatoire du bortézomib (VELCADE 1 et 3.5 mg, poudre pour solution injectable) dans le cadre d’une recommandation temporaire d’utilisation</t>
+  </si>
+  <si>
+    <t>Considérant l’ensemble des informations suivantes : - les pathologies, l’amylose primitive ou amylose AL et la maladie de Randall, rares et graves qui sont des maladies résultant de dépôts extracellulaires d’immunoglobulines dans différents organes (notamment rein et cœur) altérant progressivement leur fonctionnement. Il s’agit de pathologies évolutives dont le pronostic est sévère en l’absence de traitement efficace. Ces pathologies peuvent engager le pronostic vital des patients. - l’absence d’alternative appropriée et remboursable à ce jour chez les patients nécessitant un traitement en association à une autre chimiothérapie1; - le fait que l’utilisation de ce médicament semble indispensable pour le traitement des patients adultes atteints d’une amylose AL non IgM ou d’une maladie de Randall, en association à une autre chimiothérapie, afin d’améliorer leur état de santé ou éviter leur dégradation. le Collège de la HAS considère que les spécialités VELCADE 1 et 3,5 mg solution pour perfusion doivent faire l’objet d’une prise en charge dérogatoire dans l’indication : « Traitement des patients adultes atteints d’une amylose AL non IgM ou d’une maladie de Randall, en association à une autre chimiothérapie».</t>
+  </si>
+  <si>
+    <t>25/03/2015 10:55:00</t>
+  </si>
+  <si>
+    <t>01/04/2015 14:49:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2024414/fr/decision-n-2015-0065/dc/sem-du-25-mars-2015-du-college-de-la-haute-autorite-de-sante-adoptant-la-recommandation-relative-a-la-prise-en-charge-a-titre-derogatoire-du-bortezomib-velcade-1-et-3-5-mg-poudre-pour-solution-injectable-dans-le-cadre-d-une-recommandation-temporaire-d-utilisation</t>
+  </si>
+  <si>
+    <t>c_2024414</t>
+  </si>
+  <si>
+    <t>DECISION N° 2014.0144/DC du 16 juillet 2014 du collège de la Haute Autorité de Santé adoptant la recommandation relative à la prise en charge à titre dérogatoire de l'infliximab (REMICADE) dans le cadre d’une recommandation temporaire d’utilisation</t>
+  </si>
+  <si>
+    <t>La recommandation relative à la prise en charge à titre dérogatoire de l’infliximab (REMICADE) dans le cadre d’une recommandation temporaire d’utilisation, ci-jointe, est adoptée.</t>
+  </si>
+  <si>
+    <t>16/07/2014 10:55:00</t>
+  </si>
+  <si>
+    <t>29/07/2014 14:57:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1757268/fr/decision-n-2014-0144/dc-du-16-juillet-2014-du-college-de-la-haute-autorite-de-sante-adoptant-la-recommandation-relative-a-la-prise-en-charge-a-titre-derogatoire-de-l-infliximab-remicade-dans-le-cadre-d-une-recommandation-temporaire-d-utilisation</t>
+  </si>
+  <si>
+    <t>c_1757268</t>
+  </si>
+  <si>
+    <t>Avis de la HAS sur la prise en charge dérogatoire se rapportant aux maladies rares Vascularites  (ALD 21)</t>
+  </si>
+  <si>
+    <t>La HAS a rendu 4 avis, avec leur argumentaire comportant la position de l’AFSSAPS, sur les spécialités pharmaceutiques relevant de la prise en charge dérogatoire prévue à l’article L. 162-17-2-1 du code de la sécurité sociale et figurant sur la liste des actes et prestations établie par la HAS pour les maladies rares Vascularites (ALD 21) : * Acide acetylsalicylique / acetylsalicylate de lysine * Chlormadinone * Methotrexate * Mycophenolate mofetil</t>
+  </si>
+  <si>
+    <t>16/12/2010 10:59:00</t>
+  </si>
+  <si>
+    <t>19/12/2011 15:25:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1015717/fr/avis-de-la-has-sur-la-prise-en-charge-derogatoire-se-rapportant-aux-maladies-rares-vascularites-ald-21</t>
+  </si>
+  <si>
+    <t>c_1015717</t>
+  </si>
+  <si>
+    <t>Recommandation vaccinale</t>
+  </si>
+  <si>
+    <t>Stratégie de vaccination contre les infections par le VRS chez l’adulte âgé de 60 ans et plus : place du vaccin mRESVIA (Moderna)</t>
+  </si>
+  <si>
+    <t>La HAS a évalué l’ensemble des données cliniques disponibles sur le vaccin mRESVIA afin de préciser sa place dans la stratégie actuelle de vaccination contre les infections par le VRS chez l’adulte âgé de 60 ans et plus. La HAS considère que le vaccin mRESVIA peut être utilisé, au même titre que les autres vaccins VRS, dans le cadre de la stratégie actuelle de vaccination contre les infections par le VRS chez l’adulte, à savoir chez les personnes âgées de 75 ans et plus et chez les personnes âgées de 65 ans et plus présentant des pathologies chroniques respiratoires (particulièrement BPCO) ou cardiaques (particulièrement insuffisance cardiaque) susceptibles de décompenser lors d’une infection à VRS.</t>
+  </si>
+  <si>
+    <t>21/10/2024 17:39:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3550892/fr/strategie-de-vaccination-contre-les-infections-par-le-vrs-chez-l-adulte-age-de-60-ans-et-plus-place-du-vaccin-mresvia-moderna</t>
+  </si>
+  <si>
+    <t>p_3550892</t>
+  </si>
+  <si>
+    <t>Stratégie vaccinale de prévention des infections par le VRS chez l’adulte âgé de 60 ans et plus</t>
+  </si>
+  <si>
+    <t>La HAS recommande la vaccination saisonnière des sujets âgés de 75 ans et plus et chez les sujets âgés de 65 ans et plus présentant des pathologies respiratoires chroniques (particulièrement BPCO) ou cardiaques (particulièrement insuffisance cardiaque) susceptibles de décompenser lors d'une infection à VRS. Les vaccins Arexvy et Abrysvo peuvent être utilisés dans le cadre de cette recommandation.</t>
+  </si>
+  <si>
+    <t>27/06/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>04/07/2024 11:01:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3460918/fr/strategie-vaccinale-de-prevention-des-infections-par-le-vrs-chez-l-adulte-age-de-60-ans-et-plus</t>
+  </si>
+  <si>
+    <t>p_3460918</t>
+  </si>
+  <si>
+    <t>Stratégie de vaccination contre le Sars-Cov-2 - Place du vaccin à ARNm Spikevax® de Moderna chez les 12 à 17 ans</t>
+  </si>
+  <si>
+    <t>La HAS publie une nouvelle recommandation vaccinale qui s’inscrit dans le cadre d’une extension de l’AMM du vaccin à ARNm Spikevax développé par le laboratoire Moderna. Elle vise à préciser sa place au vu des données d’efficacité vaccinale et de tolérance chez les adolescents de 12 à 17 ans.</t>
+  </si>
+  <si>
+    <t>27/07/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>28/07/2021 18:18:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3280463/fr/strategie-de-vaccination-contre-le-sars-cov-2-place-du-vaccin-a-arnm-spikevax-de-moderna-chez-les-12-a-17-ans</t>
+  </si>
+  <si>
+    <t>p_3280463</t>
+  </si>
+  <si>
+    <t>Stratégie de vaccination contre le SARS-CoV-2 - Vaccination prioritaire de l’entourage des personnes immunodéprimées contre le SARS-Cov 2</t>
+  </si>
+  <si>
+    <t>HAS rappelle que les personnes immunodéprimées, chez qui le risque de forme grave et de décès par la Covid-19 est important, doivent être vaccinées de façon prioritaire contre le SARS-CoV-2. Cependant, du fait même de leur immunodépression, leur réponse immunitaire à la vaccination étant souvent diminuée rendant cette vaccination moins efficace, la HAS recommande qu’une stratégie de « cocooning » (vaccination de l’entourage) soit mise en place autour des personnes immunodéprimées adultes et enfants.</t>
+  </si>
+  <si>
+    <t>29/04/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>30/04/2021 16:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3264056/fr/strategie-de-vaccination-contre-le-sars-cov-2-vaccination-prioritaire-de-l-entourage-des-personnes-immunodeprimees-contre-le-sars-cov-2</t>
+  </si>
+  <si>
+    <t>p_3264056</t>
+  </si>
+  <si>
+    <t>Stratégie de vaccination contre le Sars-Cov-2 - Actualisation des facteurs de risque de formes graves de la Covid-19 et des recommandations sur la stratégie de priorisation des populations à vacciner</t>
+  </si>
+  <si>
+    <t>En s’appuyant sur l’évolution des connaissances disponibles sur le SARS-CoV-2, la HAS avec la commission technique des vaccinations, actualise les facteurs de risque de formes graves de Covid-19 et met à jour ses recommandations sur la stratégie de priorisation des populations à vacciner.</t>
+  </si>
+  <si>
+    <t>01/03/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>02/03/2021 10:36:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3240117/fr/strategie-de-vaccination-contre-le-sars-cov-2-actualisation-des-facteurs-de-risque-de-formes-graves-de-la-covid-19-et-des-recommandations-sur-la-strategie-de-priorisation-des-populations-a-vacciner</t>
+  </si>
+  <si>
+    <t>p_3240117</t>
+  </si>
+  <si>
+    <t>Stratégie de vaccination contre la Covid-19 – Place du Vaccin Moderna Covid-19 mRNA (nucleoside modified)</t>
+  </si>
+  <si>
+    <t>Mise à jour, au regard des nouvelles données disponibles, de la recommandation vaccinale intitulée « Stratégie de vaccination contre la Covid-19 - Place du Vaccin Moderna COVID-19 mRNA (nucleoside modified) » et sa synthèse.</t>
+  </si>
+  <si>
+    <t>07/01/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>08/01/2021 13:25:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3230287/fr/strategie-de-vaccination-contre-la-covid-19-place-du-vaccin-moderna-covid-19-mrna-nucleoside-modified</t>
+  </si>
+  <si>
+    <t>p_3230287</t>
+  </si>
+  <si>
+    <t>Outil d'amélioration des pratiques professionnelles</t>
+  </si>
+  <si>
+    <t>Traitement de la Covid-19</t>
+  </si>
+  <si>
+    <t>Cette fiche a pour objectif d’accompagner les professionnels de santé dans la conduite du traitement contre la Covid 19, en ambulatoire comme dans les établissements de santé. Cette réponse rapide actualise la fiche Réponses rapides sur le traitement par Paxlovid® des patients à risque de forme grave de Covid-19 (dernière actualisation le 21 décembre 2023).</t>
+  </si>
+  <si>
+    <t>23/06/2023 10:02:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3447571/fr/traitement-de-la-covid-19</t>
+  </si>
+  <si>
+    <t>p_3447571</t>
+  </si>
+  <si>
+    <t>Diagnostic de l’ostéoporose chez les femmes ménopausées</t>
+  </si>
+  <si>
+    <t>Les critères d’évaluation permettent d’améliorer la pratique professionnelle</t>
+  </si>
+  <si>
+    <t>01/07/2004 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272383/fr/diagnostic-de-l-osteoporose-chez-les-femmes-menopausees</t>
+  </si>
+  <si>
+    <t>c_272383</t>
+  </si>
+  <si>
+    <t>Substance active (DCI)</t>
+  </si>
+  <si>
+    <t>Avis sur les Médicaments</t>
+  </si>
+  <si>
+    <t>Médicament</t>
+  </si>
+  <si>
+    <t>CORTANCYL (prednisolone/ prednisone)</t>
+  </si>
+  <si>
+    <t>11/12/2018 14:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982994/fr/cortancyl-prednisolone/-prednisone</t>
+  </si>
+  <si>
+    <t>pprd_2982994</t>
+  </si>
+  <si>
+    <t>prednisolone,prednisone</t>
+  </si>
+  <si>
+    <t>SANOFI-AVENTIS FRANCE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_724410/fr/cortancyl-prednisolone/-prednisone</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1710107/fr/cortancyl-prednisolone/-prednisone</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2888441/fr/cortancyl-prednisolone/-prednisone</t>
+  </si>
+  <si>
+    <t>Article HAS</t>
+  </si>
+  <si>
+    <t>Détecter et diagnostiquer la BPCO même sans symptôme apparent</t>
+  </si>
+  <si>
+    <t>Le symptôme majeur de la BPCO est la dyspnée qui induit une réduction de l’activité physique quotidienne. D’apparition progressive, au début, la dyspnée n'est pas souvent perçue par le patient.</t>
+  </si>
+  <si>
+    <t>31/01/2020 11:06:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3118475/fr/detecter-et-diagnostiquer-la-bpco-meme-sans-symptome-apparent</t>
+  </si>
+  <si>
+    <t>p_3118475</t>
+  </si>
+  <si>
+    <t>Lymphome de Hodgkin classique de l'adulte - Parcours de soins</t>
+  </si>
+  <si>
+    <t>Le lymphome de Hodgkin est une prolifération tumorale de cellules lymphoïdes dans un ou plusieurs organes lymphoïdes, avec parfois extension dans des sites extra-ganglionnaires. Il se différencie des lymphomes non hodgkiniens (LNH) par la présence de grandes cellules tumorales caractéristiques sur le plan morphologique et immunologique : les cellules de Reed-Sternberg, une présentation clinique plus fréquemment localisée et un pronostic globalement meilleur.</t>
+  </si>
+  <si>
+    <t>31/07/2013 11:31:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2906066/fr/lymphome-de-hodgkin-classique-de-l-adulte-parcours-de-soins</t>
+  </si>
+  <si>
+    <t>c_2906066</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId10" Target="worksheets/sheet8.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId11" Target="worksheets/sheet9.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId12" Target="worksheets/sheet10.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId13" Target="worksheets/sheet11.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId14" Target="worksheets/sheet12.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId8" Target="worksheets/sheet6.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId9" Target="worksheets/sheet7.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H12"/>
+  <dimension ref="A1:J5"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
+      <c r="I1" t="s">
+        <v>8</v>
+      </c>
+      <c r="J1" t="s">
+        <v>9</v>
+      </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>8</v>
+        <v>10</v>
       </c>
       <c r="B2" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
       <c r="C2" t="s">
-        <v>10</v>
+        <v>12</v>
       </c>
       <c r="D2" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="F2" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G2" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="H2" t="s">
-        <v>15</v>
+        <v>16</v>
+      </c>
+      <c r="I2" t="s">
+        <v>17</v>
+      </c>
+      <c r="J2" t="s">
+        <v>18</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
       <c r="B3" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="C3" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="D3" t="s">
-        <v>13</v>
+        <v>20</v>
       </c>
       <c r="E3" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="F3" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G3" t="s">
-        <v>19</v>
+        <v>22</v>
       </c>
       <c r="H3" t="s">
-        <v>20</v>
+        <v>23</v>
+      </c>
+      <c r="I3" t="s">
+        <v>24</v>
+      </c>
+      <c r="J3" t="s">
+        <v>25</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
       <c r="B4" t="s">
-        <v>21</v>
+        <v>26</v>
       </c>
       <c r="C4" t="s">
-        <v>22</v>
+        <v>27</v>
       </c>
       <c r="D4" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
       <c r="E4" t="s">
-        <v>24</v>
+        <v>29</v>
       </c>
       <c r="F4" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G4" t="s">
-        <v>25</v>
+        <v>30</v>
       </c>
       <c r="H4" t="s">
-        <v>26</v>
+        <v>31</v>
+      </c>
+      <c r="I4" t="s">
+        <v>27</v>
+      </c>
+      <c r="J4" t="s">
+        <v>32</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
       <c r="B5" t="s">
-        <v>27</v>
+        <v>19</v>
       </c>
       <c r="C5" t="s">
-        <v>28</v>
+        <v>24</v>
       </c>
       <c r="D5" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
       <c r="E5" t="s">
-        <v>29</v>
+        <v>34</v>
       </c>
       <c r="F5" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G5" t="s">
-        <v>30</v>
+        <v>35</v>
       </c>
       <c r="H5" t="s">
-        <v>31</v>
+        <v>36</v>
+      </c>
+      <c r="I5" t="s">
+        <v>24</v>
+      </c>
+      <c r="J5" t="s">
+        <v>25</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:J1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet10.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H3"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>984</v>
+      </c>
+      <c r="B2" t="s">
+        <v>985</v>
+      </c>
+      <c r="C2" t="s">
+        <v>986</v>
+      </c>
+      <c r="D2" t="s">
+        <v>12</v>
+      </c>
+      <c r="E2" t="s">
+        <v>987</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>988</v>
+      </c>
+      <c r="H2" t="s">
+        <v>989</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>984</v>
+      </c>
+      <c r="B3" t="s">
+        <v>990</v>
+      </c>
+      <c r="C3" t="s">
+        <v>991</v>
+      </c>
+      <c r="D3" t="s">
+        <v>12</v>
+      </c>
+      <c r="E3" t="s">
+        <v>992</v>
+      </c>
+      <c r="F3" t="s">
+        <v>12</v>
+      </c>
+      <c r="G3" t="s">
+        <v>993</v>
+      </c>
+      <c r="H3" t="s">
+        <v>994</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet11.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:M2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>995</v>
+      </c>
+      <c r="J1" t="s">
+        <v>9</v>
+      </c>
+      <c r="K1" t="s">
+        <v>996</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>997</v>
+      </c>
+      <c r="B2" t="s">
+        <v>998</v>
+      </c>
+      <c r="C2" t="s">
+        <v>12</v>
+      </c>
+      <c r="D2" t="s">
+        <v>12</v>
+      </c>
+      <c r="E2" t="s">
+        <v>999</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>1000</v>
+      </c>
+      <c r="H2" t="s">
+        <v>1001</v>
+      </c>
+      <c r="I2" t="s">
+        <v>1002</v>
+      </c>
+      <c r="J2" t="s">
+        <v>1003</v>
+      </c>
+      <c r="K2" t="s">
+        <v>1004</v>
+      </c>
+      <c r="L2" t="s">
+        <v>1005</v>
+      </c>
+      <c r="M2" t="s">
+        <v>1006</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:K1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet12.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H3"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>1007</v>
+      </c>
+      <c r="B2" t="s">
+        <v>1008</v>
+      </c>
+      <c r="C2" t="s">
+        <v>1009</v>
+      </c>
+      <c r="D2" t="s">
+        <v>12</v>
+      </c>
+      <c r="E2" t="s">
+        <v>1010</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>1011</v>
+      </c>
+      <c r="H2" t="s">
+        <v>1012</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>1007</v>
+      </c>
+      <c r="B3" t="s">
+        <v>1013</v>
+      </c>
+      <c r="C3" t="s">
+        <v>1014</v>
+      </c>
+      <c r="D3" t="s">
+        <v>12</v>
+      </c>
+      <c r="E3" t="s">
+        <v>1015</v>
+      </c>
+      <c r="F3" t="s">
+        <v>12</v>
+      </c>
+      <c r="G3" t="s">
+        <v>1016</v>
+      </c>
+      <c r="H3" t="s">
+        <v>1017</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H6"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>37</v>
+      </c>
+      <c r="B2" t="s">
+        <v>38</v>
+      </c>
+      <c r="C2" t="s">
+        <v>39</v>
+      </c>
+      <c r="D2" t="s">
+        <v>40</v>
+      </c>
+      <c r="E2" t="s">
+        <v>41</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>42</v>
+      </c>
+      <c r="H2" t="s">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>37</v>
+      </c>
+      <c r="B3" t="s">
+        <v>44</v>
+      </c>
+      <c r="C3" t="s">
+        <v>45</v>
+      </c>
+      <c r="D3" t="s">
+        <v>46</v>
+      </c>
+      <c r="E3" t="s">
+        <v>47</v>
+      </c>
+      <c r="F3" t="s">
+        <v>12</v>
+      </c>
+      <c r="G3" t="s">
+        <v>48</v>
+      </c>
+      <c r="H3" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>37</v>
+      </c>
+      <c r="B4" t="s">
+        <v>50</v>
+      </c>
+      <c r="C4" t="s">
+        <v>51</v>
+      </c>
+      <c r="D4" t="s">
+        <v>52</v>
+      </c>
+      <c r="E4" t="s">
+        <v>53</v>
+      </c>
+      <c r="F4" t="s">
+        <v>12</v>
+      </c>
+      <c r="G4" t="s">
+        <v>54</v>
+      </c>
+      <c r="H4" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>37</v>
+      </c>
+      <c r="B5" t="s">
+        <v>56</v>
+      </c>
+      <c r="C5" t="s">
+        <v>57</v>
+      </c>
+      <c r="D5" t="s">
+        <v>58</v>
+      </c>
+      <c r="E5" t="s">
+        <v>59</v>
+      </c>
+      <c r="F5" t="s">
+        <v>12</v>
+      </c>
+      <c r="G5" t="s">
+        <v>60</v>
+      </c>
+      <c r="H5" t="s">
+        <v>61</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>16</v>
+        <v>37</v>
       </c>
       <c r="B6" t="s">
-        <v>32</v>
+        <v>62</v>
       </c>
       <c r="C6" t="s">
-        <v>33</v>
+        <v>63</v>
       </c>
       <c r="D6" t="s">
-        <v>34</v>
+        <v>64</v>
       </c>
       <c r="E6" t="s">
-        <v>35</v>
+        <v>65</v>
       </c>
       <c r="F6" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G6" t="s">
-        <v>36</v>
+        <v>66</v>
       </c>
       <c r="H6" t="s">
-        <v>37</v>
+        <v>67</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H75"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>68</v>
+      </c>
+      <c r="B2" t="s">
+        <v>69</v>
+      </c>
+      <c r="C2" t="s">
+        <v>70</v>
+      </c>
+      <c r="D2" t="s">
+        <v>12</v>
+      </c>
+      <c r="E2" t="s">
+        <v>71</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>72</v>
+      </c>
+      <c r="H2" t="s">
+        <v>73</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>68</v>
+      </c>
+      <c r="B3" t="s">
+        <v>74</v>
+      </c>
+      <c r="C3" t="s">
+        <v>75</v>
+      </c>
+      <c r="D3" t="s">
+        <v>76</v>
+      </c>
+      <c r="E3" t="s">
+        <v>77</v>
+      </c>
+      <c r="F3" t="s">
+        <v>12</v>
+      </c>
+      <c r="G3" t="s">
+        <v>78</v>
+      </c>
+      <c r="H3" t="s">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>68</v>
+      </c>
+      <c r="B4" t="s">
+        <v>80</v>
+      </c>
+      <c r="C4" t="s">
+        <v>81</v>
+      </c>
+      <c r="D4" t="s">
+        <v>12</v>
+      </c>
+      <c r="E4" t="s">
+        <v>82</v>
+      </c>
+      <c r="F4" t="s">
+        <v>12</v>
+      </c>
+      <c r="G4" t="s">
+        <v>83</v>
+      </c>
+      <c r="H4" t="s">
+        <v>84</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>68</v>
+      </c>
+      <c r="B5" t="s">
+        <v>85</v>
+      </c>
+      <c r="C5" t="s">
+        <v>86</v>
+      </c>
+      <c r="D5" t="s">
+        <v>12</v>
+      </c>
+      <c r="E5" t="s">
+        <v>87</v>
+      </c>
+      <c r="F5" t="s">
+        <v>12</v>
+      </c>
+      <c r="G5" t="s">
+        <v>88</v>
+      </c>
+      <c r="H5" t="s">
+        <v>89</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>68</v>
+      </c>
+      <c r="B6" t="s">
+        <v>90</v>
+      </c>
+      <c r="C6" t="s">
+        <v>91</v>
+      </c>
+      <c r="D6" t="s">
+        <v>12</v>
+      </c>
+      <c r="E6" t="s">
+        <v>92</v>
+      </c>
+      <c r="F6" t="s">
+        <v>12</v>
+      </c>
+      <c r="G6" t="s">
+        <v>93</v>
+      </c>
+      <c r="H6" t="s">
+        <v>94</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>16</v>
+        <v>68</v>
       </c>
       <c r="B7" t="s">
-        <v>38</v>
+        <v>95</v>
       </c>
       <c r="C7" t="s">
-        <v>39</v>
+        <v>96</v>
       </c>
       <c r="D7" t="s">
-        <v>40</v>
+        <v>12</v>
       </c>
       <c r="E7" t="s">
-        <v>41</v>
+        <v>97</v>
       </c>
       <c r="F7" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G7" t="s">
-        <v>42</v>
+        <v>98</v>
       </c>
       <c r="H7" t="s">
-        <v>43</v>
+        <v>99</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>16</v>
+        <v>68</v>
       </c>
       <c r="B8" t="s">
-        <v>44</v>
+        <v>100</v>
       </c>
       <c r="C8" t="s">
-        <v>45</v>
+        <v>101</v>
       </c>
       <c r="D8" t="s">
-        <v>46</v>
+        <v>12</v>
       </c>
       <c r="E8" t="s">
-        <v>47</v>
+        <v>102</v>
       </c>
       <c r="F8" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G8" t="s">
-        <v>48</v>
+        <v>103</v>
       </c>
       <c r="H8" t="s">
-        <v>49</v>
+        <v>104</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>50</v>
+        <v>68</v>
       </c>
       <c r="B9" t="s">
-        <v>51</v>
+        <v>105</v>
       </c>
       <c r="C9" t="s">
-        <v>52</v>
+        <v>106</v>
       </c>
       <c r="D9" t="s">
-        <v>53</v>
+        <v>12</v>
       </c>
       <c r="E9" t="s">
-        <v>54</v>
+        <v>107</v>
       </c>
       <c r="F9" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G9" t="s">
-        <v>55</v>
+        <v>108</v>
       </c>
       <c r="H9" t="s">
-        <v>56</v>
+        <v>109</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>50</v>
+        <v>68</v>
       </c>
       <c r="B10" t="s">
-        <v>57</v>
+        <v>110</v>
       </c>
       <c r="C10" t="s">
-        <v>58</v>
+        <v>111</v>
       </c>
       <c r="D10" t="s">
-        <v>59</v>
+        <v>12</v>
       </c>
       <c r="E10" t="s">
-        <v>60</v>
+        <v>112</v>
       </c>
       <c r="F10" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G10" t="s">
-        <v>61</v>
+        <v>113</v>
       </c>
       <c r="H10" t="s">
-        <v>62</v>
+        <v>114</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>50</v>
+        <v>68</v>
       </c>
       <c r="B11" t="s">
-        <v>63</v>
+        <v>115</v>
       </c>
       <c r="C11" t="s">
-        <v>64</v>
+        <v>116</v>
       </c>
       <c r="D11" t="s">
-        <v>65</v>
+        <v>12</v>
       </c>
       <c r="E11" t="s">
-        <v>66</v>
+        <v>117</v>
       </c>
       <c r="F11" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G11" t="s">
-        <v>67</v>
+        <v>118</v>
       </c>
       <c r="H11" t="s">
-        <v>68</v>
+        <v>119</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>50</v>
+        <v>68</v>
       </c>
       <c r="B12" t="s">
-        <v>69</v>
+        <v>120</v>
       </c>
       <c r="C12" t="s">
-        <v>70</v>
+        <v>121</v>
       </c>
       <c r="D12" t="s">
-        <v>71</v>
+        <v>12</v>
       </c>
       <c r="E12" t="s">
-        <v>72</v>
+        <v>122</v>
       </c>
       <c r="F12" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G12" t="s">
-        <v>73</v>
+        <v>123</v>
       </c>
       <c r="H12" t="s">
-        <v>74</v>
+        <v>124</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="s">
+        <v>68</v>
+      </c>
+      <c r="B13" t="s">
+        <v>125</v>
+      </c>
+      <c r="C13" t="s">
+        <v>126</v>
+      </c>
+      <c r="D13" t="s">
+        <v>12</v>
+      </c>
+      <c r="E13" t="s">
+        <v>127</v>
+      </c>
+      <c r="F13" t="s">
+        <v>12</v>
+      </c>
+      <c r="G13" t="s">
+        <v>128</v>
+      </c>
+      <c r="H13" t="s">
+        <v>129</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" t="s">
+        <v>68</v>
+      </c>
+      <c r="B14" t="s">
+        <v>130</v>
+      </c>
+      <c r="C14" t="s">
+        <v>131</v>
+      </c>
+      <c r="D14" t="s">
+        <v>132</v>
+      </c>
+      <c r="E14" t="s">
+        <v>133</v>
+      </c>
+      <c r="F14" t="s">
+        <v>12</v>
+      </c>
+      <c r="G14" t="s">
+        <v>134</v>
+      </c>
+      <c r="H14" t="s">
+        <v>135</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" t="s">
+        <v>68</v>
+      </c>
+      <c r="B15" t="s">
+        <v>136</v>
+      </c>
+      <c r="C15" t="s">
+        <v>137</v>
+      </c>
+      <c r="D15" t="s">
+        <v>138</v>
+      </c>
+      <c r="E15" t="s">
+        <v>139</v>
+      </c>
+      <c r="F15" t="s">
+        <v>12</v>
+      </c>
+      <c r="G15" t="s">
+        <v>140</v>
+      </c>
+      <c r="H15" t="s">
+        <v>141</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" t="s">
+        <v>68</v>
+      </c>
+      <c r="B16" t="s">
+        <v>142</v>
+      </c>
+      <c r="C16" t="s">
+        <v>143</v>
+      </c>
+      <c r="D16" t="s">
+        <v>12</v>
+      </c>
+      <c r="E16" t="s">
+        <v>144</v>
+      </c>
+      <c r="F16" t="s">
+        <v>12</v>
+      </c>
+      <c r="G16" t="s">
+        <v>145</v>
+      </c>
+      <c r="H16" t="s">
+        <v>146</v>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" t="s">
+        <v>68</v>
+      </c>
+      <c r="B17" t="s">
+        <v>147</v>
+      </c>
+      <c r="C17" t="s">
+        <v>148</v>
+      </c>
+      <c r="D17" t="s">
+        <v>12</v>
+      </c>
+      <c r="E17" t="s">
+        <v>149</v>
+      </c>
+      <c r="F17" t="s">
+        <v>12</v>
+      </c>
+      <c r="G17" t="s">
+        <v>150</v>
+      </c>
+      <c r="H17" t="s">
+        <v>151</v>
+      </c>
+    </row>
+    <row r="18">
+      <c r="A18" t="s">
+        <v>68</v>
+      </c>
+      <c r="B18" t="s">
+        <v>152</v>
+      </c>
+      <c r="C18" t="s">
+        <v>153</v>
+      </c>
+      <c r="D18" t="s">
+        <v>12</v>
+      </c>
+      <c r="E18" t="s">
+        <v>154</v>
+      </c>
+      <c r="F18" t="s">
+        <v>12</v>
+      </c>
+      <c r="G18" t="s">
+        <v>155</v>
+      </c>
+      <c r="H18" t="s">
+        <v>156</v>
+      </c>
+    </row>
+    <row r="19">
+      <c r="A19" t="s">
+        <v>68</v>
+      </c>
+      <c r="B19" t="s">
+        <v>157</v>
+      </c>
+      <c r="C19" t="s">
+        <v>158</v>
+      </c>
+      <c r="D19" t="s">
+        <v>12</v>
+      </c>
+      <c r="E19" t="s">
+        <v>159</v>
+      </c>
+      <c r="F19" t="s">
+        <v>12</v>
+      </c>
+      <c r="G19" t="s">
+        <v>160</v>
+      </c>
+      <c r="H19" t="s">
+        <v>161</v>
+      </c>
+    </row>
+    <row r="20">
+      <c r="A20" t="s">
+        <v>68</v>
+      </c>
+      <c r="B20" t="s">
+        <v>162</v>
+      </c>
+      <c r="C20" t="s">
+        <v>163</v>
+      </c>
+      <c r="D20" t="s">
+        <v>164</v>
+      </c>
+      <c r="E20" t="s">
+        <v>165</v>
+      </c>
+      <c r="F20" t="s">
+        <v>12</v>
+      </c>
+      <c r="G20" t="s">
+        <v>166</v>
+      </c>
+      <c r="H20" t="s">
+        <v>167</v>
+      </c>
+    </row>
+    <row r="21">
+      <c r="A21" t="s">
+        <v>68</v>
+      </c>
+      <c r="B21" t="s">
+        <v>168</v>
+      </c>
+      <c r="C21" t="s">
+        <v>169</v>
+      </c>
+      <c r="D21" t="s">
+        <v>12</v>
+      </c>
+      <c r="E21" t="s">
+        <v>170</v>
+      </c>
+      <c r="F21" t="s">
+        <v>12</v>
+      </c>
+      <c r="G21" t="s">
+        <v>171</v>
+      </c>
+      <c r="H21" t="s">
+        <v>172</v>
+      </c>
+    </row>
+    <row r="22">
+      <c r="A22" t="s">
+        <v>68</v>
+      </c>
+      <c r="B22" t="s">
+        <v>173</v>
+      </c>
+      <c r="C22" t="s">
+        <v>174</v>
+      </c>
+      <c r="D22" t="s">
+        <v>12</v>
+      </c>
+      <c r="E22" t="s">
+        <v>170</v>
+      </c>
+      <c r="F22" t="s">
+        <v>12</v>
+      </c>
+      <c r="G22" t="s">
+        <v>175</v>
+      </c>
+      <c r="H22" t="s">
+        <v>176</v>
+      </c>
+    </row>
+    <row r="23">
+      <c r="A23" t="s">
+        <v>68</v>
+      </c>
+      <c r="B23" t="s">
+        <v>177</v>
+      </c>
+      <c r="C23" t="s">
+        <v>178</v>
+      </c>
+      <c r="D23" t="s">
+        <v>12</v>
+      </c>
+      <c r="E23" t="s">
+        <v>179</v>
+      </c>
+      <c r="F23" t="s">
+        <v>12</v>
+      </c>
+      <c r="G23" t="s">
+        <v>180</v>
+      </c>
+      <c r="H23" t="s">
+        <v>181</v>
+      </c>
+    </row>
+    <row r="24">
+      <c r="A24" t="s">
+        <v>68</v>
+      </c>
+      <c r="B24" t="s">
+        <v>182</v>
+      </c>
+      <c r="C24" t="s">
+        <v>183</v>
+      </c>
+      <c r="D24" t="s">
+        <v>12</v>
+      </c>
+      <c r="E24" t="s">
+        <v>179</v>
+      </c>
+      <c r="F24" t="s">
+        <v>12</v>
+      </c>
+      <c r="G24" t="s">
+        <v>184</v>
+      </c>
+      <c r="H24" t="s">
+        <v>185</v>
+      </c>
+    </row>
+    <row r="25">
+      <c r="A25" t="s">
+        <v>68</v>
+      </c>
+      <c r="B25" t="s">
+        <v>186</v>
+      </c>
+      <c r="C25" t="s">
+        <v>187</v>
+      </c>
+      <c r="D25" t="s">
+        <v>12</v>
+      </c>
+      <c r="E25" t="s">
+        <v>188</v>
+      </c>
+      <c r="F25" t="s">
+        <v>12</v>
+      </c>
+      <c r="G25" t="s">
+        <v>189</v>
+      </c>
+      <c r="H25" t="s">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="26">
+      <c r="A26" t="s">
+        <v>68</v>
+      </c>
+      <c r="B26" t="s">
+        <v>191</v>
+      </c>
+      <c r="C26" t="s">
+        <v>192</v>
+      </c>
+      <c r="D26" t="s">
+        <v>12</v>
+      </c>
+      <c r="E26" t="s">
+        <v>193</v>
+      </c>
+      <c r="F26" t="s">
+        <v>12</v>
+      </c>
+      <c r="G26" t="s">
+        <v>194</v>
+      </c>
+      <c r="H26" t="s">
+        <v>195</v>
+      </c>
+    </row>
+    <row r="27">
+      <c r="A27" t="s">
+        <v>68</v>
+      </c>
+      <c r="B27" t="s">
+        <v>196</v>
+      </c>
+      <c r="C27" t="s">
+        <v>197</v>
+      </c>
+      <c r="D27" t="s">
+        <v>12</v>
+      </c>
+      <c r="E27" t="s">
+        <v>198</v>
+      </c>
+      <c r="F27" t="s">
+        <v>12</v>
+      </c>
+      <c r="G27" t="s">
+        <v>199</v>
+      </c>
+      <c r="H27" t="s">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="28">
+      <c r="A28" t="s">
+        <v>68</v>
+      </c>
+      <c r="B28" t="s">
+        <v>201</v>
+      </c>
+      <c r="C28" t="s">
+        <v>202</v>
+      </c>
+      <c r="D28" t="s">
+        <v>12</v>
+      </c>
+      <c r="E28" t="s">
+        <v>203</v>
+      </c>
+      <c r="F28" t="s">
+        <v>12</v>
+      </c>
+      <c r="G28" t="s">
+        <v>204</v>
+      </c>
+      <c r="H28" t="s">
+        <v>205</v>
+      </c>
+    </row>
+    <row r="29">
+      <c r="A29" t="s">
+        <v>68</v>
+      </c>
+      <c r="B29" t="s">
+        <v>206</v>
+      </c>
+      <c r="C29" t="s">
+        <v>207</v>
+      </c>
+      <c r="D29" t="s">
+        <v>12</v>
+      </c>
+      <c r="E29" t="s">
+        <v>208</v>
+      </c>
+      <c r="F29" t="s">
+        <v>12</v>
+      </c>
+      <c r="G29" t="s">
+        <v>209</v>
+      </c>
+      <c r="H29" t="s">
+        <v>210</v>
+      </c>
+    </row>
+    <row r="30">
+      <c r="A30" t="s">
+        <v>68</v>
+      </c>
+      <c r="B30" t="s">
+        <v>211</v>
+      </c>
+      <c r="C30" t="s">
+        <v>212</v>
+      </c>
+      <c r="D30" t="s">
+        <v>12</v>
+      </c>
+      <c r="E30" t="s">
+        <v>213</v>
+      </c>
+      <c r="F30" t="s">
+        <v>12</v>
+      </c>
+      <c r="G30" t="s">
+        <v>214</v>
+      </c>
+      <c r="H30" t="s">
+        <v>215</v>
+      </c>
+    </row>
+    <row r="31">
+      <c r="A31" t="s">
+        <v>68</v>
+      </c>
+      <c r="B31" t="s">
+        <v>216</v>
+      </c>
+      <c r="C31" t="s">
+        <v>217</v>
+      </c>
+      <c r="D31" t="s">
+        <v>12</v>
+      </c>
+      <c r="E31" t="s">
+        <v>218</v>
+      </c>
+      <c r="F31" t="s">
+        <v>12</v>
+      </c>
+      <c r="G31" t="s">
+        <v>219</v>
+      </c>
+      <c r="H31" t="s">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="32">
+      <c r="A32" t="s">
+        <v>68</v>
+      </c>
+      <c r="B32" t="s">
+        <v>221</v>
+      </c>
+      <c r="C32" t="s">
+        <v>222</v>
+      </c>
+      <c r="D32" t="s">
+        <v>12</v>
+      </c>
+      <c r="E32" t="s">
+        <v>223</v>
+      </c>
+      <c r="F32" t="s">
+        <v>12</v>
+      </c>
+      <c r="G32" t="s">
+        <v>224</v>
+      </c>
+      <c r="H32" t="s">
+        <v>225</v>
+      </c>
+    </row>
+    <row r="33">
+      <c r="A33" t="s">
+        <v>68</v>
+      </c>
+      <c r="B33" t="s">
+        <v>226</v>
+      </c>
+      <c r="C33" t="s">
+        <v>227</v>
+      </c>
+      <c r="D33" t="s">
+        <v>12</v>
+      </c>
+      <c r="E33" t="s">
+        <v>228</v>
+      </c>
+      <c r="F33" t="s">
+        <v>12</v>
+      </c>
+      <c r="G33" t="s">
+        <v>229</v>
+      </c>
+      <c r="H33" t="s">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="34">
+      <c r="A34" t="s">
+        <v>68</v>
+      </c>
+      <c r="B34" t="s">
+        <v>231</v>
+      </c>
+      <c r="C34" t="s">
+        <v>232</v>
+      </c>
+      <c r="D34" t="s">
+        <v>12</v>
+      </c>
+      <c r="E34" t="s">
+        <v>233</v>
+      </c>
+      <c r="F34" t="s">
+        <v>12</v>
+      </c>
+      <c r="G34" t="s">
+        <v>234</v>
+      </c>
+      <c r="H34" t="s">
+        <v>235</v>
+      </c>
+    </row>
+    <row r="35">
+      <c r="A35" t="s">
+        <v>68</v>
+      </c>
+      <c r="B35" t="s">
+        <v>236</v>
+      </c>
+      <c r="C35" t="s">
+        <v>237</v>
+      </c>
+      <c r="D35" t="s">
+        <v>12</v>
+      </c>
+      <c r="E35" t="s">
+        <v>238</v>
+      </c>
+      <c r="F35" t="s">
+        <v>12</v>
+      </c>
+      <c r="G35" t="s">
+        <v>239</v>
+      </c>
+      <c r="H35" t="s">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="36">
+      <c r="A36" t="s">
+        <v>68</v>
+      </c>
+      <c r="B36" t="s">
+        <v>241</v>
+      </c>
+      <c r="C36" t="s">
+        <v>242</v>
+      </c>
+      <c r="D36" t="s">
+        <v>12</v>
+      </c>
+      <c r="E36" t="s">
+        <v>238</v>
+      </c>
+      <c r="F36" t="s">
+        <v>12</v>
+      </c>
+      <c r="G36" t="s">
+        <v>243</v>
+      </c>
+      <c r="H36" t="s">
+        <v>244</v>
+      </c>
+    </row>
+    <row r="37">
+      <c r="A37" t="s">
+        <v>68</v>
+      </c>
+      <c r="B37" t="s">
+        <v>245</v>
+      </c>
+      <c r="C37" t="s">
+        <v>246</v>
+      </c>
+      <c r="D37" t="s">
+        <v>12</v>
+      </c>
+      <c r="E37" t="s">
+        <v>247</v>
+      </c>
+      <c r="F37" t="s">
+        <v>12</v>
+      </c>
+      <c r="G37" t="s">
+        <v>248</v>
+      </c>
+      <c r="H37" t="s">
+        <v>249</v>
+      </c>
+    </row>
+    <row r="38">
+      <c r="A38" t="s">
+        <v>68</v>
+      </c>
+      <c r="B38" t="s">
+        <v>250</v>
+      </c>
+      <c r="C38" t="s">
+        <v>251</v>
+      </c>
+      <c r="D38" t="s">
+        <v>12</v>
+      </c>
+      <c r="E38" t="s">
+        <v>247</v>
+      </c>
+      <c r="F38" t="s">
+        <v>12</v>
+      </c>
+      <c r="G38" t="s">
+        <v>252</v>
+      </c>
+      <c r="H38" t="s">
+        <v>253</v>
+      </c>
+    </row>
+    <row r="39">
+      <c r="A39" t="s">
+        <v>68</v>
+      </c>
+      <c r="B39" t="s">
+        <v>254</v>
+      </c>
+      <c r="C39" t="s">
+        <v>255</v>
+      </c>
+      <c r="D39" t="s">
+        <v>12</v>
+      </c>
+      <c r="E39" t="s">
+        <v>247</v>
+      </c>
+      <c r="F39" t="s">
+        <v>12</v>
+      </c>
+      <c r="G39" t="s">
+        <v>256</v>
+      </c>
+      <c r="H39" t="s">
+        <v>257</v>
+      </c>
+    </row>
+    <row r="40">
+      <c r="A40" t="s">
+        <v>68</v>
+      </c>
+      <c r="B40" t="s">
+        <v>258</v>
+      </c>
+      <c r="C40" t="s">
+        <v>259</v>
+      </c>
+      <c r="D40" t="s">
+        <v>12</v>
+      </c>
+      <c r="E40" t="s">
+        <v>260</v>
+      </c>
+      <c r="F40" t="s">
+        <v>12</v>
+      </c>
+      <c r="G40" t="s">
+        <v>261</v>
+      </c>
+      <c r="H40" t="s">
+        <v>262</v>
+      </c>
+    </row>
+    <row r="41">
+      <c r="A41" t="s">
+        <v>68</v>
+      </c>
+      <c r="B41" t="s">
+        <v>263</v>
+      </c>
+      <c r="C41" t="s">
+        <v>264</v>
+      </c>
+      <c r="D41" t="s">
+        <v>12</v>
+      </c>
+      <c r="E41" t="s">
+        <v>265</v>
+      </c>
+      <c r="F41" t="s">
+        <v>12</v>
+      </c>
+      <c r="G41" t="s">
+        <v>266</v>
+      </c>
+      <c r="H41" t="s">
+        <v>267</v>
+      </c>
+    </row>
+    <row r="42">
+      <c r="A42" t="s">
+        <v>68</v>
+      </c>
+      <c r="B42" t="s">
+        <v>268</v>
+      </c>
+      <c r="C42" t="s">
+        <v>269</v>
+      </c>
+      <c r="D42" t="s">
+        <v>12</v>
+      </c>
+      <c r="E42" t="s">
+        <v>270</v>
+      </c>
+      <c r="F42" t="s">
+        <v>12</v>
+      </c>
+      <c r="G42" t="s">
+        <v>271</v>
+      </c>
+      <c r="H42" t="s">
+        <v>272</v>
+      </c>
+    </row>
+    <row r="43">
+      <c r="A43" t="s">
+        <v>68</v>
+      </c>
+      <c r="B43" t="s">
+        <v>273</v>
+      </c>
+      <c r="C43" t="s">
+        <v>274</v>
+      </c>
+      <c r="D43" t="s">
+        <v>275</v>
+      </c>
+      <c r="E43" t="s">
+        <v>276</v>
+      </c>
+      <c r="F43" t="s">
+        <v>12</v>
+      </c>
+      <c r="G43" t="s">
+        <v>277</v>
+      </c>
+      <c r="H43" t="s">
+        <v>278</v>
+      </c>
+    </row>
+    <row r="44">
+      <c r="A44" t="s">
+        <v>68</v>
+      </c>
+      <c r="B44" t="s">
+        <v>279</v>
+      </c>
+      <c r="C44" t="s">
+        <v>280</v>
+      </c>
+      <c r="D44" t="s">
+        <v>12</v>
+      </c>
+      <c r="E44" t="s">
+        <v>281</v>
+      </c>
+      <c r="F44" t="s">
+        <v>12</v>
+      </c>
+      <c r="G44" t="s">
+        <v>282</v>
+      </c>
+      <c r="H44" t="s">
+        <v>283</v>
+      </c>
+    </row>
+    <row r="45">
+      <c r="A45" t="s">
+        <v>68</v>
+      </c>
+      <c r="B45" t="s">
+        <v>284</v>
+      </c>
+      <c r="C45" t="s">
+        <v>285</v>
+      </c>
+      <c r="D45" t="s">
+        <v>12</v>
+      </c>
+      <c r="E45" t="s">
+        <v>286</v>
+      </c>
+      <c r="F45" t="s">
+        <v>12</v>
+      </c>
+      <c r="G45" t="s">
+        <v>287</v>
+      </c>
+      <c r="H45" t="s">
+        <v>288</v>
+      </c>
+    </row>
+    <row r="46">
+      <c r="A46" t="s">
+        <v>68</v>
+      </c>
+      <c r="B46" t="s">
+        <v>289</v>
+      </c>
+      <c r="C46" t="s">
+        <v>290</v>
+      </c>
+      <c r="D46" t="s">
+        <v>12</v>
+      </c>
+      <c r="E46" t="s">
+        <v>291</v>
+      </c>
+      <c r="F46" t="s">
+        <v>12</v>
+      </c>
+      <c r="G46" t="s">
+        <v>292</v>
+      </c>
+      <c r="H46" t="s">
+        <v>293</v>
+      </c>
+    </row>
+    <row r="47">
+      <c r="A47" t="s">
+        <v>68</v>
+      </c>
+      <c r="B47" t="s">
+        <v>294</v>
+      </c>
+      <c r="C47" t="s">
+        <v>295</v>
+      </c>
+      <c r="D47" t="s">
+        <v>12</v>
+      </c>
+      <c r="E47" t="s">
+        <v>296</v>
+      </c>
+      <c r="F47" t="s">
+        <v>12</v>
+      </c>
+      <c r="G47" t="s">
+        <v>297</v>
+      </c>
+      <c r="H47" t="s">
+        <v>298</v>
+      </c>
+    </row>
+    <row r="48">
+      <c r="A48" t="s">
+        <v>68</v>
+      </c>
+      <c r="B48" t="s">
+        <v>299</v>
+      </c>
+      <c r="C48" t="s">
+        <v>300</v>
+      </c>
+      <c r="D48" t="s">
+        <v>301</v>
+      </c>
+      <c r="E48" t="s">
+        <v>302</v>
+      </c>
+      <c r="F48" t="s">
+        <v>12</v>
+      </c>
+      <c r="G48" t="s">
+        <v>303</v>
+      </c>
+      <c r="H48" t="s">
+        <v>304</v>
+      </c>
+    </row>
+    <row r="49">
+      <c r="A49" t="s">
+        <v>68</v>
+      </c>
+      <c r="B49" t="s">
+        <v>305</v>
+      </c>
+      <c r="C49" t="s">
+        <v>306</v>
+      </c>
+      <c r="D49" t="s">
+        <v>12</v>
+      </c>
+      <c r="E49" t="s">
+        <v>307</v>
+      </c>
+      <c r="F49" t="s">
+        <v>12</v>
+      </c>
+      <c r="G49" t="s">
+        <v>308</v>
+      </c>
+      <c r="H49" t="s">
+        <v>309</v>
+      </c>
+    </row>
+    <row r="50">
+      <c r="A50" t="s">
+        <v>68</v>
+      </c>
+      <c r="B50" t="s">
+        <v>310</v>
+      </c>
+      <c r="C50" t="s">
+        <v>311</v>
+      </c>
+      <c r="D50" t="s">
+        <v>12</v>
+      </c>
+      <c r="E50" t="s">
+        <v>312</v>
+      </c>
+      <c r="F50" t="s">
+        <v>12</v>
+      </c>
+      <c r="G50" t="s">
+        <v>313</v>
+      </c>
+      <c r="H50" t="s">
+        <v>314</v>
+      </c>
+    </row>
+    <row r="51">
+      <c r="A51" t="s">
+        <v>68</v>
+      </c>
+      <c r="B51" t="s">
+        <v>157</v>
+      </c>
+      <c r="C51" t="s">
+        <v>12</v>
+      </c>
+      <c r="D51" t="s">
+        <v>315</v>
+      </c>
+      <c r="E51" t="s">
+        <v>316</v>
+      </c>
+      <c r="F51" t="s">
+        <v>12</v>
+      </c>
+      <c r="G51" t="s">
+        <v>317</v>
+      </c>
+      <c r="H51" t="s">
+        <v>318</v>
+      </c>
+    </row>
+    <row r="52">
+      <c r="A52" t="s">
+        <v>68</v>
+      </c>
+      <c r="B52" t="s">
+        <v>319</v>
+      </c>
+      <c r="C52" t="s">
+        <v>320</v>
+      </c>
+      <c r="D52" t="s">
+        <v>12</v>
+      </c>
+      <c r="E52" t="s">
+        <v>321</v>
+      </c>
+      <c r="F52" t="s">
+        <v>12</v>
+      </c>
+      <c r="G52" t="s">
+        <v>322</v>
+      </c>
+      <c r="H52" t="s">
+        <v>323</v>
+      </c>
+    </row>
+    <row r="53">
+      <c r="A53" t="s">
+        <v>68</v>
+      </c>
+      <c r="B53" t="s">
+        <v>324</v>
+      </c>
+      <c r="C53" t="s">
+        <v>325</v>
+      </c>
+      <c r="D53" t="s">
+        <v>12</v>
+      </c>
+      <c r="E53" t="s">
+        <v>326</v>
+      </c>
+      <c r="F53" t="s">
+        <v>12</v>
+      </c>
+      <c r="G53" t="s">
+        <v>327</v>
+      </c>
+      <c r="H53" t="s">
+        <v>328</v>
+      </c>
+    </row>
+    <row r="54">
+      <c r="A54" t="s">
+        <v>68</v>
+      </c>
+      <c r="B54" t="s">
+        <v>329</v>
+      </c>
+      <c r="C54" t="s">
+        <v>163</v>
+      </c>
+      <c r="D54" t="s">
+        <v>330</v>
+      </c>
+      <c r="E54" t="s">
+        <v>331</v>
+      </c>
+      <c r="F54" t="s">
+        <v>12</v>
+      </c>
+      <c r="G54" t="s">
+        <v>332</v>
+      </c>
+      <c r="H54" t="s">
+        <v>333</v>
+      </c>
+    </row>
+    <row r="55">
+      <c r="A55" t="s">
+        <v>68</v>
+      </c>
+      <c r="B55" t="s">
+        <v>334</v>
+      </c>
+      <c r="C55" t="s">
+        <v>335</v>
+      </c>
+      <c r="D55" t="s">
+        <v>12</v>
+      </c>
+      <c r="E55" t="s">
+        <v>336</v>
+      </c>
+      <c r="F55" t="s">
+        <v>12</v>
+      </c>
+      <c r="G55" t="s">
+        <v>337</v>
+      </c>
+      <c r="H55" t="s">
+        <v>338</v>
+      </c>
+    </row>
+    <row r="56">
+      <c r="A56" t="s">
+        <v>68</v>
+      </c>
+      <c r="B56" t="s">
+        <v>339</v>
+      </c>
+      <c r="C56" t="s">
+        <v>163</v>
+      </c>
+      <c r="D56" t="s">
+        <v>330</v>
+      </c>
+      <c r="E56" t="s">
+        <v>340</v>
+      </c>
+      <c r="F56" t="s">
+        <v>12</v>
+      </c>
+      <c r="G56" t="s">
+        <v>341</v>
+      </c>
+      <c r="H56" t="s">
+        <v>342</v>
+      </c>
+    </row>
+    <row r="57">
+      <c r="A57" t="s">
+        <v>68</v>
+      </c>
+      <c r="B57" t="s">
+        <v>343</v>
+      </c>
+      <c r="C57" t="s">
+        <v>344</v>
+      </c>
+      <c r="D57" t="s">
+        <v>12</v>
+      </c>
+      <c r="E57" t="s">
+        <v>345</v>
+      </c>
+      <c r="F57" t="s">
+        <v>12</v>
+      </c>
+      <c r="G57" t="s">
+        <v>346</v>
+      </c>
+      <c r="H57" t="s">
+        <v>347</v>
+      </c>
+    </row>
+    <row r="58">
+      <c r="A58" t="s">
+        <v>68</v>
+      </c>
+      <c r="B58" t="s">
+        <v>348</v>
+      </c>
+      <c r="C58" t="s">
+        <v>349</v>
+      </c>
+      <c r="D58" t="s">
+        <v>12</v>
+      </c>
+      <c r="E58" t="s">
+        <v>350</v>
+      </c>
+      <c r="F58" t="s">
+        <v>12</v>
+      </c>
+      <c r="G58" t="s">
+        <v>351</v>
+      </c>
+      <c r="H58" t="s">
+        <v>352</v>
+      </c>
+    </row>
+    <row r="59">
+      <c r="A59" t="s">
+        <v>68</v>
+      </c>
+      <c r="B59" t="s">
+        <v>353</v>
+      </c>
+      <c r="C59" t="s">
+        <v>354</v>
+      </c>
+      <c r="D59" t="s">
+        <v>12</v>
+      </c>
+      <c r="E59" t="s">
+        <v>355</v>
+      </c>
+      <c r="F59" t="s">
+        <v>12</v>
+      </c>
+      <c r="G59" t="s">
+        <v>356</v>
+      </c>
+      <c r="H59" t="s">
+        <v>357</v>
+      </c>
+    </row>
+    <row r="60">
+      <c r="A60" t="s">
+        <v>68</v>
+      </c>
+      <c r="B60" t="s">
+        <v>358</v>
+      </c>
+      <c r="C60" t="s">
+        <v>359</v>
+      </c>
+      <c r="D60" t="s">
+        <v>12</v>
+      </c>
+      <c r="E60" t="s">
+        <v>360</v>
+      </c>
+      <c r="F60" t="s">
+        <v>12</v>
+      </c>
+      <c r="G60" t="s">
+        <v>361</v>
+      </c>
+      <c r="H60" t="s">
+        <v>362</v>
+      </c>
+    </row>
+    <row r="61">
+      <c r="A61" t="s">
+        <v>68</v>
+      </c>
+      <c r="B61" t="s">
+        <v>363</v>
+      </c>
+      <c r="C61" t="s">
+        <v>364</v>
+      </c>
+      <c r="D61" t="s">
+        <v>12</v>
+      </c>
+      <c r="E61" t="s">
+        <v>365</v>
+      </c>
+      <c r="F61" t="s">
+        <v>12</v>
+      </c>
+      <c r="G61" t="s">
+        <v>366</v>
+      </c>
+      <c r="H61" t="s">
+        <v>367</v>
+      </c>
+    </row>
+    <row r="62">
+      <c r="A62" t="s">
+        <v>68</v>
+      </c>
+      <c r="B62" t="s">
+        <v>368</v>
+      </c>
+      <c r="C62" t="s">
+        <v>369</v>
+      </c>
+      <c r="D62" t="s">
+        <v>12</v>
+      </c>
+      <c r="E62" t="s">
+        <v>370</v>
+      </c>
+      <c r="F62" t="s">
+        <v>12</v>
+      </c>
+      <c r="G62" t="s">
+        <v>371</v>
+      </c>
+      <c r="H62" t="s">
+        <v>372</v>
+      </c>
+    </row>
+    <row r="63">
+      <c r="A63" t="s">
+        <v>68</v>
+      </c>
+      <c r="B63" t="s">
+        <v>373</v>
+      </c>
+      <c r="C63" t="s">
+        <v>374</v>
+      </c>
+      <c r="D63" t="s">
+        <v>12</v>
+      </c>
+      <c r="E63" t="s">
+        <v>375</v>
+      </c>
+      <c r="F63" t="s">
+        <v>12</v>
+      </c>
+      <c r="G63" t="s">
+        <v>376</v>
+      </c>
+      <c r="H63" t="s">
+        <v>377</v>
+      </c>
+    </row>
+    <row r="64">
+      <c r="A64" t="s">
+        <v>68</v>
+      </c>
+      <c r="B64" t="s">
+        <v>378</v>
+      </c>
+      <c r="C64" t="s">
+        <v>379</v>
+      </c>
+      <c r="D64" t="s">
+        <v>12</v>
+      </c>
+      <c r="E64" t="s">
+        <v>380</v>
+      </c>
+      <c r="F64" t="s">
+        <v>12</v>
+      </c>
+      <c r="G64" t="s">
+        <v>381</v>
+      </c>
+      <c r="H64" t="s">
+        <v>382</v>
+      </c>
+    </row>
+    <row r="65">
+      <c r="A65" t="s">
+        <v>68</v>
+      </c>
+      <c r="B65" t="s">
+        <v>383</v>
+      </c>
+      <c r="C65" t="s">
+        <v>384</v>
+      </c>
+      <c r="D65" t="s">
+        <v>12</v>
+      </c>
+      <c r="E65" t="s">
+        <v>385</v>
+      </c>
+      <c r="F65" t="s">
+        <v>12</v>
+      </c>
+      <c r="G65" t="s">
+        <v>386</v>
+      </c>
+      <c r="H65" t="s">
+        <v>387</v>
+      </c>
+    </row>
+    <row r="66">
+      <c r="A66" t="s">
+        <v>68</v>
+      </c>
+      <c r="B66" t="s">
+        <v>388</v>
+      </c>
+      <c r="C66" t="s">
+        <v>12</v>
+      </c>
+      <c r="D66" t="s">
+        <v>12</v>
+      </c>
+      <c r="E66" t="s">
+        <v>389</v>
+      </c>
+      <c r="F66" t="s">
+        <v>12</v>
+      </c>
+      <c r="G66" t="s">
+        <v>390</v>
+      </c>
+      <c r="H66" t="s">
+        <v>391</v>
+      </c>
+    </row>
+    <row r="67">
+      <c r="A67" t="s">
+        <v>68</v>
+      </c>
+      <c r="B67" t="s">
+        <v>392</v>
+      </c>
+      <c r="C67" t="s">
+        <v>393</v>
+      </c>
+      <c r="D67" t="s">
+        <v>12</v>
+      </c>
+      <c r="E67" t="s">
+        <v>394</v>
+      </c>
+      <c r="F67" t="s">
+        <v>12</v>
+      </c>
+      <c r="G67" t="s">
+        <v>395</v>
+      </c>
+      <c r="H67" t="s">
+        <v>396</v>
+      </c>
+    </row>
+    <row r="68">
+      <c r="A68" t="s">
+        <v>68</v>
+      </c>
+      <c r="B68" t="s">
+        <v>397</v>
+      </c>
+      <c r="C68" t="s">
+        <v>398</v>
+      </c>
+      <c r="D68" t="s">
+        <v>12</v>
+      </c>
+      <c r="E68" t="s">
+        <v>399</v>
+      </c>
+      <c r="F68" t="s">
+        <v>12</v>
+      </c>
+      <c r="G68" t="s">
+        <v>400</v>
+      </c>
+      <c r="H68" t="s">
+        <v>401</v>
+      </c>
+    </row>
+    <row r="69">
+      <c r="A69" t="s">
+        <v>68</v>
+      </c>
+      <c r="B69" t="s">
+        <v>402</v>
+      </c>
+      <c r="C69" t="s">
+        <v>403</v>
+      </c>
+      <c r="D69" t="s">
+        <v>12</v>
+      </c>
+      <c r="E69" t="s">
+        <v>404</v>
+      </c>
+      <c r="F69" t="s">
+        <v>12</v>
+      </c>
+      <c r="G69" t="s">
+        <v>405</v>
+      </c>
+      <c r="H69" t="s">
+        <v>406</v>
+      </c>
+    </row>
+    <row r="70">
+      <c r="A70" t="s">
+        <v>68</v>
+      </c>
+      <c r="B70" t="s">
+        <v>407</v>
+      </c>
+      <c r="C70" t="s">
+        <v>408</v>
+      </c>
+      <c r="D70" t="s">
+        <v>409</v>
+      </c>
+      <c r="E70" t="s">
+        <v>410</v>
+      </c>
+      <c r="F70" t="s">
+        <v>12</v>
+      </c>
+      <c r="G70" t="s">
+        <v>411</v>
+      </c>
+      <c r="H70" t="s">
+        <v>412</v>
+      </c>
+    </row>
+    <row r="71">
+      <c r="A71" t="s">
+        <v>68</v>
+      </c>
+      <c r="B71" t="s">
+        <v>413</v>
+      </c>
+      <c r="C71" t="s">
+        <v>414</v>
+      </c>
+      <c r="D71" t="s">
+        <v>12</v>
+      </c>
+      <c r="E71" t="s">
+        <v>415</v>
+      </c>
+      <c r="F71" t="s">
+        <v>12</v>
+      </c>
+      <c r="G71" t="s">
+        <v>416</v>
+      </c>
+      <c r="H71" t="s">
+        <v>417</v>
+      </c>
+    </row>
+    <row r="72">
+      <c r="A72" t="s">
+        <v>68</v>
+      </c>
+      <c r="B72" t="s">
+        <v>418</v>
+      </c>
+      <c r="C72" t="s">
+        <v>419</v>
+      </c>
+      <c r="D72" t="s">
+        <v>420</v>
+      </c>
+      <c r="E72" t="s">
+        <v>421</v>
+      </c>
+      <c r="F72" t="s">
+        <v>12</v>
+      </c>
+      <c r="G72" t="s">
+        <v>422</v>
+      </c>
+      <c r="H72" t="s">
+        <v>423</v>
+      </c>
+    </row>
+    <row r="73">
+      <c r="A73" t="s">
+        <v>68</v>
+      </c>
+      <c r="B73" t="s">
+        <v>424</v>
+      </c>
+      <c r="C73" t="s">
+        <v>12</v>
+      </c>
+      <c r="D73" t="s">
+        <v>425</v>
+      </c>
+      <c r="E73" t="s">
+        <v>426</v>
+      </c>
+      <c r="F73" t="s">
+        <v>12</v>
+      </c>
+      <c r="G73" t="s">
+        <v>427</v>
+      </c>
+      <c r="H73" t="s">
+        <v>428</v>
+      </c>
+    </row>
+    <row r="74">
+      <c r="A74" t="s">
+        <v>68</v>
+      </c>
+      <c r="B74" t="s">
+        <v>429</v>
+      </c>
+      <c r="C74" t="s">
+        <v>12</v>
+      </c>
+      <c r="D74" t="s">
+        <v>425</v>
+      </c>
+      <c r="E74" t="s">
+        <v>425</v>
+      </c>
+      <c r="F74" t="s">
+        <v>12</v>
+      </c>
+      <c r="G74" t="s">
+        <v>430</v>
+      </c>
+      <c r="H74" t="s">
+        <v>431</v>
+      </c>
+    </row>
+    <row r="75">
+      <c r="A75" t="s">
+        <v>68</v>
+      </c>
+      <c r="B75" t="s">
+        <v>432</v>
+      </c>
+      <c r="C75" t="s">
+        <v>12</v>
+      </c>
+      <c r="D75" t="s">
+        <v>425</v>
+      </c>
+      <c r="E75" t="s">
+        <v>425</v>
+      </c>
+      <c r="F75" t="s">
+        <v>12</v>
+      </c>
+      <c r="G75" t="s">
+        <v>433</v>
+      </c>
+      <c r="H75" t="s">
+        <v>434</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H19"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>435</v>
+      </c>
+      <c r="B2" t="s">
+        <v>436</v>
+      </c>
+      <c r="C2" t="s">
+        <v>437</v>
+      </c>
+      <c r="D2" t="s">
+        <v>438</v>
+      </c>
+      <c r="E2" t="s">
+        <v>439</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>440</v>
+      </c>
+      <c r="H2" t="s">
+        <v>441</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>435</v>
+      </c>
+      <c r="B3" t="s">
+        <v>442</v>
+      </c>
+      <c r="C3" t="s">
+        <v>443</v>
+      </c>
+      <c r="D3" t="s">
+        <v>444</v>
+      </c>
+      <c r="E3" t="s">
+        <v>445</v>
+      </c>
+      <c r="F3" t="s">
+        <v>12</v>
+      </c>
+      <c r="G3" t="s">
+        <v>446</v>
+      </c>
+      <c r="H3" t="s">
+        <v>447</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>435</v>
+      </c>
+      <c r="B4" t="s">
+        <v>448</v>
+      </c>
+      <c r="C4" t="s">
+        <v>449</v>
+      </c>
+      <c r="D4" t="s">
+        <v>450</v>
+      </c>
+      <c r="E4" t="s">
+        <v>451</v>
+      </c>
+      <c r="F4" t="s">
+        <v>12</v>
+      </c>
+      <c r="G4" t="s">
+        <v>452</v>
+      </c>
+      <c r="H4" t="s">
+        <v>453</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>435</v>
+      </c>
+      <c r="B5" t="s">
+        <v>454</v>
+      </c>
+      <c r="C5" t="s">
+        <v>455</v>
+      </c>
+      <c r="D5" t="s">
+        <v>456</v>
+      </c>
+      <c r="E5" t="s">
+        <v>457</v>
+      </c>
+      <c r="F5" t="s">
+        <v>12</v>
+      </c>
+      <c r="G5" t="s">
+        <v>458</v>
+      </c>
+      <c r="H5" t="s">
+        <v>459</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>435</v>
+      </c>
+      <c r="B6" t="s">
+        <v>460</v>
+      </c>
+      <c r="C6" t="s">
+        <v>461</v>
+      </c>
+      <c r="D6" t="s">
+        <v>330</v>
+      </c>
+      <c r="E6" t="s">
+        <v>462</v>
+      </c>
+      <c r="F6" t="s">
+        <v>12</v>
+      </c>
+      <c r="G6" t="s">
+        <v>463</v>
+      </c>
+      <c r="H6" t="s">
+        <v>464</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>435</v>
+      </c>
+      <c r="B7" t="s">
+        <v>465</v>
+      </c>
+      <c r="C7" t="s">
+        <v>466</v>
+      </c>
+      <c r="D7" t="s">
+        <v>467</v>
+      </c>
+      <c r="E7" t="s">
+        <v>468</v>
+      </c>
+      <c r="F7" t="s">
+        <v>12</v>
+      </c>
+      <c r="G7" t="s">
+        <v>469</v>
+      </c>
+      <c r="H7" t="s">
+        <v>470</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>435</v>
+      </c>
+      <c r="B8" t="s">
+        <v>471</v>
+      </c>
+      <c r="C8" t="s">
+        <v>472</v>
+      </c>
+      <c r="D8" t="s">
+        <v>473</v>
+      </c>
+      <c r="E8" t="s">
+        <v>474</v>
+      </c>
+      <c r="F8" t="s">
+        <v>12</v>
+      </c>
+      <c r="G8" t="s">
+        <v>475</v>
+      </c>
+      <c r="H8" t="s">
+        <v>476</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>435</v>
+      </c>
+      <c r="B9" t="s">
+        <v>477</v>
+      </c>
+      <c r="C9" t="s">
+        <v>12</v>
+      </c>
+      <c r="D9" t="s">
+        <v>12</v>
+      </c>
+      <c r="E9" t="s">
+        <v>478</v>
+      </c>
+      <c r="F9" t="s">
+        <v>12</v>
+      </c>
+      <c r="G9" t="s">
+        <v>479</v>
+      </c>
+      <c r="H9" t="s">
+        <v>480</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>435</v>
+      </c>
+      <c r="B10" t="s">
+        <v>481</v>
+      </c>
+      <c r="C10" t="s">
+        <v>482</v>
+      </c>
+      <c r="D10" t="s">
+        <v>483</v>
+      </c>
+      <c r="E10" t="s">
+        <v>484</v>
+      </c>
+      <c r="F10" t="s">
+        <v>12</v>
+      </c>
+      <c r="G10" t="s">
+        <v>485</v>
+      </c>
+      <c r="H10" t="s">
+        <v>486</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>435</v>
+      </c>
+      <c r="B11" t="s">
+        <v>487</v>
+      </c>
+      <c r="C11" t="s">
+        <v>488</v>
+      </c>
+      <c r="D11" t="s">
+        <v>489</v>
+      </c>
+      <c r="E11" t="s">
+        <v>490</v>
+      </c>
+      <c r="F11" t="s">
+        <v>12</v>
+      </c>
+      <c r="G11" t="s">
+        <v>491</v>
+      </c>
+      <c r="H11" t="s">
+        <v>492</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>435</v>
+      </c>
+      <c r="B12" t="s">
+        <v>493</v>
+      </c>
+      <c r="C12" t="s">
+        <v>494</v>
+      </c>
+      <c r="D12" t="s">
+        <v>495</v>
+      </c>
+      <c r="E12" t="s">
+        <v>496</v>
+      </c>
+      <c r="F12" t="s">
+        <v>12</v>
+      </c>
+      <c r="G12" t="s">
+        <v>497</v>
+      </c>
+      <c r="H12" t="s">
+        <v>498</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="s">
+        <v>435</v>
+      </c>
+      <c r="B13" t="s">
+        <v>499</v>
+      </c>
+      <c r="C13" t="s">
+        <v>500</v>
+      </c>
+      <c r="D13" t="s">
+        <v>501</v>
+      </c>
+      <c r="E13" t="s">
+        <v>501</v>
+      </c>
+      <c r="F13" t="s">
+        <v>12</v>
+      </c>
+      <c r="G13" t="s">
+        <v>502</v>
+      </c>
+      <c r="H13" t="s">
+        <v>503</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" t="s">
+        <v>435</v>
+      </c>
+      <c r="B14" t="s">
+        <v>504</v>
+      </c>
+      <c r="C14" t="s">
+        <v>505</v>
+      </c>
+      <c r="D14" t="s">
+        <v>506</v>
+      </c>
+      <c r="E14" t="s">
+        <v>506</v>
+      </c>
+      <c r="F14" t="s">
+        <v>12</v>
+      </c>
+      <c r="G14" t="s">
+        <v>507</v>
+      </c>
+      <c r="H14" t="s">
+        <v>508</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" t="s">
+        <v>435</v>
+      </c>
+      <c r="B15" t="s">
+        <v>509</v>
+      </c>
+      <c r="C15" t="s">
+        <v>510</v>
+      </c>
+      <c r="D15" t="s">
+        <v>511</v>
+      </c>
+      <c r="E15" t="s">
+        <v>512</v>
+      </c>
+      <c r="F15" t="s">
+        <v>12</v>
+      </c>
+      <c r="G15" t="s">
+        <v>513</v>
+      </c>
+      <c r="H15" t="s">
+        <v>514</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" t="s">
+        <v>435</v>
+      </c>
+      <c r="B16" t="s">
+        <v>515</v>
+      </c>
+      <c r="C16" t="s">
+        <v>516</v>
+      </c>
+      <c r="D16" t="s">
+        <v>517</v>
+      </c>
+      <c r="E16" t="s">
+        <v>518</v>
+      </c>
+      <c r="F16" t="s">
+        <v>12</v>
+      </c>
+      <c r="G16" t="s">
+        <v>519</v>
+      </c>
+      <c r="H16" t="s">
+        <v>520</v>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" t="s">
+        <v>435</v>
+      </c>
+      <c r="B17" t="s">
+        <v>521</v>
+      </c>
+      <c r="C17" t="s">
+        <v>522</v>
+      </c>
+      <c r="D17" t="s">
+        <v>523</v>
+      </c>
+      <c r="E17" t="s">
+        <v>524</v>
+      </c>
+      <c r="F17" t="s">
+        <v>12</v>
+      </c>
+      <c r="G17" t="s">
+        <v>525</v>
+      </c>
+      <c r="H17" t="s">
+        <v>526</v>
+      </c>
+    </row>
+    <row r="18">
+      <c r="A18" t="s">
+        <v>435</v>
+      </c>
+      <c r="B18" t="s">
+        <v>527</v>
+      </c>
+      <c r="C18" t="s">
+        <v>528</v>
+      </c>
+      <c r="D18" t="s">
+        <v>529</v>
+      </c>
+      <c r="E18" t="s">
+        <v>530</v>
+      </c>
+      <c r="F18" t="s">
+        <v>12</v>
+      </c>
+      <c r="G18" t="s">
+        <v>531</v>
+      </c>
+      <c r="H18" t="s">
+        <v>532</v>
+      </c>
+    </row>
+    <row r="19">
+      <c r="A19" t="s">
+        <v>435</v>
+      </c>
+      <c r="B19" t="s">
+        <v>533</v>
+      </c>
+      <c r="C19" t="s">
+        <v>534</v>
+      </c>
+      <c r="D19" t="s">
+        <v>535</v>
+      </c>
+      <c r="E19" t="s">
+        <v>536</v>
+      </c>
+      <c r="F19" t="s">
+        <v>12</v>
+      </c>
+      <c r="G19" t="s">
+        <v>537</v>
+      </c>
+      <c r="H19" t="s">
+        <v>538</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>539</v>
+      </c>
+      <c r="B2" t="s">
+        <v>540</v>
+      </c>
+      <c r="C2" t="s">
+        <v>541</v>
+      </c>
+      <c r="D2" t="s">
+        <v>12</v>
+      </c>
+      <c r="E2" t="s">
+        <v>542</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>543</v>
+      </c>
+      <c r="H2" t="s">
+        <v>544</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H14"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>545</v>
+      </c>
+      <c r="B2" t="s">
+        <v>546</v>
+      </c>
+      <c r="C2" t="s">
+        <v>12</v>
+      </c>
+      <c r="D2" t="s">
+        <v>547</v>
+      </c>
+      <c r="E2" t="s">
+        <v>548</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>549</v>
+      </c>
+      <c r="H2" t="s">
+        <v>550</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>545</v>
+      </c>
+      <c r="B3" t="s">
+        <v>551</v>
+      </c>
+      <c r="C3" t="s">
+        <v>552</v>
+      </c>
+      <c r="D3" t="s">
+        <v>553</v>
+      </c>
+      <c r="E3" t="s">
+        <v>554</v>
+      </c>
+      <c r="F3" t="s">
+        <v>12</v>
+      </c>
+      <c r="G3" t="s">
+        <v>555</v>
+      </c>
+      <c r="H3" t="s">
+        <v>556</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>545</v>
+      </c>
+      <c r="B4" t="s">
+        <v>557</v>
+      </c>
+      <c r="C4" t="s">
+        <v>558</v>
+      </c>
+      <c r="D4" t="s">
+        <v>559</v>
+      </c>
+      <c r="E4" t="s">
+        <v>560</v>
+      </c>
+      <c r="F4" t="s">
+        <v>12</v>
+      </c>
+      <c r="G4" t="s">
+        <v>561</v>
+      </c>
+      <c r="H4" t="s">
+        <v>562</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>545</v>
+      </c>
+      <c r="B5" t="s">
+        <v>563</v>
+      </c>
+      <c r="C5" t="s">
+        <v>564</v>
+      </c>
+      <c r="D5" t="s">
+        <v>565</v>
+      </c>
+      <c r="E5" t="s">
+        <v>566</v>
+      </c>
+      <c r="F5" t="s">
+        <v>12</v>
+      </c>
+      <c r="G5" t="s">
+        <v>567</v>
+      </c>
+      <c r="H5" t="s">
+        <v>568</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>545</v>
+      </c>
+      <c r="B6" t="s">
+        <v>569</v>
+      </c>
+      <c r="C6" t="s">
+        <v>570</v>
+      </c>
+      <c r="D6" t="s">
+        <v>571</v>
+      </c>
+      <c r="E6" t="s">
+        <v>572</v>
+      </c>
+      <c r="F6" t="s">
+        <v>12</v>
+      </c>
+      <c r="G6" t="s">
+        <v>573</v>
+      </c>
+      <c r="H6" t="s">
+        <v>574</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>545</v>
+      </c>
+      <c r="B7" t="s">
+        <v>575</v>
+      </c>
+      <c r="C7" t="s">
+        <v>576</v>
+      </c>
+      <c r="D7" t="s">
+        <v>577</v>
+      </c>
+      <c r="E7" t="s">
+        <v>578</v>
+      </c>
+      <c r="F7" t="s">
+        <v>12</v>
+      </c>
+      <c r="G7" t="s">
+        <v>579</v>
+      </c>
+      <c r="H7" t="s">
+        <v>580</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>545</v>
+      </c>
+      <c r="B8" t="s">
+        <v>581</v>
+      </c>
+      <c r="C8" t="s">
+        <v>582</v>
+      </c>
+      <c r="D8" t="s">
+        <v>583</v>
+      </c>
+      <c r="E8" t="s">
+        <v>584</v>
+      </c>
+      <c r="F8" t="s">
+        <v>12</v>
+      </c>
+      <c r="G8" t="s">
+        <v>585</v>
+      </c>
+      <c r="H8" t="s">
+        <v>586</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>545</v>
+      </c>
+      <c r="B9" t="s">
+        <v>587</v>
+      </c>
+      <c r="C9" t="s">
+        <v>588</v>
+      </c>
+      <c r="D9" t="s">
+        <v>589</v>
+      </c>
+      <c r="E9" t="s">
+        <v>590</v>
+      </c>
+      <c r="F9" t="s">
+        <v>12</v>
+      </c>
+      <c r="G9" t="s">
+        <v>591</v>
+      </c>
+      <c r="H9" t="s">
+        <v>592</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>545</v>
+      </c>
+      <c r="B10" t="s">
+        <v>593</v>
+      </c>
+      <c r="C10" t="s">
+        <v>594</v>
+      </c>
+      <c r="D10" t="s">
+        <v>595</v>
+      </c>
+      <c r="E10" t="s">
+        <v>596</v>
+      </c>
+      <c r="F10" t="s">
+        <v>12</v>
+      </c>
+      <c r="G10" t="s">
+        <v>597</v>
+      </c>
+      <c r="H10" t="s">
+        <v>598</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>545</v>
+      </c>
+      <c r="B11" t="s">
+        <v>599</v>
+      </c>
+      <c r="C11" t="s">
+        <v>600</v>
+      </c>
+      <c r="D11" t="s">
+        <v>601</v>
+      </c>
+      <c r="E11" t="s">
+        <v>602</v>
+      </c>
+      <c r="F11" t="s">
+        <v>12</v>
+      </c>
+      <c r="G11" t="s">
+        <v>603</v>
+      </c>
+      <c r="H11" t="s">
+        <v>604</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>545</v>
+      </c>
+      <c r="B12" t="s">
+        <v>605</v>
+      </c>
+      <c r="C12" t="s">
+        <v>606</v>
+      </c>
+      <c r="D12" t="s">
+        <v>607</v>
+      </c>
+      <c r="E12" t="s">
+        <v>608</v>
+      </c>
+      <c r="F12" t="s">
+        <v>12</v>
+      </c>
+      <c r="G12" t="s">
+        <v>609</v>
+      </c>
+      <c r="H12" t="s">
+        <v>610</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="s">
+        <v>545</v>
+      </c>
+      <c r="B13" t="s">
+        <v>611</v>
+      </c>
+      <c r="C13" t="s">
+        <v>612</v>
+      </c>
+      <c r="D13" t="s">
+        <v>613</v>
+      </c>
+      <c r="E13" t="s">
+        <v>614</v>
+      </c>
+      <c r="F13" t="s">
+        <v>12</v>
+      </c>
+      <c r="G13" t="s">
+        <v>615</v>
+      </c>
+      <c r="H13" t="s">
+        <v>616</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" t="s">
+        <v>545</v>
+      </c>
+      <c r="B14" t="s">
+        <v>617</v>
+      </c>
+      <c r="C14" t="s">
+        <v>618</v>
+      </c>
+      <c r="D14" t="s">
+        <v>619</v>
+      </c>
+      <c r="E14" t="s">
+        <v>620</v>
+      </c>
+      <c r="F14" t="s">
+        <v>12</v>
+      </c>
+      <c r="G14" t="s">
+        <v>621</v>
+      </c>
+      <c r="H14" t="s">
+        <v>622</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:I46"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>623</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>624</v>
+      </c>
+      <c r="B2" t="s">
+        <v>625</v>
+      </c>
+      <c r="C2" t="s">
+        <v>12</v>
+      </c>
+      <c r="D2" t="s">
+        <v>12</v>
+      </c>
+      <c r="E2" t="s">
+        <v>626</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>627</v>
+      </c>
+      <c r="H2" t="s">
+        <v>628</v>
+      </c>
+      <c r="I2" t="s">
+        <v>629</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>624</v>
+      </c>
+      <c r="B3" t="s">
+        <v>630</v>
+      </c>
+      <c r="C3" t="s">
+        <v>12</v>
+      </c>
+      <c r="D3" t="s">
+        <v>12</v>
+      </c>
+      <c r="E3" t="s">
+        <v>631</v>
+      </c>
+      <c r="F3" t="s">
+        <v>12</v>
+      </c>
+      <c r="G3" t="s">
+        <v>632</v>
+      </c>
+      <c r="H3" t="s">
+        <v>633</v>
+      </c>
+      <c r="I3" t="s">
+        <v>629</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>624</v>
+      </c>
+      <c r="B4" t="s">
+        <v>634</v>
+      </c>
+      <c r="C4" t="s">
+        <v>12</v>
+      </c>
+      <c r="D4" t="s">
+        <v>12</v>
+      </c>
+      <c r="E4" t="s">
+        <v>635</v>
+      </c>
+      <c r="F4" t="s">
+        <v>12</v>
+      </c>
+      <c r="G4" t="s">
+        <v>636</v>
+      </c>
+      <c r="H4" t="s">
+        <v>637</v>
+      </c>
+      <c r="I4" t="s">
+        <v>629</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>624</v>
+      </c>
+      <c r="B5" t="s">
+        <v>638</v>
+      </c>
+      <c r="C5" t="s">
+        <v>12</v>
+      </c>
+      <c r="D5" t="s">
+        <v>12</v>
+      </c>
+      <c r="E5" t="s">
+        <v>639</v>
+      </c>
+      <c r="F5" t="s">
+        <v>12</v>
+      </c>
+      <c r="G5" t="s">
+        <v>640</v>
+      </c>
+      <c r="H5" t="s">
+        <v>641</v>
+      </c>
+      <c r="I5" t="s">
+        <v>629</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>624</v>
+      </c>
+      <c r="B6" t="s">
+        <v>642</v>
+      </c>
+      <c r="C6" t="s">
+        <v>12</v>
+      </c>
+      <c r="D6" t="s">
+        <v>12</v>
+      </c>
+      <c r="E6" t="s">
+        <v>643</v>
+      </c>
+      <c r="F6" t="s">
+        <v>12</v>
+      </c>
+      <c r="G6" t="s">
+        <v>644</v>
+      </c>
+      <c r="H6" t="s">
+        <v>645</v>
+      </c>
+      <c r="I6" t="s">
+        <v>629</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>624</v>
+      </c>
+      <c r="B7" t="s">
+        <v>646</v>
+      </c>
+      <c r="C7" t="s">
+        <v>12</v>
+      </c>
+      <c r="D7" t="s">
+        <v>12</v>
+      </c>
+      <c r="E7" t="s">
+        <v>647</v>
+      </c>
+      <c r="F7" t="s">
+        <v>12</v>
+      </c>
+      <c r="G7" t="s">
+        <v>648</v>
+      </c>
+      <c r="H7" t="s">
+        <v>649</v>
+      </c>
+      <c r="I7" t="s">
+        <v>629</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>624</v>
+      </c>
+      <c r="B8" t="s">
+        <v>650</v>
+      </c>
+      <c r="C8" t="s">
+        <v>12</v>
+      </c>
+      <c r="D8" t="s">
+        <v>12</v>
+      </c>
+      <c r="E8" t="s">
+        <v>651</v>
+      </c>
+      <c r="F8" t="s">
+        <v>12</v>
+      </c>
+      <c r="G8" t="s">
+        <v>652</v>
+      </c>
+      <c r="H8" t="s">
+        <v>653</v>
+      </c>
+      <c r="I8" t="s">
+        <v>629</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>624</v>
+      </c>
+      <c r="B9" t="s">
+        <v>654</v>
+      </c>
+      <c r="C9" t="s">
+        <v>12</v>
+      </c>
+      <c r="D9" t="s">
+        <v>12</v>
+      </c>
+      <c r="E9" t="s">
+        <v>651</v>
+      </c>
+      <c r="F9" t="s">
+        <v>12</v>
+      </c>
+      <c r="G9" t="s">
+        <v>655</v>
+      </c>
+      <c r="H9" t="s">
+        <v>656</v>
+      </c>
+      <c r="I9" t="s">
+        <v>629</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>624</v>
+      </c>
+      <c r="B10" t="s">
+        <v>657</v>
+      </c>
+      <c r="C10" t="s">
+        <v>12</v>
+      </c>
+      <c r="D10" t="s">
+        <v>12</v>
+      </c>
+      <c r="E10" t="s">
+        <v>658</v>
+      </c>
+      <c r="F10" t="s">
+        <v>12</v>
+      </c>
+      <c r="G10" t="s">
+        <v>659</v>
+      </c>
+      <c r="H10" t="s">
+        <v>660</v>
+      </c>
+      <c r="I10" t="s">
+        <v>629</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>624</v>
+      </c>
+      <c r="B11" t="s">
+        <v>661</v>
+      </c>
+      <c r="C11" t="s">
+        <v>12</v>
+      </c>
+      <c r="D11" t="s">
+        <v>12</v>
+      </c>
+      <c r="E11" t="s">
+        <v>662</v>
+      </c>
+      <c r="F11" t="s">
+        <v>12</v>
+      </c>
+      <c r="G11" t="s">
+        <v>663</v>
+      </c>
+      <c r="H11" t="s">
+        <v>664</v>
+      </c>
+      <c r="I11" t="s">
+        <v>629</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>624</v>
+      </c>
+      <c r="B12" t="s">
+        <v>665</v>
+      </c>
+      <c r="C12" t="s">
+        <v>12</v>
+      </c>
+      <c r="D12" t="s">
+        <v>12</v>
+      </c>
+      <c r="E12" t="s">
+        <v>666</v>
+      </c>
+      <c r="F12" t="s">
+        <v>12</v>
+      </c>
+      <c r="G12" t="s">
+        <v>667</v>
+      </c>
+      <c r="H12" t="s">
+        <v>668</v>
+      </c>
+      <c r="I12" t="s">
+        <v>629</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="s">
+        <v>624</v>
+      </c>
+      <c r="B13" t="s">
+        <v>669</v>
+      </c>
+      <c r="C13" t="s">
+        <v>12</v>
+      </c>
+      <c r="D13" t="s">
+        <v>12</v>
+      </c>
+      <c r="E13" t="s">
+        <v>670</v>
+      </c>
+      <c r="F13" t="s">
+        <v>12</v>
+      </c>
+      <c r="G13" t="s">
+        <v>671</v>
+      </c>
+      <c r="H13" t="s">
+        <v>672</v>
+      </c>
+      <c r="I13" t="s">
+        <v>629</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" t="s">
+        <v>624</v>
+      </c>
+      <c r="B14" t="s">
+        <v>673</v>
+      </c>
+      <c r="C14" t="s">
+        <v>12</v>
+      </c>
+      <c r="D14" t="s">
+        <v>12</v>
+      </c>
+      <c r="E14" t="s">
+        <v>674</v>
+      </c>
+      <c r="F14" t="s">
+        <v>12</v>
+      </c>
+      <c r="G14" t="s">
+        <v>675</v>
+      </c>
+      <c r="H14" t="s">
+        <v>676</v>
+      </c>
+      <c r="I14" t="s">
+        <v>629</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" t="s">
+        <v>624</v>
+      </c>
+      <c r="B15" t="s">
+        <v>677</v>
+      </c>
+      <c r="C15" t="s">
+        <v>12</v>
+      </c>
+      <c r="D15" t="s">
+        <v>12</v>
+      </c>
+      <c r="E15" t="s">
+        <v>678</v>
+      </c>
+      <c r="F15" t="s">
+        <v>12</v>
+      </c>
+      <c r="G15" t="s">
+        <v>679</v>
+      </c>
+      <c r="H15" t="s">
+        <v>680</v>
+      </c>
+      <c r="I15" t="s">
+        <v>629</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" t="s">
+        <v>624</v>
+      </c>
+      <c r="B16" t="s">
+        <v>681</v>
+      </c>
+      <c r="C16" t="s">
+        <v>12</v>
+      </c>
+      <c r="D16" t="s">
+        <v>12</v>
+      </c>
+      <c r="E16" t="s">
+        <v>682</v>
+      </c>
+      <c r="F16" t="s">
+        <v>12</v>
+      </c>
+      <c r="G16" t="s">
+        <v>683</v>
+      </c>
+      <c r="H16" t="s">
+        <v>684</v>
+      </c>
+      <c r="I16" t="s">
+        <v>629</v>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" t="s">
+        <v>624</v>
+      </c>
+      <c r="B17" t="s">
+        <v>685</v>
+      </c>
+      <c r="C17" t="s">
+        <v>12</v>
+      </c>
+      <c r="D17" t="s">
+        <v>12</v>
+      </c>
+      <c r="E17" t="s">
+        <v>686</v>
+      </c>
+      <c r="F17" t="s">
+        <v>12</v>
+      </c>
+      <c r="G17" t="s">
+        <v>687</v>
+      </c>
+      <c r="H17" t="s">
+        <v>688</v>
+      </c>
+      <c r="I17" t="s">
+        <v>629</v>
+      </c>
+    </row>
+    <row r="18">
+      <c r="A18" t="s">
+        <v>624</v>
+      </c>
+      <c r="B18" t="s">
+        <v>689</v>
+      </c>
+      <c r="C18" t="s">
+        <v>12</v>
+      </c>
+      <c r="D18" t="s">
+        <v>12</v>
+      </c>
+      <c r="E18" t="s">
+        <v>690</v>
+      </c>
+      <c r="F18" t="s">
+        <v>12</v>
+      </c>
+      <c r="G18" t="s">
+        <v>691</v>
+      </c>
+      <c r="H18" t="s">
+        <v>692</v>
+      </c>
+      <c r="I18" t="s">
+        <v>629</v>
+      </c>
+    </row>
+    <row r="19">
+      <c r="A19" t="s">
+        <v>624</v>
+      </c>
+      <c r="B19" t="s">
+        <v>693</v>
+      </c>
+      <c r="C19" t="s">
+        <v>12</v>
+      </c>
+      <c r="D19" t="s">
+        <v>12</v>
+      </c>
+      <c r="E19" t="s">
+        <v>694</v>
+      </c>
+      <c r="F19" t="s">
+        <v>12</v>
+      </c>
+      <c r="G19" t="s">
+        <v>695</v>
+      </c>
+      <c r="H19" t="s">
+        <v>696</v>
+      </c>
+      <c r="I19" t="s">
+        <v>629</v>
+      </c>
+    </row>
+    <row r="20">
+      <c r="A20" t="s">
+        <v>624</v>
+      </c>
+      <c r="B20" t="s">
+        <v>697</v>
+      </c>
+      <c r="C20" t="s">
+        <v>12</v>
+      </c>
+      <c r="D20" t="s">
+        <v>12</v>
+      </c>
+      <c r="E20" t="s">
+        <v>698</v>
+      </c>
+      <c r="F20" t="s">
+        <v>12</v>
+      </c>
+      <c r="G20" t="s">
+        <v>699</v>
+      </c>
+      <c r="H20" t="s">
+        <v>700</v>
+      </c>
+      <c r="I20" t="s">
+        <v>629</v>
+      </c>
+    </row>
+    <row r="21">
+      <c r="A21" t="s">
+        <v>624</v>
+      </c>
+      <c r="B21" t="s">
+        <v>701</v>
+      </c>
+      <c r="C21" t="s">
+        <v>12</v>
+      </c>
+      <c r="D21" t="s">
+        <v>12</v>
+      </c>
+      <c r="E21" t="s">
+        <v>702</v>
+      </c>
+      <c r="F21" t="s">
+        <v>12</v>
+      </c>
+      <c r="G21" t="s">
+        <v>703</v>
+      </c>
+      <c r="H21" t="s">
+        <v>704</v>
+      </c>
+      <c r="I21" t="s">
+        <v>629</v>
+      </c>
+    </row>
+    <row r="22">
+      <c r="A22" t="s">
+        <v>624</v>
+      </c>
+      <c r="B22" t="s">
+        <v>705</v>
+      </c>
+      <c r="C22" t="s">
+        <v>12</v>
+      </c>
+      <c r="D22" t="s">
+        <v>12</v>
+      </c>
+      <c r="E22" t="s">
+        <v>706</v>
+      </c>
+      <c r="F22" t="s">
+        <v>12</v>
+      </c>
+      <c r="G22" t="s">
+        <v>707</v>
+      </c>
+      <c r="H22" t="s">
+        <v>708</v>
+      </c>
+      <c r="I22" t="s">
+        <v>629</v>
+      </c>
+    </row>
+    <row r="23">
+      <c r="A23" t="s">
+        <v>624</v>
+      </c>
+      <c r="B23" t="s">
+        <v>709</v>
+      </c>
+      <c r="C23" t="s">
+        <v>12</v>
+      </c>
+      <c r="D23" t="s">
+        <v>12</v>
+      </c>
+      <c r="E23" t="s">
+        <v>710</v>
+      </c>
+      <c r="F23" t="s">
+        <v>12</v>
+      </c>
+      <c r="G23" t="s">
+        <v>711</v>
+      </c>
+      <c r="H23" t="s">
+        <v>712</v>
+      </c>
+      <c r="I23" t="s">
+        <v>629</v>
+      </c>
+    </row>
+    <row r="24">
+      <c r="A24" t="s">
+        <v>624</v>
+      </c>
+      <c r="B24" t="s">
+        <v>713</v>
+      </c>
+      <c r="C24" t="s">
+        <v>12</v>
+      </c>
+      <c r="D24" t="s">
+        <v>12</v>
+      </c>
+      <c r="E24" t="s">
+        <v>714</v>
+      </c>
+      <c r="F24" t="s">
+        <v>12</v>
+      </c>
+      <c r="G24" t="s">
+        <v>715</v>
+      </c>
+      <c r="H24" t="s">
+        <v>716</v>
+      </c>
+      <c r="I24" t="s">
+        <v>629</v>
+      </c>
+    </row>
+    <row r="25">
+      <c r="A25" t="s">
+        <v>624</v>
+      </c>
+      <c r="B25" t="s">
+        <v>717</v>
+      </c>
+      <c r="C25" t="s">
+        <v>12</v>
+      </c>
+      <c r="D25" t="s">
+        <v>12</v>
+      </c>
+      <c r="E25" t="s">
+        <v>718</v>
+      </c>
+      <c r="F25" t="s">
+        <v>12</v>
+      </c>
+      <c r="G25" t="s">
+        <v>719</v>
+      </c>
+      <c r="H25" t="s">
+        <v>720</v>
+      </c>
+      <c r="I25" t="s">
+        <v>629</v>
+      </c>
+    </row>
+    <row r="26">
+      <c r="A26" t="s">
+        <v>624</v>
+      </c>
+      <c r="B26" t="s">
+        <v>721</v>
+      </c>
+      <c r="C26" t="s">
+        <v>12</v>
+      </c>
+      <c r="D26" t="s">
+        <v>12</v>
+      </c>
+      <c r="E26" t="s">
+        <v>722</v>
+      </c>
+      <c r="F26" t="s">
+        <v>12</v>
+      </c>
+      <c r="G26" t="s">
+        <v>723</v>
+      </c>
+      <c r="H26" t="s">
+        <v>724</v>
+      </c>
+      <c r="I26" t="s">
+        <v>629</v>
+      </c>
+    </row>
+    <row r="27">
+      <c r="A27" t="s">
+        <v>624</v>
+      </c>
+      <c r="B27" t="s">
+        <v>725</v>
+      </c>
+      <c r="C27" t="s">
+        <v>12</v>
+      </c>
+      <c r="D27" t="s">
+        <v>12</v>
+      </c>
+      <c r="E27" t="s">
+        <v>726</v>
+      </c>
+      <c r="F27" t="s">
+        <v>12</v>
+      </c>
+      <c r="G27" t="s">
+        <v>727</v>
+      </c>
+      <c r="H27" t="s">
+        <v>728</v>
+      </c>
+      <c r="I27" t="s">
+        <v>629</v>
+      </c>
+    </row>
+    <row r="28">
+      <c r="A28" t="s">
+        <v>624</v>
+      </c>
+      <c r="B28" t="s">
+        <v>729</v>
+      </c>
+      <c r="C28" t="s">
+        <v>12</v>
+      </c>
+      <c r="D28" t="s">
+        <v>12</v>
+      </c>
+      <c r="E28" t="s">
+        <v>730</v>
+      </c>
+      <c r="F28" t="s">
+        <v>12</v>
+      </c>
+      <c r="G28" t="s">
+        <v>731</v>
+      </c>
+      <c r="H28" t="s">
+        <v>732</v>
+      </c>
+      <c r="I28" t="s">
+        <v>629</v>
+      </c>
+    </row>
+    <row r="29">
+      <c r="A29" t="s">
+        <v>624</v>
+      </c>
+      <c r="B29" t="s">
+        <v>733</v>
+      </c>
+      <c r="C29" t="s">
+        <v>12</v>
+      </c>
+      <c r="D29" t="s">
+        <v>12</v>
+      </c>
+      <c r="E29" t="s">
+        <v>734</v>
+      </c>
+      <c r="F29" t="s">
+        <v>12</v>
+      </c>
+      <c r="G29" t="s">
+        <v>735</v>
+      </c>
+      <c r="H29" t="s">
+        <v>736</v>
+      </c>
+      <c r="I29" t="s">
+        <v>629</v>
+      </c>
+    </row>
+    <row r="30">
+      <c r="A30" t="s">
+        <v>624</v>
+      </c>
+      <c r="B30" t="s">
+        <v>737</v>
+      </c>
+      <c r="C30" t="s">
+        <v>12</v>
+      </c>
+      <c r="D30" t="s">
+        <v>12</v>
+      </c>
+      <c r="E30" t="s">
+        <v>738</v>
+      </c>
+      <c r="F30" t="s">
+        <v>12</v>
+      </c>
+      <c r="G30" t="s">
+        <v>739</v>
+      </c>
+      <c r="H30" t="s">
+        <v>740</v>
+      </c>
+      <c r="I30" t="s">
+        <v>629</v>
+      </c>
+    </row>
+    <row r="31">
+      <c r="A31" t="s">
+        <v>624</v>
+      </c>
+      <c r="B31" t="s">
+        <v>741</v>
+      </c>
+      <c r="C31" t="s">
+        <v>12</v>
+      </c>
+      <c r="D31" t="s">
+        <v>12</v>
+      </c>
+      <c r="E31" t="s">
+        <v>742</v>
+      </c>
+      <c r="F31" t="s">
+        <v>12</v>
+      </c>
+      <c r="G31" t="s">
+        <v>743</v>
+      </c>
+      <c r="H31" t="s">
+        <v>744</v>
+      </c>
+      <c r="I31" t="s">
+        <v>629</v>
+      </c>
+    </row>
+    <row r="32">
+      <c r="A32" t="s">
+        <v>624</v>
+      </c>
+      <c r="B32" t="s">
+        <v>745</v>
+      </c>
+      <c r="C32" t="s">
+        <v>12</v>
+      </c>
+      <c r="D32" t="s">
+        <v>12</v>
+      </c>
+      <c r="E32" t="s">
+        <v>746</v>
+      </c>
+      <c r="F32" t="s">
+        <v>12</v>
+      </c>
+      <c r="G32" t="s">
+        <v>747</v>
+      </c>
+      <c r="H32" t="s">
+        <v>748</v>
+      </c>
+      <c r="I32" t="s">
+        <v>629</v>
+      </c>
+    </row>
+    <row r="33">
+      <c r="A33" t="s">
+        <v>624</v>
+      </c>
+      <c r="B33" t="s">
+        <v>749</v>
+      </c>
+      <c r="C33" t="s">
+        <v>12</v>
+      </c>
+      <c r="D33" t="s">
+        <v>12</v>
+      </c>
+      <c r="E33" t="s">
+        <v>750</v>
+      </c>
+      <c r="F33" t="s">
+        <v>12</v>
+      </c>
+      <c r="G33" t="s">
+        <v>751</v>
+      </c>
+      <c r="H33" t="s">
+        <v>752</v>
+      </c>
+      <c r="I33" t="s">
+        <v>629</v>
+      </c>
+    </row>
+    <row r="34">
+      <c r="A34" t="s">
+        <v>624</v>
+      </c>
+      <c r="B34" t="s">
+        <v>753</v>
+      </c>
+      <c r="C34" t="s">
+        <v>12</v>
+      </c>
+      <c r="D34" t="s">
+        <v>12</v>
+      </c>
+      <c r="E34" t="s">
+        <v>754</v>
+      </c>
+      <c r="F34" t="s">
+        <v>12</v>
+      </c>
+      <c r="G34" t="s">
+        <v>755</v>
+      </c>
+      <c r="H34" t="s">
+        <v>756</v>
+      </c>
+      <c r="I34" t="s">
+        <v>629</v>
+      </c>
+    </row>
+    <row r="35">
+      <c r="A35" t="s">
+        <v>624</v>
+      </c>
+      <c r="B35" t="s">
+        <v>757</v>
+      </c>
+      <c r="C35" t="s">
+        <v>12</v>
+      </c>
+      <c r="D35" t="s">
+        <v>12</v>
+      </c>
+      <c r="E35" t="s">
+        <v>758</v>
+      </c>
+      <c r="F35" t="s">
+        <v>12</v>
+      </c>
+      <c r="G35" t="s">
+        <v>759</v>
+      </c>
+      <c r="H35" t="s">
+        <v>760</v>
+      </c>
+      <c r="I35" t="s">
+        <v>629</v>
+      </c>
+    </row>
+    <row r="36">
+      <c r="A36" t="s">
+        <v>624</v>
+      </c>
+      <c r="B36" t="s">
+        <v>761</v>
+      </c>
+      <c r="C36" t="s">
+        <v>12</v>
+      </c>
+      <c r="D36" t="s">
+        <v>12</v>
+      </c>
+      <c r="E36" t="s">
+        <v>762</v>
+      </c>
+      <c r="F36" t="s">
+        <v>12</v>
+      </c>
+      <c r="G36" t="s">
+        <v>763</v>
+      </c>
+      <c r="H36" t="s">
+        <v>764</v>
+      </c>
+      <c r="I36" t="s">
+        <v>629</v>
+      </c>
+    </row>
+    <row r="37">
+      <c r="A37" t="s">
+        <v>624</v>
+      </c>
+      <c r="B37" t="s">
+        <v>765</v>
+      </c>
+      <c r="C37" t="s">
+        <v>12</v>
+      </c>
+      <c r="D37" t="s">
+        <v>12</v>
+      </c>
+      <c r="E37" t="s">
+        <v>766</v>
+      </c>
+      <c r="F37" t="s">
+        <v>12</v>
+      </c>
+      <c r="G37" t="s">
+        <v>767</v>
+      </c>
+      <c r="H37" t="s">
+        <v>768</v>
+      </c>
+      <c r="I37" t="s">
+        <v>629</v>
+      </c>
+    </row>
+    <row r="38">
+      <c r="A38" t="s">
+        <v>624</v>
+      </c>
+      <c r="B38" t="s">
+        <v>769</v>
+      </c>
+      <c r="C38" t="s">
+        <v>12</v>
+      </c>
+      <c r="D38" t="s">
+        <v>12</v>
+      </c>
+      <c r="E38" t="s">
+        <v>770</v>
+      </c>
+      <c r="F38" t="s">
+        <v>12</v>
+      </c>
+      <c r="G38" t="s">
+        <v>771</v>
+      </c>
+      <c r="H38" t="s">
+        <v>772</v>
+      </c>
+      <c r="I38" t="s">
+        <v>629</v>
+      </c>
+    </row>
+    <row r="39">
+      <c r="A39" t="s">
+        <v>624</v>
+      </c>
+      <c r="B39" t="s">
+        <v>773</v>
+      </c>
+      <c r="C39" t="s">
+        <v>12</v>
+      </c>
+      <c r="D39" t="s">
+        <v>12</v>
+      </c>
+      <c r="E39" t="s">
+        <v>774</v>
+      </c>
+      <c r="F39" t="s">
+        <v>12</v>
+      </c>
+      <c r="G39" t="s">
+        <v>775</v>
+      </c>
+      <c r="H39" t="s">
+        <v>776</v>
+      </c>
+      <c r="I39" t="s">
+        <v>629</v>
+      </c>
+    </row>
+    <row r="40">
+      <c r="A40" t="s">
+        <v>624</v>
+      </c>
+      <c r="B40" t="s">
+        <v>777</v>
+      </c>
+      <c r="C40" t="s">
+        <v>12</v>
+      </c>
+      <c r="D40" t="s">
+        <v>12</v>
+      </c>
+      <c r="E40" t="s">
+        <v>778</v>
+      </c>
+      <c r="F40" t="s">
+        <v>12</v>
+      </c>
+      <c r="G40" t="s">
+        <v>779</v>
+      </c>
+      <c r="H40" t="s">
+        <v>780</v>
+      </c>
+      <c r="I40" t="s">
+        <v>629</v>
+      </c>
+    </row>
+    <row r="41">
+      <c r="A41" t="s">
+        <v>624</v>
+      </c>
+      <c r="B41" t="s">
+        <v>781</v>
+      </c>
+      <c r="C41" t="s">
+        <v>12</v>
+      </c>
+      <c r="D41" t="s">
+        <v>12</v>
+      </c>
+      <c r="E41" t="s">
+        <v>782</v>
+      </c>
+      <c r="F41" t="s">
+        <v>12</v>
+      </c>
+      <c r="G41" t="s">
+        <v>783</v>
+      </c>
+      <c r="H41" t="s">
+        <v>784</v>
+      </c>
+      <c r="I41" t="s">
+        <v>629</v>
+      </c>
+    </row>
+    <row r="42">
+      <c r="A42" t="s">
+        <v>624</v>
+      </c>
+      <c r="B42" t="s">
+        <v>785</v>
+      </c>
+      <c r="C42" t="s">
+        <v>12</v>
+      </c>
+      <c r="D42" t="s">
+        <v>12</v>
+      </c>
+      <c r="E42" t="s">
+        <v>786</v>
+      </c>
+      <c r="F42" t="s">
+        <v>12</v>
+      </c>
+      <c r="G42" t="s">
+        <v>787</v>
+      </c>
+      <c r="H42" t="s">
+        <v>788</v>
+      </c>
+      <c r="I42" t="s">
+        <v>629</v>
+      </c>
+    </row>
+    <row r="43">
+      <c r="A43" t="s">
+        <v>624</v>
+      </c>
+      <c r="B43" t="s">
+        <v>789</v>
+      </c>
+      <c r="C43" t="s">
+        <v>12</v>
+      </c>
+      <c r="D43" t="s">
+        <v>12</v>
+      </c>
+      <c r="E43" t="s">
+        <v>790</v>
+      </c>
+      <c r="F43" t="s">
+        <v>12</v>
+      </c>
+      <c r="G43" t="s">
+        <v>791</v>
+      </c>
+      <c r="H43" t="s">
+        <v>792</v>
+      </c>
+      <c r="I43" t="s">
+        <v>629</v>
+      </c>
+    </row>
+    <row r="44">
+      <c r="A44" t="s">
+        <v>624</v>
+      </c>
+      <c r="B44" t="s">
+        <v>793</v>
+      </c>
+      <c r="C44" t="s">
+        <v>12</v>
+      </c>
+      <c r="D44" t="s">
+        <v>12</v>
+      </c>
+      <c r="E44" t="s">
+        <v>794</v>
+      </c>
+      <c r="F44" t="s">
+        <v>12</v>
+      </c>
+      <c r="G44" t="s">
+        <v>795</v>
+      </c>
+      <c r="H44" t="s">
+        <v>796</v>
+      </c>
+      <c r="I44" t="s">
+        <v>629</v>
+      </c>
+    </row>
+    <row r="45">
+      <c r="A45" t="s">
+        <v>624</v>
+      </c>
+      <c r="B45" t="s">
+        <v>797</v>
+      </c>
+      <c r="C45" t="s">
+        <v>12</v>
+      </c>
+      <c r="D45" t="s">
+        <v>12</v>
+      </c>
+      <c r="E45" t="s">
+        <v>798</v>
+      </c>
+      <c r="F45" t="s">
+        <v>12</v>
+      </c>
+      <c r="G45" t="s">
+        <v>799</v>
+      </c>
+      <c r="H45" t="s">
+        <v>800</v>
+      </c>
+      <c r="I45" t="s">
+        <v>629</v>
+      </c>
+    </row>
+    <row r="46">
+      <c r="A46" t="s">
+        <v>624</v>
+      </c>
+      <c r="B46" t="s">
+        <v>801</v>
+      </c>
+      <c r="C46" t="s">
+        <v>12</v>
+      </c>
+      <c r="D46" t="s">
+        <v>12</v>
+      </c>
+      <c r="E46" t="s">
+        <v>802</v>
+      </c>
+      <c r="F46" t="s">
+        <v>12</v>
+      </c>
+      <c r="G46" t="s">
+        <v>803</v>
+      </c>
+      <c r="H46" t="s">
+        <v>804</v>
+      </c>
+      <c r="I46" t="s">
+        <v>629</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:I1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H25"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>805</v>
+      </c>
+      <c r="B2" t="s">
+        <v>806</v>
+      </c>
+      <c r="C2" t="s">
+        <v>807</v>
+      </c>
+      <c r="D2" t="s">
+        <v>808</v>
+      </c>
+      <c r="E2" t="s">
+        <v>809</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>810</v>
+      </c>
+      <c r="H2" t="s">
+        <v>811</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>805</v>
+      </c>
+      <c r="B3" t="s">
+        <v>812</v>
+      </c>
+      <c r="C3" t="s">
+        <v>813</v>
+      </c>
+      <c r="D3" t="s">
+        <v>814</v>
+      </c>
+      <c r="E3" t="s">
+        <v>815</v>
+      </c>
+      <c r="F3" t="s">
+        <v>12</v>
+      </c>
+      <c r="G3" t="s">
+        <v>816</v>
+      </c>
+      <c r="H3" t="s">
+        <v>817</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>805</v>
+      </c>
+      <c r="B4" t="s">
+        <v>818</v>
+      </c>
+      <c r="C4" t="s">
+        <v>819</v>
+      </c>
+      <c r="D4" t="s">
+        <v>820</v>
+      </c>
+      <c r="E4" t="s">
+        <v>821</v>
+      </c>
+      <c r="F4" t="s">
+        <v>12</v>
+      </c>
+      <c r="G4" t="s">
+        <v>822</v>
+      </c>
+      <c r="H4" t="s">
+        <v>823</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>805</v>
+      </c>
+      <c r="B5" t="s">
+        <v>824</v>
+      </c>
+      <c r="C5" t="s">
+        <v>825</v>
+      </c>
+      <c r="D5" t="s">
+        <v>826</v>
+      </c>
+      <c r="E5" t="s">
+        <v>827</v>
+      </c>
+      <c r="F5" t="s">
+        <v>12</v>
+      </c>
+      <c r="G5" t="s">
+        <v>828</v>
+      </c>
+      <c r="H5" t="s">
+        <v>829</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>805</v>
+      </c>
+      <c r="B6" t="s">
+        <v>830</v>
+      </c>
+      <c r="C6" t="s">
+        <v>831</v>
+      </c>
+      <c r="D6" t="s">
+        <v>832</v>
+      </c>
+      <c r="E6" t="s">
+        <v>833</v>
+      </c>
+      <c r="F6" t="s">
+        <v>12</v>
+      </c>
+      <c r="G6" t="s">
+        <v>834</v>
+      </c>
+      <c r="H6" t="s">
+        <v>835</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>805</v>
+      </c>
+      <c r="B7" t="s">
+        <v>836</v>
+      </c>
+      <c r="C7" t="s">
+        <v>837</v>
+      </c>
+      <c r="D7" t="s">
+        <v>838</v>
+      </c>
+      <c r="E7" t="s">
+        <v>839</v>
+      </c>
+      <c r="F7" t="s">
+        <v>12</v>
+      </c>
+      <c r="G7" t="s">
+        <v>840</v>
+      </c>
+      <c r="H7" t="s">
+        <v>841</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>805</v>
+      </c>
+      <c r="B8" t="s">
+        <v>842</v>
+      </c>
+      <c r="C8" t="s">
+        <v>843</v>
+      </c>
+      <c r="D8" t="s">
+        <v>844</v>
+      </c>
+      <c r="E8" t="s">
+        <v>845</v>
+      </c>
+      <c r="F8" t="s">
+        <v>12</v>
+      </c>
+      <c r="G8" t="s">
+        <v>846</v>
+      </c>
+      <c r="H8" t="s">
+        <v>847</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>805</v>
+      </c>
+      <c r="B9" t="s">
+        <v>848</v>
+      </c>
+      <c r="C9" t="s">
+        <v>849</v>
+      </c>
+      <c r="D9" t="s">
+        <v>850</v>
+      </c>
+      <c r="E9" t="s">
+        <v>851</v>
+      </c>
+      <c r="F9" t="s">
+        <v>12</v>
+      </c>
+      <c r="G9" t="s">
+        <v>852</v>
+      </c>
+      <c r="H9" t="s">
+        <v>853</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>805</v>
+      </c>
+      <c r="B10" t="s">
+        <v>854</v>
+      </c>
+      <c r="C10" t="s">
+        <v>855</v>
+      </c>
+      <c r="D10" t="s">
+        <v>856</v>
+      </c>
+      <c r="E10" t="s">
+        <v>857</v>
+      </c>
+      <c r="F10" t="s">
+        <v>12</v>
+      </c>
+      <c r="G10" t="s">
+        <v>858</v>
+      </c>
+      <c r="H10" t="s">
+        <v>859</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>805</v>
+      </c>
+      <c r="B11" t="s">
+        <v>860</v>
+      </c>
+      <c r="C11" t="s">
+        <v>861</v>
+      </c>
+      <c r="D11" t="s">
+        <v>862</v>
+      </c>
+      <c r="E11" t="s">
+        <v>863</v>
+      </c>
+      <c r="F11" t="s">
+        <v>12</v>
+      </c>
+      <c r="G11" t="s">
+        <v>864</v>
+      </c>
+      <c r="H11" t="s">
+        <v>865</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>805</v>
+      </c>
+      <c r="B12" t="s">
+        <v>866</v>
+      </c>
+      <c r="C12" t="s">
+        <v>867</v>
+      </c>
+      <c r="D12" t="s">
+        <v>868</v>
+      </c>
+      <c r="E12" t="s">
+        <v>869</v>
+      </c>
+      <c r="F12" t="s">
+        <v>12</v>
+      </c>
+      <c r="G12" t="s">
+        <v>870</v>
+      </c>
+      <c r="H12" t="s">
+        <v>871</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="s">
+        <v>805</v>
+      </c>
+      <c r="B13" t="s">
+        <v>872</v>
+      </c>
+      <c r="C13" t="s">
+        <v>873</v>
+      </c>
+      <c r="D13" t="s">
+        <v>874</v>
+      </c>
+      <c r="E13" t="s">
+        <v>875</v>
+      </c>
+      <c r="F13" t="s">
+        <v>12</v>
+      </c>
+      <c r="G13" t="s">
+        <v>876</v>
+      </c>
+      <c r="H13" t="s">
+        <v>877</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" t="s">
+        <v>805</v>
+      </c>
+      <c r="B14" t="s">
+        <v>878</v>
+      </c>
+      <c r="C14" t="s">
+        <v>879</v>
+      </c>
+      <c r="D14" t="s">
+        <v>880</v>
+      </c>
+      <c r="E14" t="s">
+        <v>881</v>
+      </c>
+      <c r="F14" t="s">
+        <v>12</v>
+      </c>
+      <c r="G14" t="s">
+        <v>882</v>
+      </c>
+      <c r="H14" t="s">
+        <v>883</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" t="s">
+        <v>805</v>
+      </c>
+      <c r="B15" t="s">
+        <v>884</v>
+      </c>
+      <c r="C15" t="s">
+        <v>885</v>
+      </c>
+      <c r="D15" t="s">
+        <v>886</v>
+      </c>
+      <c r="E15" t="s">
+        <v>887</v>
+      </c>
+      <c r="F15" t="s">
+        <v>12</v>
+      </c>
+      <c r="G15" t="s">
+        <v>888</v>
+      </c>
+      <c r="H15" t="s">
+        <v>889</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" t="s">
+        <v>805</v>
+      </c>
+      <c r="B16" t="s">
+        <v>890</v>
+      </c>
+      <c r="C16" t="s">
+        <v>891</v>
+      </c>
+      <c r="D16" t="s">
+        <v>892</v>
+      </c>
+      <c r="E16" t="s">
+        <v>893</v>
+      </c>
+      <c r="F16" t="s">
+        <v>12</v>
+      </c>
+      <c r="G16" t="s">
+        <v>894</v>
+      </c>
+      <c r="H16" t="s">
+        <v>895</v>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" t="s">
+        <v>805</v>
+      </c>
+      <c r="B17" t="s">
+        <v>896</v>
+      </c>
+      <c r="C17" t="s">
+        <v>897</v>
+      </c>
+      <c r="D17" t="s">
+        <v>898</v>
+      </c>
+      <c r="E17" t="s">
+        <v>899</v>
+      </c>
+      <c r="F17" t="s">
+        <v>12</v>
+      </c>
+      <c r="G17" t="s">
+        <v>900</v>
+      </c>
+      <c r="H17" t="s">
+        <v>901</v>
+      </c>
+    </row>
+    <row r="18">
+      <c r="A18" t="s">
+        <v>805</v>
+      </c>
+      <c r="B18" t="s">
+        <v>902</v>
+      </c>
+      <c r="C18" t="s">
+        <v>903</v>
+      </c>
+      <c r="D18" t="s">
+        <v>904</v>
+      </c>
+      <c r="E18" t="s">
+        <v>905</v>
+      </c>
+      <c r="F18" t="s">
+        <v>12</v>
+      </c>
+      <c r="G18" t="s">
+        <v>906</v>
+      </c>
+      <c r="H18" t="s">
+        <v>907</v>
+      </c>
+    </row>
+    <row r="19">
+      <c r="A19" t="s">
+        <v>805</v>
+      </c>
+      <c r="B19" t="s">
+        <v>908</v>
+      </c>
+      <c r="C19" t="s">
+        <v>12</v>
+      </c>
+      <c r="D19" t="s">
+        <v>909</v>
+      </c>
+      <c r="E19" t="s">
+        <v>910</v>
+      </c>
+      <c r="F19" t="s">
+        <v>12</v>
+      </c>
+      <c r="G19" t="s">
+        <v>911</v>
+      </c>
+      <c r="H19" t="s">
+        <v>912</v>
+      </c>
+    </row>
+    <row r="20">
+      <c r="A20" t="s">
+        <v>805</v>
+      </c>
+      <c r="B20" t="s">
+        <v>913</v>
+      </c>
+      <c r="C20" t="s">
+        <v>914</v>
+      </c>
+      <c r="D20" t="s">
+        <v>915</v>
+      </c>
+      <c r="E20" t="s">
+        <v>916</v>
+      </c>
+      <c r="F20" t="s">
+        <v>12</v>
+      </c>
+      <c r="G20" t="s">
+        <v>917</v>
+      </c>
+      <c r="H20" t="s">
+        <v>918</v>
+      </c>
+    </row>
+    <row r="21">
+      <c r="A21" t="s">
+        <v>805</v>
+      </c>
+      <c r="B21" t="s">
+        <v>919</v>
+      </c>
+      <c r="C21" t="s">
+        <v>920</v>
+      </c>
+      <c r="D21" t="s">
+        <v>921</v>
+      </c>
+      <c r="E21" t="s">
+        <v>922</v>
+      </c>
+      <c r="F21" t="s">
+        <v>12</v>
+      </c>
+      <c r="G21" t="s">
+        <v>923</v>
+      </c>
+      <c r="H21" t="s">
+        <v>924</v>
+      </c>
+    </row>
+    <row r="22">
+      <c r="A22" t="s">
+        <v>805</v>
+      </c>
+      <c r="B22" t="s">
+        <v>925</v>
+      </c>
+      <c r="C22" t="s">
+        <v>926</v>
+      </c>
+      <c r="D22" t="s">
+        <v>921</v>
+      </c>
+      <c r="E22" t="s">
+        <v>927</v>
+      </c>
+      <c r="F22" t="s">
+        <v>12</v>
+      </c>
+      <c r="G22" t="s">
+        <v>928</v>
+      </c>
+      <c r="H22" t="s">
+        <v>929</v>
+      </c>
+    </row>
+    <row r="23">
+      <c r="A23" t="s">
+        <v>805</v>
+      </c>
+      <c r="B23" t="s">
+        <v>930</v>
+      </c>
+      <c r="C23" t="s">
+        <v>931</v>
+      </c>
+      <c r="D23" t="s">
+        <v>932</v>
+      </c>
+      <c r="E23" t="s">
+        <v>933</v>
+      </c>
+      <c r="F23" t="s">
+        <v>12</v>
+      </c>
+      <c r="G23" t="s">
+        <v>934</v>
+      </c>
+      <c r="H23" t="s">
+        <v>935</v>
+      </c>
+    </row>
+    <row r="24">
+      <c r="A24" t="s">
+        <v>805</v>
+      </c>
+      <c r="B24" t="s">
+        <v>936</v>
+      </c>
+      <c r="C24" t="s">
+        <v>937</v>
+      </c>
+      <c r="D24" t="s">
+        <v>938</v>
+      </c>
+      <c r="E24" t="s">
+        <v>939</v>
+      </c>
+      <c r="F24" t="s">
+        <v>12</v>
+      </c>
+      <c r="G24" t="s">
+        <v>940</v>
+      </c>
+      <c r="H24" t="s">
+        <v>941</v>
+      </c>
+    </row>
+    <row r="25">
+      <c r="A25" t="s">
+        <v>805</v>
+      </c>
+      <c r="B25" t="s">
+        <v>942</v>
+      </c>
+      <c r="C25" t="s">
+        <v>943</v>
+      </c>
+      <c r="D25" t="s">
+        <v>944</v>
+      </c>
+      <c r="E25" t="s">
+        <v>945</v>
+      </c>
+      <c r="F25" t="s">
+        <v>12</v>
+      </c>
+      <c r="G25" t="s">
+        <v>946</v>
+      </c>
+      <c r="H25" t="s">
+        <v>947</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H7"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>948</v>
+      </c>
+      <c r="B2" t="s">
+        <v>949</v>
+      </c>
+      <c r="C2" t="s">
+        <v>950</v>
+      </c>
+      <c r="D2" t="s">
+        <v>559</v>
+      </c>
+      <c r="E2" t="s">
+        <v>951</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>952</v>
+      </c>
+      <c r="H2" t="s">
+        <v>953</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>948</v>
+      </c>
+      <c r="B3" t="s">
+        <v>954</v>
+      </c>
+      <c r="C3" t="s">
+        <v>955</v>
+      </c>
+      <c r="D3" t="s">
+        <v>956</v>
+      </c>
+      <c r="E3" t="s">
+        <v>957</v>
+      </c>
+      <c r="F3" t="s">
+        <v>12</v>
+      </c>
+      <c r="G3" t="s">
+        <v>958</v>
+      </c>
+      <c r="H3" t="s">
+        <v>959</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>948</v>
+      </c>
+      <c r="B4" t="s">
+        <v>960</v>
+      </c>
+      <c r="C4" t="s">
+        <v>961</v>
+      </c>
+      <c r="D4" t="s">
+        <v>962</v>
+      </c>
+      <c r="E4" t="s">
+        <v>963</v>
+      </c>
+      <c r="F4" t="s">
+        <v>12</v>
+      </c>
+      <c r="G4" t="s">
+        <v>964</v>
+      </c>
+      <c r="H4" t="s">
+        <v>965</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>948</v>
+      </c>
+      <c r="B5" t="s">
+        <v>966</v>
+      </c>
+      <c r="C5" t="s">
+        <v>967</v>
+      </c>
+      <c r="D5" t="s">
+        <v>968</v>
+      </c>
+      <c r="E5" t="s">
+        <v>969</v>
+      </c>
+      <c r="F5" t="s">
+        <v>12</v>
+      </c>
+      <c r="G5" t="s">
+        <v>970</v>
+      </c>
+      <c r="H5" t="s">
+        <v>971</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>948</v>
+      </c>
+      <c r="B6" t="s">
+        <v>972</v>
+      </c>
+      <c r="C6" t="s">
+        <v>973</v>
+      </c>
+      <c r="D6" t="s">
+        <v>974</v>
+      </c>
+      <c r="E6" t="s">
+        <v>975</v>
+      </c>
+      <c r="F6" t="s">
+        <v>12</v>
+      </c>
+      <c r="G6" t="s">
+        <v>976</v>
+      </c>
+      <c r="H6" t="s">
+        <v>977</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>948</v>
+      </c>
+      <c r="B7" t="s">
+        <v>978</v>
+      </c>
+      <c r="C7" t="s">
+        <v>979</v>
+      </c>
+      <c r="D7" t="s">
+        <v>980</v>
+      </c>
+      <c r="E7" t="s">
+        <v>981</v>
+      </c>
+      <c r="F7" t="s">
+        <v>12</v>
+      </c>
+      <c r="G7" t="s">
+        <v>982</v>
+      </c>
+      <c r="H7" t="s">
+        <v>983</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>