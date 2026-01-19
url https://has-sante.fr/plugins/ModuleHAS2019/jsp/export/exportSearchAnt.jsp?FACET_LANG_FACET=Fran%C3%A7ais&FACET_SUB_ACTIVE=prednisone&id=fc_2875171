--- v1 (2025-12-03)
+++ v2 (2026-01-19)
@@ -1,8922 +1,688 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
-[...9 lines deleted...]
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet12.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Avis sur les dispositifs" r:id="rId3" sheetId="1"/>
-[...10 lines deleted...]
-    <sheet name="Export Article HAS" r:id="rId14" sheetId="12"/>
+    <sheet name="Export " r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Avis sur les dispositifs'!$B$1:$J$1</definedName>
-[...10 lines deleted...]
-    <definedName name="_xlnm._FilterDatabase" localSheetId="11" hidden="true">'Export Article HAS'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1720" uniqueCount="1018">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="104" uniqueCount="81">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Description</t>
-[...8 lines deleted...]
-    <t>TYRX</t>
+    <t>Public Health guideline</t>
+  </si>
+  <si>
+    <t>Dengue vaccination strategy – Role of the Qdenga vaccine - Recommend</t>
+  </si>
+  <si>
+    <t>The HAS recommends the implementation of vaccination against dengue fever using the Qdenga vaccine in the French territories of America (the Antilles and French Guiana), as well as in Mayotte and Réunion. The HAS recommends vaccinating children aged 6 to 16 with a history of dengue infection in these territories, as well as adults aged 17 to 60 with comorbidities, with or without a history of infection.</t>
+  </si>
+  <si>
+    <t>12/12/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>12/17/2024 11:07:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>01/09/2020 00:00:00</t>
-[...86 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3461308/fr/strategie-de-vaccination-contre-la-dengue-place-du-vaccin-qdenga</t>
+    <t>https://www.has-sante.fr/jcms/p_3461308/en/dengue-vaccination-strategy-role-of-the-qdenga-vaccine-recommend</t>
   </si>
   <si>
     <t>p_3461308</t>
   </si>
   <si>
-    <t>Recommandations vaccinales contre le Zona. Place du vaccin Shingrix</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3498915/fr/recommandations-vaccinales-contre-le-zona-place-du-vaccin-shingrix</t>
+    <t>Shingles vaccination recommendations and the role of the Shingrix vaccine</t>
+  </si>
+  <si>
+    <t>Herpes Zoster is a virus exclusive to humans and is the cause of two clinical manifestations: chicken-pox and shingles. Shingles is a common viral skin infection, caused by the reactivation of the varicella zoster virus (VZV), principally affecting adults. Complications, such as bacterial superinfections, neuro-logical signs, meningitis, encephalitis, and particularly post-herpetic neuralgia (PHN), affect individuals aged 50 years and older. In 2013, the French High Council for Public Health (HCSP) recommended the administration of the Zostavax vaccine in France to adults from 65 to 74 years inclusive, according to a single-dose sched-ule for the prevention of shingles and post-herpetic neuralgia (PHN). In response to a referral by the French Ministry of Health (DGS) and with a view to making the Shingrix vaccine available in France, the French National Authority for Health (HAS) reviewed the data in respect of this vaccine to evaluate its place in the current shingles vaccination strategy.</t>
+  </si>
+  <si>
+    <t>02/29/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>03/07/2024 14:30:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3498915/en/shingles-vaccination-recommendations-and-the-role-of-the-shingrix-vaccine</t>
   </si>
   <si>
     <t>p_3498915</t>
   </si>
   <si>
-    <t>Évaluation médico-économique des traitements de fond biologiques dans la prise en charge de la polyarthrite rhumatoïde</t>
-[...1286 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_606483/fr/polyarthrite-rhumatoide-prise-en-charge-en-phase-d-etat-cette-recommandation-est-suspendue</t>
+    <t>Practice guidelines</t>
+  </si>
+  <si>
+    <t>Rheumatoid arthritis: management of established RA</t>
+  </si>
+  <si>
+    <t>05/27/2009 12:02:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_606483/en/rheumatoid-arthritis-management-of-established-ra</t>
   </si>
   <si>
     <t>c_606483</t>
   </si>
   <si>
-    <t>Polyarthrite rhumatoïde : aspects thérapeutiques hors médicaments et chirurgie - aspects médico-sociaux et organisationnels</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_533480/fr/polyarthrite-rhumatoide-aspects-therapeutiques-hors-medicaments-et-chirurgie-aspects-medico-sociaux-et-organisationnels</t>
+    <t>Rheumatoid arthritis: Medical, social and organisational aspects of treatment (excluding surgery and drugs)</t>
+  </si>
+  <si>
+    <t>- To acquaint professionals better with the demonstrated effects of non-drug treatments for RA in order to propose an optimal management aiming to limit the consequences of the disease in terms of pain, joint dysfunction, functional capacity, and quality of life.# - To enable all patients with RA to access coordinated and individually adapted therapeutic, social and professional management.# - To harmonise the methods by which care is organised.</t>
+  </si>
+  <si>
+    <t>03/07/2007 00:00:00</t>
+  </si>
+  <si>
+    <t>05/21/2007 15:10:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_533480/en/rheumatoid-arthritis-medical-social-and-organisational-aspects-of-treatment-excluding-surgery-and-drugs</t>
   </si>
   <si>
     <t>c_533480</t>
   </si>
   <si>
-    <t>Surveillance des malades atteints de cirrhose non compliquée et prévention primaire des complications</t>
-[...59 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_271954/fr/education-therapeutique-du-patient-asthmatique-adulte-et-adolescent</t>
+    <t>Therapeutic education for patients with asthma - Adults and adolescents</t>
+  </si>
+  <si>
+    <t>Therapeutic patient education is defined as helping patients acquire or maintain the competences they need to manage as well as possible their lives with a chronic disease.These guidleines concern patient education for adults and adolescents asthmatics. The topics of the guidelines are: 1. Benefit of patient education in the management of asthma 2. Place of patient education in the management of asthma 3. Approach to education of patients with asthma 4. Consistent information for continuity of care</t>
+  </si>
+  <si>
+    <t>06/01/2001 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_271954/en/therapeutic-education-for-patients-with-asthma-adults-and-adolescents</t>
   </si>
   <si>
     <t>c_271954</t>
   </si>
   <si>
-    <t>Prévention du risque aspergillaire chez les patients immunodéprimés (Hématologie, Transplantation)</t>
-[...47 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_272308/fr/les-traitements-hormonaux-substitutifs-de-la-menopause</t>
+    <t>Hormone replacement therapy at menopause</t>
+  </si>
+  <si>
+    <t>The objectives of the report are : 1. Provide guidance on hormone replacement therapy during the menopause and on the provision of information for women and health professionals 2. Draw conclusions and produce guidelines for health professionals 3. Draft key messages for women</t>
+  </si>
+  <si>
+    <t>05/11/2004 00:00:00</t>
+  </si>
+  <si>
+    <t>05/01/2004 17:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272308/en/hormone-replacement-therapy-at-menopause</t>
   </si>
   <si>
     <t>c_272308</t>
   </si>
   <si>
-    <t>Endoscopie digestive basse : indications en dehors du dépistage en population</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_272348/fr/endoscopie-digestive-basse-indications-en-dehors-du-depistage-en-population</t>
+    <t>Indications for lower gastrointestinal endoscopy (excluding population screening)</t>
+  </si>
+  <si>
+    <t>These guidelines cover indications for lower gastrointestinal endoscopy in all cases except screening for colorectal cancer in the general population and except diagnostic strategies for iron-deficiency anaemia, upper gastrointestinal adenoma, primary sclerosing cholangitis and gastric polyposis in the form of cysts in the gastric fundus.</t>
+  </si>
+  <si>
+    <t>04/01/2004 00:00:00</t>
+  </si>
+  <si>
+    <t>04/01/2004 17:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272348/en/indications-for-lower-gastrointestinal-endoscopy-excluding-population-screening</t>
   </si>
   <si>
     <t>c_272348</t>
   </si>
   <si>
-    <t>Recommandations pour le suivi médical des patients asthmatiques adultes et adolescents</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_272363/fr/recommandations-pour-le-suivi-medical-des-patients-asthmatiques-adultes-et-adolescents</t>
+    <t>Medical follow-up of patients with asthma - Adults and adolescents</t>
+  </si>
+  <si>
+    <t>Address the pratical aspects of long-term medical follow-up of patients with asthma (adults and adolescents only).</t>
+  </si>
+  <si>
+    <t>09/01/2004 00:00:00</t>
+  </si>
+  <si>
+    <t>09/01/2004 17:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272363/en/medical-follow-up-of-patients-with-asthma-adults-and-adolescents</t>
   </si>
   <si>
     <t>c_272363</t>
   </si>
   <si>
-    <t>Communiqué de presse</t>
-[...65 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3356489/fr/prise-en-charge-implanto-prothetique</t>
+    <t>Health technology assessment</t>
+  </si>
+  <si>
+    <t>Management missing teeth with implant-supported prostheses (complete edentulism or single missing teeth) - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>Following a request from the French National Health Insurance, the main objective of the evaluation was to give an opinion to the applicant with a view to obtain potential reimbursement for oral implantology procedures in two indications: Complete edentulism with an implant-retained overdenture; One missing tooth replacement with single implant-supported crown. In order to promote good practice, the evaluation was divided into three parts corresponding to the therapeutics sequences in implantology: a first report about the pre-therapeutic assessment phase, a second concerning therapeutic implantology procedures including the analysis of efficacy and safety, and the third dealing with the post-therapeutic phase of monitoring and maintenance phase, which also includes a section on the general principles of management of peri-implant diseases, mucositis and peri-implantitis.</t>
+  </si>
+  <si>
+    <t>10/17/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>11/06/2024 10:26:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3356489/en/management-missing-teeth-with-implant-supported-prostheses-complete-edentulism-or-single-missing-teeth-inahta-brief</t>
   </si>
   <si>
     <t>p_3356489</t>
   </si>
   <si>
-    <t>Mesure de la fraction expirée du monoxyde d’azote (FeNO) pour l’ajustement du traitement de l’asthme</t>
-[...83 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2680246/fr/evaluation-des-actes-de-diagnostic-biologique-de-la-pneumocystose-pneumocystis-jirovecii</t>
+    <t>Assessment of biological tests for Pneumocystis Pneumonia (Pneumocystis jirovecii infections) diagnosis - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>The aim of this work is to evaluate the accuracy of biological techniques for the diagnosis of Pneumocystis Pneumonia (bilateral pneumonitis caused by human-specific fungus Pneumocystis jirovecii) in immunosuppressed individuals. It focuses on direct identification of specific fungal organisms by microscopic methods (immunofluorescence -IF, staining methods) and Pneumocystis-specific DNA detection by polymerase chain reaction (PCR) in respiratory fluid samples. In addition, it evaluates the dosage of the soluble antigen β -(1-3)- D - glucane (BG) in blood</t>
+  </si>
+  <si>
+    <t>09/27/2017 00:00:00</t>
+  </si>
+  <si>
+    <t>10/18/2017 16:24:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2680246/en/assessment-of-biological-tests-for-pneumocystis-pneumonia-pneumocystis-jirovecii-infections-diagnosis-inahta-brief</t>
   </si>
   <si>
     <t>c_2680246</t>
   </si>
   <si>
-    <t>Actualisation des actes de biologie médicale relatifs au diagnostic des infections à Aspergillus</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2736666/fr/actualisation-des-actes-de-biologie-medicale-relatifs-au-diagnostic-des-infections-a-aspergillus</t>
+    <t>Modification of the Nomenclature of Procedures in Laboratory Medicine for the diagnostic laboratory procedures for Aspergillus diseases - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>The aim of this work is to evaluate the accuracy of biological techniques for the diagnosis of Aspergillus (fungal diseases). It focuses on detection of fungal proteins (named soluble antigens) in blood or other biological fluids and on specific Aspergillus antibodies detection in serum. This study was conducted with a view to inclusions or changes in the List of Procedures in Laboratory Medicine reimbursed by the National Health Insurance System in France</t>
+  </si>
+  <si>
+    <t>05/31/2017 00:00:00</t>
+  </si>
+  <si>
+    <t>06/09/2017 09:57:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2736666/en/modification-of-the-nomenclature-of-procedures-in-laboratory-medicine-for-the-diagnostic-laboratory-procedures-for-aspergillus-diseases-inahta-brief</t>
   </si>
   <si>
     <t>c_2736666</t>
   </si>
   <si>
-    <t>Événements de santé indésirables observés après pose d’implants mammaires à visée esthétique</t>
-[...29 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2045264/fr/evaluation-de-la-thermoplastie-bronchique-pour-le-traitement-de-l-asthme-severe-non-controle</t>
+    <t>Assessment of bronchial thermoplasty for the treatment of uncontrolled severe asthma - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>Assessment of the efficacy and safety of bronchial thermoplasty for the treatment of uncontrolled severe asthma despite optimal drug therapy, in patients above 18 years of age</t>
+  </si>
+  <si>
+    <t>01/20/2016 00:00:00</t>
+  </si>
+  <si>
+    <t>01/28/2016 10:16:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2045264/en/assessment-of-bronchial-thermoplasty-for-the-treatment-of-uncontrolled-severe-asthma-inahta-brief</t>
   </si>
   <si>
     <t>c_2045264</t>
-  </si>
-[...1219 lines deleted...]
-    <t>c_2906066</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId10" Target="worksheets/sheet8.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId11" Target="worksheets/sheet9.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId12" Target="worksheets/sheet10.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId13" Target="worksheets/sheet11.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId14" Target="worksheets/sheet12.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId8" Target="worksheets/sheet6.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId9" Target="worksheets/sheet7.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:J5"/>
+  <dimension ref="A1:H13"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
-      <c r="I1" t="s">
-[...4 lines deleted...]
-      </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
+        <v>8</v>
+      </c>
+      <c r="B2" t="s">
+        <v>9</v>
+      </c>
+      <c r="C2" t="s">
         <v>10</v>
       </c>
-      <c r="B2" t="s">
+      <c r="D2" t="s">
         <v>11</v>
       </c>
-      <c r="C2" t="s">
+      <c r="E2" t="s">
         <v>12</v>
       </c>
-      <c r="D2" t="s">
-[...2 lines deleted...]
-      <c r="E2" t="s">
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
         <v>14</v>
       </c>
-      <c r="F2" t="s">
-[...2 lines deleted...]
-      <c r="G2" t="s">
+      <c r="H2" t="s">
         <v>15</v>
-      </c>
-[...7 lines deleted...]
-        <v>18</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>10</v>
+        <v>8</v>
       </c>
       <c r="B3" t="s">
+        <v>16</v>
+      </c>
+      <c r="C3" t="s">
+        <v>17</v>
+      </c>
+      <c r="D3" t="s">
+        <v>18</v>
+      </c>
+      <c r="E3" t="s">
         <v>19</v>
       </c>
-      <c r="C3" t="s">
-[...2 lines deleted...]
-      <c r="D3" t="s">
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
         <v>20</v>
       </c>
-      <c r="E3" t="s">
+      <c r="H3" t="s">
         <v>21</v>
-      </c>
-[...13 lines deleted...]
-        <v>25</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>10</v>
+        <v>22</v>
       </c>
       <c r="B4" t="s">
+        <v>23</v>
+      </c>
+      <c r="C4" t="s">
+        <v>13</v>
+      </c>
+      <c r="D4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E4" t="s">
+        <v>24</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>25</v>
+      </c>
+      <c r="H4" t="s">
         <v>26</v>
-      </c>
-[...22 lines deleted...]
-        <v>32</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>10</v>
+        <v>22</v>
       </c>
       <c r="B5" t="s">
-        <v>19</v>
+        <v>27</v>
       </c>
       <c r="C5" t="s">
-        <v>24</v>
+        <v>28</v>
       </c>
       <c r="D5" t="s">
-        <v>33</v>
+        <v>29</v>
       </c>
       <c r="E5" t="s">
-        <v>34</v>
+        <v>30</v>
       </c>
       <c r="F5" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>35</v>
+        <v>31</v>
       </c>
       <c r="H5" t="s">
-        <v>36</v>
-[...423 lines deleted...]
-        <v>61</v>
+        <v>32</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
+        <v>22</v>
+      </c>
+      <c r="B6" t="s">
+        <v>33</v>
+      </c>
+      <c r="C6" t="s">
+        <v>34</v>
+      </c>
+      <c r="D6" t="s">
+        <v>35</v>
+      </c>
+      <c r="E6" t="s">
+        <v>35</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
+        <v>36</v>
+      </c>
+      <c r="H6" t="s">
         <v>37</v>
-      </c>
-[...189 lines deleted...]
-        <v>94</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>68</v>
+        <v>22</v>
       </c>
       <c r="B7" t="s">
-        <v>95</v>
+        <v>38</v>
       </c>
       <c r="C7" t="s">
-        <v>96</v>
+        <v>39</v>
       </c>
       <c r="D7" t="s">
-        <v>12</v>
+        <v>40</v>
       </c>
       <c r="E7" t="s">
-        <v>97</v>
+        <v>41</v>
       </c>
       <c r="F7" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="G7" t="s">
-        <v>98</v>
+        <v>42</v>
       </c>
       <c r="H7" t="s">
-        <v>99</v>
+        <v>43</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>68</v>
+        <v>22</v>
       </c>
       <c r="B8" t="s">
-        <v>100</v>
+        <v>44</v>
       </c>
       <c r="C8" t="s">
-        <v>101</v>
+        <v>45</v>
       </c>
       <c r="D8" t="s">
-        <v>12</v>
+        <v>46</v>
       </c>
       <c r="E8" t="s">
-        <v>102</v>
+        <v>47</v>
       </c>
       <c r="F8" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="G8" t="s">
-        <v>103</v>
+        <v>48</v>
       </c>
       <c r="H8" t="s">
-        <v>104</v>
+        <v>49</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>68</v>
+        <v>22</v>
       </c>
       <c r="B9" t="s">
-        <v>105</v>
+        <v>50</v>
       </c>
       <c r="C9" t="s">
-        <v>106</v>
+        <v>51</v>
       </c>
       <c r="D9" t="s">
-        <v>12</v>
+        <v>52</v>
       </c>
       <c r="E9" t="s">
-        <v>107</v>
+        <v>53</v>
       </c>
       <c r="F9" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="G9" t="s">
-        <v>108</v>
+        <v>54</v>
       </c>
       <c r="H9" t="s">
-        <v>109</v>
+        <v>55</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>68</v>
+        <v>56</v>
       </c>
       <c r="B10" t="s">
-        <v>110</v>
+        <v>57</v>
       </c>
       <c r="C10" t="s">
-        <v>111</v>
+        <v>58</v>
       </c>
       <c r="D10" t="s">
-        <v>12</v>
+        <v>59</v>
       </c>
       <c r="E10" t="s">
-        <v>112</v>
+        <v>60</v>
       </c>
       <c r="F10" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="G10" t="s">
-        <v>113</v>
+        <v>61</v>
       </c>
       <c r="H10" t="s">
-        <v>114</v>
+        <v>62</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
+        <v>56</v>
+      </c>
+      <c r="B11" t="s">
+        <v>63</v>
+      </c>
+      <c r="C11" t="s">
+        <v>64</v>
+      </c>
+      <c r="D11" t="s">
+        <v>65</v>
+      </c>
+      <c r="E11" t="s">
+        <v>66</v>
+      </c>
+      <c r="F11" t="s">
+        <v>13</v>
+      </c>
+      <c r="G11" t="s">
+        <v>67</v>
+      </c>
+      <c r="H11" t="s">
         <v>68</v>
-      </c>
-[...19 lines deleted...]
-        <v>119</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>68</v>
+        <v>56</v>
       </c>
       <c r="B12" t="s">
-        <v>120</v>
+        <v>69</v>
       </c>
       <c r="C12" t="s">
-        <v>121</v>
+        <v>70</v>
       </c>
       <c r="D12" t="s">
-        <v>12</v>
+        <v>71</v>
       </c>
       <c r="E12" t="s">
-        <v>122</v>
+        <v>72</v>
       </c>
       <c r="F12" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="G12" t="s">
-        <v>123</v>
+        <v>73</v>
       </c>
       <c r="H12" t="s">
-        <v>124</v>
+        <v>74</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>68</v>
+        <v>56</v>
       </c>
       <c r="B13" t="s">
-        <v>125</v>
+        <v>75</v>
       </c>
       <c r="C13" t="s">
-        <v>126</v>
+        <v>76</v>
       </c>
       <c r="D13" t="s">
-        <v>12</v>
+        <v>77</v>
       </c>
       <c r="E13" t="s">
-        <v>127</v>
+        <v>78</v>
       </c>
       <c r="F13" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="G13" t="s">
-        <v>128</v>
+        <v>79</v>
       </c>
       <c r="H13" t="s">
-        <v>129</v>
-[...4771 lines deleted...]
-        <v>983</v>
+        <v>80</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>