--- v2 (2026-01-19)
+++ v3 (2026-03-05)
@@ -1,688 +1,9136 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet5.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet6.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet7.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet8.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet9.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet10.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet11.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet12.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export " r:id="rId3" sheetId="1"/>
+    <sheet name="Export Avis sur les dispositifs" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Recommandation en santé " r:id="rId4" sheetId="2"/>
+    <sheet name="Export Guide maladie chronique" r:id="rId5" sheetId="3"/>
+    <sheet name="Export Recommandation de bonne " r:id="rId6" sheetId="4"/>
+    <sheet name="Export Communiqué de presse" r:id="rId7" sheetId="5"/>
+    <sheet name="Export Evaluation des technolog" r:id="rId8" sheetId="6"/>
+    <sheet name="Export évènement de calendrier" r:id="rId9" sheetId="7"/>
+    <sheet name="Export Avis et décisions de la " r:id="rId10" sheetId="8"/>
+    <sheet name="Export Recommandation vaccinale" r:id="rId11" sheetId="9"/>
+    <sheet name="Export Outil d'amélioration des" r:id="rId12" sheetId="10"/>
+    <sheet name="Export Medicament" r:id="rId13" sheetId="11"/>
+    <sheet name="Export Article HAS" r:id="rId14" sheetId="12"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Avis sur les dispositifs'!$B$1:$J$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Recommandation en santé '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Communiqué de presse'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="6" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="7" hidden="true">'Export Avis et décisions de la '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="8" hidden="true">'Export Recommandation vaccinale'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="9" hidden="true">'Export Outil d''amélioration des'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="10" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="11" hidden="true">'Export Article HAS'!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="104" uniqueCount="81">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1760" uniqueCount="1046">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Public Health guideline</t>
-[...5 lines deleted...]
-    <t>The HAS recommends the implementation of vaccination against dengue fever using the Qdenga vaccine in the French territories of America (the Antilles and French Guiana), as well as in Mayotte and Réunion. The HAS recommends vaccinating children aged 6 to 16 with a history of dengue infection in these territories, as well as adults aged 17 to 60 with comorbidities, with or without a history of infection.</t>
+    <t>Description</t>
+  </si>
+  <si>
+    <t>Laboratoire / Fabricant</t>
+  </si>
+  <si>
+    <t>Avis sur les dispositifs médicaux et autres produits de santé</t>
+  </si>
+  <si>
+    <t>TYRX</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>01/09/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>13/10/2020 17:34:22</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3212152/fr/tyrx</t>
+  </si>
+  <si>
+    <t>p_3212152</t>
+  </si>
+  <si>
+    <t>Enveloppe antibactérienne résorbable</t>
+  </si>
+  <si>
+    <t>MEDTRONIC FRANCE S.A.S.</t>
+  </si>
+  <si>
+    <t>ALAIR</t>
+  </si>
+  <si>
+    <t>26/03/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>08/04/2019 08:52:10</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2961583/fr/alair</t>
+  </si>
+  <si>
+    <t>c_2961583</t>
+  </si>
+  <si>
+    <t>Cathéter de thermoplastie bronchique</t>
+  </si>
+  <si>
+    <t>BOSTON SCIENTIFIC SAS</t>
+  </si>
+  <si>
+    <t>REPNEU</t>
+  </si>
+  <si>
+    <t>Système de spirales endobronchiques en nitinol</t>
+  </si>
+  <si>
+    <t>22/11/2016 00:00:00</t>
+  </si>
+  <si>
+    <t>30/11/2016 08:47:47</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2725221/fr/repneu</t>
+  </si>
+  <si>
+    <t>c_2725221</t>
+  </si>
+  <si>
+    <t>PneumRX, Limited</t>
+  </si>
+  <si>
+    <t>17/05/2016 00:00:00</t>
+  </si>
+  <si>
+    <t>09/06/2016 11:22:25</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2636230/fr/alair</t>
+  </si>
+  <si>
+    <t>c_2636230</t>
+  </si>
+  <si>
+    <t>Recommandation en santé publique</t>
+  </si>
+  <si>
+    <t>Stratégie de vaccination contre la dengue - Place du vaccin Qdenga</t>
+  </si>
+  <si>
+    <t>La HAS recommande la mise en place de la vaccination contre la dengue par le vaccin Qdenga dans les territoires français d’Amérique (Antilles et Guyane), ainsi qu’à Mayotte et à La Réunion. La HAS préconise de vacciner dans ces territoires les enfants âgés de 6 à 16 ans présentant un antécédent d’infection par la dengue ainsi que les adultes de 17 à 60 ans présentant des comorbidités, avec ou sans antécédent.</t>
   </si>
   <si>
     <t>12/12/2024 00:00:00</t>
   </si>
   <si>
-    <t>12/17/2024 11:07:00</t>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3461308/en/dengue-vaccination-strategy-role-of-the-qdenga-vaccine-recommend</t>
+    <t>17/12/2024 11:07:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3461308/fr/strategie-de-vaccination-contre-la-dengue-place-du-vaccin-qdenga</t>
   </si>
   <si>
     <t>p_3461308</t>
   </si>
   <si>
-    <t>Shingles vaccination recommendations and the role of the Shingrix vaccine</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3498915/en/shingles-vaccination-recommendations-and-the-role-of-the-shingrix-vaccine</t>
+    <t>Recommandations vaccinales contre le Zona. Place du vaccin Shingrix</t>
+  </si>
+  <si>
+    <t>La HAS recommande la vaccination contre le zona avec le vaccin Shingrix des personnes de 18 ans et plus dont le système immunitaire est défaillant, ainsi que de toutes les personnes âgées de 65 ans et plus.</t>
+  </si>
+  <si>
+    <t>29/02/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>07/03/2024 14:30:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3498915/fr/recommandations-vaccinales-contre-le-zona-place-du-vaccin-shingrix</t>
   </si>
   <si>
     <t>p_3498915</t>
   </si>
   <si>
-    <t>Practice guidelines</t>
-[...8 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_606483/en/rheumatoid-arthritis-management-of-established-ra</t>
+    <t>Évaluation médico-économique des traitements de fond biologiques dans la prise en charge de la polyarthrite rhumatoïde</t>
+  </si>
+  <si>
+    <t>La polyarthrite rhumatoïde est une maladie rhumatismale auto-immune, inflammatoire, chronique, évoluant par poussées provoquant des gonflements et des douleurs au niveau des poignets, des mains ou des pieds et détruisant progressivement les articulations.</t>
+  </si>
+  <si>
+    <t>04/11/2015 00:00:00</t>
+  </si>
+  <si>
+    <t>16/05/2019 16:53:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2580906/fr/evaluation-medico-economique-des-traitements-de-fond-biologiques-dans-la-prise-en-charge-de-la-polyarthrite-rhumatoide</t>
+  </si>
+  <si>
+    <t>c_2580906</t>
+  </si>
+  <si>
+    <t>Conditions du développement de la chimiothérapie en hospitalisation à domicile</t>
+  </si>
+  <si>
+    <t>Sur saisine de la Direction Générale de l’Offre de Soins, la HAS a réalisé un travail, actualisant la synthèse de littérature qu’elle avait publié en 2005, sur la chimiothérapie pratiquée en hospitalisation à domicile. Elle a complété cette analyse par une étude des bases de données tarifaires codant les séjours de chimiothérapie en HAD (PMSI HAD) et par cinq monographies de sites, après enquête de terrain. Ces travaux ont permis à la HAS de dresser un état des lieux précis des pratiques actuelles de chimiothérapie en HAD et de produire des recommandations, destinées au décideur public, pour lever les freins au développement de cette activité.</t>
+  </si>
+  <si>
+    <t>28/01/2015 00:00:00</t>
+  </si>
+  <si>
+    <t>16/03/2015 10:36:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1696038/fr/conditions-du-developpement-de-la-chimiotherapie-en-hospitalisation-a-domicile</t>
+  </si>
+  <si>
+    <t>c_1696038</t>
+  </si>
+  <si>
+    <t>Évaluation a priori du dépistage de la syphilis en France</t>
+  </si>
+  <si>
+    <t>Évaluer, au vu des dernières données épidémiologiques montrant une recrudescence de la maladie, l’opportunité du dépistage de la syphilis en France et préciser ses modalités : quelle population dépister et à quelle fréquence ? Comment utiliser les multiples tests disponibles ? Comment optimiser la surveillance épidémiologique, la sensibilisation des personnes concernées par le dépistage, l’utilisation des différentes structures de dépistage et la notification des partenaires des patients dépistés et diagnostiqués positifs ?</t>
+  </si>
+  <si>
+    <t>23/05/2007 00:00:00</t>
+  </si>
+  <si>
+    <t>02/07/2007 15:34:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_548127/fr/evaluation-a-priori-du-depistage-de-la-syphilis-en-france</t>
+  </si>
+  <si>
+    <t>c_548127</t>
+  </si>
+  <si>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Vascularites associées aux ANCA</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de Vascularites associées aux ANCA. Il a été élaboré sous l’égide du Groupe Français d’Etude des Vascularites et de la Filière de santé des maladies auto-immunes et auto-inflammatoires rares (FAI²R) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>03/03/2026 14:02:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3858403/fr/vascularites-associees-aux-anca</t>
+  </si>
+  <si>
+    <t>p_3858403</t>
+  </si>
+  <si>
+    <t>Pemphigus</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de pemphigus. Il a été élaboré par le centre de référence des maladies bulleuses auto-immunes à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>02/10/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>30/01/2026 14:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2636265/fr/pemphigus</t>
+  </si>
+  <si>
+    <t>c_2636265</t>
+  </si>
+  <si>
+    <t>Vascularites Primitives du Système Nerveux Central</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soinss d’un patient atteint d’une VPSNC. Il a été élaboré sous l’égide du Centre de référence des maladies auto-immunes et auto-inflammatoires systémiques rares de l’adulte Nord, Nord-Ouest, Méditerranée et Guadeloupe – IgG4 (CERAINOM) – site constitutif de Caen et de la Filière de santé des maladies auto-immunes et auto-inflammatoires rares (FAI²R) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>26/01/2026 08:39:09</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3826360/fr/vascularites-primitives-du-systeme-nerveux-central</t>
+  </si>
+  <si>
+    <t>p_3826360</t>
+  </si>
+  <si>
+    <t>Maladie associée aux IgG4  - Pathologies infiltratives et fibrosantes associées aux IgG4</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soinsd’un patient atteint de maladie associée aux IgG4 (MAG4). Il a été élaboré par le Centre de référence des maladies auto-immunes et auto-inflammatoires systémiques rares de l’adulte Nord, Nord-Ouest, Méditerranée et Guadeloupe –IgG4 (CERAINOM-IgG4) et de la Filière de santé des maladies auto-immunes et auto-inflammatoires rares (FAI²R) avec la participation du Centre de référence des maladies rares du pancréas (PaRaDis) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>15/12/2025 08:32:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3776085/fr/maladie-associee-aux-igg4-pathologies-infiltratives-et-fibrosantes-associees-aux-igg4</t>
+  </si>
+  <si>
+    <t>p_3776085</t>
+  </si>
+  <si>
+    <t>Mucoviscidose</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de mucoviscidoses. Il a été élaboré par le Centre de Référence Mucoviscidose à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>05/12/2025 11:04:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2792719/fr/mucoviscidose</t>
+  </si>
+  <si>
+    <t>c_2792719</t>
+  </si>
+  <si>
+    <t>Anémie Hémolytique Auto-Immune de l’enfant et l’adolescent</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un enfant ou adolescent présentant une anémie hémolytique auto-immune (AHAI). Il a été élaboré par le Centre de référence des cytopénies auto-immunes de l’enfant (CEREVANCE) sous l’égide de la filière de santé MaRIH à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>05/12/2025 11:07:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3761395/fr/anemie-hemolytique-auto-immune-de-l-enfant-et-l-adolescent</t>
+  </si>
+  <si>
+    <t>p_3761395</t>
+  </si>
+  <si>
+    <t>Péricardites Récidivantes</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de PéR. Il a été élaboré sous l’égide de : Filière de santé des maladies auto-immunes et auto-inflammatoires rares (FAI²R) Et de la Filière de santé des maladies cardiaques héréditaires ou rares (Cardiogen) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>05/12/2025 14:58:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3777808/fr/pericardites-recidivantes</t>
+  </si>
+  <si>
+    <t>p_3777808</t>
+  </si>
+  <si>
+    <t>Ostéite Chronique Multifocale Récurrente</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’ostéite chronique multifocale récurrente (OCMR). Il a été élaboré sous l’égide du Centre de référence des maladies auto-inflammatoires et de l’amylose inflammatoire (CeRéMAIA) et de la Filière de santé des maladies auto-immunes et auto-inflammatoires rares (FAI²R) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>02/10/2025 12:48:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3689228/fr/osteite-chronique-multifocale-recurrente</t>
+  </si>
+  <si>
+    <t>p_3689228</t>
+  </si>
+  <si>
+    <t>Purpura Thrombopénique Immunologique  de l’enfant et de l’adolescent</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un enfant atteint de purpura thrombopénique immunologique (PTI). Il a été élaboré par le Centre de référence des cytopénies auto-immunes de l’enfant (CEREVANCE) sous l’égide de la filière de santé Maladies Rares Immuno-Hématologiques (MaRIH) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>10/04/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>18/04/2025 14:08:13</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3601597/fr/purpura-thrombopenique-immunologique-de-l-enfant-et-de-l-adolescent</t>
+  </si>
+  <si>
+    <t>p_3601597</t>
+  </si>
+  <si>
+    <t>Les maladies du spectre de la neuromyélite optique</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de la NMOSD. Il a été élaboré par le Centre de référence des maladies inflammatoires rares du cerveau et de la moelle à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>04/03/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3245151/fr/les-maladies-du-spectre-de-la-neuromyelite-optique</t>
+  </si>
+  <si>
+    <t>p_3245151</t>
+  </si>
+  <si>
+    <t>Hémophilie A acquise</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’HAA. Il a été élaboré par le Centre de Référence de l’Hémophilie et autres déficits rares en protéines de la coagulation à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>04/03/2025 15:55:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3594164/fr/hemophilie-a-acquise</t>
+  </si>
+  <si>
+    <t>p_3594164</t>
+  </si>
+  <si>
+    <t>Purpura thrombopénique immunologique de l’adulte</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de GLUT1-DS. Il a été élaboré par le Centre de Référence des Cytopénies Auto-Immunes de l’adulte (CeReCAI) du CHU Henri Mondor de Créteil, APHP, UPEC, sous l’égide de la filière de santé maladies rares MARIH (Maladies Rares Immuno-Hématologiques) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>05/02/2025 14:17:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3578446/fr/purpura-thrombopenique-immunologique-de-l-adulte</t>
+  </si>
+  <si>
+    <t>p_3578446</t>
+  </si>
+  <si>
+    <t>DRESS de l’adulte et de l’enfant</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un adulte ou d’un enfant pris en charge pour un DRESS (en anglais « Drug Reaction with Eosinophilia and Systemic Symptoms » ou DIHS « Drug-Induced Hypersensitivity Syndrome », ou syndrome d’hypersensibilité médicamenteuse). Il a été élaboré par le Centre de référence des dermatoses bulleuses toxiques et toxidermies graves TOXIBUL à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>21/11/2024 15:16:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3557694/fr/dress-de-l-adulte-et-de-l-enfant</t>
+  </si>
+  <si>
+    <t>p_3557694</t>
+  </si>
+  <si>
+    <t>Interféronopathies</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’interféronopathie. Il a été élaboré sous l’égide du Centre de Référence des Rhumatismes inflammatoires, maladies Auto-immunes et Interféronopathies Systémiques de l'Enfant RAISE et des Filières des maladies auto-immunes et auto-inflammatoires rares FAI²R des maladies rares du système nerveux central BRAIN-TEAM à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>06/11/2024 08:37:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3555029/fr/interferonopathies</t>
+  </si>
+  <si>
+    <t>p_3555029</t>
+  </si>
+  <si>
+    <t>Anémies Hémolytiques Auto-Immunes de l’adulte</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient admis en ALD au titre de l’ALD2 : insuffisances médullaires et autres cytopénies chroniques. Il a été élaboré par le Centre de Référence des Cytopénies Auto-Immunes de l’adulte (CeReCAI) sous l’égide de la filière de santé Maladies Rares MARIH à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>06/08/2024 16:18:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3536031/fr/anemies-hemolytiques-auto-immunes-de-l-adulte</t>
+  </si>
+  <si>
+    <t>p_3536031</t>
+  </si>
+  <si>
+    <t>Transplantation rénale chez l’enfant</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient transplanté rénal à l’âge pédiatrique. Il a été élaboré par le Centres de Référence des Maladies Rénales Rares Sous l’égide de la filière ORKiD à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>02/08/2024 16:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3473573/fr/transplantation-renale-chez-l-enfant</t>
+  </si>
+  <si>
+    <t>p_3473573</t>
+  </si>
+  <si>
+    <t>Fibrodysplasie Ossifiante Progressive (FOP)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de FOP. Il a été élaboré par le Centre de référence des maladies osseuses constitutionnelles (CRMR MOC) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>22/04/2024 08:33:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3503200/fr/fibrodysplasie-ossifiante-progressive-fop</t>
+  </si>
+  <si>
+    <t>p_3503200</t>
+  </si>
+  <si>
+    <t>Syndrome de Cogan</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de syndrome de Cogan. Il a été élaboré sous l’égide du Centre de référence des maladies auto-inflammatoires et de l’amylose inflammatoire (CeRéMAIA) et de la Filière de santé des maladies auto-immunes et auto-inflammatoires rares (FAI²R) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>22/04/2024 08:32:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3503231/fr/syndrome-de-cogan</t>
+  </si>
+  <si>
+    <t>p_3503231</t>
+  </si>
+  <si>
+    <t>Artérite à Cellules Géantes (Horton)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’Artérite à Cellules Géantes (ACG). Il a été élaboré par le Groupe d’Etude Français des Artérites des gros vaisseaux (GEFA) et de la Filière de santé des maladies auto-immunes et auto-inflammatoires rares (FAI²R) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>28/03/2024 16:12:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2789359/fr/arterite-a-cellules-geantes-horton</t>
+  </si>
+  <si>
+    <t>c_2789359</t>
+  </si>
+  <si>
+    <t>Lupus Systémique de l'adulte et de l'enfant</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de lupus systémique (LS). Il a été élaboré sous l’égide du Centre de référence du lupus, syndrome des anticorps anti-phospholipides et autres maladies auto-immunes rares et du Centre de référence des rhumatismes inflammatoires et maladies auto-immunes systémiques rares de l’enfant RAISE et de la Filière des maladies auto-immunes et auto-inflammatoires rares FAI²R à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>06/02/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>09/02/2024 08:27:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3493410/fr/lupus-systemique-de-l-adulte-et-de-l-enfant</t>
+  </si>
+  <si>
+    <t>p_3493410</t>
+  </si>
+  <si>
+    <t>Arthrites Juvéniles  Idiopathiques</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’arthrite juvénile idiopathique (AJI). Il a été élaboré sous l’égide du Centre de référence des rhumatismes inflammatoires et maladies auto-immunes systémiques rares de l’enfant RAISE et de la Filière de santé des maladies auto-immunes et auto-inflammatoires rares FAI²R à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>05/02/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>07/02/2024 08:36:06</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3493132/fr/arthrites-juveniles-idiopathiques</t>
+  </si>
+  <si>
+    <t>p_3493132</t>
+  </si>
+  <si>
+    <t>Nécrolyse épidermique de l’adulte (Syndromes de Stevens-Johnson et de Lyell)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un adulte pris en charge pour une nécrolyse épidermique (NE, syndrome de Stevens-Johnson, SJS, et syndrome de Lyell ou nécrolyse épidermique toxique, NET). Il a été élaboré par le Centre de référence des dermatoses bulleuses toxiques et toxidermies graves TOXIBUL à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>04/04/2018 15:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1012735/fr/necrolyse-epidermique-de-l-adulte-syndromes-de-stevens-johnson-et-de-lyell</t>
+  </si>
+  <si>
+    <t>c_1012735</t>
+  </si>
+  <si>
+    <t>Syndrome néphrotique idiopathique de l’adulte</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient adulte atteint du syndrome néphrotique idiopathique. Il a été élaboré par le Centre de Référence Syndrome Néphrotique Idiopathique de l’enfant et de l’adulte à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>18/12/2014 16:52:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2001046/fr/syndrome-nephrotique-idiopathique-de-l-adulte</t>
+  </si>
+  <si>
+    <t>c_2001046</t>
+  </si>
+  <si>
+    <t>Dysplasie broncho-pulmonaire</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient avec DBP constituée à 36 semaines d’APM. Il a été élaboré par le Centre de référence constitutif des maladies respiratoires rares - RespiRare à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>10/08/2023 12:13:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3457610/fr/dysplasie-broncho-pulmonaire</t>
+  </si>
+  <si>
+    <t>p_3457610</t>
+  </si>
+  <si>
+    <t>Hémophilie</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint d’hémophilie (ALD 11 : hémophilie et affections de l’hémostase graves). Il a été élaboré par le centre de référence constitutif des déficits immunitaires héréditaires à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>20/06/2023 14:37:11</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3447771/fr/hemophilie</t>
+  </si>
+  <si>
+    <t>p_3447771</t>
+  </si>
+  <si>
+    <t>ALD n° 9 - Epilepsies graves</t>
+  </si>
+  <si>
+    <t>Le guide actes et prestations ALD n’est pas une recommandation de bonne pratique. Il ne constitue pas une aide à la décision portant sur la stratégie diagnostique ou thérapeutique.</t>
+  </si>
+  <si>
+    <t>23/03/2023 00:00:00</t>
+  </si>
+  <si>
+    <t>28/03/2023 12:21:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_586170/fr/ald-n-9-epilepsies-graves</t>
+  </si>
+  <si>
+    <t>c_586170</t>
+  </si>
+  <si>
+    <t>Amylose AL</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’amylose AL. Il a été élaboré par le Centre national de référence amylose AL. et autres maladies de dépôts d'immunoglobulines monoclonales à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>23/03/2023 10:32:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3385053/fr/amylose-al</t>
+  </si>
+  <si>
+    <t>p_3385053</t>
+  </si>
+  <si>
+    <t>Syndrome néphrotique idiopathique de l’enfant</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de Syndrome néphrotique idiopathique de l’enfant. Il a été élaboré par le Centre de Référence Syndrome Néphrotique Idiopathique à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3403870/fr/syndrome-nephrotique-idiopathique-de-l-enfant</t>
+  </si>
+  <si>
+    <t>p_3403870</t>
+  </si>
+  <si>
+    <t>Glomérulonéphrite Extra-Membraneuse</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de GEM. Il a été élaboré par le Centre de Référence Maladies Rares du Syndrome Néphrotique Idiopathique à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>12/12/2022 17:27:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3392035/fr/glomerulonephrite-extra-membraneuse</t>
+  </si>
+  <si>
+    <t>p_3392035</t>
+  </si>
+  <si>
+    <t>Cholangite Sclérosante Primitive</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’une cholangite sclérosante primitive (CSP). Il a été élaboré par le Centre de référence coordonnateur des maladies inflammatoires des voies biliaires et hépatites autoimmunes à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3392249/fr/cholangite-sclerosante-primitive</t>
+  </si>
+  <si>
+    <t>p_3392249</t>
+  </si>
+  <si>
+    <t>Le spectre des maladies à anticorps anti-MOG</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de MOGAD. Il a été élaboré par le Centre de Référence Maladies Inflammatoires Rares du Cerveau Et de la Moelle à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>02/11/2022 17:40:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3382586/fr/le-spectre-des-maladies-a-anticorps-anti-mog</t>
+  </si>
+  <si>
+    <t>p_3382586</t>
+  </si>
+  <si>
+    <t>Greffe de cellules souches hématopoïétiques dans  les maladies auto-immunes</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de maladie auto-immune (MAI) et traité par greffe de CSH. Il a été élaboré par le Centre de référence des maladies auto-immunes et systémiques rares d’Ile-de-France (site constitutif, Saint-Louis, AP-HP) : MATHEC, maladies Auto-immunes et Thérapies Cellulaires. Sous l’égide des filières de santé : Filière des maladies auto-immunes et auto-inflammatoires rares FAI2R, Filière de santé des maladies rares immuno-hématologiques MaRIH à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>10/10/2022 17:06:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3374064/fr/greffe-de-cellules-souches-hematopoietiques-dans-les-maladies-auto-immunes</t>
+  </si>
+  <si>
+    <t>p_3374064</t>
+  </si>
+  <si>
+    <t>Purpura thrombotique thrombocytopénique</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient d’un patient atteint de PTT, dans sa forme autoimmune ou congénitale, et en contexte obstétrical. Il a été élaboré par le Centre de référence des microangiopathies thrombotiques (CNR-MAT) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>07/10/2022 11:12:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3375723/fr/purpura-thrombotique-thrombocytopenique</t>
+  </si>
+  <si>
+    <t>p_3375723</t>
+  </si>
+  <si>
+    <t>Syndrome des Anti-Phospholipides de l’adulte et de l’enfant</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de SAPL. Il a été élaboré sous l’égide du Centre de référence du lupus, syndrome des anticorps anti-phospholipides et autres maladies auto-immunes rares et du Centre de référence des rhumatismes inflammatoires et maladies auto-immunes systémiques rares de l’enfant RAISE et de la Filière des maladies auto-immunes et auto-inflammatoires rares FAI²R à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>07/10/2022 12:02:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3375791/fr/syndrome-des-anti-phospholipides-de-l-adulte-et-de-l-enfant</t>
+  </si>
+  <si>
+    <t>p_3375791</t>
+  </si>
+  <si>
+    <t>Maladie de Kawasaki</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de maladie de Kawasaki. Il a été élaboré par le Centre de Référence des Maladies Auto-inflammatoires et de l’Amylose inflammatoire CeRéMAIA Sous l’égide de la Filière des maladies auto-immunes et auto-inflammatoires rares FAI2R à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>09/09/2022 08:37:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3363015/fr/maladie-de-kawasaki</t>
+  </si>
+  <si>
+    <t>p_3363015</t>
+  </si>
+  <si>
+    <t>Syndrome Post-Poliomyélitique et effet du vieillissement chez les personnes atteintes de séquelles de Poliomyélite Antérieure Aiguë</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de syndrome post-polio (SPP) ou de complications liées au vieillissement chez un patient porteur de séquelles de PAA. Il a été élaboré par le Centre de référence pour les maladies neuromusculaires et la SLA de Marseille à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>11/08/2022 13:57:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3351803/fr/syndrome-post-poliomyelitique-et-effet-du-vieillissement-chez-les-personnes-atteintes-de-sequelles-de-poliomyelite-anterieure-aigue</t>
+  </si>
+  <si>
+    <t>p_3351803</t>
+  </si>
+  <si>
+    <t>Hyperéosinophilies et syndromes hyperéosinophiliques</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient présentant un syndrome hyperéosinophilique (SHE). Il a été élaboré sous l'égide du centre de référence des syndromes hyperéosinophiliques (CEREO) et de la filière de santé Mmaladies-rares immuno-hématologiques (MaRIH) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>30/06/2022 15:05:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3346155/fr/hypereosinophilies-et-syndromes-hypereosinophiliques</t>
+  </si>
+  <si>
+    <t>p_3346155</t>
+  </si>
+  <si>
+    <t>Maladie (ou syndrome) de Sjögren</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de Syndrome de Sjögren. Il a été élaboré par le Centre de référence des maladies auto-immunes et systémiques rares à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>07/04/2022 08:34:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3328894/fr/maladie-ou-syndrome-de-sjogren</t>
+  </si>
+  <si>
+    <t>p_3328894</t>
+  </si>
+  <si>
+    <t>Syndrome MYH9</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de syndrome MYH9. Il a été élaboré par le Centre de Référence des Pathologies Plaquettaires Constitutionnelles (CRPP) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>17/11/2021 14:17:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3298135/fr/syndrome-myh9</t>
+  </si>
+  <si>
+    <t>p_3298135</t>
+  </si>
+  <si>
+    <t>Maladies héréditaires du métabolisme du surfactant</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins des enfants présentant une maladie du surfactant. Il a été élaboré par le centre de référence des Maladies respiratoires rares - RespiRare à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>10/11/2021 16:10:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3278600/fr/maladies-hereditaires-du-metabolisme-du-surfactant</t>
+  </si>
+  <si>
+    <t>p_3278600</t>
+  </si>
+  <si>
+    <t>Encéphalopathie Epileptique avec Pointe Ondes Continues du Sommeil (EEPOCS) (y compris syndrome de Landau-Kleffner)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d'une Encéphalopathie Epileptique avec Pointe Ondes Continues du Sommeil (EEPOCS). Il a été élaboré par le Centre de référence épilepsies rares (CReER) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>04/11/2021 12:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3295051/fr/encephalopathie-epileptique-avec-pointe-ondes-continues-du-sommeil-eepocs-y-compris-syndrome-de-landau-kleffner</t>
+  </si>
+  <si>
+    <t>p_3295051</t>
+  </si>
+  <si>
+    <t>Myosite à inclusions sporadique</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de myosite à inclusions. Il a été élaboré par le Centre de référence des maladies neuromusculaires à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3295071/fr/myosite-a-inclusions-sporadique</t>
+  </si>
+  <si>
+    <t>p_3295071</t>
+  </si>
+  <si>
+    <t>Cryoglobulinémies</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de cryoglobulinémie. Il a été élaboré sous l’égide du centre de référence des maladies auto-immunes systémiques rares d’Ile-de-France et de la filière des maladies auto-immunes et auto-inflammatoires rares à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>14/10/2021 08:39:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3278570/fr/cryoglobulinemies</t>
+  </si>
+  <si>
+    <t>p_3278570</t>
+  </si>
+  <si>
+    <t>Aspergillose broncho-pulmonaire allergique (hors mucoviscidose)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d'aspergillose broncho-pulmonaire allergique (hors mucoviscidose). Il a été élaboré par le Centre de référence des maladies pulmonaires rares – OrphaLungs à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3289862/fr/aspergillose-broncho-pulmonaire-allergique-hors-mucoviscidose</t>
+  </si>
+  <si>
+    <t>p_3289862</t>
+  </si>
+  <si>
+    <t>Hépatite Auto-Immunes (HAI)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d'Hépatite Auto-Immunes (HAI). Il a été élaboré par le Centre de Référence Constitutif des Maladies Inflammatoires des Voies Biliaires et Hépatites Auto-Immunes Sous l’égide et avec le partenariat de la Filière de Santé « FILFOIE »à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3291664/fr/hepatite-auto-immunes-hai</t>
+  </si>
+  <si>
+    <t>p_3291664</t>
+  </si>
+  <si>
+    <t>Polychondrite Chronique Atrophiante</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de PCA. Il a été élaboréSous l’égide du Centre de référence des maladies systémiques rares de l’Est et du Sud-Ouest, du Centre de référence des maladies auto-immunes systémiques rares d’Ile de France, du Centre de référence du lupus, SAPL et autres maladies auto-immunes rares, du Centre de compétence des maladies auto-immunes systémiques rares de Toulouse et de la filière des maladies auto-immunes et auto-inflammatoires rares à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>06/09/2021 09:34:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3278590/fr/polychondrite-chronique-atrophiante</t>
+  </si>
+  <si>
+    <t>p_3278590</t>
+  </si>
+  <si>
+    <t>Fibrose pulmonaire idiopathique</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de Fibrose pulmonaire idiopathique. Il a été élaboré par le centre de référence des Maladies pulmonaires rares à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>28/07/2021 11:55:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3278607/fr/fibrose-pulmonaire-idiopathique</t>
+  </si>
+  <si>
+    <t>p_3278607</t>
+  </si>
+  <si>
+    <t>Polyradiculoneuropathie Inflammatoire Démyélinisante Chronique (PIDC)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint de Polyradiculoneuropathie Inflammatoire Démyélinisante Chronique (PIDC) . Il a été élaboré par le Centre de référence des maladies rares des Neuropathies rares, CHU de Bicetre à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>19/04/2021 10:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3261449/fr/polyradiculoneuropathie-inflammatoire-demyelinisante-chronique-pidc</t>
+  </si>
+  <si>
+    <t>p_3261449</t>
+  </si>
+  <si>
+    <t>Malformations lymphatiques kystiques (MLK)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint de malformations lymphatiques kystiques (MLK). Il a été élaboré par les Centres de Référence et de Compétences Maladies Rares de la filière de santé FIMARAD à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>04/03/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>09/03/2021 08:43:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3241227/fr/malformations-lymphatiques-kystiques-mlk</t>
+  </si>
+  <si>
+    <t>p_3241227</t>
+  </si>
+  <si>
+    <t>Syndrome Hémolytique et Urémique (SHU)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint de SHU. Il a été élaboré par les Centres de Références des Maladies Rénales Rares (SORARE, NEPHROGONES, MARHEA) et Maladies Rares Immuno-Hématologiques (CNR des microangiopathies thrombotiques) sous l’égide des filières ORKiD et MaRIH, à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>16/02/2021 09:31:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3236879/fr/syndrome-hemolytique-et-uremique-shu</t>
+  </si>
+  <si>
+    <t>p_3236879</t>
+  </si>
+  <si>
+    <t>Pemphigoïde bulleuse</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint de Pemphigoïde bulleuse. Il a été élaboré par le centre de référence des maladies bulleuses auto-immunesà l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>05/06/2020 18:27:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2636201/fr/pemphigoide-bulleuse</t>
+  </si>
+  <si>
+    <t>c_2636201</t>
+  </si>
+  <si>
+    <t>Uvéites chroniques non infectieuses de l'enfant et de l'adulte</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient d’âge pédiatrique ou adulte atteint d'uvéites chroniques non infectieuses. Il a été élaboré sous l’égide du Centre de Référence des maladies Rhumatologiques Inflammatoires et des maladies Auto-Immunes Systémiques rares de l’Enfant (RAISE), du Centre de Référence des Maladies Auto-Inflammatoires et de l’Amylose Inflammatoire (CeRéMAIA), du Centre de Référence Maladies Rares en Ophtalmologie (OPHTARA), de la Filière des maladies auto-immunes et auto-inflammatoires rares (FAI²R) et de la Filière de santé des maladies rares sensorielles (SENSGENE), à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>05/06/2020 18:43:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3187246/fr/uveites-chroniques-non-infectieuses-de-l-enfant-et-de-l-adulte</t>
+  </si>
+  <si>
+    <t>p_3187246</t>
+  </si>
+  <si>
+    <t>Artérite de Takayasu</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint d'Artérite de Takayasu. Il a été élaboré sous l’égide du Centre de Référence des Maladies Auto-Inflammatoires et de l’Amylose Inflammatoire (CeRéMAIA), du Centre de référence des maladies vasculaires rares, de la filière des maladies auto-immunes et auto-inflammatoires rares (FAI²R), et de la filière maladies vasculaires rares avec atteinte multisystémique (FAVA-MULTI), à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>23/04/2020 13:35:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3148994/fr/arterite-de-takayasu</t>
+  </si>
+  <si>
+    <t>p_3148994</t>
+  </si>
+  <si>
+    <t>Guide du parcours de soins bronchopneumopathie chronique obstructive (BPCO)</t>
+  </si>
+  <si>
+    <t>Le guide du parcours de soins décrit la prise en charge usuelle d’une personne ayant une bronchopneumopathie chronique obstructive (BPCO). Il est destiné aux professionnels impliqués dans la prise en charge globale des patients, du secteur sanitaire, social et médico-social. Tenant compte de la pluri-professionnalité de la prise en charge, le guide aborde le rôle, la place et les modalités de coordination des différents professionnels. II est accompagné d'une synthèse sur les points critiques de la prise en charge et de 10 messages pour améliorer ses pratiques.</t>
+  </si>
+  <si>
+    <t>20/11/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>30/01/2020 14:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1242507/fr/guide-du-parcours-de-soins-bronchopneumopathie-chronique-obstructive-bpco</t>
+  </si>
+  <si>
+    <t>c_1242507</t>
+  </si>
+  <si>
+    <t>Maladie de Behçet</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint de la Maladie de Behçet. Il a été élaboré Sous l’égide du Centre de Référence des Maladies Auto-inflammatoires et de l’Amylose Inflammatoire CeRéMAIA et de la Filière des maladies auto-immunes et auto-inflammatoires rares FAI²R, à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>27/01/2020 14:13:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3148016/fr/maladie-de-behcet</t>
+  </si>
+  <si>
+    <t>p_3148016</t>
+  </si>
+  <si>
+    <t>Dystrophie musculaire de Duchenne</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint de dystrophie musculaire de Duchenne.</t>
+  </si>
+  <si>
+    <t>27/11/2019 16:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3121365/fr/dystrophie-musculaire-de-duchenne</t>
+  </si>
+  <si>
+    <t>p_3121365</t>
+  </si>
+  <si>
+    <t>17/10/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>21/10/2019 16:44:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_483032/fr/hemophilie</t>
+  </si>
+  <si>
+    <t>c_483032</t>
+  </si>
+  <si>
+    <t>Fragilités osseuses secondaires de l’enfant</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un enfant de fragilités osseuses secondaires. Il a été élaboré par le centre de référence des Maladies Rares du Calcium et du Phosphate, à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>11/10/2019 11:49:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3112119/fr/fragilites-osseuses-secondaires-de-l-enfant</t>
+  </si>
+  <si>
+    <t>p_3112119</t>
+  </si>
+  <si>
+    <t>PFAPA : Fièvre périodique – stomatite – pharyngite – adénopathie</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint de PFAPA : Fièvre périodique – stomatite – pharyngite – adénopathie. Il a été élaboré sous l’égide du Centre de Référence des Maladies Auto-Inflammatoires et de l’Amylose Inflammatoire (CeRéMAIA) et de la Filière des maladies auto-immunes et auto-inflammatoires rares (FAI²R) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>08/08/2019 10:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3095655/fr/pfapa-fievre-periodique-stomatite-pharyngite-adenopathie</t>
+  </si>
+  <si>
+    <t>p_3095655</t>
+  </si>
+  <si>
+    <t>ALD n° 24 - Rectocolite hémorragique</t>
+  </si>
+  <si>
+    <t>22/05/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>24/07/2019 16:15:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_671091/fr/ald-n-24-rectocolite-hemorragique</t>
+  </si>
+  <si>
+    <t>c_671091</t>
+  </si>
+  <si>
+    <t>Vascularites nécrosantes systémiques (périartérite noueuse et vascularites associées aux ANCA)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins des patients atteints d'une vascularite nécrosante systémique. Il a été élaboré par le Centre de référence des maladies auto-immunes systémiques rares d’Ile de France sous l’égide du GFEV (Groupe Français d’Etude des Vascularites) et de la filière FAI²R (maladies auto-immunes et auto-inflammatoires rares) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>26/06/2019 12:45:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3076472/fr/vascularites-necrosantes-systemiques-periarterite-noueuse-et-vascularites-associees-aux-anca</t>
+  </si>
+  <si>
+    <t>p_3076472</t>
+  </si>
+  <si>
+    <t>ALD n° 24 - Maladie de Crohn</t>
+  </si>
+  <si>
+    <t>11/06/2019 09:07:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_671094/fr/ald-n-24-maladie-de-crohn</t>
+  </si>
+  <si>
+    <t>c_671094</t>
+  </si>
+  <si>
+    <t>Maladie de Still de l'adulte</t>
+  </si>
+  <si>
+    <t>L’objectif de ce protocole national de diagnostic et de soins (PNDS) est d’expliciter pour les professionnels de santé la prise en charge optimale actuelle d’un patient atteint de maladie de Still de l’adulte (MSA) en 2018.</t>
+  </si>
+  <si>
+    <t>10/08/2018 15:01:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2867360/fr/maladie-de-still-de-l-adulte</t>
+  </si>
+  <si>
+    <t>c_2867360</t>
+  </si>
+  <si>
+    <t>Sclérodermie Systémique</t>
+  </si>
+  <si>
+    <t>L’objectif de ce Protocole National de Diagnostic et de Soins (PNDS) est d’expliciter pour les professionnels de santé la prise en charge optimale et le parcours de soins d’un patient pris en charge comme affection de longue durée au titre de l’ALD 21 : « périartérite noueuse, lupus érythémateux aigu disséminé, sclérodermie systémique ». Ce PNDS concerne uniquement les patients atteints de ScS et se limite aux formes concernées par le texte de l’ALD actuel. Il a été décidé de ne pas inclure dans ce PNDS les sclérodermies localisées, encore appelées morphées, qui sont des atteintes scléreuses de la peau, le plus souvent circonscrites à celle-ci, mais pouvant parfois s’étendre aux tissus sous-jacents musculaires, osseux et parfois nerveux, sans manifestations systémiques.</t>
+  </si>
+  <si>
+    <t>04/04/2018 17:30:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_717292/fr/sclerodermie-systemique</t>
+  </si>
+  <si>
+    <t>c_717292</t>
+  </si>
+  <si>
+    <t>Pneumopathies interstitielles diffuses de l’enfant</t>
+  </si>
+  <si>
+    <t>L’objectif de ce protocole national de diagnostic et de soins (PNDS) est de fournir aux professionnels de santé les recommandations pour une prise en charge optimale des enfants atteints d’une pneumopathie interstitielle diffuse (PID) chronique et pour un parcours de soins adapté.</t>
+  </si>
+  <si>
+    <t>03/11/2017 16:23:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2802885/fr/pneumopathies-interstitielles-diffuses-de-l-enfant</t>
+  </si>
+  <si>
+    <t>c_2802885</t>
+  </si>
+  <si>
+    <t>Arthrites Juvéniles Idiopathiques</t>
+  </si>
+  <si>
+    <t>L’objectif de ce protocole national de soins (PNDS) est d’expliciter pour les professionnels de santé la prise en charge optimale actuelle d’un patient atteint d’arthrite juvénile idiopathique (AJI) dans sa forme systémique (maladie de Still), d’AJI oligoarticulaire ou polyarticulaire sans facteur rhumatoïde et d’AJI associée aux enthésites. Ces quatre formes représentent la grande majorité des AJI.</t>
+  </si>
+  <si>
+    <t>30/10/2017 15:23:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2801939/fr/arthrites-juveniles-idiopathiques</t>
+  </si>
+  <si>
+    <t>c_2801939</t>
+  </si>
+  <si>
+    <t>Lupus Systémique</t>
+  </si>
+  <si>
+    <t>L’objectif de ce protocole national de diagnostic et de soins (PNDS) est d’expliciter aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale actuelle et le parcours de soins d’un patient atteint de Lupus Systémique.</t>
+  </si>
+  <si>
+    <t>21/03/2017 15:02:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2751894/fr/lupus-systemique</t>
+  </si>
+  <si>
+    <t>c_2751894</t>
+  </si>
+  <si>
+    <t>Dermatomyosite de l’enfant et de l’adulte</t>
+  </si>
+  <si>
+    <t>L’objectif de ce protocole national de diagnostic et desoins (PNDS) est d’expliciter pour les professionnels de santé la prise en charge optimale actuelle d’un patient atteint de dermatomyosite chez l’adulte (DM) et chez l’enfant (dermatomyosite juvénile : DMJ).</t>
+  </si>
+  <si>
+    <t>19/09/2016 14:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2666858/fr/dermatomyosite-de-l-enfant-et-de-l-adulte</t>
+  </si>
+  <si>
+    <t>c_2666858</t>
+  </si>
+  <si>
+    <t>Maladies bulleuses auto-immunes : Pemphigoïde cicatricielle</t>
+  </si>
+  <si>
+    <t>06/06/2016 15:01:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2636206/fr/maladies-bulleuses-auto-immunes-pemphigoide-cicatricielle</t>
+  </si>
+  <si>
+    <t>c_2636206</t>
+  </si>
+  <si>
+    <t>Syndrome néphrotique idiopathique de l'enfant</t>
+  </si>
+  <si>
+    <t>L’objectif de ce protocole national de diagnostic et de soins (PNDS) est d’expliciter aux professionnels de santé la prise en charge optimale et le parcours de soins d'un enfant atteint du syndrome néphrotique idiopathique.</t>
+  </si>
+  <si>
+    <t>29/04/2016 15:59:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2628561/fr/syndrome-nephrotique-idiopathique-de-l-enfant</t>
+  </si>
+  <si>
+    <t>c_2628561</t>
+  </si>
+  <si>
+    <t>Myasthénie autoimmune</t>
+  </si>
+  <si>
+    <t>L’objectif de ce protocole national de diagnostic et de soins (PNDS) est d’expliciter aux professionnels de santé la prise en charge optimale et le parcours de soins d’un patient atteint de myasthénie autoimmune.</t>
+  </si>
+  <si>
+    <t>24/07/2015 10:42:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2048406/fr/myasthenie-autoimmune</t>
+  </si>
+  <si>
+    <t>c_2048406</t>
+  </si>
+  <si>
+    <t>Déficit en mévalonate kinase (MKD)</t>
+  </si>
+  <si>
+    <t>L’objectif de ce protocole national de diagnostic et de soins (PNDS) est d’expliciter, pour les professionnels de la santé, la prise en charge du patient atteint d'un déficit en mévalonate kinase.</t>
+  </si>
+  <si>
+    <t>10/07/2015 16:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2044016/fr/deficit-en-mevalonate-kinase-mkd</t>
+  </si>
+  <si>
+    <t>c_2044016</t>
+  </si>
+  <si>
+    <t>Guide du parcours de soins du lymphome de Hodgkin classique de l'adulte</t>
+  </si>
+  <si>
+    <t>Le guide du parcours de soins décrit la prise en charge usuelle d’une personne adulte ayant un lymphome de Hodgkin classique. Il cible principalement les professionnels impliqués dans la prise en charge globale des patients. .</t>
+  </si>
+  <si>
+    <t>24/07/2013 00:00:00</t>
+  </si>
+  <si>
+    <t>14/10/2013 14:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1652304/fr/guide-du-parcours-de-soins-du-lymphome-de-hodgkin-classique-de-l-adulte</t>
+  </si>
+  <si>
+    <t>c_1652304</t>
+  </si>
+  <si>
+    <t>Fièvre Méditerranéenne Familiale</t>
+  </si>
+  <si>
+    <t>L’objectif de ce protocole national de diagnostic et de soins (PNDS) est d’expliciter, pour les professionnels de la santé, la prise en charge optimale et le parcours de soins d’un malade atteint d’une fièvre méditerranéenne familiale (FMF) aussi couramment appelée maladie périodique en France.</t>
+  </si>
+  <si>
+    <t>01/03/2013 13:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1362848/fr/fievre-mediterraneenne-familiale</t>
+  </si>
+  <si>
+    <t>c_1362848</t>
+  </si>
+  <si>
+    <t>ALD hors liste - Hyperplasie congénitale des surrénales</t>
+  </si>
+  <si>
+    <t>L’objectif de ce protocole national de diagnostic et de soins (PNDS) est d’expliciter pour les professionnels de santé susceptibles de les prendre en charge la prise en charge optimale et le parcours de soins des patients atteints d'hyperplasie congénitale des surrénales par déficit en 21-hydroxylase.</t>
+  </si>
+  <si>
+    <t>01/04/2011 00:00:00</t>
+  </si>
+  <si>
+    <t>27/05/2011 11:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1058546/fr/ald-hors-liste-hyperplasie-congenitale-des-surrenales</t>
+  </si>
+  <si>
+    <t>c_1058546</t>
+  </si>
+  <si>
+    <t>ALD hors liste - Maladies bulleuses auto-immunes : Pemphigoïde bulleuse</t>
+  </si>
+  <si>
+    <t>12/01/2011 00:00:00</t>
+  </si>
+  <si>
+    <t>31/03/2011 14:45:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1035501/fr/ald-hors-liste-maladies-bulleuses-auto-immunes-pemphigoide-bulleuse</t>
+  </si>
+  <si>
+    <t>c_1035501</t>
+  </si>
+  <si>
+    <t>ALD hors liste - Maladies bulleuses auto-immunes : Dermatose à IgA linéaire</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1035498/fr/ald-hors-liste-maladies-bulleuses-auto-immunes-dermatose-a-iga-lineaire</t>
+  </si>
+  <si>
+    <t>c_1035498</t>
+  </si>
+  <si>
+    <t>ALD hors liste - Maladies bulleuses auto-immunes : Épidermolyse bulleuse acquise</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1035513/fr/ald-hors-liste-maladies-bulleuses-auto-immunes-epidermolyse-bulleuse-acquise</t>
+  </si>
+  <si>
+    <t>c_1035513</t>
+  </si>
+  <si>
+    <t>Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Prise en charge du sepsis du nouveau-né, de l’enfant et de l’adulte : recommandations pour un parcours de soins intégré</t>
+  </si>
+  <si>
+    <t>L'ensemble des acteurs concernés par la prise en charge du sepsis ont élaboré des recommandations dans le but d’améliorer le pronostic du sepsis par l’intermédiaire d’un parcours de soins intégré impliquant la ville et l’hôpital et couvrant la prévention, le dépistage, le diagnostic, le traitement et la réintégration socioprofessionnelle des patients. Ainsi, ce projet coordonné par la Société de réanimation de langue française a été réalisé grâce à la collaboration d’une quinzaine de sociétés savantes avec l’accompagnement de la HAS, qui s’inscrit dans le cadre de la labellisation par la HAS d’une recommandation de bonne pratique.</t>
+  </si>
+  <si>
+    <t>29/01/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>10/02/2025 14:34:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3587144/fr/prise-en-charge-du-sepsis-du-nouveau-ne-de-l-enfant-et-de-l-adulte-recommandations-pour-un-parcours-de-soins-integre</t>
+  </si>
+  <si>
+    <t>p_3587144</t>
+  </si>
+  <si>
+    <t>Dépistage, prise en charge et suivi des personnes potentiellement surexposées au cadmium du fait de leur lieu de résidence</t>
+  </si>
+  <si>
+    <t>Objectifs de définir l’intérêt et les modalités de dépistage des contaminations par le cadmium, dans les populations résidant sur des sites pollués par cet élément ; de proposer aux professionnels de santé des modalités de prise en charge des personnes surimprégnées pour le diagnostic, le traitement et le suivi de leur intoxication ; d’informer les populations concernées.</t>
+  </si>
+  <si>
+    <t>04/07/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>07/10/2024 14:48:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3367010/fr/depistage-prise-en-charge-et-suivi-des-personnes-potentiellement-surexposees-au-cadmium-du-fait-de-leur-lieu-de-residence</t>
+  </si>
+  <si>
+    <t>p_3367010</t>
+  </si>
+  <si>
+    <t>Obésité de l’adulte : prise en charge de 2e et 3e niveaux</t>
+  </si>
+  <si>
+    <t>La HAS publie des recommandations de bonnes pratiques pour améliorer la qualité de la prise en charge de 2e et 3e niveaux des adultes en situation d’obésité complexe ou sévère. L’objectif est d’améliorer la santé du patient et de lui permettre de revenir à un niveau de sévérité inférieur.</t>
+  </si>
+  <si>
+    <t>08/02/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>23/06/2022 11:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3346001/fr/obesite-de-l-adulte-prise-en-charge-de-2e-et-3e-niveaux</t>
+  </si>
+  <si>
+    <t>p_3346001</t>
+  </si>
+  <si>
+    <t>Épilepsies : Prise en charge des enfants et des adultes</t>
+  </si>
+  <si>
+    <t>Les objectifs de la recommandation "Épilepsies : Prise en charge des enfants et des adultes" sont d’améliorer la prise en charge diagnostique et thérapeutique initiale ainsi que le suivi des enfants et adultes ayant une épilepsie, avec une attention particulière au diagnostic et au traitement de l’épilepsie associée à des troubles psychiatriques.</t>
+  </si>
+  <si>
+    <t>08/10/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>26/11/2020 09:12:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3214468/fr/epilepsies-prise-en-charge-des-enfants-et-des-adultes</t>
+  </si>
+  <si>
+    <t>p_3214468</t>
+  </si>
+  <si>
+    <t>Avulsion des 3èmes molaires : indications, techniques et modalités</t>
+  </si>
+  <si>
+    <t>Décider de la pertinence de l’avulsion des 3es molaires n'est pas toujours évident, tout comme adopter les modalités de prise en charge les plus pertinentes le cas échéant. Cette recommandation a pour but d'aider le praticien dans ses choix et d'homogénéiser et d'optimiser les pratiques en termes de technologie et de stratégie.</t>
+  </si>
+  <si>
+    <t>30/07/2019 11:35:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3076150/fr/avulsion-des-3emes-molaires-indications-techniques-et-modalites</t>
+  </si>
+  <si>
+    <t>p_3076150</t>
+  </si>
+  <si>
+    <t>Prise en charge des infections cutanées bactériennes courantes</t>
+  </si>
+  <si>
+    <t>Ces recommandations abordent la prise en charge des principales infections cutanées bactériennes observées en médecine de ville : les dermohypodermites bactériennes non nécrosantes &amp; nécrosantes, la fasciite nécrosante, les infections bactériennes de plaie chronique, le furoncle, l’anthrax, la furonculose, les abcès cutanées et l’impétigo.</t>
+  </si>
+  <si>
+    <t>27/02/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>01/04/2019 14:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2911550/fr/prise-en-charge-des-infections-cutanees-bacteriennes-courantes</t>
+  </si>
+  <si>
+    <t>c_2911550</t>
+  </si>
+  <si>
+    <t>Contraception chez les patientes transplantées (rein, foie, coeur, poumon)</t>
+  </si>
+  <si>
+    <t>L’objectif de cette fiche mémo est d’actualiser les modes de contraception préconisés pour les patientes greffées, hépatiques, cardiaques et pulmonaires, en âge de procréer.</t>
+  </si>
+  <si>
+    <t>06/02/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>11/03/2019 11:28:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2870343/fr/contraception-chez-les-patientes-transplantees-rein-foie-coeur-poumon</t>
+  </si>
+  <si>
+    <t>c_2870343</t>
+  </si>
+  <si>
+    <t>Polyarthrite rhumatoïde : prise en charge en phase d’état. Cette recommandation est suspendue.</t>
+  </si>
+  <si>
+    <t>27/05/2009 12:02:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_606483/fr/polyarthrite-rhumatoide-prise-en-charge-en-phase-d-etat-cette-recommandation-est-suspendue</t>
   </si>
   <si>
     <t>c_606483</t>
   </si>
   <si>
-    <t>Rheumatoid arthritis: Medical, social and organisational aspects of treatment (excluding surgery and drugs)</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_533480/en/rheumatoid-arthritis-medical-social-and-organisational-aspects-of-treatment-excluding-surgery-and-drugs</t>
+    <t>Polyarthrite rhumatoïde : aspects thérapeutiques hors médicaments et chirurgie - aspects médico-sociaux et organisationnels</t>
+  </si>
+  <si>
+    <t>L'objectif de ces recommandations est de répondre aux questions suivantes :# 1. Quelles sont les indications des différentes prises en charge non médicamenteuses pour le traitement des patients atteints de polyarthrite rhumatoïde ? Sont envisagés les traitements physiques et de réadaptation (kinésithérapie, balnéothérapie et thermalisme, ergothérapie, pédicurie-podologie, appareillage), l'éducation thérapeutique du patient, les prises en charge psychologiques, les autres traitements non médicamenteux (acupuncture, régimes diététiques, ostéopathie) ainsi que les prises en charge sociale et professionnelle.# 2. Quelle est la stratégie thérapeutique à adopter ? Est envisagée la place des différentes techniques entre elles en fonction de l’activité et du stade d’évolution de la polyarthrite rhumatoïde.# 3. Quelles sont les stratégies de prise en charge sociale et professionnelle à adopter ? Sont envisagées la place de la médecine du travail, celle des aides sociales et celle des associations de patients.# Ces recommandations sont complétées par des séries de critères de qualité pour l'évaluation et l'amélioration des pratiques professionnelles.</t>
+  </si>
+  <si>
+    <t>07/03/2007 00:00:00</t>
+  </si>
+  <si>
+    <t>21/05/2007 15:10:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_533480/fr/polyarthrite-rhumatoide-aspects-therapeutiques-hors-medicaments-et-chirurgie-aspects-medico-sociaux-et-organisationnels</t>
   </si>
   <si>
     <t>c_533480</t>
   </si>
   <si>
-    <t>Therapeutic education for patients with asthma - Adults and adolescents</t>
-[...8 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_271954/en/therapeutic-education-for-patients-with-asthma-adults-and-adolescents</t>
+    <t>Surveillance des malades atteints de cirrhose non compliquée et prévention primaire des complications</t>
+  </si>
+  <si>
+    <t>Ces recommandations ont pour objectif de diminuer la morbi-mortalité associée à la cirrhose, par une surveillance régulière et la prévention primaire des complications quelle que soit la cause de l’atteinte hépatique.</t>
+  </si>
+  <si>
+    <t>01/09/2007 00:00:00</t>
+  </si>
+  <si>
+    <t>01/08/2008 16:05:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_606530/fr/surveillance-des-malades-atteints-de-cirrhose-non-compliquee-et-prevention-primaire-des-complications</t>
+  </si>
+  <si>
+    <t>c_606530</t>
+  </si>
+  <si>
+    <t>Indications et non-indications de la dialyse péritonéale chronique chez l’adulte</t>
+  </si>
+  <si>
+    <t>Ces recommandations concernent les indications et les non-indications de la dialyse péritonéale (DP) chronique chez l’adulte (enfants exclus).</t>
+  </si>
+  <si>
+    <t>15/06/2007 00:00:00</t>
+  </si>
+  <si>
+    <t>16/10/2008 16:12:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_702927/fr/indications-et-non-indications-de-la-dialyse-peritoneale-chronique-chez-l-adulte</t>
+  </si>
+  <si>
+    <t>c_702927</t>
+  </si>
+  <si>
+    <t>L'ostéoporose chez les femmes ménopausées et chez les sujets traités par corticoïdes : méthodes diagnostiques et  indications</t>
+  </si>
+  <si>
+    <t>Cette recommandation professionnelle n'est plus disponible (sauf sur demande) car elle a été actualisée et remplacée par la note de synthèse "Prévention, diagnostic et traitement de l'ostéoporose" et par le rapport "Ostéodensitométrie sur deux sites par méthode biphotonique" finalisés et rendus publics en juillet 2006 par la HAS.</t>
+  </si>
+  <si>
+    <t>01/04/2001 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_271924/fr/l-osteoporose-chez-les-femmes-menopausees-et-chez-les-sujets-traites-par-corticoides-methodes-diagnostiques-et-indications</t>
+  </si>
+  <si>
+    <t>c_271924</t>
+  </si>
+  <si>
+    <t>Éducation thérapeutique du patient asthmatique adulte et adolescent</t>
+  </si>
+  <si>
+    <t>L’éducation thérapeutique fait partie intégrante de la stratégie de prise en charge de l’asthme et doit être proposée à tous les patients selon un programme structuré et individualisé.</t>
+  </si>
+  <si>
+    <t>01/06/2001 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_271954/fr/education-therapeutique-du-patient-asthmatique-adulte-et-adolescent</t>
   </si>
   <si>
     <t>c_271954</t>
   </si>
   <si>
-    <t>Hormone replacement therapy at menopause</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_272308/en/hormone-replacement-therapy-at-menopause</t>
+    <t>Prévention du risque aspergillaire chez les patients immunodéprimés (Hématologie, Transplantation)</t>
+  </si>
+  <si>
+    <t>L'objectif de cette conférence de consensus est de répondre aux quatre questions suivantes, posées au jury : Dans quelles situations les patients sont-ils à risque d'aspergillose invasive, en hématologie et transplantation ? Quelles mesures de prévention (primaire et secondaire) ont fait preuve de leur efficacité, pour quels patients et dans quelles conditions ? Quelles surveillances doivent être mises en place pour orienter la prévention ? Quelles sont les stratégies de prévention ?</t>
+  </si>
+  <si>
+    <t>22/05/2000 00:00:00</t>
+  </si>
+  <si>
+    <t>01/03/2000 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272072/fr/prevention-du-risque-aspergillaire-chez-les-patients-immunodeprimes-hematologie-transplantation</t>
+  </si>
+  <si>
+    <t>c_272072</t>
+  </si>
+  <si>
+    <t>Évaluation et prise en charge thérapeutique de la douleur chez les personnes âgées ayant des troubles de la communication verbale</t>
+  </si>
+  <si>
+    <t>Élaborer des recommandations concernant l'évaluation et le traitement de la douleur chez les personnes âgées ayant des troubles de la communication verbale.</t>
+  </si>
+  <si>
+    <t>01/10/2000 00:00:00</t>
+  </si>
+  <si>
+    <t>01/10/2000 17:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272123/fr/evaluation-et-prise-en-charge-therapeutique-de-la-douleur-chez-les-personnes-agees-ayant-des-troubles-de-la-communication-verbale</t>
+  </si>
+  <si>
+    <t>c_272123</t>
+  </si>
+  <si>
+    <t>Les traitements hormonaux substitutifs de la ménopause</t>
+  </si>
+  <si>
+    <t>L'objectif de l'audition publique est l'élaboration de recommandations sur : Les traitements hormonaux substitutifs de la ménopause Les modalités de surveillance et d’information des femmes qui envisagent de prendre, prennent ou ont pris un traitements hormonaux substitutifs.</t>
+  </si>
+  <si>
+    <t>11/05/2004 00:00:00</t>
+  </si>
+  <si>
+    <t>01/05/2004 17:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272308/fr/les-traitements-hormonaux-substitutifs-de-la-menopause</t>
   </si>
   <si>
     <t>c_272308</t>
   </si>
   <si>
-    <t>Indications for lower gastrointestinal endoscopy (excluding population screening)</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_272348/en/indications-for-lower-gastrointestinal-endoscopy-excluding-population-screening</t>
+    <t>Endoscopie digestive basse : indications en dehors du dépistage en population</t>
+  </si>
+  <si>
+    <t>Préciser la place de l'endoscopie digestive basse pour le diagnostic de lésions néoplasiques chez des sujets à risque élevé et très élevé de cancer colorectal, et dans des situations cliniques particulières pour les sujets à risque moyen de cancer colorectal.</t>
+  </si>
+  <si>
+    <t>01/04/2004 00:00:00</t>
+  </si>
+  <si>
+    <t>01/04/2004 17:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272348/fr/endoscopie-digestive-basse-indications-en-dehors-du-depistage-en-population</t>
   </si>
   <si>
     <t>c_272348</t>
   </si>
   <si>
-    <t>Medical follow-up of patients with asthma - Adults and adolescents</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_272363/en/medical-follow-up-of-patients-with-asthma-adults-and-adolescents</t>
+    <t>Recommandations pour le suivi médical des patients asthmatiques adultes et adolescents</t>
+  </si>
+  <si>
+    <t>Ce document propose des recommandations concernant les modalités de suivi médical au long cours des patients asthmatiques. Il concerne exclusivement les adultes et les adolescents.# Les objectifs sont :# 1. de définir les critères de suivi des patients asthmatiques# 2. d’évaluer la place des examens complémentaires au cours du suivi : débit expiratoire de pointe (DEP), explorations fonctionnelles respiratoires (EFR) incluant les gaz du sang, radiographie thoracique, examens biologiques (éosinophilie sanguine, éosinophiles dans l’expectoration induite)# 3. de définir les patients à risque d’asthme aigu grave et de mort par asthme# 4. de proposer des modalités de suivi de la tolérance et de l’observance des traitements# 5. de proposer un schéma d’adaptation du traitement de fond# 6. de proposer un calendrier de suivi médical# 7. de préciser les spécificités du suivi des asthmes professionnels# Les recommandations n’abordent pas : # 1. le diagnostic initial de l’asthme# 2. la prise en charge des épisodes aigus (crises, exacerbations et asthme aigu grave)# 3. les aspects allergologiques de la prise en charge, particulièrement l’éviction des allergènes et la désensibilisation# 4. l’éducation des patients asthmatiques# 5. l’efficacité des traitements de l’asthme</t>
+  </si>
+  <si>
+    <t>01/09/2004 00:00:00</t>
+  </si>
+  <si>
+    <t>01/09/2004 17:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272363/fr/recommandations-pour-le-suivi-medical-des-patients-asthmatiques-adultes-et-adolescents</t>
   </si>
   <si>
     <t>c_272363</t>
   </si>
   <si>
-    <t>Health technology assessment</t>
-[...14 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3356489/en/management-missing-teeth-with-implant-supported-prostheses-complete-edentulism-or-single-missing-teeth-inahta-brief</t>
+    <t>Communiqué de presse</t>
+  </si>
+  <si>
+    <t>Prise en charge de l'ostéoporose : la HAS publie une synthèse à destination des professionnels de santé</t>
+  </si>
+  <si>
+    <t>La Haute Autorité de santé publie une synthèse sur les différents aspects de la prise en charge de l'ostéoporose : la prévention, le diagnostic, qui repose sur l'ostéodensitométrie et les traitements médicamenteux de l'ostéoporose. L'ostéoporose est une maladie diffuse du squelette qui engendre une fragilité osseuse responsable d'une augmentation du risque de fracture. En ce qui concerne le diagnostic, la HAS a rendu un avis favorable pour le remboursement de l'ostéodensitométrie dans certaines indications. Elle a également réévalué les traitements de l'ostéoporose et rendu des avis favorables quant à leur remboursement dans la prévention des fractures.</t>
+  </si>
+  <si>
+    <t>29/09/2006 15:43:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_437005/fr/prise-en-charge-de-l-osteoporose-la-has-publie-une-synthese-a-destination-des-professionnels-de-sante</t>
+  </si>
+  <si>
+    <t>c_437005</t>
+  </si>
+  <si>
+    <t>Evaluation des technologies de santé</t>
+  </si>
+  <si>
+    <t>Pertinence de prescrire la vitesse de sédimentation (VS) – Reste-t-il des indications à la VS – Rapport d’évaluation</t>
+  </si>
+  <si>
+    <t>La HAS conclut que la vitesse de sédimentation (VS) n’a plus d’utilité en pratique courante. Elle n’est pertinente ni en médecine générale ni dans les maladies inflammatoires évaluées. La VS est jugée peu fiable, peu spécifique et trop lente, alors que des examens plus performants existent, notamment la CRP, à privilégier pour détecter une inflammation. En conséquence, la VS ne devrait plus être prescrite en soin courant.</t>
+  </si>
+  <si>
+    <t>13/11/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>17/11/2025 10:57:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3609754/fr/pertinence-de-prescrire-la-vitesse-de-sedimentation-vs-reste-t-il-des-indications-a-la-vs-rapport-d-evaluation</t>
+  </si>
+  <si>
+    <t>p_3609754</t>
+  </si>
+  <si>
+    <t>Intérêt des techniques d’amplification des acides nucléiques (TAAN) multiplex dans la prise en charge médicale des infections neuroméningées</t>
+  </si>
+  <si>
+    <t>Technique d’amplification des acides nucléiques, TAAN simplex, TAAN multiplex, paralysies flasques aiguës, abcès cérébraux, méningites, encéphalites</t>
+  </si>
+  <si>
+    <t>16/01/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>23/01/2025 16:49:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3585537/fr/interet-des-techniques-d-amplification-des-acides-nucleiques-taan-multiplex-dans-la-prise-en-charge-medicale-des-infections-neuromeningees</t>
+  </si>
+  <si>
+    <t>p_3585537</t>
+  </si>
+  <si>
+    <t>Prise en charge implanto-prothétique</t>
+  </si>
+  <si>
+    <t>Prise en charge implantaire, implants dentaires, édentement complet, édentement unitaire, prothèse amovible complète supra-implantaire, prothèse fixée unitaire supra-implantaire, couronne supra-implantaire</t>
+  </si>
+  <si>
+    <t>17/10/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>06/11/2024 10:26:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3356489/fr/prise-en-charge-implanto-prothetique</t>
   </si>
   <si>
     <t>p_3356489</t>
   </si>
   <si>
-    <t>Assessment of biological tests for Pneumocystis Pneumonia (Pneumocystis jirovecii infections) diagnosis - INAHTA Brief</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2680246/en/assessment-of-biological-tests-for-pneumocystis-pneumonia-pneumocystis-jirovecii-infections-diagnosis-inahta-brief</t>
+    <t>Mesure de la fraction expirée du monoxyde d’azote (FeNO) pour l’ajustement du traitement de l’asthme</t>
+  </si>
+  <si>
+    <t>Évaluation de l’utilité clinique de l’ajout de la mesure de la fraction expirée du monoxyde d’azote (FeNO) à la stratégie actuelle de suivi d’un patient asthmatique pour l’ajustement des différents traitements de l’asthme et description de ses conditions de réalisation, en vue de l’inscription, ou non, de cette mesure à la Classification commune des actes médicaux (CCAM)</t>
+  </si>
+  <si>
+    <t>25/05/2023 00:00:00</t>
+  </si>
+  <si>
+    <t>06/06/2023 16:40:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3331921/fr/mesure-de-la-fraction-expiree-du-monoxyde-d-azote-feno-pour-l-ajustement-du-traitement-de-l-asthme</t>
+  </si>
+  <si>
+    <t>p_3331921</t>
+  </si>
+  <si>
+    <t>Les médicaments de l’ostéoporose</t>
+  </si>
+  <si>
+    <t>Mise à jour de la fiche bon usage des médicaments. L’ostéoporose est une maladie osseuse caractérisée par une réduction de la résistance osseuse conduisant à une augmentation du risque de fracture.</t>
+  </si>
+  <si>
+    <t>05/01/2023 00:00:00</t>
+  </si>
+  <si>
+    <t>15/05/2019 17:15:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1751307/fr/les-medicaments-de-l-osteoporose</t>
+  </si>
+  <si>
+    <t>c_1751307</t>
+  </si>
+  <si>
+    <t>Avis n° 2021.0042/AC/SEAP du 17 juin 2021 du collège de la HAS relatif aux modifications des conditions d’inscription sur la LAP mentionnée à l’article L. 162-1-7 du CSS, de la détection des anticorps sériques dirigés contre le coronavirus SARS-CoV-2</t>
+  </si>
+  <si>
+    <t>A l’issue de ses travaux (cahier des charges et rapports d’évaluation) réalisés en avril/mai 2020, la Haute Autorité de santé (HAS) a rendu un avis favorable le 20 mai 2020 relatif au remboursement de la détection des anticorps sériques dirigés contre le coronavirus SARS-CoV-2 en listant les indications prises en charge et les non-indications pour éviter des dérives dans l’utilisation de ces tests. Au vu de l’évolution des connaissances scientifiques sur ce sujet, de l’amélioration de la capacité à tester, isoler et traiter chaque cas et à retracer chaque contact grâce au développement des différentes techniques de diagnostic et de dépistage du virus SARS-CoV-2 depuis mai 2020, la HAS a donc actualisé son analyse de la littérature scientifique, consulté un groupe d’experts pluridisciplinaires réunis le 10 juin 2021 et pris la position de la commission technique des vaccinations le 15 juin 2021. Sur ces nouvelles bases, la Haute Autorité de santé actualise ses avis sur les indications et non-indications de la détection sérologique des anticorps dirigés contre le virus SARS-CoV-2. Dans ce contexte, la HAS précise également sa position sur l’utilisation de la sérologie pré-vaccinale sur des aspects techniques. Par ailleurs, la HAS se prononce sur le recours à la sérologie post-vaccinale chez les patients immunodéprimés.</t>
+  </si>
+  <si>
+    <t>17/06/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>23/06/2021 15:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3272801/fr/avis-n-2021-0042/ac/seap-du-17-juin-2021-du-college-de-la-has-relatif-aux-modifications-des-conditions-d-inscription-sur-la-lap-mentionnee-a-l-article-l-162-1-7-du-css-de-la-detection-des-anticorps-seriques-diriges-contre-le-coronavirus-sars-cov-2</t>
+  </si>
+  <si>
+    <t>p_3272801</t>
+  </si>
+  <si>
+    <t>Veille des études cliniques publiées pour certains médicaments de la Covid-19</t>
+  </si>
+  <si>
+    <t>La HAS actualise sa veille sur les études cliniques publiées pour certains médicaments de la Covid-19. Cette veille permet à la HAS de s’organiser pour être en capacité d’évaluer en urgence les médicaments ciblant le SARS CoV2, en vue de leur prise en charge par la collectivité, dès que des données exploitables seront disponibles et qu’elle sera saisie.</t>
+  </si>
+  <si>
+    <t>20/05/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>25/02/2021 12:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3186049/fr/veille-des-etudes-cliniques-publiees-pour-certains-medicaments-de-la-covid-19</t>
+  </si>
+  <si>
+    <t>p_3186049</t>
+  </si>
+  <si>
+    <t>Évaluation des actes de diagnostic biologique de la pneumocystose (Pneumocystis jirovecii)</t>
+  </si>
+  <si>
+    <t>La HAS a évalué les techniques de recherche directe de l’agent infectieux par les techniques microscopiques (colorations, immunofluorescence), la recherche d’ADN via les techniques d’amplification génique, ainsi que le dosage sérique de l’antigène soluble β -(1-3)- D - glucane (BG), présent dans la paroi cellulaire du microorganisme.</t>
+  </si>
+  <si>
+    <t>27/09/2017 00:00:00</t>
+  </si>
+  <si>
+    <t>18/10/2017 16:24:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2680246/fr/evaluation-des-actes-de-diagnostic-biologique-de-la-pneumocystose-pneumocystis-jirovecii</t>
   </si>
   <si>
     <t>c_2680246</t>
   </si>
   <si>
-    <t>Modification of the Nomenclature of Procedures in Laboratory Medicine for the diagnostic laboratory procedures for Aspergillus diseases - INAHTA Brief</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2736666/en/modification-of-the-nomenclature-of-procedures-in-laboratory-medicine-for-the-diagnostic-laboratory-procedures-for-aspergillus-diseases-inahta-brief</t>
+    <t>Actualisation des actes de biologie médicale relatifs au diagnostic des infections à Aspergillus</t>
+  </si>
+  <si>
+    <t>Pour modification de la Nomenclature des actes de biologie médicale (NABM) concernant les actes de diagnostic biologique des infections dues aux champignons filamenteux du genre Aspergillus, la HAS a évalué les techniques directes de recherche d’antigènes solubles spécifiques dans le sang (et les autres liquides biologiques) ainsi que les techniques indirectes de recherche des anticorps sériques spécifiques.</t>
+  </si>
+  <si>
+    <t>31/05/2017 00:00:00</t>
+  </si>
+  <si>
+    <t>09/06/2017 09:57:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2736666/fr/actualisation-des-actes-de-biologie-medicale-relatifs-au-diagnostic-des-infections-a-aspergillus</t>
   </si>
   <si>
     <t>c_2736666</t>
   </si>
   <si>
-    <t>Assessment of bronchial thermoplasty for the treatment of uncontrolled severe asthma - INAHTA Brief</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2045264/en/assessment-of-bronchial-thermoplasty-for-the-treatment-of-uncontrolled-severe-asthma-inahta-brief</t>
+    <t>Événements de santé indésirables observés après pose d’implants mammaires à visée esthétique</t>
+  </si>
+  <si>
+    <t>Dans le contexte d’une augmentation des signalements de cas de lymphomes anaplasiques à grandes cellules chez des femmes porteuses d’implants mammaires (LAGC-AIM) (18 cas en France le 11 mars 2015), la Direction générale de la santé (DGS) a demandé à la HAS de réaliser une évaluation sur les événements de santé indésirables observés après pose d’implants mammaires à visée esthétique.</t>
+  </si>
+  <si>
+    <t>27/01/2016 00:00:00</t>
+  </si>
+  <si>
+    <t>22/02/2016 17:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2609956/fr/evenements-de-sante-indesirables-observes-apres-pose-d-implants-mammaires-a-visee-esthetique</t>
+  </si>
+  <si>
+    <t>c_2609956</t>
+  </si>
+  <si>
+    <t>Évaluation de la thermoplastie bronchique pour le traitement de l’asthme sévère non contrôlé</t>
+  </si>
+  <si>
+    <t>Il s’agit de l’évaluation de la thermoplastie bronchique dans la prise en charge de l’asthme sévère chez les patients âgés de 18 ans et plus dont la maladie est non contrôlée malgré un traitement médicamenteux optimal et une bonne observance</t>
+  </si>
+  <si>
+    <t>20/01/2016 00:00:00</t>
+  </si>
+  <si>
+    <t>28/01/2016 10:16:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2045264/fr/evaluation-de-la-thermoplastie-bronchique-pour-le-traitement-de-l-asthme-severe-non-controle</t>
   </si>
   <si>
     <t>c_2045264</t>
+  </si>
+  <si>
+    <t>Jevtana®, Xtandi® et Zytiga® (cabazitaxel, enzalutamide et abiratérone) : des progrès thérapeutiques pour certains cancers métastatiques de la prostate</t>
+  </si>
+  <si>
+    <t>Jevtana® (cabazitaxel) est un taxane et Zytiga® (abiratérone) est un inhibiteur de la biosynthèse des androgènes.# Ils ont l’AMM, en association à la prednisone ou à la prednisolone, dans le traitement du cancer métastatique de la prostate résistant à la castration, chez les hommes dont la maladie a progressé pendant ou après une chimiothérapie à base de docétaxel. En termes d’efficacité sur la survie globale, Jevtana® a montré un allongement de 2,4 mois versus mitoxantrone et Zytiga® de 3,9 mois versus placebo. Le choix entre Jevtana® et Zytiga® se fera selon le terrain du malade : * chez les patients ayant bien toléré une précédente chimiothérapie, on utilisera indifféremment l’un ou l’autre ; * chez les patients ayant eu des effets indésirables graves avec le docétaxel ou dont l’état général ne permet pas de supporter une reprise de la chimiothérapie, Zytiga® sera préféré ; * chez les patients dont la maladie a progressé rapidement sous hormonothérapie, Jevtana® pourrait être proposé, selon les experts consultés, à condition que le traitement précédent par le docétaxel ait été bien toléré.</t>
+  </si>
+  <si>
+    <t>31/03/2014 00:00:00</t>
+  </si>
+  <si>
+    <t>18/04/2014 15:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1528194/fr/jevtana-xtandi-et-zytiga-cabazitaxel-enzalutamide-et-abiraterone-des-progres-therapeutiques-pour-certains-cancers-metastatiques-de-la-prostate</t>
+  </si>
+  <si>
+    <t>c_1528194</t>
+  </si>
+  <si>
+    <t>L’hormone de croissance chez l’enfant non déficitaire, évaluation du service rendu à la collectivité</t>
+  </si>
+  <si>
+    <t>L’évaluation avait pour objectif de : répondre aux interrogations de la Commission de la transparence portant sur l’amélioration de la taille adulte, la tolérance à long terme et sur le caractère pathologique de la petite taille ; de documenter les dimensions du Service Rendu à la Collectivité (SeRC). Elle vise à éclairer en premier lieu la décision publique. Elle contient également des données scientifiques nécessaires à l’élaboration de documents destinés au prescripteur.</t>
+  </si>
+  <si>
+    <t>21/12/2011 00:00:00</t>
+  </si>
+  <si>
+    <t>30/01/2012 10:38:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1173766/fr/l-hormone-de-croissance-chez-l-enfant-non-deficitaire-evaluation-du-service-rendu-a-la-collectivite</t>
+  </si>
+  <si>
+    <t>c_1173766</t>
+  </si>
+  <si>
+    <t>Type d'évènement</t>
+  </si>
+  <si>
+    <t>Evénement de Calendrier</t>
+  </si>
+  <si>
+    <t>Collège délibératif du 25 avril 2024</t>
+  </si>
+  <si>
+    <t>13/06/2024 11:52:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3523591/fr/college-deliberatif-du-25-avril-2024</t>
+  </si>
+  <si>
+    <t>p_3523591</t>
+  </si>
+  <si>
+    <t>Commission</t>
+  </si>
+  <si>
+    <t>Collège délibératif du 2 mai 2024</t>
+  </si>
+  <si>
+    <t>02/05/2024 15:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3515373/fr/college-deliberatif-du-2-mai-2024</t>
+  </si>
+  <si>
+    <t>p_3515373</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 10 avril 2024</t>
+  </si>
+  <si>
+    <t>04/04/2024 10:16:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3505957/fr/commission-de-la-transparence-reunion-du-10-avril-2024</t>
+  </si>
+  <si>
+    <t>p_3505957</t>
+  </si>
+  <si>
+    <t>Collège Délibératif du 14 septembre 2023</t>
+  </si>
+  <si>
+    <t>20/11/2023 11:30:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3474052/fr/college-deliberatif-du-14-septembre-2023</t>
+  </si>
+  <si>
+    <t>p_3474052</t>
+  </si>
+  <si>
+    <t>PV du Collège Délibératif du 14 septembre 2023</t>
+  </si>
+  <si>
+    <t>16/11/2023 11:09:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3473402/fr/pv-du-college-deliberatif-du-14-septembre-2023</t>
+  </si>
+  <si>
+    <t>p_3473402</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 25 octobre 2023</t>
+  </si>
+  <si>
+    <t>23/10/2023 08:41:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3470043/fr/commission-de-la-transparence-reunion-du-25-octobre-2023</t>
+  </si>
+  <si>
+    <t>p_3470043</t>
+  </si>
+  <si>
+    <t>Collège Délibératif du 9 mars 2023</t>
+  </si>
+  <si>
+    <t>24/05/2023 10:55:17</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3443228/fr/college-deliberatif-du-9-mars-2023</t>
+  </si>
+  <si>
+    <t>p_3443228</t>
+  </si>
+  <si>
+    <t>Collège Délibératif du 30 mars 2023</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3443248/fr/college-deliberatif-du-30-mars-2023</t>
+  </si>
+  <si>
+    <t>p_3443248</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 22 mars 2023</t>
+  </si>
+  <si>
+    <t>17/03/2023 14:40:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3421918/fr/commission-de-la-transparence-reunion-du-22-mars-2023</t>
+  </si>
+  <si>
+    <t>p_3421918</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 8 mars 2023</t>
+  </si>
+  <si>
+    <t>03/03/2023 08:57:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3418537/fr/commission-de-la-transparence-reunion-du-8-mars-2023</t>
+  </si>
+  <si>
+    <t>p_3418537</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 15 février 2023</t>
+  </si>
+  <si>
+    <t>09/02/2023 16:56:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3411271/fr/commission-de-la-transparence-reunion-du-15-fevrier-2023</t>
+  </si>
+  <si>
+    <t>p_3411271</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 25 Janvier 2023</t>
+  </si>
+  <si>
+    <t>18/01/2023 11:16:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3405882/fr/commission-de-la-transparence-reunion-du-25-janvier-2023</t>
+  </si>
+  <si>
+    <t>p_3405882</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 23 Novembre 2022</t>
+  </si>
+  <si>
+    <t>16/11/2022 17:40:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3385960/fr/commission-de-la-transparence-reunion-du-23-novembre-2022</t>
+  </si>
+  <si>
+    <t>p_3385960</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 21 Septembre 2022</t>
+  </si>
+  <si>
+    <t>20/09/2022 17:32:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3367227/fr/commission-de-la-transparence-reunion-du-21-septembre-2022</t>
+  </si>
+  <si>
+    <t>p_3367227</t>
+  </si>
+  <si>
+    <t>Commission de la Transparence - Réunion du 5 janvier 2022</t>
+  </si>
+  <si>
+    <t>03/01/2022 11:02:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3307312/fr/commission-de-la-transparence-reunion-du-5-janvier-2022</t>
+  </si>
+  <si>
+    <t>p_3307312</t>
+  </si>
+  <si>
+    <t>Commission de la Transparence - Réunion à distance du 6 décembre 2021</t>
+  </si>
+  <si>
+    <t>02/12/2021 09:19:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3302842/fr/commission-de-la-transparence-reunion-a-distance-du-6-decembre-2021</t>
+  </si>
+  <si>
+    <t>p_3302842</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion à distance du 9 septembre 2020</t>
+  </si>
+  <si>
+    <t>02/09/2020 13:27:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3199995/fr/commission-de-la-transparence-reunion-a-distance-du-9-septembre-2020</t>
+  </si>
+  <si>
+    <t>p_3199995</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion à distance du 22 juillet 2020</t>
+  </si>
+  <si>
+    <t>16/07/2020 08:23:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3194246/fr/commission-de-la-transparence-reunion-a-distance-du-22-juillet-2020</t>
+  </si>
+  <si>
+    <t>p_3194246</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion à distance du 10 juin 2020</t>
+  </si>
+  <si>
+    <t>04/06/2020 09:16:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3188036/fr/commission-de-la-transparence-reunion-a-distance-du-10-juin-2020</t>
+  </si>
+  <si>
+    <t>p_3188036</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion à distance du 22 avril 2020</t>
+  </si>
+  <si>
+    <t>20/04/2020 08:31:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3179885/fr/commission-de-la-transparence-reunion-a-distance-du-22-avril-2020</t>
+  </si>
+  <si>
+    <t>p_3179885</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 23 octobre 2019</t>
+  </si>
+  <si>
+    <t>16/10/2019 11:32:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3113382/fr/commission-de-la-transparence-reunion-du-23-octobre-2019</t>
+  </si>
+  <si>
+    <t>p_3113382</t>
+  </si>
+  <si>
+    <t>Collège délibératif du 12 juin 2019</t>
+  </si>
+  <si>
+    <t>06/06/2019 16:36:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2973304/fr/college-deliberatif-du-12-juin-2019</t>
+  </si>
+  <si>
+    <t>c_2973304</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 3 avril 2019</t>
+  </si>
+  <si>
+    <t>27/03/2019 14:25:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2913151/fr/commission-de-la-transparence-reunion-du-3-avril-2019</t>
+  </si>
+  <si>
+    <t>c_2913151</t>
+  </si>
+  <si>
+    <t>CNEDIMTS - Réunion du 26 mars 2019</t>
+  </si>
+  <si>
+    <t>20/03/2019 14:10:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2910234/fr/cnedimts-reunion-du-26-mars-2019</t>
+  </si>
+  <si>
+    <t>c_2910234</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 27 février 2019</t>
+  </si>
+  <si>
+    <t>20/02/2019 14:26:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2905798/fr/commission-de-la-transparence-reunion-du-27-fevrier-2019</t>
+  </si>
+  <si>
+    <t>c_2905798</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 5 décembre 2018</t>
+  </si>
+  <si>
+    <t>28/11/2018 10:24:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2886593/fr/commission-de-la-transparence-reunion-du-5-decembre-2018</t>
+  </si>
+  <si>
+    <t>c_2886593</t>
+  </si>
+  <si>
+    <t>Collège délibératif du 7 novembre 2018</t>
+  </si>
+  <si>
+    <t>05/11/2018 08:48:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2881581/fr/college-deliberatif-du-7-novembre-2018</t>
+  </si>
+  <si>
+    <t>c_2881581</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 19 septembre 2018</t>
+  </si>
+  <si>
+    <t>12/09/2018 15:11:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2869617/fr/commission-de-la-transparence-reunion-du-19-septembre-2018</t>
+  </si>
+  <si>
+    <t>c_2869617</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 18 avril 2018</t>
+  </si>
+  <si>
+    <t>11/04/2018 14:35:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2843604/fr/commission-de-la-transparence-reunion-du-18-avril-2018</t>
+  </si>
+  <si>
+    <t>c_2843604</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 25 octobre 2017</t>
+  </si>
+  <si>
+    <t>18/10/2017 16:17:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2800077/fr/commission-de-la-transparence-reunion-du-25-octobre-2017</t>
+  </si>
+  <si>
+    <t>c_2800077</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 11 janvier 2017</t>
+  </si>
+  <si>
+    <t>04/01/2017 17:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2735236/fr/commission-de-la-transparence-reunion-du-11-janvier-2017</t>
+  </si>
+  <si>
+    <t>c_2735236</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 5 octobre 2016</t>
+  </si>
+  <si>
+    <t>28/09/2016 10:24:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2671437/fr/commission-de-la-transparence-reunion-du-5-octobre-2016</t>
+  </si>
+  <si>
+    <t>c_2671437</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 25 mai 2016</t>
+  </si>
+  <si>
+    <t>20/05/2016 12:16:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2632843/fr/commission-de-la-transparence-reunion-du-25-mai-2016</t>
+  </si>
+  <si>
+    <t>c_2632843</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 11 mai 2016</t>
+  </si>
+  <si>
+    <t>04/05/2016 14:35:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2629937/fr/commission-de-la-transparence-reunion-du-11-mai-2016</t>
+  </si>
+  <si>
+    <t>c_2629937</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 17 février 2016</t>
+  </si>
+  <si>
+    <t>09/02/2016 16:06:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2607552/fr/commission-de-la-transparence-reunion-du-17-fevrier-2016</t>
+  </si>
+  <si>
+    <t>c_2607552</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 20 janvier 2016</t>
+  </si>
+  <si>
+    <t>18/01/2016 17:23:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2587824/fr/commission-de-la-transparence-reunion-du-20-janvier-2016</t>
+  </si>
+  <si>
+    <t>c_2587824</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 6 janvier 2016</t>
+  </si>
+  <si>
+    <t>28/12/2015 16:49:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2585312/fr/commission-de-la-transparence-reunion-du-6-janvier-2016</t>
+  </si>
+  <si>
+    <t>c_2585312</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 2 décembre 2015</t>
+  </si>
+  <si>
+    <t>25/11/2015 17:59:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2574689/fr/commission-de-la-transparence-reunion-du-2-decembre-2015</t>
+  </si>
+  <si>
+    <t>c_2574689</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 19 septembre 2012</t>
+  </si>
+  <si>
+    <t>18/09/2012 09:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1296038/fr/commission-de-la-transparence-reunion-du-19-septembre-2012</t>
+  </si>
+  <si>
+    <t>c_1296038</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 14 décembre 2011</t>
+  </si>
+  <si>
+    <t>14/12/2011 15:05:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1147992/fr/commission-de-la-transparence-reunion-du-14-decembre-2011</t>
+  </si>
+  <si>
+    <t>c_1147992</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 6 juillet 2011</t>
+  </si>
+  <si>
+    <t>06/07/2011 12:40:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1069129/fr/commission-de-la-transparence-reunion-du-6-juillet-2011</t>
+  </si>
+  <si>
+    <t>c_1069129</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 22 septembre 2010</t>
+  </si>
+  <si>
+    <t>22/09/2010 16:58:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_984076/fr/commission-de-la-transparence-reunion-du-22-septembre-2010</t>
+  </si>
+  <si>
+    <t>c_984076</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 21 juillet 2010</t>
+  </si>
+  <si>
+    <t>21/07/2010 10:59:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_969005/fr/commission-de-la-transparence-reunion-du-21-juillet-2010</t>
+  </si>
+  <si>
+    <t>c_969005</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 27 mai 2009</t>
+  </si>
+  <si>
+    <t>27/05/2009 16:36:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_798794/fr/commission-de-la-transparence-reunion-du-27-mai-2009</t>
+  </si>
+  <si>
+    <t>c_798794</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 16 juillet 2008</t>
+  </si>
+  <si>
+    <t>16/07/2008 16:36:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_678285/fr/commission-de-la-transparence-reunion-du-16-juillet-2008</t>
+  </si>
+  <si>
+    <t>c_678285</t>
+  </si>
+  <si>
+    <t>Avis et décisions de la HAS</t>
+  </si>
+  <si>
+    <t>Décision n°2026.0008/DC/SEM du 22 janvier 2026 du collège de la Haute Autorité de santé portant refus d’accès précoce de la spécialité AKEEGA (niraparib/acétate d’abiratérone)</t>
+  </si>
+  <si>
+    <t>Refus d’accès précoce à la spécialité AKEEGA (niraparib/acétate d'abiratérone) dans l'indication « en association à la prednisone ou à la prednisolone et à un traitement par suppression androgénique (ADT) pour le traitement des patients adultes atteints d’un cancer de la prostate métastatique hormonosensible (CPHSm) avec altérations des gènes BRCA (germinales et/ou somatiques ».</t>
+  </si>
+  <si>
+    <t>22/01/2026 09:39:00</t>
+  </si>
+  <si>
+    <t>29/01/2026 16:42:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3840772/fr/decision-n2026-0008/dc/sem-du-22-janvier-2026-du-college-de-la-haute-autorite-de-sante-portant-refus-d-acces-precoce-de-la-specialite-akeega-niraparib/acetate-d-abiraterone</t>
+  </si>
+  <si>
+    <t>p_3840772</t>
+  </si>
+  <si>
+    <t>Décision n°2024.0113/DC/SEM du 25 avril 2024 du collège de la Haute Autorité de santé portant refus de renouvellement de l’autorisation d’accès précoce de la spécialité AKEEGA (niraparib - acétate d’abiratérone)</t>
+  </si>
+  <si>
+    <t>Refus de renouvellement d'autorisation d’accès précoce à la spécialité AKEEGA (niraparib/acétate d'abiratérone) dans l'indication « en association avec la prednisone ou la prednisolone pour le traitement de première ligne des hommes adultes atteints d’un cancer de la prostate métastatique résistant à la castration (CPRCm) qui sont asymptomatiques ou peu symptomatiques et qui présentent des altérations des gènes BRCA1/2 (germinales et/ou somatiques) ».</t>
+  </si>
+  <si>
+    <t>25/04/2024 09:39:00</t>
+  </si>
+  <si>
+    <t>06/05/2024 09:26:05</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3516756/fr/decision-n2024-0113/dc/sem-du-25-avril-2024-du-college-de-la-haute-autorite-de-sante-portant-refus-de-renouvellement-de-l-autorisation-d-acces-precoce-de-la-specialite-akeega-niraparib-acetate-d-abiraterone</t>
+  </si>
+  <si>
+    <t>p_3516756</t>
+  </si>
+  <si>
+    <t>Décision n°2024.130/DC/SEM du 2 mai 2024 du collège de la Haute Autorité de santé portant refus de la demande d’autorisation d’accès précoce de la spécialité AGAMREE (vamorolone)</t>
+  </si>
+  <si>
+    <t>Autorisation d’accès précoce refusée à la spécialité AGAMREE (vamorolone) dans l'indication « AGAMREE (vamorolone) est indiqué dans le traitement de la dystrophie musculaire de Duchenne avant la phase de déclin des fonctions motrices chez les patients ambulatoires âgés entre 4 et 18 ans ».</t>
+  </si>
+  <si>
+    <t>02/05/2024 09:39:00</t>
+  </si>
+  <si>
+    <t>06/05/2024 16:37:45</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3516942/fr/decision-n2024-130/dc/sem-du-2-mai-2024-du-college-de-la-haute-autorite-de-sante-portant-refus-de-la-demande-d-autorisation-d-acces-precoce-de-la-specialite-agamree-vamorolone</t>
+  </si>
+  <si>
+    <t>p_3516942</t>
+  </si>
+  <si>
+    <t>Décision n°2023.0468/DC/SEM du 14 décembre 2023 du collège de la Haute Autorité de santé portant rectification d’erreur matérielle de la décision n° 2023.0317/DC/SEM du 14 septembre 2023 du collège de la Haute Autorité de santé portant refus de la demande d’autorisation d’accès précoce de la spécialité AGAMREE (VAMOROLONE)</t>
+  </si>
+  <si>
+    <t>Rectification d'erreur matérielle sur la décision 2023.0468 du 14 septembre 2023 concernant le refus de l'Autorisation d’accès précoce à la spécialité AGAMREE (vamorolone) dans l'indication « AGAMREE (vamorolone) est indiqué dans le traitement de la dystrophie musculaire de Duchenne avant la phase de déclin des fonctions motrices chez les patients ambulatoires âgés de 4 à 7 ans ».</t>
+  </si>
+  <si>
+    <t>14/12/2023 09:39:00</t>
+  </si>
+  <si>
+    <t>20/12/2023 11:10:54</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3482121/fr/decision-n2023-0468/dc/sem-du-14-decembre-2023-du-college-de-la-haute-autorite-de-sante-portant-rectification-d-erreur-materielle-de-la-decision-n-2023-0317/dc/sem-du-14-septembre-2023-du-college-de-la-haute-autorite-de-sante-portant-refus-de-la-demande-d-autorisation-d-acces-precoce-de-la-specialite-agamree-vamorolone</t>
+  </si>
+  <si>
+    <t>p_3482121</t>
+  </si>
+  <si>
+    <t>Décision n°2023.0450/DC/SEM du 30 novembre 2023 du collège de la Haute Autorité de santé portant refus de la demande d’autorisation d’accès précoce de la spécialité TALZENNA</t>
+  </si>
+  <si>
+    <t>Autorisation d’accès précoce refusée à la spécialité TALZENNA (talazoparib) dans l'indication « en association avec l’enzalutamide pour le traitement des patients adultes atteints d’un cancer de la prostate métastatique résistant à la castration (CPRCm), pour lesquels la chimiothérapie n'est pas cliniquement indiquée et les alternatives disponibles ne sont pas appropriées ».</t>
+  </si>
+  <si>
+    <t>30/11/2023 09:39:00</t>
+  </si>
+  <si>
+    <t>11/12/2023 09:17:23</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3478115/fr/decision-n2023-0450/dc/sem-du-30-novembre-2023-du-college-de-la-haute-autorite-de-sante-portant-refus-de-la-demande-d-autorisation-d-acces-precoce-de-la-specialite-talzenna</t>
+  </si>
+  <si>
+    <t>p_3478115</t>
+  </si>
+  <si>
+    <t>Décision n°2023.0317/DC/SEM du 14 septembre 2023 du collège de la Haute Autorité de santé portant refus de la demande d’autorisation d’accès précoce de la spécialité AGAMREE (VAMOROLONE)</t>
+  </si>
+  <si>
+    <t>Autorisation d’accès précoce refusée à la spécialité AGAMREE (vamorolone) dans l'indication « AGAMREE (vamorolone) est indiqué dans le traitement de la dystrophie musculaire de Duchenne avant la phase de déclin des fonctions motrices chez les patients ambulatoires âgés de 4 à 7 ans ».</t>
+  </si>
+  <si>
+    <t>14/09/2023 09:39:00</t>
+  </si>
+  <si>
+    <t>20/09/2023 15:17:10</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3463658/fr/decision-n2023-0317/dc/sem-du-14-septembre-2023-du-college-de-la-haute-autorite-de-sante-portant-refus-de-la-demande-d-autorisation-d-acces-precoce-de-la-specialite-agamree-vamorolone</t>
+  </si>
+  <si>
+    <t>p_3463658</t>
+  </si>
+  <si>
+    <t>Décision n°2023.0128/DC/SEM du 30 mars 2023 du collège de la Haute Autorité de santé portant autorisation d’accès précoce de la spécialité LYNPARZA</t>
+  </si>
+  <si>
+    <t>Autorisation d’accès précoce octroyée à la spécialité LYNPARZA dans l'indication « en association à l’abiratérone et à la prednisone ou à la prednisolone pour le traitement des patients adultes atteints d’un cancer de la prostate métastatique résistant à la castration pour lesquels la chimiothérapie n’est pas cliniquement indiquée ».</t>
+  </si>
+  <si>
+    <t>30/03/2023 09:39:00</t>
+  </si>
+  <si>
+    <t>06/04/2023 11:43:29</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3425659/fr/decision-n2023-0128/dc/sem-du-30-mars-2023-du-college-de-la-haute-autorite-de-sante-portant-autorisation-d-acces-precoce-de-la-specialite-lynparza</t>
+  </si>
+  <si>
+    <t>p_3425659</t>
+  </si>
+  <si>
+    <t>Décision n°2023.0088/DC/SEM du 9 mars 2023 du collège de la Haute Autorité de santé portant autorisation d’accès précoce de la spécialité NIRAPARIB/ACÉTATE D’ABIRATÉRONE</t>
+  </si>
+  <si>
+    <t>Autorisation d’accès précoce octroyée à la spécialité NIRAPARIB/ACÉTATE D’ABIRATÉRONE Janssen Cilag dans l'indication « en association avec la prednisone ou la prednisolone pour le traitement de première ligne des hommes adultes atteints d’un cancer de la prostate métastatique résistant à la castration (CPRCm) qui sont asymptomatiques ou peu symptomatiques et qui présentent des altérations des gènes BRCA1/2 (germinales et/ou somatiques) ».</t>
+  </si>
+  <si>
+    <t>09/03/2023 09:39:00</t>
+  </si>
+  <si>
+    <t>16/03/2023 08:21:15</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3421309/fr/decision-n2023-0088/dc/sem-du-9-mars-2023-du-college-de-la-haute-autorite-de-sante-portant-autorisation-d-acces-precoce-de-la-specialite-niraparib/acetate-d-abiraterone</t>
+  </si>
+  <si>
+    <t>p_3421309</t>
+  </si>
+  <si>
+    <t>Décision n°2022.0148/DC/SEM du 28 avril 2022 du collège de la Haute Autorité de santé portant modification de l’autorisation d’accès précoce de la spécialité XEVUDY</t>
+  </si>
+  <si>
+    <t>Décision du collège de la Haute Autorité de santé portant modification de l’autorisation d’accès précoce de la spécialité XEVUDY</t>
+  </si>
+  <si>
+    <t>28/04/2022 09:39:00</t>
+  </si>
+  <si>
+    <t>29/04/2022 15:15:47</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3336466/fr/decision-n2022-0148/dc/sem-du-28-avril-2022-du-college-de-la-haute-autorite-de-sante-portant-modification-de-l-autorisation-d-acces-precoce-de-la-specialite-xevudy</t>
+  </si>
+  <si>
+    <t>p_3336466</t>
+  </si>
+  <si>
+    <t>Décision n° 2022.0001/DC/SEM du 6 janvier 2022 du collège de la Haute Autorité de santé portant autorisation de la demande d’accès précoce de la spécialité XEVUDY</t>
+  </si>
+  <si>
+    <t>La demande d’autorisation d’accès précoce susvisée concerne le médicament XEVUDY (sotrovimab) dans l’indication « traitement des adultes et des adolescents (âgés de 12 ans et plus et pesant au moins 40 kg) atteints de la maladie à coronavirus 2019 (COVID-19) qui ne nécessitent pas de supplémentation en oxygène et qui risquent d'évoluer vers une COVID-19 sévère ».</t>
+  </si>
+  <si>
+    <t>06/01/2022 09:39:00</t>
+  </si>
+  <si>
+    <t>07/01/2022 16:31:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3308222/fr/decision-n-2022-0001/dc/sem-du-6-janvier-2022-du-college-de-la-haute-autorite-de-sante-portant-autorisation-de-la-demande-d-acces-precoce-de-la-specialite-xevudy</t>
+  </si>
+  <si>
+    <t>p_3308222</t>
+  </si>
+  <si>
+    <t>Décision n° 2021.0313/DC/SEM du 9 décembre 2021 du collège de la Haute Autorité de santé portant refus de la demande d’accès précoce de la spécialité LAGEVRIO (molnupiravir)</t>
+  </si>
+  <si>
+    <t>La demande d’autorisation d’accès précoce susvisée concerne le médicament LAGEVRIO, dans l'indication « traitement des formes légères à modérées de la maladie à coronavirus 2019 (COVID-19) chez les adultes ayant un test de diagnostic positif au SARS-CoV-2 et qui présentent au moins un facteur de risque de développer une forme sévère de la maladie ».</t>
+  </si>
+  <si>
+    <t>09/12/2021 09:39:00</t>
+  </si>
+  <si>
+    <t>10/12/2021 17:42:46</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3304251/fr/decision-n-2021-0313/dc/sem-du-9-decembre-2021-du-college-de-la-haute-autorite-de-sante-portant-refus-de-la-demande-d-acces-precoce-de-la-specialite-lagevrio-molnupiravir</t>
+  </si>
+  <si>
+    <t>p_3304251</t>
+  </si>
+  <si>
+    <t>Avis n° 2019.0037/AC/SEM du 12 juin 2019 du collège de la Haute Autorité de santé sur l’identification d’alternatives thérapeutiques prises en charge par les régimes obligatoires de sécurité sociale de la spécialité  POTELIGEO (mogamulizumab)</t>
+  </si>
+  <si>
+    <t>Les indications de la spécialité POTELIGEO (mogamulizumab), validées par le CHMP, qui n’ont pas fait l’objet d’une autorisation temporaire d’utilisation sont les suivantes : « les patients adultes atteints de mycosis fongoïde de stade IA qui ont reçu au moins un traitement systémique antérieur » « les patients adultes atteints de mycosis fongoïde stades IB-II transformé ou non transformé réfractaire qui ont reçu au moins un traitement systémique antérieur » « les patients adultes atteints de mycosis fongoïde stades III-IV transformé y compris le syndrome de Sézary qui ont reçu au moins un traitement systémique antérieur » Dans ces indications, la Haute Autorité de santé a identifié des alternatives thérapeutiques prises en charge par les régimes obligatoires de sécurité sociale. Ces alternatives sont mentionnées en annexe du présent avis.</t>
+  </si>
+  <si>
+    <t>05/02/2014 10:55:00</t>
+  </si>
+  <si>
+    <t>29/08/2019 08:47:34</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3086208/fr/avis-n-2019-0037/ac/sem-du-12-juin-2019-du-college-de-la-haute-autorite-de-sante-sur-l-identification-d-alternatives-therapeutiques-prises-en-charge-par-les-regimes-obligatoires-de-securite-sociale-de-la-specialite-poteligeo-mogamulizumab</t>
+  </si>
+  <si>
+    <t>p_3086208</t>
+  </si>
+  <si>
+    <t>Avis n° 2019.0039/AC/SEM du 12 juin 2019 du collège de la Haute Autorité de santé relatif à l’intérêt pour la santé publique de la recherche « Etude Metogia »</t>
+  </si>
+  <si>
+    <t>Au regard des éléments détaillés dans l’annexe du présent avis, le collège de la Haute Autorité de santé considère que la recherche « Gempax » présente un intérêt pour la santé publique.</t>
+  </si>
+  <si>
+    <t>12/06/2019 15:55:00</t>
+  </si>
+  <si>
+    <t>09/07/2019 10:44:30</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3067218/fr/avis-n-2019-0039/ac/sem-du-12-juin-2019-du-college-de-la-haute-autorite-de-sante-relatif-a-l-interet-pour-la-sante-publique-de-la-recherche-etude-metogia</t>
+  </si>
+  <si>
+    <t>p_3067218</t>
+  </si>
+  <si>
+    <t>Avis n° 2018.0047/AC/SEM du 7 novembre 2018 du collège de la Haute Autorité de santé sur l’identification d’alternatives thérapeutiques prises en charge par les régimes obligatoires de sécurité sociale de la spécialité KYMRIAH (tisagenlecleucel)</t>
+  </si>
+  <si>
+    <t>L’indication de la spécialité KYMRIAH (tisagenlecleucel), validée par le CHMP, qui n’a pas fait l’objet d’une autorisation temporaire d’utilisation correspond au « Traitement de la leucémie aigüe lymphoblastique (LAL) à cellules B chez les patients :# * réfractaires après une ligne de traitement, * en rechute après greffe, si réalisée lors de la 1ère ligne de traitement ».# Dans cette indication, la Haute Autorité de santé a identifié des alternatives thérapeutiques prises en charge par les régimes obligatoires de sécurité sociale.# Ces alternatives sont mentionnées en annexe du présent avis.</t>
+  </si>
+  <si>
+    <t>07/11/2018 14:53:00</t>
+  </si>
+  <si>
+    <t>27/11/2018 16:56:29</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2886498/fr/avis-n-2018-0047/ac/sem-du-7-novembre-2018-du-college-de-la-haute-autorite-de-sante-sur-l-identification-d-alternatives-therapeutiques-prises-en-charge-par-les-regimes-obligatoires-de-securite-sociale-de-la-specialite-kymriah-tisagenlecleucel</t>
+  </si>
+  <si>
+    <t>c_2886498</t>
+  </si>
+  <si>
+    <t>Décision n° 2018.0132/DC/SEM du 5 septembre 2018 du collège de la Haute Autorité de santé adoptant la recommandation relative à la prise en charge à titre dérogatoire d’OPDIVO® (nivolumab) dans le cadre d’une recommandation temporaire d’utilisation</t>
+  </si>
+  <si>
+    <t>La recommandation relative à la prise en charge à titre dérogatoire d’OPDIVO® (nivolumab), dans le cadre d’une recommandation temporaire d’utilisation, indiqué « en monothérapie dans le traitement adjuvant des patients adultes atteints d’un mélanome de stade III ou IV, après résection complète. », ci-jointe, est adoptée.</t>
+  </si>
+  <si>
+    <t>05/09/2017 10:55:00</t>
+  </si>
+  <si>
+    <t>14/09/2018 15:30:25</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2870066/fr/decision-n-2018-0132/dc/sem-du-5-septembre-2018-du-college-de-la-haute-autorite-de-sante-adoptant-la-recommandation-relative-a-la-prise-en-charge-a-titre-derogatoire-d-opdivo-nivolumab-dans-le-cadre-d-une-recommandation-temporaire-d-utilisation</t>
+  </si>
+  <si>
+    <t>c_2870066</t>
+  </si>
+  <si>
+    <t>Avis n° 2018.0033/AC/SEM du 29 août 2018 du collège de la Haute Autorité de santé relatif à l’intérêt pour la santé publique de la recherche « Etude INTREALL»</t>
+  </si>
+  <si>
+    <t>Au regard des éléments détaillés dans l’annexe du présent avis, le collège de la Haute Autorité de santé considère que la recherche « Etude INTREALL» présente un intérêt pour la santé publique.</t>
+  </si>
+  <si>
+    <t>29/08/2018 11:17:00</t>
+  </si>
+  <si>
+    <t>07/09/2018 15:34:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2869281/fr/avis-n-2018-0033/ac/sem-du-29-aout-2018-du-college-de-la-haute-autorite-de-sante-relatif-a-l-interet-pour-la-sante-publique-de-la-recherche-etude-intreall</t>
+  </si>
+  <si>
+    <t>c_2869281</t>
+  </si>
+  <si>
+    <t>Avis n° 2018.0016/AC/SEM du 4 avril 2018 du collège de la Haute Autorité de santé relatif à l’intérêt pour la santé publique de la recherche « Etude PROLONG»</t>
+  </si>
+  <si>
+    <t>Au regard des éléments détaillés dans l’annexe du présent avis, le collège de la Haute Autorité de santé considère que la recherche « Etude PROLONG» présente un intérêt pour la santé publique.</t>
+  </si>
+  <si>
+    <t>04/04/2018 11:17:00</t>
+  </si>
+  <si>
+    <t>13/04/2018 15:24:47</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2844315/fr/avis-n-2018-0016/ac/sem-du-4-avril-2018-du-college-de-la-haute-autorite-de-sante-relatif-a-l-interet-pour-la-sante-publique-de-la-recherche-etude-prolong</t>
+  </si>
+  <si>
+    <t>c_2844315</t>
+  </si>
+  <si>
+    <t>Décision n°2017.0199/SEM du 13 décembre 2017 du collège de la Haute Autorité de santé adoptant la recommandation relative à la prise en charge à titre dérogatoire de l’infliximab dans le cadre d’une recommandation temporaire d’utilisation</t>
+  </si>
+  <si>
+    <t>La recommandation relative à la prise en charge à titre dérogatoire de l’infliximab et des spécialités identifiées comme biologiques similaires et inscrites sur la liste de référence des groupes biologiques similaires mentionnée à l’article L. 5121-10-2 du code de la santé publique dans le cadre d’une recommandation temporaire d’utilisation, dans le « Traitement de la maladie de Takayasu répondant aux critères d’Ishikawa et résistant aux traitements conventionnels (corticoïdes et immunosuppresseurs», ci-jointe, est adoptée.</t>
+  </si>
+  <si>
+    <t>13/12/2017 10:14:00</t>
+  </si>
+  <si>
+    <t>19/12/2017 15:04:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2814160/fr/decision-n2017-0199/sem-du-13-decembre-2017-du-college-de-la-haute-autorite-de-sante-adoptant-la-recommandation-relative-a-la-prise-en-charge-a-titre-derogatoire-de-l-infliximab-dans-le-cadre-d-une-recommandation-temporaire-d-utilisation</t>
+  </si>
+  <si>
+    <t>c_2814160</t>
+  </si>
+  <si>
+    <t>AVIS N° 2016.0025/AC/SEM du 16 mars 2016 du collège de la Haute Autorité de Santé en vue de l'inscription sur la liste prévue à l'article L.5123-2 du code de la santé publique de la spécialité KEYTRUDA (pembrolizumab) dans le traitement du mélanome avancé (non résécable ou métastatique)</t>
+  </si>
+  <si>
+    <t>16/03/2016 10:55:00</t>
+  </si>
+  <si>
+    <t>29/03/2016 13:39:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2620216/fr/avis-n-2016-0025/ac/sem-du-16-mars-2016-du-college-de-la-haute-autorite-de-sante-en-vue-de-l-inscription-sur-la-liste-prevue-a-l-article-l-5123-2-du-code-de-la-sante-publique-de-la-specialite-keytruda-pembrolizumab-dans-le-traitement-du-melanome-avance-non-resecable-ou-metastatique</t>
+  </si>
+  <si>
+    <t>c_2620216</t>
+  </si>
+  <si>
+    <t>DECISION N° 2015.0203/DC/SEM du 16 septembre 2015 et n°2015.0235/DC/SEM du 4 novembre 2015 du collège de la Haute Autorité de Santé adoptant la recommandation relative à la prise en charge à titre dérogatoire des spécialités à base de vérapamil (ISOPTINE et ses génériques) dans le cadre d’une recommandation temporaire d’utilisation</t>
+  </si>
+  <si>
+    <t>Considérant l’ensemble des informations suivantes :# La pathologie, l’algie vasculaire de la face, est fréquente, sévère et invalidante et peut altérer la qualité de vie du patient,# Il n’y a pas d’alternative appropriée et remboursable dans le traitement prophylactique de l’algie vasculaire de la face,# L’utilisation de ce médicament semble indispensable pour le traitement prophylactique de ces patients pour améliorer leur état de santé ou éviter leur dégradation,# le Collège de la HAS considère que les spécialités ISOPTINE et génériques (vérapamil), doivent faire l’objet d’une prise en charge dérogatoire dans le traitement prophylactique de l’algie vasculaire de la face.# Le Collège alerte les prescripteurs et les décideurs sur le risque cardiaque lié à l’association du vérapamil avec les bêtabloquants et les anti-arythmiques.</t>
+  </si>
+  <si>
+    <t>16/09/2015 18:00:00</t>
+  </si>
+  <si>
+    <t>28/09/2015 12:17:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2062720/fr/decision-n-2015-0203/dc/sem-du-16-septembre-2015-et-n2015-0235/dc/sem-du-4-novembre-2015-du-college-de-la-haute-autorite-de-sante-adoptant-la-recommandation-relative-a-la-prise-en-charge-a-titre-derogatoire-des-specialites-a-base-de-verapamil-isoptine-et-ses-generiques-dans-le-cadre-d-une-recommandation-temporaire-d-utilisation</t>
+  </si>
+  <si>
+    <t>c_2062720</t>
+  </si>
+  <si>
+    <t>DECISION N° 2015.0154/DC/SEM du 17 juin 2015 du collège de la Haute Autorité de Santé adoptant la recommandation relative à la prise en charge à titre dérogatoire du thalidomide (THALIDOMIDE CELGENE 50 mg, gélule) dans le cadre d’une recommandation temporaire d’utilisation</t>
+  </si>
+  <si>
+    <t>Considérant l’ensemble des informations suivantes : - la pathologie, la maladie de Crohn sévère chez les enfants de plus de 6 ans, est une maladie inflammatoire intestinale pouvant atteindre tous les segments du tube digestif et pouvant s’accompagner de manifestations extra-intestinales (articulaires, cutanées, oculaires…). C’est une maladie chronique évoluant par poussées, alternant avec des phases de rémission. Il s’agit d’une pathologie invalidante qui peut entraîner une dégradation marquée de la qualité de vie. La spécificité de la maladie de Crohn chez l’enfant par rapport à l’adulte est le risque de retard de croissance staturo-pondérale, souvent associé à un retard pubertaire. - l’absence d’alternative appropriée et remboursable à ce jour chez les enfants de plus de 6 ans qui n’ont pas répondu malgré un traitement approprié et bien conduit par corticoïde, immunosuppresseur et anti-TNF ou chez lesquels ces traitements sont contre-indiqués ou mal tolérés ; - le fait que l’utilisation de ce médicament semble indispensable pour le traitement de la maladie de Crohn active, sévère chez les enfants de plus de 6 ans qui n’ont pas répondu malgré un traitement approprié et bien conduit par corticoïde, immunosuppresseur et anti-TNF ou chez lesquels ces traitements sont contre-indiqués ou mal tolérés, afin d’améliorer leur état de santé ou éviter leur dégradation. le Collège de la HAS considère que les spécialités THALIDOMIDE CELGENE 50 mg, gélule doit faire l’objet d’une prise en charge dérogatoire dans l’indication : « Maladie de Crohn active, sévère chez les enfants de plus de 6 ans qui n’ont pas répondu malgré un traitement approprié et bien conduit par corticoïde, immunosuppresseur ou anti-TNF ou chez lesquels ces traitements sont contre-indiqués ou mal tolérés ».</t>
+  </si>
+  <si>
+    <t>17/06/2015 10:55:00</t>
+  </si>
+  <si>
+    <t>07/07/2015 14:01:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2042572/fr/decision-n-2015-0154/dc/sem-du-17-juin-2015-du-college-de-la-haute-autorite-de-sante-adoptant-la-recommandation-relative-a-la-prise-en-charge-a-titre-derogatoire-du-thalidomide-thalidomide-celgene-50-mg-gelule-dans-le-cadre-d-une-recommandation-temporaire-d-utilisation</t>
+  </si>
+  <si>
+    <t>c_2042572</t>
+  </si>
+  <si>
+    <t>DECISION N° 2015.0155/DC/SEM du 17 juin 2015 du collège de la Haute Autorité de Santé adoptant la recommandation relative à la prise en charge à titre dérogatoire du thalidomide (THALIDOMIDE CELGENE 50 mg, gélule) dans le cadre d’une recommandation temporaire d’utilisation</t>
+  </si>
+  <si>
+    <t>Considérant l’ensemble de ces informations le Collège de la HAS : Considérant : - la pathologie, l’aphtose sévère, pathologie douloureuse souvent associée à des déficiences nutritionnelles (fer, folates, vitamines, zinc...), des désordres immunitaires (infection par le virus de l'immunodéficience acquise, herpès, neutropénies) et des maladies rares (maladie de Behçet). - l’absence d’alternative appropriée et remboursable à ce jour chez les patients en échec aux traitements de 1ère intention (traitements locaux et colchicine) ; - le fait que l’utilisation de ce médicament semble indispensable pour les patients avec une aphtose sévère, y compris chez les patients HIV positifs et dans la maladie de Behçet, en échec aux traitements de 1ère intention (traitements locaux et colchicine), afin d’améliorer leur état de santé ou éviter leur dégradation. le Collège considère que les spécialités THALIDOMIDE CELGENE 50 mg, gélule doit faire l’objet d’une prise en charge dérogatoire dans l’indication : « Aphtoses sévères, y compris chez les patients HIV positifs et dans la maladie de Behçet, en cas d’échec aux traitements de 1ère intention (traitements locaux et colchicine)». Considérant : - la pathologie, les formes cutanées du lupus érythémateux, inflammatoire auto-immune, chronique, qui présentent une grande diversité clinique avec une évolution et un pronostic variables, mais qui peuvent avoir un impact sur la qualité des vie des patients du fait notamment des cicatrices qui peuvent en résulter. - l’absence d’alternative appropriée et remboursable à ce jour chez les patients en 2ème ligne après échec des antipaludéens de synthèse (hydroxychloroquine ou chloroquine) ; - le fait que l’utilisation de ce médicament semble indispensable pour les patients des formes cutanées du lupus érythémateux, y compris la maladie de Jessner-Kanof, en 2ème ligne après échec des antipaludéens de synthèse (hydroxychloroquine ou chloroquine), afin d’améliorer leur état de santé ou éviter leur dégradation. le Collège considère que les spécialités THALIDOMIDE CELGENE 50 mg, gélule doit faire l’objet d’une prise en charge dérogatoire dans l’indication : « Traitement des formes cutanées du lupus érythémateux, y compris la maladie de Jessner-Kanof, en 2ème ligne après échec des antipaludéens de synthèse (hydroxychloroquine ou chloroquine) ». Considérant : - la pathologie, les formes aiguës sévères de l’érythème noueux lépreux, pathologie grave pouvant être à l’origine des déficits neurologiques définitifs de la lèpre. - l’absence d’alternative appropriée et remboursable à ce jour chez les patients avec des formes sévères de l’érythème noueux lépreux (réaction lépreuse de type II) ; - le fait que l’utilisation de ce médicament semble indispensable pour les patients avec des formes sévères de l’érythème noueux lépreux (réaction lépreuse de type II), afin d’améliorer leur état de santé ou éviter leur dégradation. le Collège considère que les spécialités THALIDOMIDE CELGENE 50 mg, gélule doit faire l’objet d’une prise en charge dérogatoire dans l’indication : « Traitement des formes aiguës sévères de l’érythème noueux lépreux (réaction lépreuse de type II)».</t>
+  </si>
+  <si>
+    <t>29/06/2015 17:40:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2042574/fr/decision-n-2015-0155/dc/sem-du-17-juin-2015-du-college-de-la-haute-autorite-de-sante-adoptant-la-recommandation-relative-a-la-prise-en-charge-a-titre-derogatoire-du-thalidomide-thalidomide-celgene-50-mg-gelule-dans-le-cadre-d-une-recommandation-temporaire-d-utilisation</t>
+  </si>
+  <si>
+    <t>c_2042574</t>
+  </si>
+  <si>
+    <t>DECISION N° 2015.0065/DC/SEM du 25 mars 2015 du collège de la Haute Autorité de Santé adoptant la recommandation relative à la prise en charge à titre dérogatoire du bortézomib (VELCADE 1 et 3.5 mg, poudre pour solution injectable) dans le cadre d’une recommandation temporaire d’utilisation</t>
+  </si>
+  <si>
+    <t>Considérant l’ensemble des informations suivantes : - les pathologies, l’amylose primitive ou amylose AL et la maladie de Randall, rares et graves qui sont des maladies résultant de dépôts extracellulaires d’immunoglobulines dans différents organes (notamment rein et cœur) altérant progressivement leur fonctionnement. Il s’agit de pathologies évolutives dont le pronostic est sévère en l’absence de traitement efficace. Ces pathologies peuvent engager le pronostic vital des patients. - l’absence d’alternative appropriée et remboursable à ce jour chez les patients nécessitant un traitement en association à une autre chimiothérapie1; - le fait que l’utilisation de ce médicament semble indispensable pour le traitement des patients adultes atteints d’une amylose AL non IgM ou d’une maladie de Randall, en association à une autre chimiothérapie, afin d’améliorer leur état de santé ou éviter leur dégradation. le Collège de la HAS considère que les spécialités VELCADE 1 et 3,5 mg solution pour perfusion doivent faire l’objet d’une prise en charge dérogatoire dans l’indication : « Traitement des patients adultes atteints d’une amylose AL non IgM ou d’une maladie de Randall, en association à une autre chimiothérapie».</t>
+  </si>
+  <si>
+    <t>25/03/2015 10:55:00</t>
+  </si>
+  <si>
+    <t>01/04/2015 14:49:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2024414/fr/decision-n-2015-0065/dc/sem-du-25-mars-2015-du-college-de-la-haute-autorite-de-sante-adoptant-la-recommandation-relative-a-la-prise-en-charge-a-titre-derogatoire-du-bortezomib-velcade-1-et-3-5-mg-poudre-pour-solution-injectable-dans-le-cadre-d-une-recommandation-temporaire-d-utilisation</t>
+  </si>
+  <si>
+    <t>c_2024414</t>
+  </si>
+  <si>
+    <t>DECISION N° 2014.0144/DC du 16 juillet 2014 du collège de la Haute Autorité de Santé adoptant la recommandation relative à la prise en charge à titre dérogatoire de l'infliximab (REMICADE) dans le cadre d’une recommandation temporaire d’utilisation</t>
+  </si>
+  <si>
+    <t>La recommandation relative à la prise en charge à titre dérogatoire de l’infliximab (REMICADE) dans le cadre d’une recommandation temporaire d’utilisation, ci-jointe, est adoptée.</t>
+  </si>
+  <si>
+    <t>16/07/2014 10:55:00</t>
+  </si>
+  <si>
+    <t>29/07/2014 14:57:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1757268/fr/decision-n-2014-0144/dc-du-16-juillet-2014-du-college-de-la-haute-autorite-de-sante-adoptant-la-recommandation-relative-a-la-prise-en-charge-a-titre-derogatoire-de-l-infliximab-remicade-dans-le-cadre-d-une-recommandation-temporaire-d-utilisation</t>
+  </si>
+  <si>
+    <t>c_1757268</t>
+  </si>
+  <si>
+    <t>Avis de la HAS sur la prise en charge dérogatoire se rapportant aux maladies rares Vascularites  (ALD 21)</t>
+  </si>
+  <si>
+    <t>La HAS a rendu 4 avis, avec leur argumentaire comportant la position de l’AFSSAPS, sur les spécialités pharmaceutiques relevant de la prise en charge dérogatoire prévue à l’article L. 162-17-2-1 du code de la sécurité sociale et figurant sur la liste des actes et prestations établie par la HAS pour les maladies rares Vascularites (ALD 21) : * Acide acetylsalicylique / acetylsalicylate de lysine * Chlormadinone * Methotrexate * Mycophenolate mofetil</t>
+  </si>
+  <si>
+    <t>16/12/2010 10:59:00</t>
+  </si>
+  <si>
+    <t>19/12/2011 15:25:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1015717/fr/avis-de-la-has-sur-la-prise-en-charge-derogatoire-se-rapportant-aux-maladies-rares-vascularites-ald-21</t>
+  </si>
+  <si>
+    <t>c_1015717</t>
+  </si>
+  <si>
+    <t>Recommandation vaccinale</t>
+  </si>
+  <si>
+    <t>Stratégie de vaccination contre les infections par le VRS chez l’adulte âgé de 60 ans et plus : place du vaccin mRESVIA (Moderna)</t>
+  </si>
+  <si>
+    <t>La HAS a évalué l’ensemble des données cliniques disponibles sur le vaccin mRESVIA afin de préciser sa place dans la stratégie actuelle de vaccination contre les infections par le VRS chez l’adulte âgé de 60 ans et plus. La HAS considère que le vaccin mRESVIA peut être utilisé, au même titre que les autres vaccins VRS, dans le cadre de la stratégie actuelle de vaccination contre les infections par le VRS chez l’adulte, à savoir chez les personnes âgées de 75 ans et plus et chez les personnes âgées de 65 ans et plus présentant des pathologies chroniques respiratoires (particulièrement BPCO) ou cardiaques (particulièrement insuffisance cardiaque) susceptibles de décompenser lors d’une infection à VRS.</t>
+  </si>
+  <si>
+    <t>21/10/2024 17:39:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3550892/fr/strategie-de-vaccination-contre-les-infections-par-le-vrs-chez-l-adulte-age-de-60-ans-et-plus-place-du-vaccin-mresvia-moderna</t>
+  </si>
+  <si>
+    <t>p_3550892</t>
+  </si>
+  <si>
+    <t>Stratégie vaccinale de prévention des infections par le VRS chez l’adulte âgé de 60 ans et plus</t>
+  </si>
+  <si>
+    <t>La HAS recommande la vaccination saisonnière des sujets âgés de 75 ans et plus et chez les sujets âgés de 65 ans et plus présentant des pathologies respiratoires chroniques (particulièrement BPCO) ou cardiaques (particulièrement insuffisance cardiaque) susceptibles de décompenser lors d'une infection à VRS. Les vaccins Arexvy et Abrysvo peuvent être utilisés dans le cadre de cette recommandation.</t>
+  </si>
+  <si>
+    <t>27/06/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>04/07/2024 11:01:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3460918/fr/strategie-vaccinale-de-prevention-des-infections-par-le-vrs-chez-l-adulte-age-de-60-ans-et-plus</t>
+  </si>
+  <si>
+    <t>p_3460918</t>
+  </si>
+  <si>
+    <t>Stratégie de vaccination contre le Sars-Cov-2 - Place du vaccin à ARNm Spikevax® de Moderna chez les 12 à 17 ans</t>
+  </si>
+  <si>
+    <t>La HAS publie une nouvelle recommandation vaccinale qui s’inscrit dans le cadre d’une extension de l’AMM du vaccin à ARNm Spikevax développé par le laboratoire Moderna. Elle vise à préciser sa place au vu des données d’efficacité vaccinale et de tolérance chez les adolescents de 12 à 17 ans.</t>
+  </si>
+  <si>
+    <t>27/07/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>28/07/2021 18:18:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3280463/fr/strategie-de-vaccination-contre-le-sars-cov-2-place-du-vaccin-a-arnm-spikevax-de-moderna-chez-les-12-a-17-ans</t>
+  </si>
+  <si>
+    <t>p_3280463</t>
+  </si>
+  <si>
+    <t>Stratégie de vaccination contre le SARS-CoV-2 - Vaccination prioritaire de l’entourage des personnes immunodéprimées contre le SARS-Cov 2</t>
+  </si>
+  <si>
+    <t>HAS rappelle que les personnes immunodéprimées, chez qui le risque de forme grave et de décès par la Covid-19 est important, doivent être vaccinées de façon prioritaire contre le SARS-CoV-2. Cependant, du fait même de leur immunodépression, leur réponse immunitaire à la vaccination étant souvent diminuée rendant cette vaccination moins efficace, la HAS recommande qu’une stratégie de « cocooning » (vaccination de l’entourage) soit mise en place autour des personnes immunodéprimées adultes et enfants.</t>
+  </si>
+  <si>
+    <t>29/04/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>30/04/2021 16:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3264056/fr/strategie-de-vaccination-contre-le-sars-cov-2-vaccination-prioritaire-de-l-entourage-des-personnes-immunodeprimees-contre-le-sars-cov-2</t>
+  </si>
+  <si>
+    <t>p_3264056</t>
+  </si>
+  <si>
+    <t>Stratégie de vaccination contre le Sars-Cov-2 - Actualisation des facteurs de risque de formes graves de la Covid-19 et des recommandations sur la stratégie de priorisation des populations à vacciner</t>
+  </si>
+  <si>
+    <t>En s’appuyant sur l’évolution des connaissances disponibles sur le SARS-CoV-2, la HAS avec la commission technique des vaccinations, actualise les facteurs de risque de formes graves de Covid-19 et met à jour ses recommandations sur la stratégie de priorisation des populations à vacciner.</t>
+  </si>
+  <si>
+    <t>01/03/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>02/03/2021 10:36:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3240117/fr/strategie-de-vaccination-contre-le-sars-cov-2-actualisation-des-facteurs-de-risque-de-formes-graves-de-la-covid-19-et-des-recommandations-sur-la-strategie-de-priorisation-des-populations-a-vacciner</t>
+  </si>
+  <si>
+    <t>p_3240117</t>
+  </si>
+  <si>
+    <t>Stratégie de vaccination contre la Covid-19 – Place du Vaccin Moderna Covid-19 mRNA (nucleoside modified)</t>
+  </si>
+  <si>
+    <t>Mise à jour, au regard des nouvelles données disponibles, de la recommandation vaccinale intitulée « Stratégie de vaccination contre la Covid-19 - Place du Vaccin Moderna COVID-19 mRNA (nucleoside modified) » et sa synthèse.</t>
+  </si>
+  <si>
+    <t>07/01/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>08/01/2021 13:25:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3230287/fr/strategie-de-vaccination-contre-la-covid-19-place-du-vaccin-moderna-covid-19-mrna-nucleoside-modified</t>
+  </si>
+  <si>
+    <t>p_3230287</t>
+  </si>
+  <si>
+    <t>Outil d'amélioration des pratiques professionnelles</t>
+  </si>
+  <si>
+    <t>Traitement de la Covid-19</t>
+  </si>
+  <si>
+    <t>Cette fiche a pour objectif d’accompagner les professionnels de santé dans la conduite du traitement contre la Covid 19, en ambulatoire comme dans les établissements de santé. Cette réponse rapide actualise la fiche Réponses rapides sur le traitement par Paxlovid® des patients à risque de forme grave de Covid-19 (dernière actualisation le 21 décembre 2023).</t>
+  </si>
+  <si>
+    <t>23/06/2023 10:02:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3447571/fr/traitement-de-la-covid-19</t>
+  </si>
+  <si>
+    <t>p_3447571</t>
+  </si>
+  <si>
+    <t>Diagnostic de l’ostéoporose chez les femmes ménopausées</t>
+  </si>
+  <si>
+    <t>Les critères d’évaluation permettent d’améliorer la pratique professionnelle</t>
+  </si>
+  <si>
+    <t>01/07/2004 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272383/fr/diagnostic-de-l-osteoporose-chez-les-femmes-menopausees</t>
+  </si>
+  <si>
+    <t>c_272383</t>
+  </si>
+  <si>
+    <t>Substance active (DCI)</t>
+  </si>
+  <si>
+    <t>Avis sur les Médicaments</t>
+  </si>
+  <si>
+    <t>Médicament</t>
+  </si>
+  <si>
+    <t>CORTANCYL (prednisolone/ prednisone)</t>
+  </si>
+  <si>
+    <t>11/12/2018 14:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982994/fr/cortancyl-prednisolone/-prednisone</t>
+  </si>
+  <si>
+    <t>pprd_2982994</t>
+  </si>
+  <si>
+    <t>prednisolone,prednisone</t>
+  </si>
+  <si>
+    <t>SANOFI-AVENTIS FRANCE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_724410/fr/cortancyl-prednisolone/-prednisone</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1710107/fr/cortancyl-prednisolone/-prednisone</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2888441/fr/cortancyl-prednisolone/-prednisone</t>
+  </si>
+  <si>
+    <t>Article HAS</t>
+  </si>
+  <si>
+    <t>Détecter et diagnostiquer la BPCO même sans symptôme apparent</t>
+  </si>
+  <si>
+    <t>Le symptôme majeur de la BPCO est la dyspnée qui induit une réduction de l’activité physique quotidienne. D’apparition progressive, au début, la dyspnée n'est pas souvent perçue par le patient.</t>
+  </si>
+  <si>
+    <t>31/01/2020 11:06:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3118475/fr/detecter-et-diagnostiquer-la-bpco-meme-sans-symptome-apparent</t>
+  </si>
+  <si>
+    <t>p_3118475</t>
+  </si>
+  <si>
+    <t>Lymphome de Hodgkin classique de l'adulte - Parcours de soins</t>
+  </si>
+  <si>
+    <t>Le lymphome de Hodgkin est une prolifération tumorale de cellules lymphoïdes dans un ou plusieurs organes lymphoïdes, avec parfois extension dans des sites extra-ganglionnaires. Il se différencie des lymphomes non hodgkiniens (LNH) par la présence de grandes cellules tumorales caractéristiques sur le plan morphologique et immunologique : les cellules de Reed-Sternberg, une présentation clinique plus fréquemment localisée et un pronostic globalement meilleur.</t>
+  </si>
+  <si>
+    <t>31/07/2013 11:31:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2906066/fr/lymphome-de-hodgkin-classique-de-l-adulte-parcours-de-soins</t>
+  </si>
+  <si>
+    <t>c_2906066</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId10" Target="worksheets/sheet8.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId11" Target="worksheets/sheet9.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId12" Target="worksheets/sheet10.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId13" Target="worksheets/sheet11.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId14" Target="worksheets/sheet12.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId8" Target="worksheets/sheet6.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId9" Target="worksheets/sheet7.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H13"/>
+  <dimension ref="A1:J5"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
+      <c r="I1" t="s">
+        <v>8</v>
+      </c>
+      <c r="J1" t="s">
+        <v>9</v>
+      </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>8</v>
+        <v>10</v>
       </c>
       <c r="B2" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
       <c r="C2" t="s">
-        <v>10</v>
+        <v>12</v>
       </c>
       <c r="D2" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="F2" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G2" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="H2" t="s">
-        <v>15</v>
+        <v>16</v>
+      </c>
+      <c r="I2" t="s">
+        <v>17</v>
+      </c>
+      <c r="J2" t="s">
+        <v>18</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>8</v>
+        <v>10</v>
       </c>
       <c r="B3" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="C3" t="s">
-        <v>17</v>
+        <v>12</v>
       </c>
       <c r="D3" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="E3" t="s">
-        <v>19</v>
+        <v>21</v>
       </c>
       <c r="F3" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G3" t="s">
-        <v>20</v>
+        <v>22</v>
       </c>
       <c r="H3" t="s">
-        <v>21</v>
+        <v>23</v>
+      </c>
+      <c r="I3" t="s">
+        <v>24</v>
+      </c>
+      <c r="J3" t="s">
+        <v>25</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>22</v>
+        <v>10</v>
       </c>
       <c r="B4" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="C4" t="s">
-        <v>13</v>
+        <v>27</v>
       </c>
       <c r="D4" t="s">
-        <v>13</v>
+        <v>28</v>
       </c>
       <c r="E4" t="s">
-        <v>24</v>
+        <v>29</v>
       </c>
       <c r="F4" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G4" t="s">
-        <v>25</v>
+        <v>30</v>
       </c>
       <c r="H4" t="s">
-        <v>26</v>
+        <v>31</v>
+      </c>
+      <c r="I4" t="s">
+        <v>27</v>
+      </c>
+      <c r="J4" t="s">
+        <v>32</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>22</v>
+        <v>10</v>
       </c>
       <c r="B5" t="s">
-        <v>27</v>
+        <v>19</v>
       </c>
       <c r="C5" t="s">
-        <v>28</v>
+        <v>24</v>
       </c>
       <c r="D5" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
       <c r="E5" t="s">
-        <v>30</v>
+        <v>34</v>
       </c>
       <c r="F5" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G5" t="s">
-        <v>31</v>
+        <v>35</v>
       </c>
       <c r="H5" t="s">
-        <v>32</v>
+        <v>36</v>
+      </c>
+      <c r="I5" t="s">
+        <v>24</v>
+      </c>
+      <c r="J5" t="s">
+        <v>25</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:J1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet10.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H3"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>1012</v>
+      </c>
+      <c r="B2" t="s">
+        <v>1013</v>
+      </c>
+      <c r="C2" t="s">
+        <v>1014</v>
+      </c>
+      <c r="D2" t="s">
+        <v>12</v>
+      </c>
+      <c r="E2" t="s">
+        <v>1015</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>1016</v>
+      </c>
+      <c r="H2" t="s">
+        <v>1017</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>1012</v>
+      </c>
+      <c r="B3" t="s">
+        <v>1018</v>
+      </c>
+      <c r="C3" t="s">
+        <v>1019</v>
+      </c>
+      <c r="D3" t="s">
+        <v>12</v>
+      </c>
+      <c r="E3" t="s">
+        <v>1020</v>
+      </c>
+      <c r="F3" t="s">
+        <v>12</v>
+      </c>
+      <c r="G3" t="s">
+        <v>1021</v>
+      </c>
+      <c r="H3" t="s">
+        <v>1022</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet11.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:M2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>1023</v>
+      </c>
+      <c r="J1" t="s">
+        <v>9</v>
+      </c>
+      <c r="K1" t="s">
+        <v>1024</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>1025</v>
+      </c>
+      <c r="B2" t="s">
+        <v>1026</v>
+      </c>
+      <c r="C2" t="s">
+        <v>12</v>
+      </c>
+      <c r="D2" t="s">
+        <v>12</v>
+      </c>
+      <c r="E2" t="s">
+        <v>1027</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>1028</v>
+      </c>
+      <c r="H2" t="s">
+        <v>1029</v>
+      </c>
+      <c r="I2" t="s">
+        <v>1030</v>
+      </c>
+      <c r="J2" t="s">
+        <v>1031</v>
+      </c>
+      <c r="K2" t="s">
+        <v>1032</v>
+      </c>
+      <c r="L2" t="s">
+        <v>1033</v>
+      </c>
+      <c r="M2" t="s">
+        <v>1034</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:K1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet12.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H3"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>1035</v>
+      </c>
+      <c r="B2" t="s">
+        <v>1036</v>
+      </c>
+      <c r="C2" t="s">
+        <v>1037</v>
+      </c>
+      <c r="D2" t="s">
+        <v>12</v>
+      </c>
+      <c r="E2" t="s">
+        <v>1038</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>1039</v>
+      </c>
+      <c r="H2" t="s">
+        <v>1040</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>1035</v>
+      </c>
+      <c r="B3" t="s">
+        <v>1041</v>
+      </c>
+      <c r="C3" t="s">
+        <v>1042</v>
+      </c>
+      <c r="D3" t="s">
+        <v>12</v>
+      </c>
+      <c r="E3" t="s">
+        <v>1043</v>
+      </c>
+      <c r="F3" t="s">
+        <v>12</v>
+      </c>
+      <c r="G3" t="s">
+        <v>1044</v>
+      </c>
+      <c r="H3" t="s">
+        <v>1045</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H6"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>37</v>
+      </c>
+      <c r="B2" t="s">
+        <v>38</v>
+      </c>
+      <c r="C2" t="s">
+        <v>39</v>
+      </c>
+      <c r="D2" t="s">
+        <v>40</v>
+      </c>
+      <c r="E2" t="s">
+        <v>41</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>42</v>
+      </c>
+      <c r="H2" t="s">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>37</v>
+      </c>
+      <c r="B3" t="s">
+        <v>44</v>
+      </c>
+      <c r="C3" t="s">
+        <v>45</v>
+      </c>
+      <c r="D3" t="s">
+        <v>46</v>
+      </c>
+      <c r="E3" t="s">
+        <v>47</v>
+      </c>
+      <c r="F3" t="s">
+        <v>12</v>
+      </c>
+      <c r="G3" t="s">
+        <v>48</v>
+      </c>
+      <c r="H3" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>37</v>
+      </c>
+      <c r="B4" t="s">
+        <v>50</v>
+      </c>
+      <c r="C4" t="s">
+        <v>51</v>
+      </c>
+      <c r="D4" t="s">
+        <v>52</v>
+      </c>
+      <c r="E4" t="s">
+        <v>53</v>
+      </c>
+      <c r="F4" t="s">
+        <v>12</v>
+      </c>
+      <c r="G4" t="s">
+        <v>54</v>
+      </c>
+      <c r="H4" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>37</v>
+      </c>
+      <c r="B5" t="s">
+        <v>56</v>
+      </c>
+      <c r="C5" t="s">
+        <v>57</v>
+      </c>
+      <c r="D5" t="s">
+        <v>58</v>
+      </c>
+      <c r="E5" t="s">
+        <v>59</v>
+      </c>
+      <c r="F5" t="s">
+        <v>12</v>
+      </c>
+      <c r="G5" t="s">
+        <v>60</v>
+      </c>
+      <c r="H5" t="s">
+        <v>61</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>22</v>
+        <v>37</v>
       </c>
       <c r="B6" t="s">
-        <v>33</v>
+        <v>62</v>
       </c>
       <c r="C6" t="s">
-        <v>34</v>
+        <v>63</v>
       </c>
       <c r="D6" t="s">
-        <v>35</v>
+        <v>64</v>
       </c>
       <c r="E6" t="s">
-        <v>35</v>
+        <v>65</v>
       </c>
       <c r="F6" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G6" t="s">
-        <v>36</v>
+        <v>66</v>
       </c>
       <c r="H6" t="s">
-        <v>37</v>
+        <v>67</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H79"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>68</v>
+      </c>
+      <c r="B2" t="s">
+        <v>69</v>
+      </c>
+      <c r="C2" t="s">
+        <v>70</v>
+      </c>
+      <c r="D2" t="s">
+        <v>12</v>
+      </c>
+      <c r="E2" t="s">
+        <v>71</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>72</v>
+      </c>
+      <c r="H2" t="s">
+        <v>73</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>68</v>
+      </c>
+      <c r="B3" t="s">
+        <v>74</v>
+      </c>
+      <c r="C3" t="s">
+        <v>75</v>
+      </c>
+      <c r="D3" t="s">
+        <v>76</v>
+      </c>
+      <c r="E3" t="s">
+        <v>77</v>
+      </c>
+      <c r="F3" t="s">
+        <v>12</v>
+      </c>
+      <c r="G3" t="s">
+        <v>78</v>
+      </c>
+      <c r="H3" t="s">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>68</v>
+      </c>
+      <c r="B4" t="s">
+        <v>80</v>
+      </c>
+      <c r="C4" t="s">
+        <v>81</v>
+      </c>
+      <c r="D4" t="s">
+        <v>12</v>
+      </c>
+      <c r="E4" t="s">
+        <v>82</v>
+      </c>
+      <c r="F4" t="s">
+        <v>12</v>
+      </c>
+      <c r="G4" t="s">
+        <v>83</v>
+      </c>
+      <c r="H4" t="s">
+        <v>84</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>68</v>
+      </c>
+      <c r="B5" t="s">
+        <v>85</v>
+      </c>
+      <c r="C5" t="s">
+        <v>86</v>
+      </c>
+      <c r="D5" t="s">
+        <v>12</v>
+      </c>
+      <c r="E5" t="s">
+        <v>87</v>
+      </c>
+      <c r="F5" t="s">
+        <v>12</v>
+      </c>
+      <c r="G5" t="s">
+        <v>88</v>
+      </c>
+      <c r="H5" t="s">
+        <v>89</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>68</v>
+      </c>
+      <c r="B6" t="s">
+        <v>90</v>
+      </c>
+      <c r="C6" t="s">
+        <v>91</v>
+      </c>
+      <c r="D6" t="s">
+        <v>12</v>
+      </c>
+      <c r="E6" t="s">
+        <v>92</v>
+      </c>
+      <c r="F6" t="s">
+        <v>12</v>
+      </c>
+      <c r="G6" t="s">
+        <v>93</v>
+      </c>
+      <c r="H6" t="s">
+        <v>94</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>22</v>
+        <v>68</v>
       </c>
       <c r="B7" t="s">
-        <v>38</v>
+        <v>95</v>
       </c>
       <c r="C7" t="s">
-        <v>39</v>
+        <v>96</v>
       </c>
       <c r="D7" t="s">
-        <v>40</v>
+        <v>12</v>
       </c>
       <c r="E7" t="s">
-        <v>41</v>
+        <v>97</v>
       </c>
       <c r="F7" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G7" t="s">
-        <v>42</v>
+        <v>98</v>
       </c>
       <c r="H7" t="s">
-        <v>43</v>
+        <v>99</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>22</v>
+        <v>68</v>
       </c>
       <c r="B8" t="s">
-        <v>44</v>
+        <v>100</v>
       </c>
       <c r="C8" t="s">
-        <v>45</v>
+        <v>101</v>
       </c>
       <c r="D8" t="s">
-        <v>46</v>
+        <v>12</v>
       </c>
       <c r="E8" t="s">
-        <v>47</v>
+        <v>102</v>
       </c>
       <c r="F8" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G8" t="s">
-        <v>48</v>
+        <v>103</v>
       </c>
       <c r="H8" t="s">
-        <v>49</v>
+        <v>104</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>22</v>
+        <v>68</v>
       </c>
       <c r="B9" t="s">
-        <v>50</v>
+        <v>105</v>
       </c>
       <c r="C9" t="s">
-        <v>51</v>
+        <v>106</v>
       </c>
       <c r="D9" t="s">
-        <v>52</v>
+        <v>12</v>
       </c>
       <c r="E9" t="s">
-        <v>53</v>
+        <v>107</v>
       </c>
       <c r="F9" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G9" t="s">
-        <v>54</v>
+        <v>108</v>
       </c>
       <c r="H9" t="s">
-        <v>55</v>
+        <v>109</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>56</v>
+        <v>68</v>
       </c>
       <c r="B10" t="s">
-        <v>57</v>
+        <v>110</v>
       </c>
       <c r="C10" t="s">
-        <v>58</v>
+        <v>111</v>
       </c>
       <c r="D10" t="s">
-        <v>59</v>
+        <v>112</v>
       </c>
       <c r="E10" t="s">
-        <v>60</v>
+        <v>113</v>
       </c>
       <c r="F10" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G10" t="s">
-        <v>61</v>
+        <v>114</v>
       </c>
       <c r="H10" t="s">
-        <v>62</v>
+        <v>115</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>56</v>
+        <v>68</v>
       </c>
       <c r="B11" t="s">
-        <v>63</v>
+        <v>116</v>
       </c>
       <c r="C11" t="s">
-        <v>64</v>
+        <v>117</v>
       </c>
       <c r="D11" t="s">
-        <v>65</v>
+        <v>12</v>
       </c>
       <c r="E11" t="s">
-        <v>66</v>
+        <v>118</v>
       </c>
       <c r="F11" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G11" t="s">
-        <v>67</v>
+        <v>119</v>
       </c>
       <c r="H11" t="s">
-        <v>68</v>
+        <v>120</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>56</v>
+        <v>68</v>
       </c>
       <c r="B12" t="s">
-        <v>69</v>
+        <v>121</v>
       </c>
       <c r="C12" t="s">
-        <v>70</v>
+        <v>122</v>
       </c>
       <c r="D12" t="s">
-        <v>71</v>
+        <v>12</v>
       </c>
       <c r="E12" t="s">
-        <v>72</v>
+        <v>123</v>
       </c>
       <c r="F12" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G12" t="s">
-        <v>73</v>
+        <v>124</v>
       </c>
       <c r="H12" t="s">
-        <v>74</v>
+        <v>125</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>56</v>
+        <v>68</v>
       </c>
       <c r="B13" t="s">
-        <v>75</v>
+        <v>126</v>
       </c>
       <c r="C13" t="s">
-        <v>76</v>
+        <v>127</v>
       </c>
       <c r="D13" t="s">
-        <v>77</v>
+        <v>12</v>
       </c>
       <c r="E13" t="s">
-        <v>78</v>
+        <v>128</v>
       </c>
       <c r="F13" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G13" t="s">
-        <v>79</v>
+        <v>129</v>
       </c>
       <c r="H13" t="s">
-        <v>80</v>
+        <v>130</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" t="s">
+        <v>68</v>
+      </c>
+      <c r="B14" t="s">
+        <v>131</v>
+      </c>
+      <c r="C14" t="s">
+        <v>132</v>
+      </c>
+      <c r="D14" t="s">
+        <v>12</v>
+      </c>
+      <c r="E14" t="s">
+        <v>133</v>
+      </c>
+      <c r="F14" t="s">
+        <v>12</v>
+      </c>
+      <c r="G14" t="s">
+        <v>134</v>
+      </c>
+      <c r="H14" t="s">
+        <v>135</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" t="s">
+        <v>68</v>
+      </c>
+      <c r="B15" t="s">
+        <v>136</v>
+      </c>
+      <c r="C15" t="s">
+        <v>137</v>
+      </c>
+      <c r="D15" t="s">
+        <v>12</v>
+      </c>
+      <c r="E15" t="s">
+        <v>138</v>
+      </c>
+      <c r="F15" t="s">
+        <v>12</v>
+      </c>
+      <c r="G15" t="s">
+        <v>139</v>
+      </c>
+      <c r="H15" t="s">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" t="s">
+        <v>68</v>
+      </c>
+      <c r="B16" t="s">
+        <v>141</v>
+      </c>
+      <c r="C16" t="s">
+        <v>142</v>
+      </c>
+      <c r="D16" t="s">
+        <v>12</v>
+      </c>
+      <c r="E16" t="s">
+        <v>143</v>
+      </c>
+      <c r="F16" t="s">
+        <v>12</v>
+      </c>
+      <c r="G16" t="s">
+        <v>144</v>
+      </c>
+      <c r="H16" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" t="s">
+        <v>68</v>
+      </c>
+      <c r="B17" t="s">
+        <v>146</v>
+      </c>
+      <c r="C17" t="s">
+        <v>147</v>
+      </c>
+      <c r="D17" t="s">
+        <v>12</v>
+      </c>
+      <c r="E17" t="s">
+        <v>148</v>
+      </c>
+      <c r="F17" t="s">
+        <v>12</v>
+      </c>
+      <c r="G17" t="s">
+        <v>149</v>
+      </c>
+      <c r="H17" t="s">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="18">
+      <c r="A18" t="s">
+        <v>68</v>
+      </c>
+      <c r="B18" t="s">
+        <v>151</v>
+      </c>
+      <c r="C18" t="s">
+        <v>152</v>
+      </c>
+      <c r="D18" t="s">
+        <v>12</v>
+      </c>
+      <c r="E18" t="s">
+        <v>153</v>
+      </c>
+      <c r="F18" t="s">
+        <v>12</v>
+      </c>
+      <c r="G18" t="s">
+        <v>154</v>
+      </c>
+      <c r="H18" t="s">
+        <v>155</v>
+      </c>
+    </row>
+    <row r="19">
+      <c r="A19" t="s">
+        <v>68</v>
+      </c>
+      <c r="B19" t="s">
+        <v>156</v>
+      </c>
+      <c r="C19" t="s">
+        <v>157</v>
+      </c>
+      <c r="D19" t="s">
+        <v>12</v>
+      </c>
+      <c r="E19" t="s">
+        <v>158</v>
+      </c>
+      <c r="F19" t="s">
+        <v>12</v>
+      </c>
+      <c r="G19" t="s">
+        <v>159</v>
+      </c>
+      <c r="H19" t="s">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="20">
+      <c r="A20" t="s">
+        <v>68</v>
+      </c>
+      <c r="B20" t="s">
+        <v>161</v>
+      </c>
+      <c r="C20" t="s">
+        <v>162</v>
+      </c>
+      <c r="D20" t="s">
+        <v>12</v>
+      </c>
+      <c r="E20" t="s">
+        <v>163</v>
+      </c>
+      <c r="F20" t="s">
+        <v>12</v>
+      </c>
+      <c r="G20" t="s">
+        <v>164</v>
+      </c>
+      <c r="H20" t="s">
+        <v>165</v>
+      </c>
+    </row>
+    <row r="21">
+      <c r="A21" t="s">
+        <v>68</v>
+      </c>
+      <c r="B21" t="s">
+        <v>166</v>
+      </c>
+      <c r="C21" t="s">
+        <v>167</v>
+      </c>
+      <c r="D21" t="s">
+        <v>168</v>
+      </c>
+      <c r="E21" t="s">
+        <v>169</v>
+      </c>
+      <c r="F21" t="s">
+        <v>12</v>
+      </c>
+      <c r="G21" t="s">
+        <v>170</v>
+      </c>
+      <c r="H21" t="s">
+        <v>171</v>
+      </c>
+    </row>
+    <row r="22">
+      <c r="A22" t="s">
+        <v>68</v>
+      </c>
+      <c r="B22" t="s">
+        <v>172</v>
+      </c>
+      <c r="C22" t="s">
+        <v>173</v>
+      </c>
+      <c r="D22" t="s">
+        <v>174</v>
+      </c>
+      <c r="E22" t="s">
+        <v>175</v>
+      </c>
+      <c r="F22" t="s">
+        <v>12</v>
+      </c>
+      <c r="G22" t="s">
+        <v>176</v>
+      </c>
+      <c r="H22" t="s">
+        <v>177</v>
+      </c>
+    </row>
+    <row r="23">
+      <c r="A23" t="s">
+        <v>68</v>
+      </c>
+      <c r="B23" t="s">
+        <v>178</v>
+      </c>
+      <c r="C23" t="s">
+        <v>179</v>
+      </c>
+      <c r="D23" t="s">
+        <v>12</v>
+      </c>
+      <c r="E23" t="s">
+        <v>180</v>
+      </c>
+      <c r="F23" t="s">
+        <v>12</v>
+      </c>
+      <c r="G23" t="s">
+        <v>181</v>
+      </c>
+      <c r="H23" t="s">
+        <v>182</v>
+      </c>
+    </row>
+    <row r="24">
+      <c r="A24" t="s">
+        <v>68</v>
+      </c>
+      <c r="B24" t="s">
+        <v>183</v>
+      </c>
+      <c r="C24" t="s">
+        <v>184</v>
+      </c>
+      <c r="D24" t="s">
+        <v>12</v>
+      </c>
+      <c r="E24" t="s">
+        <v>185</v>
+      </c>
+      <c r="F24" t="s">
+        <v>12</v>
+      </c>
+      <c r="G24" t="s">
+        <v>186</v>
+      </c>
+      <c r="H24" t="s">
+        <v>187</v>
+      </c>
+    </row>
+    <row r="25">
+      <c r="A25" t="s">
+        <v>68</v>
+      </c>
+      <c r="B25" t="s">
+        <v>188</v>
+      </c>
+      <c r="C25" t="s">
+        <v>189</v>
+      </c>
+      <c r="D25" t="s">
+        <v>12</v>
+      </c>
+      <c r="E25" t="s">
+        <v>190</v>
+      </c>
+      <c r="F25" t="s">
+        <v>12</v>
+      </c>
+      <c r="G25" t="s">
+        <v>191</v>
+      </c>
+      <c r="H25" t="s">
+        <v>192</v>
+      </c>
+    </row>
+    <row r="26">
+      <c r="A26" t="s">
+        <v>68</v>
+      </c>
+      <c r="B26" t="s">
+        <v>193</v>
+      </c>
+      <c r="C26" t="s">
+        <v>194</v>
+      </c>
+      <c r="D26" t="s">
+        <v>12</v>
+      </c>
+      <c r="E26" t="s">
+        <v>195</v>
+      </c>
+      <c r="F26" t="s">
+        <v>12</v>
+      </c>
+      <c r="G26" t="s">
+        <v>196</v>
+      </c>
+      <c r="H26" t="s">
+        <v>197</v>
+      </c>
+    </row>
+    <row r="27">
+      <c r="A27" t="s">
+        <v>68</v>
+      </c>
+      <c r="B27" t="s">
+        <v>198</v>
+      </c>
+      <c r="C27" t="s">
+        <v>199</v>
+      </c>
+      <c r="D27" t="s">
+        <v>200</v>
+      </c>
+      <c r="E27" t="s">
+        <v>201</v>
+      </c>
+      <c r="F27" t="s">
+        <v>12</v>
+      </c>
+      <c r="G27" t="s">
+        <v>202</v>
+      </c>
+      <c r="H27" t="s">
+        <v>203</v>
+      </c>
+    </row>
+    <row r="28">
+      <c r="A28" t="s">
+        <v>68</v>
+      </c>
+      <c r="B28" t="s">
+        <v>204</v>
+      </c>
+      <c r="C28" t="s">
+        <v>205</v>
+      </c>
+      <c r="D28" t="s">
+        <v>12</v>
+      </c>
+      <c r="E28" t="s">
+        <v>206</v>
+      </c>
+      <c r="F28" t="s">
+        <v>12</v>
+      </c>
+      <c r="G28" t="s">
+        <v>207</v>
+      </c>
+      <c r="H28" t="s">
+        <v>208</v>
+      </c>
+    </row>
+    <row r="29">
+      <c r="A29" t="s">
+        <v>68</v>
+      </c>
+      <c r="B29" t="s">
+        <v>209</v>
+      </c>
+      <c r="C29" t="s">
+        <v>210</v>
+      </c>
+      <c r="D29" t="s">
+        <v>12</v>
+      </c>
+      <c r="E29" t="s">
+        <v>206</v>
+      </c>
+      <c r="F29" t="s">
+        <v>12</v>
+      </c>
+      <c r="G29" t="s">
+        <v>211</v>
+      </c>
+      <c r="H29" t="s">
+        <v>212</v>
+      </c>
+    </row>
+    <row r="30">
+      <c r="A30" t="s">
+        <v>68</v>
+      </c>
+      <c r="B30" t="s">
+        <v>213</v>
+      </c>
+      <c r="C30" t="s">
+        <v>214</v>
+      </c>
+      <c r="D30" t="s">
+        <v>12</v>
+      </c>
+      <c r="E30" t="s">
+        <v>215</v>
+      </c>
+      <c r="F30" t="s">
+        <v>12</v>
+      </c>
+      <c r="G30" t="s">
+        <v>216</v>
+      </c>
+      <c r="H30" t="s">
+        <v>217</v>
+      </c>
+    </row>
+    <row r="31">
+      <c r="A31" t="s">
+        <v>68</v>
+      </c>
+      <c r="B31" t="s">
+        <v>218</v>
+      </c>
+      <c r="C31" t="s">
+        <v>219</v>
+      </c>
+      <c r="D31" t="s">
+        <v>12</v>
+      </c>
+      <c r="E31" t="s">
+        <v>215</v>
+      </c>
+      <c r="F31" t="s">
+        <v>12</v>
+      </c>
+      <c r="G31" t="s">
+        <v>220</v>
+      </c>
+      <c r="H31" t="s">
+        <v>221</v>
+      </c>
+    </row>
+    <row r="32">
+      <c r="A32" t="s">
+        <v>68</v>
+      </c>
+      <c r="B32" t="s">
+        <v>222</v>
+      </c>
+      <c r="C32" t="s">
+        <v>223</v>
+      </c>
+      <c r="D32" t="s">
+        <v>12</v>
+      </c>
+      <c r="E32" t="s">
+        <v>224</v>
+      </c>
+      <c r="F32" t="s">
+        <v>12</v>
+      </c>
+      <c r="G32" t="s">
+        <v>225</v>
+      </c>
+      <c r="H32" t="s">
+        <v>226</v>
+      </c>
+    </row>
+    <row r="33">
+      <c r="A33" t="s">
+        <v>68</v>
+      </c>
+      <c r="B33" t="s">
+        <v>227</v>
+      </c>
+      <c r="C33" t="s">
+        <v>228</v>
+      </c>
+      <c r="D33" t="s">
+        <v>12</v>
+      </c>
+      <c r="E33" t="s">
+        <v>229</v>
+      </c>
+      <c r="F33" t="s">
+        <v>12</v>
+      </c>
+      <c r="G33" t="s">
+        <v>230</v>
+      </c>
+      <c r="H33" t="s">
+        <v>231</v>
+      </c>
+    </row>
+    <row r="34">
+      <c r="A34" t="s">
+        <v>68</v>
+      </c>
+      <c r="B34" t="s">
+        <v>232</v>
+      </c>
+      <c r="C34" t="s">
+        <v>233</v>
+      </c>
+      <c r="D34" t="s">
+        <v>12</v>
+      </c>
+      <c r="E34" t="s">
+        <v>234</v>
+      </c>
+      <c r="F34" t="s">
+        <v>12</v>
+      </c>
+      <c r="G34" t="s">
+        <v>235</v>
+      </c>
+      <c r="H34" t="s">
+        <v>236</v>
+      </c>
+    </row>
+    <row r="35">
+      <c r="A35" t="s">
+        <v>68</v>
+      </c>
+      <c r="B35" t="s">
+        <v>237</v>
+      </c>
+      <c r="C35" t="s">
+        <v>238</v>
+      </c>
+      <c r="D35" t="s">
+        <v>12</v>
+      </c>
+      <c r="E35" t="s">
+        <v>239</v>
+      </c>
+      <c r="F35" t="s">
+        <v>12</v>
+      </c>
+      <c r="G35" t="s">
+        <v>240</v>
+      </c>
+      <c r="H35" t="s">
+        <v>241</v>
+      </c>
+    </row>
+    <row r="36">
+      <c r="A36" t="s">
+        <v>68</v>
+      </c>
+      <c r="B36" t="s">
+        <v>242</v>
+      </c>
+      <c r="C36" t="s">
+        <v>243</v>
+      </c>
+      <c r="D36" t="s">
+        <v>12</v>
+      </c>
+      <c r="E36" t="s">
+        <v>244</v>
+      </c>
+      <c r="F36" t="s">
+        <v>12</v>
+      </c>
+      <c r="G36" t="s">
+        <v>245</v>
+      </c>
+      <c r="H36" t="s">
+        <v>246</v>
+      </c>
+    </row>
+    <row r="37">
+      <c r="A37" t="s">
+        <v>68</v>
+      </c>
+      <c r="B37" t="s">
+        <v>247</v>
+      </c>
+      <c r="C37" t="s">
+        <v>248</v>
+      </c>
+      <c r="D37" t="s">
+        <v>12</v>
+      </c>
+      <c r="E37" t="s">
+        <v>249</v>
+      </c>
+      <c r="F37" t="s">
+        <v>12</v>
+      </c>
+      <c r="G37" t="s">
+        <v>250</v>
+      </c>
+      <c r="H37" t="s">
+        <v>251</v>
+      </c>
+    </row>
+    <row r="38">
+      <c r="A38" t="s">
+        <v>68</v>
+      </c>
+      <c r="B38" t="s">
+        <v>252</v>
+      </c>
+      <c r="C38" t="s">
+        <v>253</v>
+      </c>
+      <c r="D38" t="s">
+        <v>12</v>
+      </c>
+      <c r="E38" t="s">
+        <v>254</v>
+      </c>
+      <c r="F38" t="s">
+        <v>12</v>
+      </c>
+      <c r="G38" t="s">
+        <v>255</v>
+      </c>
+      <c r="H38" t="s">
+        <v>256</v>
+      </c>
+    </row>
+    <row r="39">
+      <c r="A39" t="s">
+        <v>68</v>
+      </c>
+      <c r="B39" t="s">
+        <v>257</v>
+      </c>
+      <c r="C39" t="s">
+        <v>258</v>
+      </c>
+      <c r="D39" t="s">
+        <v>12</v>
+      </c>
+      <c r="E39" t="s">
+        <v>259</v>
+      </c>
+      <c r="F39" t="s">
+        <v>12</v>
+      </c>
+      <c r="G39" t="s">
+        <v>260</v>
+      </c>
+      <c r="H39" t="s">
+        <v>261</v>
+      </c>
+    </row>
+    <row r="40">
+      <c r="A40" t="s">
+        <v>68</v>
+      </c>
+      <c r="B40" t="s">
+        <v>262</v>
+      </c>
+      <c r="C40" t="s">
+        <v>263</v>
+      </c>
+      <c r="D40" t="s">
+        <v>12</v>
+      </c>
+      <c r="E40" t="s">
+        <v>264</v>
+      </c>
+      <c r="F40" t="s">
+        <v>12</v>
+      </c>
+      <c r="G40" t="s">
+        <v>265</v>
+      </c>
+      <c r="H40" t="s">
+        <v>266</v>
+      </c>
+    </row>
+    <row r="41">
+      <c r="A41" t="s">
+        <v>68</v>
+      </c>
+      <c r="B41" t="s">
+        <v>267</v>
+      </c>
+      <c r="C41" t="s">
+        <v>268</v>
+      </c>
+      <c r="D41" t="s">
+        <v>12</v>
+      </c>
+      <c r="E41" t="s">
+        <v>269</v>
+      </c>
+      <c r="F41" t="s">
+        <v>12</v>
+      </c>
+      <c r="G41" t="s">
+        <v>270</v>
+      </c>
+      <c r="H41" t="s">
+        <v>271</v>
+      </c>
+    </row>
+    <row r="42">
+      <c r="A42" t="s">
+        <v>68</v>
+      </c>
+      <c r="B42" t="s">
+        <v>272</v>
+      </c>
+      <c r="C42" t="s">
+        <v>273</v>
+      </c>
+      <c r="D42" t="s">
+        <v>12</v>
+      </c>
+      <c r="E42" t="s">
+        <v>274</v>
+      </c>
+      <c r="F42" t="s">
+        <v>12</v>
+      </c>
+      <c r="G42" t="s">
+        <v>275</v>
+      </c>
+      <c r="H42" t="s">
+        <v>276</v>
+      </c>
+    </row>
+    <row r="43">
+      <c r="A43" t="s">
+        <v>68</v>
+      </c>
+      <c r="B43" t="s">
+        <v>277</v>
+      </c>
+      <c r="C43" t="s">
+        <v>278</v>
+      </c>
+      <c r="D43" t="s">
+        <v>12</v>
+      </c>
+      <c r="E43" t="s">
+        <v>274</v>
+      </c>
+      <c r="F43" t="s">
+        <v>12</v>
+      </c>
+      <c r="G43" t="s">
+        <v>279</v>
+      </c>
+      <c r="H43" t="s">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="44">
+      <c r="A44" t="s">
+        <v>68</v>
+      </c>
+      <c r="B44" t="s">
+        <v>281</v>
+      </c>
+      <c r="C44" t="s">
+        <v>282</v>
+      </c>
+      <c r="D44" t="s">
+        <v>12</v>
+      </c>
+      <c r="E44" t="s">
+        <v>283</v>
+      </c>
+      <c r="F44" t="s">
+        <v>12</v>
+      </c>
+      <c r="G44" t="s">
+        <v>284</v>
+      </c>
+      <c r="H44" t="s">
+        <v>285</v>
+      </c>
+    </row>
+    <row r="45">
+      <c r="A45" t="s">
+        <v>68</v>
+      </c>
+      <c r="B45" t="s">
+        <v>286</v>
+      </c>
+      <c r="C45" t="s">
+        <v>287</v>
+      </c>
+      <c r="D45" t="s">
+        <v>12</v>
+      </c>
+      <c r="E45" t="s">
+        <v>283</v>
+      </c>
+      <c r="F45" t="s">
+        <v>12</v>
+      </c>
+      <c r="G45" t="s">
+        <v>288</v>
+      </c>
+      <c r="H45" t="s">
+        <v>289</v>
+      </c>
+    </row>
+    <row r="46">
+      <c r="A46" t="s">
+        <v>68</v>
+      </c>
+      <c r="B46" t="s">
+        <v>290</v>
+      </c>
+      <c r="C46" t="s">
+        <v>291</v>
+      </c>
+      <c r="D46" t="s">
+        <v>12</v>
+      </c>
+      <c r="E46" t="s">
+        <v>283</v>
+      </c>
+      <c r="F46" t="s">
+        <v>12</v>
+      </c>
+      <c r="G46" t="s">
+        <v>292</v>
+      </c>
+      <c r="H46" t="s">
+        <v>293</v>
+      </c>
+    </row>
+    <row r="47">
+      <c r="A47" t="s">
+        <v>68</v>
+      </c>
+      <c r="B47" t="s">
+        <v>294</v>
+      </c>
+      <c r="C47" t="s">
+        <v>295</v>
+      </c>
+      <c r="D47" t="s">
+        <v>12</v>
+      </c>
+      <c r="E47" t="s">
+        <v>296</v>
+      </c>
+      <c r="F47" t="s">
+        <v>12</v>
+      </c>
+      <c r="G47" t="s">
+        <v>297</v>
+      </c>
+      <c r="H47" t="s">
+        <v>298</v>
+      </c>
+    </row>
+    <row r="48">
+      <c r="A48" t="s">
+        <v>68</v>
+      </c>
+      <c r="B48" t="s">
+        <v>299</v>
+      </c>
+      <c r="C48" t="s">
+        <v>300</v>
+      </c>
+      <c r="D48" t="s">
+        <v>12</v>
+      </c>
+      <c r="E48" t="s">
+        <v>301</v>
+      </c>
+      <c r="F48" t="s">
+        <v>12</v>
+      </c>
+      <c r="G48" t="s">
+        <v>302</v>
+      </c>
+      <c r="H48" t="s">
+        <v>303</v>
+      </c>
+    </row>
+    <row r="49">
+      <c r="A49" t="s">
+        <v>68</v>
+      </c>
+      <c r="B49" t="s">
+        <v>304</v>
+      </c>
+      <c r="C49" t="s">
+        <v>305</v>
+      </c>
+      <c r="D49" t="s">
+        <v>12</v>
+      </c>
+      <c r="E49" t="s">
+        <v>306</v>
+      </c>
+      <c r="F49" t="s">
+        <v>12</v>
+      </c>
+      <c r="G49" t="s">
+        <v>307</v>
+      </c>
+      <c r="H49" t="s">
+        <v>308</v>
+      </c>
+    </row>
+    <row r="50">
+      <c r="A50" t="s">
+        <v>68</v>
+      </c>
+      <c r="B50" t="s">
+        <v>309</v>
+      </c>
+      <c r="C50" t="s">
+        <v>310</v>
+      </c>
+      <c r="D50" t="s">
+        <v>311</v>
+      </c>
+      <c r="E50" t="s">
+        <v>312</v>
+      </c>
+      <c r="F50" t="s">
+        <v>12</v>
+      </c>
+      <c r="G50" t="s">
+        <v>313</v>
+      </c>
+      <c r="H50" t="s">
+        <v>314</v>
+      </c>
+    </row>
+    <row r="51">
+      <c r="A51" t="s">
+        <v>68</v>
+      </c>
+      <c r="B51" t="s">
+        <v>315</v>
+      </c>
+      <c r="C51" t="s">
+        <v>316</v>
+      </c>
+      <c r="D51" t="s">
+        <v>12</v>
+      </c>
+      <c r="E51" t="s">
+        <v>317</v>
+      </c>
+      <c r="F51" t="s">
+        <v>12</v>
+      </c>
+      <c r="G51" t="s">
+        <v>318</v>
+      </c>
+      <c r="H51" t="s">
+        <v>319</v>
+      </c>
+    </row>
+    <row r="52">
+      <c r="A52" t="s">
+        <v>68</v>
+      </c>
+      <c r="B52" t="s">
+        <v>320</v>
+      </c>
+      <c r="C52" t="s">
+        <v>321</v>
+      </c>
+      <c r="D52" t="s">
+        <v>12</v>
+      </c>
+      <c r="E52" t="s">
+        <v>322</v>
+      </c>
+      <c r="F52" t="s">
+        <v>12</v>
+      </c>
+      <c r="G52" t="s">
+        <v>323</v>
+      </c>
+      <c r="H52" t="s">
+        <v>324</v>
+      </c>
+    </row>
+    <row r="53">
+      <c r="A53" t="s">
+        <v>68</v>
+      </c>
+      <c r="B53" t="s">
+        <v>325</v>
+      </c>
+      <c r="C53" t="s">
+        <v>326</v>
+      </c>
+      <c r="D53" t="s">
+        <v>12</v>
+      </c>
+      <c r="E53" t="s">
+        <v>327</v>
+      </c>
+      <c r="F53" t="s">
+        <v>12</v>
+      </c>
+      <c r="G53" t="s">
+        <v>328</v>
+      </c>
+      <c r="H53" t="s">
+        <v>329</v>
+      </c>
+    </row>
+    <row r="54">
+      <c r="A54" t="s">
+        <v>68</v>
+      </c>
+      <c r="B54" t="s">
+        <v>330</v>
+      </c>
+      <c r="C54" t="s">
+        <v>331</v>
+      </c>
+      <c r="D54" t="s">
+        <v>12</v>
+      </c>
+      <c r="E54" t="s">
+        <v>332</v>
+      </c>
+      <c r="F54" t="s">
+        <v>12</v>
+      </c>
+      <c r="G54" t="s">
+        <v>333</v>
+      </c>
+      <c r="H54" t="s">
+        <v>334</v>
+      </c>
+    </row>
+    <row r="55">
+      <c r="A55" t="s">
+        <v>68</v>
+      </c>
+      <c r="B55" t="s">
+        <v>335</v>
+      </c>
+      <c r="C55" t="s">
+        <v>336</v>
+      </c>
+      <c r="D55" t="s">
+        <v>337</v>
+      </c>
+      <c r="E55" t="s">
+        <v>338</v>
+      </c>
+      <c r="F55" t="s">
+        <v>12</v>
+      </c>
+      <c r="G55" t="s">
+        <v>339</v>
+      </c>
+      <c r="H55" t="s">
+        <v>340</v>
+      </c>
+    </row>
+    <row r="56">
+      <c r="A56" t="s">
+        <v>68</v>
+      </c>
+      <c r="B56" t="s">
+        <v>341</v>
+      </c>
+      <c r="C56" t="s">
+        <v>342</v>
+      </c>
+      <c r="D56" t="s">
+        <v>12</v>
+      </c>
+      <c r="E56" t="s">
+        <v>343</v>
+      </c>
+      <c r="F56" t="s">
+        <v>12</v>
+      </c>
+      <c r="G56" t="s">
+        <v>344</v>
+      </c>
+      <c r="H56" t="s">
+        <v>345</v>
+      </c>
+    </row>
+    <row r="57">
+      <c r="A57" t="s">
+        <v>68</v>
+      </c>
+      <c r="B57" t="s">
+        <v>346</v>
+      </c>
+      <c r="C57" t="s">
+        <v>347</v>
+      </c>
+      <c r="D57" t="s">
+        <v>12</v>
+      </c>
+      <c r="E57" t="s">
+        <v>348</v>
+      </c>
+      <c r="F57" t="s">
+        <v>12</v>
+      </c>
+      <c r="G57" t="s">
+        <v>349</v>
+      </c>
+      <c r="H57" t="s">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="58">
+      <c r="A58" t="s">
+        <v>68</v>
+      </c>
+      <c r="B58" t="s">
+        <v>193</v>
+      </c>
+      <c r="C58" t="s">
+        <v>12</v>
+      </c>
+      <c r="D58" t="s">
+        <v>351</v>
+      </c>
+      <c r="E58" t="s">
+        <v>352</v>
+      </c>
+      <c r="F58" t="s">
+        <v>12</v>
+      </c>
+      <c r="G58" t="s">
+        <v>353</v>
+      </c>
+      <c r="H58" t="s">
+        <v>354</v>
+      </c>
+    </row>
+    <row r="59">
+      <c r="A59" t="s">
+        <v>68</v>
+      </c>
+      <c r="B59" t="s">
+        <v>355</v>
+      </c>
+      <c r="C59" t="s">
+        <v>356</v>
+      </c>
+      <c r="D59" t="s">
+        <v>12</v>
+      </c>
+      <c r="E59" t="s">
+        <v>357</v>
+      </c>
+      <c r="F59" t="s">
+        <v>12</v>
+      </c>
+      <c r="G59" t="s">
+        <v>358</v>
+      </c>
+      <c r="H59" t="s">
+        <v>359</v>
+      </c>
+    </row>
+    <row r="60">
+      <c r="A60" t="s">
+        <v>68</v>
+      </c>
+      <c r="B60" t="s">
+        <v>360</v>
+      </c>
+      <c r="C60" t="s">
+        <v>361</v>
+      </c>
+      <c r="D60" t="s">
+        <v>12</v>
+      </c>
+      <c r="E60" t="s">
+        <v>362</v>
+      </c>
+      <c r="F60" t="s">
+        <v>12</v>
+      </c>
+      <c r="G60" t="s">
+        <v>363</v>
+      </c>
+      <c r="H60" t="s">
+        <v>364</v>
+      </c>
+    </row>
+    <row r="61">
+      <c r="A61" t="s">
+        <v>68</v>
+      </c>
+      <c r="B61" t="s">
+        <v>365</v>
+      </c>
+      <c r="C61" t="s">
+        <v>199</v>
+      </c>
+      <c r="D61" t="s">
+        <v>366</v>
+      </c>
+      <c r="E61" t="s">
+        <v>367</v>
+      </c>
+      <c r="F61" t="s">
+        <v>12</v>
+      </c>
+      <c r="G61" t="s">
+        <v>368</v>
+      </c>
+      <c r="H61" t="s">
+        <v>369</v>
+      </c>
+    </row>
+    <row r="62">
+      <c r="A62" t="s">
+        <v>68</v>
+      </c>
+      <c r="B62" t="s">
+        <v>370</v>
+      </c>
+      <c r="C62" t="s">
+        <v>371</v>
+      </c>
+      <c r="D62" t="s">
+        <v>12</v>
+      </c>
+      <c r="E62" t="s">
+        <v>372</v>
+      </c>
+      <c r="F62" t="s">
+        <v>12</v>
+      </c>
+      <c r="G62" t="s">
+        <v>373</v>
+      </c>
+      <c r="H62" t="s">
+        <v>374</v>
+      </c>
+    </row>
+    <row r="63">
+      <c r="A63" t="s">
+        <v>68</v>
+      </c>
+      <c r="B63" t="s">
+        <v>375</v>
+      </c>
+      <c r="C63" t="s">
+        <v>199</v>
+      </c>
+      <c r="D63" t="s">
+        <v>366</v>
+      </c>
+      <c r="E63" t="s">
+        <v>376</v>
+      </c>
+      <c r="F63" t="s">
+        <v>12</v>
+      </c>
+      <c r="G63" t="s">
+        <v>377</v>
+      </c>
+      <c r="H63" t="s">
+        <v>378</v>
+      </c>
+    </row>
+    <row r="64">
+      <c r="A64" t="s">
+        <v>68</v>
+      </c>
+      <c r="B64" t="s">
+        <v>379</v>
+      </c>
+      <c r="C64" t="s">
+        <v>380</v>
+      </c>
+      <c r="D64" t="s">
+        <v>12</v>
+      </c>
+      <c r="E64" t="s">
+        <v>381</v>
+      </c>
+      <c r="F64" t="s">
+        <v>12</v>
+      </c>
+      <c r="G64" t="s">
+        <v>382</v>
+      </c>
+      <c r="H64" t="s">
+        <v>383</v>
+      </c>
+    </row>
+    <row r="65">
+      <c r="A65" t="s">
+        <v>68</v>
+      </c>
+      <c r="B65" t="s">
+        <v>384</v>
+      </c>
+      <c r="C65" t="s">
+        <v>385</v>
+      </c>
+      <c r="D65" t="s">
+        <v>12</v>
+      </c>
+      <c r="E65" t="s">
+        <v>386</v>
+      </c>
+      <c r="F65" t="s">
+        <v>12</v>
+      </c>
+      <c r="G65" t="s">
+        <v>387</v>
+      </c>
+      <c r="H65" t="s">
+        <v>388</v>
+      </c>
+    </row>
+    <row r="66">
+      <c r="A66" t="s">
+        <v>68</v>
+      </c>
+      <c r="B66" t="s">
+        <v>389</v>
+      </c>
+      <c r="C66" t="s">
+        <v>390</v>
+      </c>
+      <c r="D66" t="s">
+        <v>12</v>
+      </c>
+      <c r="E66" t="s">
+        <v>391</v>
+      </c>
+      <c r="F66" t="s">
+        <v>12</v>
+      </c>
+      <c r="G66" t="s">
+        <v>392</v>
+      </c>
+      <c r="H66" t="s">
+        <v>393</v>
+      </c>
+    </row>
+    <row r="67">
+      <c r="A67" t="s">
+        <v>68</v>
+      </c>
+      <c r="B67" t="s">
+        <v>394</v>
+      </c>
+      <c r="C67" t="s">
+        <v>395</v>
+      </c>
+      <c r="D67" t="s">
+        <v>12</v>
+      </c>
+      <c r="E67" t="s">
+        <v>396</v>
+      </c>
+      <c r="F67" t="s">
+        <v>12</v>
+      </c>
+      <c r="G67" t="s">
+        <v>397</v>
+      </c>
+      <c r="H67" t="s">
+        <v>398</v>
+      </c>
+    </row>
+    <row r="68">
+      <c r="A68" t="s">
+        <v>68</v>
+      </c>
+      <c r="B68" t="s">
+        <v>399</v>
+      </c>
+      <c r="C68" t="s">
+        <v>400</v>
+      </c>
+      <c r="D68" t="s">
+        <v>12</v>
+      </c>
+      <c r="E68" t="s">
+        <v>401</v>
+      </c>
+      <c r="F68" t="s">
+        <v>12</v>
+      </c>
+      <c r="G68" t="s">
+        <v>402</v>
+      </c>
+      <c r="H68" t="s">
+        <v>403</v>
+      </c>
+    </row>
+    <row r="69">
+      <c r="A69" t="s">
+        <v>68</v>
+      </c>
+      <c r="B69" t="s">
+        <v>404</v>
+      </c>
+      <c r="C69" t="s">
+        <v>405</v>
+      </c>
+      <c r="D69" t="s">
+        <v>12</v>
+      </c>
+      <c r="E69" t="s">
+        <v>406</v>
+      </c>
+      <c r="F69" t="s">
+        <v>12</v>
+      </c>
+      <c r="G69" t="s">
+        <v>407</v>
+      </c>
+      <c r="H69" t="s">
+        <v>408</v>
+      </c>
+    </row>
+    <row r="70">
+      <c r="A70" t="s">
+        <v>68</v>
+      </c>
+      <c r="B70" t="s">
+        <v>409</v>
+      </c>
+      <c r="C70" t="s">
+        <v>12</v>
+      </c>
+      <c r="D70" t="s">
+        <v>12</v>
+      </c>
+      <c r="E70" t="s">
+        <v>410</v>
+      </c>
+      <c r="F70" t="s">
+        <v>12</v>
+      </c>
+      <c r="G70" t="s">
+        <v>411</v>
+      </c>
+      <c r="H70" t="s">
+        <v>412</v>
+      </c>
+    </row>
+    <row r="71">
+      <c r="A71" t="s">
+        <v>68</v>
+      </c>
+      <c r="B71" t="s">
+        <v>413</v>
+      </c>
+      <c r="C71" t="s">
+        <v>414</v>
+      </c>
+      <c r="D71" t="s">
+        <v>12</v>
+      </c>
+      <c r="E71" t="s">
+        <v>415</v>
+      </c>
+      <c r="F71" t="s">
+        <v>12</v>
+      </c>
+      <c r="G71" t="s">
+        <v>416</v>
+      </c>
+      <c r="H71" t="s">
+        <v>417</v>
+      </c>
+    </row>
+    <row r="72">
+      <c r="A72" t="s">
+        <v>68</v>
+      </c>
+      <c r="B72" t="s">
+        <v>418</v>
+      </c>
+      <c r="C72" t="s">
+        <v>419</v>
+      </c>
+      <c r="D72" t="s">
+        <v>12</v>
+      </c>
+      <c r="E72" t="s">
+        <v>420</v>
+      </c>
+      <c r="F72" t="s">
+        <v>12</v>
+      </c>
+      <c r="G72" t="s">
+        <v>421</v>
+      </c>
+      <c r="H72" t="s">
+        <v>422</v>
+      </c>
+    </row>
+    <row r="73">
+      <c r="A73" t="s">
+        <v>68</v>
+      </c>
+      <c r="B73" t="s">
+        <v>423</v>
+      </c>
+      <c r="C73" t="s">
+        <v>424</v>
+      </c>
+      <c r="D73" t="s">
+        <v>12</v>
+      </c>
+      <c r="E73" t="s">
+        <v>425</v>
+      </c>
+      <c r="F73" t="s">
+        <v>12</v>
+      </c>
+      <c r="G73" t="s">
+        <v>426</v>
+      </c>
+      <c r="H73" t="s">
+        <v>427</v>
+      </c>
+    </row>
+    <row r="74">
+      <c r="A74" t="s">
+        <v>68</v>
+      </c>
+      <c r="B74" t="s">
+        <v>428</v>
+      </c>
+      <c r="C74" t="s">
+        <v>429</v>
+      </c>
+      <c r="D74" t="s">
+        <v>430</v>
+      </c>
+      <c r="E74" t="s">
+        <v>431</v>
+      </c>
+      <c r="F74" t="s">
+        <v>12</v>
+      </c>
+      <c r="G74" t="s">
+        <v>432</v>
+      </c>
+      <c r="H74" t="s">
+        <v>433</v>
+      </c>
+    </row>
+    <row r="75">
+      <c r="A75" t="s">
+        <v>68</v>
+      </c>
+      <c r="B75" t="s">
+        <v>434</v>
+      </c>
+      <c r="C75" t="s">
+        <v>435</v>
+      </c>
+      <c r="D75" t="s">
+        <v>12</v>
+      </c>
+      <c r="E75" t="s">
+        <v>436</v>
+      </c>
+      <c r="F75" t="s">
+        <v>12</v>
+      </c>
+      <c r="G75" t="s">
+        <v>437</v>
+      </c>
+      <c r="H75" t="s">
+        <v>438</v>
+      </c>
+    </row>
+    <row r="76">
+      <c r="A76" t="s">
+        <v>68</v>
+      </c>
+      <c r="B76" t="s">
+        <v>439</v>
+      </c>
+      <c r="C76" t="s">
+        <v>440</v>
+      </c>
+      <c r="D76" t="s">
+        <v>441</v>
+      </c>
+      <c r="E76" t="s">
+        <v>442</v>
+      </c>
+      <c r="F76" t="s">
+        <v>12</v>
+      </c>
+      <c r="G76" t="s">
+        <v>443</v>
+      </c>
+      <c r="H76" t="s">
+        <v>444</v>
+      </c>
+    </row>
+    <row r="77">
+      <c r="A77" t="s">
+        <v>68</v>
+      </c>
+      <c r="B77" t="s">
+        <v>445</v>
+      </c>
+      <c r="C77" t="s">
+        <v>12</v>
+      </c>
+      <c r="D77" t="s">
+        <v>446</v>
+      </c>
+      <c r="E77" t="s">
+        <v>447</v>
+      </c>
+      <c r="F77" t="s">
+        <v>12</v>
+      </c>
+      <c r="G77" t="s">
+        <v>448</v>
+      </c>
+      <c r="H77" t="s">
+        <v>449</v>
+      </c>
+    </row>
+    <row r="78">
+      <c r="A78" t="s">
+        <v>68</v>
+      </c>
+      <c r="B78" t="s">
+        <v>450</v>
+      </c>
+      <c r="C78" t="s">
+        <v>12</v>
+      </c>
+      <c r="D78" t="s">
+        <v>446</v>
+      </c>
+      <c r="E78" t="s">
+        <v>446</v>
+      </c>
+      <c r="F78" t="s">
+        <v>12</v>
+      </c>
+      <c r="G78" t="s">
+        <v>451</v>
+      </c>
+      <c r="H78" t="s">
+        <v>452</v>
+      </c>
+    </row>
+    <row r="79">
+      <c r="A79" t="s">
+        <v>68</v>
+      </c>
+      <c r="B79" t="s">
+        <v>453</v>
+      </c>
+      <c r="C79" t="s">
+        <v>12</v>
+      </c>
+      <c r="D79" t="s">
+        <v>446</v>
+      </c>
+      <c r="E79" t="s">
+        <v>446</v>
+      </c>
+      <c r="F79" t="s">
+        <v>12</v>
+      </c>
+      <c r="G79" t="s">
+        <v>454</v>
+      </c>
+      <c r="H79" t="s">
+        <v>455</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H19"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>456</v>
+      </c>
+      <c r="B2" t="s">
+        <v>457</v>
+      </c>
+      <c r="C2" t="s">
+        <v>458</v>
+      </c>
+      <c r="D2" t="s">
+        <v>459</v>
+      </c>
+      <c r="E2" t="s">
+        <v>460</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>461</v>
+      </c>
+      <c r="H2" t="s">
+        <v>462</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>456</v>
+      </c>
+      <c r="B3" t="s">
+        <v>463</v>
+      </c>
+      <c r="C3" t="s">
+        <v>464</v>
+      </c>
+      <c r="D3" t="s">
+        <v>465</v>
+      </c>
+      <c r="E3" t="s">
+        <v>466</v>
+      </c>
+      <c r="F3" t="s">
+        <v>12</v>
+      </c>
+      <c r="G3" t="s">
+        <v>467</v>
+      </c>
+      <c r="H3" t="s">
+        <v>468</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>456</v>
+      </c>
+      <c r="B4" t="s">
+        <v>469</v>
+      </c>
+      <c r="C4" t="s">
+        <v>470</v>
+      </c>
+      <c r="D4" t="s">
+        <v>471</v>
+      </c>
+      <c r="E4" t="s">
+        <v>472</v>
+      </c>
+      <c r="F4" t="s">
+        <v>12</v>
+      </c>
+      <c r="G4" t="s">
+        <v>473</v>
+      </c>
+      <c r="H4" t="s">
+        <v>474</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>456</v>
+      </c>
+      <c r="B5" t="s">
+        <v>475</v>
+      </c>
+      <c r="C5" t="s">
+        <v>476</v>
+      </c>
+      <c r="D5" t="s">
+        <v>477</v>
+      </c>
+      <c r="E5" t="s">
+        <v>478</v>
+      </c>
+      <c r="F5" t="s">
+        <v>12</v>
+      </c>
+      <c r="G5" t="s">
+        <v>479</v>
+      </c>
+      <c r="H5" t="s">
+        <v>480</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>456</v>
+      </c>
+      <c r="B6" t="s">
+        <v>481</v>
+      </c>
+      <c r="C6" t="s">
+        <v>482</v>
+      </c>
+      <c r="D6" t="s">
+        <v>366</v>
+      </c>
+      <c r="E6" t="s">
+        <v>483</v>
+      </c>
+      <c r="F6" t="s">
+        <v>12</v>
+      </c>
+      <c r="G6" t="s">
+        <v>484</v>
+      </c>
+      <c r="H6" t="s">
+        <v>485</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>456</v>
+      </c>
+      <c r="B7" t="s">
+        <v>486</v>
+      </c>
+      <c r="C7" t="s">
+        <v>487</v>
+      </c>
+      <c r="D7" t="s">
+        <v>488</v>
+      </c>
+      <c r="E7" t="s">
+        <v>489</v>
+      </c>
+      <c r="F7" t="s">
+        <v>12</v>
+      </c>
+      <c r="G7" t="s">
+        <v>490</v>
+      </c>
+      <c r="H7" t="s">
+        <v>491</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>456</v>
+      </c>
+      <c r="B8" t="s">
+        <v>492</v>
+      </c>
+      <c r="C8" t="s">
+        <v>493</v>
+      </c>
+      <c r="D8" t="s">
+        <v>494</v>
+      </c>
+      <c r="E8" t="s">
+        <v>495</v>
+      </c>
+      <c r="F8" t="s">
+        <v>12</v>
+      </c>
+      <c r="G8" t="s">
+        <v>496</v>
+      </c>
+      <c r="H8" t="s">
+        <v>497</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>456</v>
+      </c>
+      <c r="B9" t="s">
+        <v>498</v>
+      </c>
+      <c r="C9" t="s">
+        <v>12</v>
+      </c>
+      <c r="D9" t="s">
+        <v>12</v>
+      </c>
+      <c r="E9" t="s">
+        <v>499</v>
+      </c>
+      <c r="F9" t="s">
+        <v>12</v>
+      </c>
+      <c r="G9" t="s">
+        <v>500</v>
+      </c>
+      <c r="H9" t="s">
+        <v>501</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>456</v>
+      </c>
+      <c r="B10" t="s">
+        <v>502</v>
+      </c>
+      <c r="C10" t="s">
+        <v>503</v>
+      </c>
+      <c r="D10" t="s">
+        <v>504</v>
+      </c>
+      <c r="E10" t="s">
+        <v>505</v>
+      </c>
+      <c r="F10" t="s">
+        <v>12</v>
+      </c>
+      <c r="G10" t="s">
+        <v>506</v>
+      </c>
+      <c r="H10" t="s">
+        <v>507</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>456</v>
+      </c>
+      <c r="B11" t="s">
+        <v>508</v>
+      </c>
+      <c r="C11" t="s">
+        <v>509</v>
+      </c>
+      <c r="D11" t="s">
+        <v>510</v>
+      </c>
+      <c r="E11" t="s">
+        <v>511</v>
+      </c>
+      <c r="F11" t="s">
+        <v>12</v>
+      </c>
+      <c r="G11" t="s">
+        <v>512</v>
+      </c>
+      <c r="H11" t="s">
+        <v>513</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>456</v>
+      </c>
+      <c r="B12" t="s">
+        <v>514</v>
+      </c>
+      <c r="C12" t="s">
+        <v>515</v>
+      </c>
+      <c r="D12" t="s">
+        <v>516</v>
+      </c>
+      <c r="E12" t="s">
+        <v>517</v>
+      </c>
+      <c r="F12" t="s">
+        <v>12</v>
+      </c>
+      <c r="G12" t="s">
+        <v>518</v>
+      </c>
+      <c r="H12" t="s">
+        <v>519</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="s">
+        <v>456</v>
+      </c>
+      <c r="B13" t="s">
+        <v>520</v>
+      </c>
+      <c r="C13" t="s">
+        <v>521</v>
+      </c>
+      <c r="D13" t="s">
+        <v>522</v>
+      </c>
+      <c r="E13" t="s">
+        <v>522</v>
+      </c>
+      <c r="F13" t="s">
+        <v>12</v>
+      </c>
+      <c r="G13" t="s">
+        <v>523</v>
+      </c>
+      <c r="H13" t="s">
+        <v>524</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" t="s">
+        <v>456</v>
+      </c>
+      <c r="B14" t="s">
+        <v>525</v>
+      </c>
+      <c r="C14" t="s">
+        <v>526</v>
+      </c>
+      <c r="D14" t="s">
+        <v>527</v>
+      </c>
+      <c r="E14" t="s">
+        <v>527</v>
+      </c>
+      <c r="F14" t="s">
+        <v>12</v>
+      </c>
+      <c r="G14" t="s">
+        <v>528</v>
+      </c>
+      <c r="H14" t="s">
+        <v>529</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" t="s">
+        <v>456</v>
+      </c>
+      <c r="B15" t="s">
+        <v>530</v>
+      </c>
+      <c r="C15" t="s">
+        <v>531</v>
+      </c>
+      <c r="D15" t="s">
+        <v>532</v>
+      </c>
+      <c r="E15" t="s">
+        <v>533</v>
+      </c>
+      <c r="F15" t="s">
+        <v>12</v>
+      </c>
+      <c r="G15" t="s">
+        <v>534</v>
+      </c>
+      <c r="H15" t="s">
+        <v>535</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" t="s">
+        <v>456</v>
+      </c>
+      <c r="B16" t="s">
+        <v>536</v>
+      </c>
+      <c r="C16" t="s">
+        <v>537</v>
+      </c>
+      <c r="D16" t="s">
+        <v>538</v>
+      </c>
+      <c r="E16" t="s">
+        <v>539</v>
+      </c>
+      <c r="F16" t="s">
+        <v>12</v>
+      </c>
+      <c r="G16" t="s">
+        <v>540</v>
+      </c>
+      <c r="H16" t="s">
+        <v>541</v>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" t="s">
+        <v>456</v>
+      </c>
+      <c r="B17" t="s">
+        <v>542</v>
+      </c>
+      <c r="C17" t="s">
+        <v>543</v>
+      </c>
+      <c r="D17" t="s">
+        <v>544</v>
+      </c>
+      <c r="E17" t="s">
+        <v>545</v>
+      </c>
+      <c r="F17" t="s">
+        <v>12</v>
+      </c>
+      <c r="G17" t="s">
+        <v>546</v>
+      </c>
+      <c r="H17" t="s">
+        <v>547</v>
+      </c>
+    </row>
+    <row r="18">
+      <c r="A18" t="s">
+        <v>456</v>
+      </c>
+      <c r="B18" t="s">
+        <v>548</v>
+      </c>
+      <c r="C18" t="s">
+        <v>549</v>
+      </c>
+      <c r="D18" t="s">
+        <v>550</v>
+      </c>
+      <c r="E18" t="s">
+        <v>551</v>
+      </c>
+      <c r="F18" t="s">
+        <v>12</v>
+      </c>
+      <c r="G18" t="s">
+        <v>552</v>
+      </c>
+      <c r="H18" t="s">
+        <v>553</v>
+      </c>
+    </row>
+    <row r="19">
+      <c r="A19" t="s">
+        <v>456</v>
+      </c>
+      <c r="B19" t="s">
+        <v>554</v>
+      </c>
+      <c r="C19" t="s">
+        <v>555</v>
+      </c>
+      <c r="D19" t="s">
+        <v>556</v>
+      </c>
+      <c r="E19" t="s">
+        <v>557</v>
+      </c>
+      <c r="F19" t="s">
+        <v>12</v>
+      </c>
+      <c r="G19" t="s">
+        <v>558</v>
+      </c>
+      <c r="H19" t="s">
+        <v>559</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>560</v>
+      </c>
+      <c r="B2" t="s">
+        <v>561</v>
+      </c>
+      <c r="C2" t="s">
+        <v>562</v>
+      </c>
+      <c r="D2" t="s">
+        <v>12</v>
+      </c>
+      <c r="E2" t="s">
+        <v>563</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>564</v>
+      </c>
+      <c r="H2" t="s">
+        <v>565</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H14"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>566</v>
+      </c>
+      <c r="B2" t="s">
+        <v>567</v>
+      </c>
+      <c r="C2" t="s">
+        <v>568</v>
+      </c>
+      <c r="D2" t="s">
+        <v>569</v>
+      </c>
+      <c r="E2" t="s">
+        <v>570</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>571</v>
+      </c>
+      <c r="H2" t="s">
+        <v>572</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>566</v>
+      </c>
+      <c r="B3" t="s">
+        <v>573</v>
+      </c>
+      <c r="C3" t="s">
+        <v>574</v>
+      </c>
+      <c r="D3" t="s">
+        <v>575</v>
+      </c>
+      <c r="E3" t="s">
+        <v>576</v>
+      </c>
+      <c r="F3" t="s">
+        <v>12</v>
+      </c>
+      <c r="G3" t="s">
+        <v>577</v>
+      </c>
+      <c r="H3" t="s">
+        <v>578</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>566</v>
+      </c>
+      <c r="B4" t="s">
+        <v>579</v>
+      </c>
+      <c r="C4" t="s">
+        <v>580</v>
+      </c>
+      <c r="D4" t="s">
+        <v>581</v>
+      </c>
+      <c r="E4" t="s">
+        <v>582</v>
+      </c>
+      <c r="F4" t="s">
+        <v>12</v>
+      </c>
+      <c r="G4" t="s">
+        <v>583</v>
+      </c>
+      <c r="H4" t="s">
+        <v>584</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>566</v>
+      </c>
+      <c r="B5" t="s">
+        <v>585</v>
+      </c>
+      <c r="C5" t="s">
+        <v>586</v>
+      </c>
+      <c r="D5" t="s">
+        <v>587</v>
+      </c>
+      <c r="E5" t="s">
+        <v>588</v>
+      </c>
+      <c r="F5" t="s">
+        <v>12</v>
+      </c>
+      <c r="G5" t="s">
+        <v>589</v>
+      </c>
+      <c r="H5" t="s">
+        <v>590</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>566</v>
+      </c>
+      <c r="B6" t="s">
+        <v>591</v>
+      </c>
+      <c r="C6" t="s">
+        <v>592</v>
+      </c>
+      <c r="D6" t="s">
+        <v>593</v>
+      </c>
+      <c r="E6" t="s">
+        <v>594</v>
+      </c>
+      <c r="F6" t="s">
+        <v>12</v>
+      </c>
+      <c r="G6" t="s">
+        <v>595</v>
+      </c>
+      <c r="H6" t="s">
+        <v>596</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>566</v>
+      </c>
+      <c r="B7" t="s">
+        <v>597</v>
+      </c>
+      <c r="C7" t="s">
+        <v>598</v>
+      </c>
+      <c r="D7" t="s">
+        <v>599</v>
+      </c>
+      <c r="E7" t="s">
+        <v>600</v>
+      </c>
+      <c r="F7" t="s">
+        <v>12</v>
+      </c>
+      <c r="G7" t="s">
+        <v>601</v>
+      </c>
+      <c r="H7" t="s">
+        <v>602</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>566</v>
+      </c>
+      <c r="B8" t="s">
+        <v>603</v>
+      </c>
+      <c r="C8" t="s">
+        <v>604</v>
+      </c>
+      <c r="D8" t="s">
+        <v>605</v>
+      </c>
+      <c r="E8" t="s">
+        <v>606</v>
+      </c>
+      <c r="F8" t="s">
+        <v>12</v>
+      </c>
+      <c r="G8" t="s">
+        <v>607</v>
+      </c>
+      <c r="H8" t="s">
+        <v>608</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>566</v>
+      </c>
+      <c r="B9" t="s">
+        <v>609</v>
+      </c>
+      <c r="C9" t="s">
+        <v>610</v>
+      </c>
+      <c r="D9" t="s">
+        <v>611</v>
+      </c>
+      <c r="E9" t="s">
+        <v>612</v>
+      </c>
+      <c r="F9" t="s">
+        <v>12</v>
+      </c>
+      <c r="G9" t="s">
+        <v>613</v>
+      </c>
+      <c r="H9" t="s">
+        <v>614</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>566</v>
+      </c>
+      <c r="B10" t="s">
+        <v>615</v>
+      </c>
+      <c r="C10" t="s">
+        <v>616</v>
+      </c>
+      <c r="D10" t="s">
+        <v>617</v>
+      </c>
+      <c r="E10" t="s">
+        <v>618</v>
+      </c>
+      <c r="F10" t="s">
+        <v>12</v>
+      </c>
+      <c r="G10" t="s">
+        <v>619</v>
+      </c>
+      <c r="H10" t="s">
+        <v>620</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>566</v>
+      </c>
+      <c r="B11" t="s">
+        <v>621</v>
+      </c>
+      <c r="C11" t="s">
+        <v>622</v>
+      </c>
+      <c r="D11" t="s">
+        <v>623</v>
+      </c>
+      <c r="E11" t="s">
+        <v>624</v>
+      </c>
+      <c r="F11" t="s">
+        <v>12</v>
+      </c>
+      <c r="G11" t="s">
+        <v>625</v>
+      </c>
+      <c r="H11" t="s">
+        <v>626</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>566</v>
+      </c>
+      <c r="B12" t="s">
+        <v>627</v>
+      </c>
+      <c r="C12" t="s">
+        <v>628</v>
+      </c>
+      <c r="D12" t="s">
+        <v>629</v>
+      </c>
+      <c r="E12" t="s">
+        <v>630</v>
+      </c>
+      <c r="F12" t="s">
+        <v>12</v>
+      </c>
+      <c r="G12" t="s">
+        <v>631</v>
+      </c>
+      <c r="H12" t="s">
+        <v>632</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="s">
+        <v>566</v>
+      </c>
+      <c r="B13" t="s">
+        <v>633</v>
+      </c>
+      <c r="C13" t="s">
+        <v>634</v>
+      </c>
+      <c r="D13" t="s">
+        <v>635</v>
+      </c>
+      <c r="E13" t="s">
+        <v>636</v>
+      </c>
+      <c r="F13" t="s">
+        <v>12</v>
+      </c>
+      <c r="G13" t="s">
+        <v>637</v>
+      </c>
+      <c r="H13" t="s">
+        <v>638</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" t="s">
+        <v>566</v>
+      </c>
+      <c r="B14" t="s">
+        <v>639</v>
+      </c>
+      <c r="C14" t="s">
+        <v>640</v>
+      </c>
+      <c r="D14" t="s">
+        <v>641</v>
+      </c>
+      <c r="E14" t="s">
+        <v>642</v>
+      </c>
+      <c r="F14" t="s">
+        <v>12</v>
+      </c>
+      <c r="G14" t="s">
+        <v>643</v>
+      </c>
+      <c r="H14" t="s">
+        <v>644</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:I46"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>645</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>646</v>
+      </c>
+      <c r="B2" t="s">
+        <v>647</v>
+      </c>
+      <c r="C2" t="s">
+        <v>12</v>
+      </c>
+      <c r="D2" t="s">
+        <v>12</v>
+      </c>
+      <c r="E2" t="s">
+        <v>648</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>649</v>
+      </c>
+      <c r="H2" t="s">
+        <v>650</v>
+      </c>
+      <c r="I2" t="s">
+        <v>651</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>646</v>
+      </c>
+      <c r="B3" t="s">
+        <v>652</v>
+      </c>
+      <c r="C3" t="s">
+        <v>12</v>
+      </c>
+      <c r="D3" t="s">
+        <v>12</v>
+      </c>
+      <c r="E3" t="s">
+        <v>653</v>
+      </c>
+      <c r="F3" t="s">
+        <v>12</v>
+      </c>
+      <c r="G3" t="s">
+        <v>654</v>
+      </c>
+      <c r="H3" t="s">
+        <v>655</v>
+      </c>
+      <c r="I3" t="s">
+        <v>651</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>646</v>
+      </c>
+      <c r="B4" t="s">
+        <v>656</v>
+      </c>
+      <c r="C4" t="s">
+        <v>12</v>
+      </c>
+      <c r="D4" t="s">
+        <v>12</v>
+      </c>
+      <c r="E4" t="s">
+        <v>657</v>
+      </c>
+      <c r="F4" t="s">
+        <v>12</v>
+      </c>
+      <c r="G4" t="s">
+        <v>658</v>
+      </c>
+      <c r="H4" t="s">
+        <v>659</v>
+      </c>
+      <c r="I4" t="s">
+        <v>651</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>646</v>
+      </c>
+      <c r="B5" t="s">
+        <v>660</v>
+      </c>
+      <c r="C5" t="s">
+        <v>12</v>
+      </c>
+      <c r="D5" t="s">
+        <v>12</v>
+      </c>
+      <c r="E5" t="s">
+        <v>661</v>
+      </c>
+      <c r="F5" t="s">
+        <v>12</v>
+      </c>
+      <c r="G5" t="s">
+        <v>662</v>
+      </c>
+      <c r="H5" t="s">
+        <v>663</v>
+      </c>
+      <c r="I5" t="s">
+        <v>651</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>646</v>
+      </c>
+      <c r="B6" t="s">
+        <v>664</v>
+      </c>
+      <c r="C6" t="s">
+        <v>12</v>
+      </c>
+      <c r="D6" t="s">
+        <v>12</v>
+      </c>
+      <c r="E6" t="s">
+        <v>665</v>
+      </c>
+      <c r="F6" t="s">
+        <v>12</v>
+      </c>
+      <c r="G6" t="s">
+        <v>666</v>
+      </c>
+      <c r="H6" t="s">
+        <v>667</v>
+      </c>
+      <c r="I6" t="s">
+        <v>651</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>646</v>
+      </c>
+      <c r="B7" t="s">
+        <v>668</v>
+      </c>
+      <c r="C7" t="s">
+        <v>12</v>
+      </c>
+      <c r="D7" t="s">
+        <v>12</v>
+      </c>
+      <c r="E7" t="s">
+        <v>669</v>
+      </c>
+      <c r="F7" t="s">
+        <v>12</v>
+      </c>
+      <c r="G7" t="s">
+        <v>670</v>
+      </c>
+      <c r="H7" t="s">
+        <v>671</v>
+      </c>
+      <c r="I7" t="s">
+        <v>651</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>646</v>
+      </c>
+      <c r="B8" t="s">
+        <v>672</v>
+      </c>
+      <c r="C8" t="s">
+        <v>12</v>
+      </c>
+      <c r="D8" t="s">
+        <v>12</v>
+      </c>
+      <c r="E8" t="s">
+        <v>673</v>
+      </c>
+      <c r="F8" t="s">
+        <v>12</v>
+      </c>
+      <c r="G8" t="s">
+        <v>674</v>
+      </c>
+      <c r="H8" t="s">
+        <v>675</v>
+      </c>
+      <c r="I8" t="s">
+        <v>651</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>646</v>
+      </c>
+      <c r="B9" t="s">
+        <v>676</v>
+      </c>
+      <c r="C9" t="s">
+        <v>12</v>
+      </c>
+      <c r="D9" t="s">
+        <v>12</v>
+      </c>
+      <c r="E9" t="s">
+        <v>673</v>
+      </c>
+      <c r="F9" t="s">
+        <v>12</v>
+      </c>
+      <c r="G9" t="s">
+        <v>677</v>
+      </c>
+      <c r="H9" t="s">
+        <v>678</v>
+      </c>
+      <c r="I9" t="s">
+        <v>651</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>646</v>
+      </c>
+      <c r="B10" t="s">
+        <v>679</v>
+      </c>
+      <c r="C10" t="s">
+        <v>12</v>
+      </c>
+      <c r="D10" t="s">
+        <v>12</v>
+      </c>
+      <c r="E10" t="s">
+        <v>680</v>
+      </c>
+      <c r="F10" t="s">
+        <v>12</v>
+      </c>
+      <c r="G10" t="s">
+        <v>681</v>
+      </c>
+      <c r="H10" t="s">
+        <v>682</v>
+      </c>
+      <c r="I10" t="s">
+        <v>651</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>646</v>
+      </c>
+      <c r="B11" t="s">
+        <v>683</v>
+      </c>
+      <c r="C11" t="s">
+        <v>12</v>
+      </c>
+      <c r="D11" t="s">
+        <v>12</v>
+      </c>
+      <c r="E11" t="s">
+        <v>684</v>
+      </c>
+      <c r="F11" t="s">
+        <v>12</v>
+      </c>
+      <c r="G11" t="s">
+        <v>685</v>
+      </c>
+      <c r="H11" t="s">
+        <v>686</v>
+      </c>
+      <c r="I11" t="s">
+        <v>651</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>646</v>
+      </c>
+      <c r="B12" t="s">
+        <v>687</v>
+      </c>
+      <c r="C12" t="s">
+        <v>12</v>
+      </c>
+      <c r="D12" t="s">
+        <v>12</v>
+      </c>
+      <c r="E12" t="s">
+        <v>688</v>
+      </c>
+      <c r="F12" t="s">
+        <v>12</v>
+      </c>
+      <c r="G12" t="s">
+        <v>689</v>
+      </c>
+      <c r="H12" t="s">
+        <v>690</v>
+      </c>
+      <c r="I12" t="s">
+        <v>651</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="s">
+        <v>646</v>
+      </c>
+      <c r="B13" t="s">
+        <v>691</v>
+      </c>
+      <c r="C13" t="s">
+        <v>12</v>
+      </c>
+      <c r="D13" t="s">
+        <v>12</v>
+      </c>
+      <c r="E13" t="s">
+        <v>692</v>
+      </c>
+      <c r="F13" t="s">
+        <v>12</v>
+      </c>
+      <c r="G13" t="s">
+        <v>693</v>
+      </c>
+      <c r="H13" t="s">
+        <v>694</v>
+      </c>
+      <c r="I13" t="s">
+        <v>651</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" t="s">
+        <v>646</v>
+      </c>
+      <c r="B14" t="s">
+        <v>695</v>
+      </c>
+      <c r="C14" t="s">
+        <v>12</v>
+      </c>
+      <c r="D14" t="s">
+        <v>12</v>
+      </c>
+      <c r="E14" t="s">
+        <v>696</v>
+      </c>
+      <c r="F14" t="s">
+        <v>12</v>
+      </c>
+      <c r="G14" t="s">
+        <v>697</v>
+      </c>
+      <c r="H14" t="s">
+        <v>698</v>
+      </c>
+      <c r="I14" t="s">
+        <v>651</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" t="s">
+        <v>646</v>
+      </c>
+      <c r="B15" t="s">
+        <v>699</v>
+      </c>
+      <c r="C15" t="s">
+        <v>12</v>
+      </c>
+      <c r="D15" t="s">
+        <v>12</v>
+      </c>
+      <c r="E15" t="s">
+        <v>700</v>
+      </c>
+      <c r="F15" t="s">
+        <v>12</v>
+      </c>
+      <c r="G15" t="s">
+        <v>701</v>
+      </c>
+      <c r="H15" t="s">
+        <v>702</v>
+      </c>
+      <c r="I15" t="s">
+        <v>651</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" t="s">
+        <v>646</v>
+      </c>
+      <c r="B16" t="s">
+        <v>703</v>
+      </c>
+      <c r="C16" t="s">
+        <v>12</v>
+      </c>
+      <c r="D16" t="s">
+        <v>12</v>
+      </c>
+      <c r="E16" t="s">
+        <v>704</v>
+      </c>
+      <c r="F16" t="s">
+        <v>12</v>
+      </c>
+      <c r="G16" t="s">
+        <v>705</v>
+      </c>
+      <c r="H16" t="s">
+        <v>706</v>
+      </c>
+      <c r="I16" t="s">
+        <v>651</v>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" t="s">
+        <v>646</v>
+      </c>
+      <c r="B17" t="s">
+        <v>707</v>
+      </c>
+      <c r="C17" t="s">
+        <v>12</v>
+      </c>
+      <c r="D17" t="s">
+        <v>12</v>
+      </c>
+      <c r="E17" t="s">
+        <v>708</v>
+      </c>
+      <c r="F17" t="s">
+        <v>12</v>
+      </c>
+      <c r="G17" t="s">
+        <v>709</v>
+      </c>
+      <c r="H17" t="s">
+        <v>710</v>
+      </c>
+      <c r="I17" t="s">
+        <v>651</v>
+      </c>
+    </row>
+    <row r="18">
+      <c r="A18" t="s">
+        <v>646</v>
+      </c>
+      <c r="B18" t="s">
+        <v>711</v>
+      </c>
+      <c r="C18" t="s">
+        <v>12</v>
+      </c>
+      <c r="D18" t="s">
+        <v>12</v>
+      </c>
+      <c r="E18" t="s">
+        <v>712</v>
+      </c>
+      <c r="F18" t="s">
+        <v>12</v>
+      </c>
+      <c r="G18" t="s">
+        <v>713</v>
+      </c>
+      <c r="H18" t="s">
+        <v>714</v>
+      </c>
+      <c r="I18" t="s">
+        <v>651</v>
+      </c>
+    </row>
+    <row r="19">
+      <c r="A19" t="s">
+        <v>646</v>
+      </c>
+      <c r="B19" t="s">
+        <v>715</v>
+      </c>
+      <c r="C19" t="s">
+        <v>12</v>
+      </c>
+      <c r="D19" t="s">
+        <v>12</v>
+      </c>
+      <c r="E19" t="s">
+        <v>716</v>
+      </c>
+      <c r="F19" t="s">
+        <v>12</v>
+      </c>
+      <c r="G19" t="s">
+        <v>717</v>
+      </c>
+      <c r="H19" t="s">
+        <v>718</v>
+      </c>
+      <c r="I19" t="s">
+        <v>651</v>
+      </c>
+    </row>
+    <row r="20">
+      <c r="A20" t="s">
+        <v>646</v>
+      </c>
+      <c r="B20" t="s">
+        <v>719</v>
+      </c>
+      <c r="C20" t="s">
+        <v>12</v>
+      </c>
+      <c r="D20" t="s">
+        <v>12</v>
+      </c>
+      <c r="E20" t="s">
+        <v>720</v>
+      </c>
+      <c r="F20" t="s">
+        <v>12</v>
+      </c>
+      <c r="G20" t="s">
+        <v>721</v>
+      </c>
+      <c r="H20" t="s">
+        <v>722</v>
+      </c>
+      <c r="I20" t="s">
+        <v>651</v>
+      </c>
+    </row>
+    <row r="21">
+      <c r="A21" t="s">
+        <v>646</v>
+      </c>
+      <c r="B21" t="s">
+        <v>723</v>
+      </c>
+      <c r="C21" t="s">
+        <v>12</v>
+      </c>
+      <c r="D21" t="s">
+        <v>12</v>
+      </c>
+      <c r="E21" t="s">
+        <v>724</v>
+      </c>
+      <c r="F21" t="s">
+        <v>12</v>
+      </c>
+      <c r="G21" t="s">
+        <v>725</v>
+      </c>
+      <c r="H21" t="s">
+        <v>726</v>
+      </c>
+      <c r="I21" t="s">
+        <v>651</v>
+      </c>
+    </row>
+    <row r="22">
+      <c r="A22" t="s">
+        <v>646</v>
+      </c>
+      <c r="B22" t="s">
+        <v>727</v>
+      </c>
+      <c r="C22" t="s">
+        <v>12</v>
+      </c>
+      <c r="D22" t="s">
+        <v>12</v>
+      </c>
+      <c r="E22" t="s">
+        <v>728</v>
+      </c>
+      <c r="F22" t="s">
+        <v>12</v>
+      </c>
+      <c r="G22" t="s">
+        <v>729</v>
+      </c>
+      <c r="H22" t="s">
+        <v>730</v>
+      </c>
+      <c r="I22" t="s">
+        <v>651</v>
+      </c>
+    </row>
+    <row r="23">
+      <c r="A23" t="s">
+        <v>646</v>
+      </c>
+      <c r="B23" t="s">
+        <v>731</v>
+      </c>
+      <c r="C23" t="s">
+        <v>12</v>
+      </c>
+      <c r="D23" t="s">
+        <v>12</v>
+      </c>
+      <c r="E23" t="s">
+        <v>732</v>
+      </c>
+      <c r="F23" t="s">
+        <v>12</v>
+      </c>
+      <c r="G23" t="s">
+        <v>733</v>
+      </c>
+      <c r="H23" t="s">
+        <v>734</v>
+      </c>
+      <c r="I23" t="s">
+        <v>651</v>
+      </c>
+    </row>
+    <row r="24">
+      <c r="A24" t="s">
+        <v>646</v>
+      </c>
+      <c r="B24" t="s">
+        <v>735</v>
+      </c>
+      <c r="C24" t="s">
+        <v>12</v>
+      </c>
+      <c r="D24" t="s">
+        <v>12</v>
+      </c>
+      <c r="E24" t="s">
+        <v>736</v>
+      </c>
+      <c r="F24" t="s">
+        <v>12</v>
+      </c>
+      <c r="G24" t="s">
+        <v>737</v>
+      </c>
+      <c r="H24" t="s">
+        <v>738</v>
+      </c>
+      <c r="I24" t="s">
+        <v>651</v>
+      </c>
+    </row>
+    <row r="25">
+      <c r="A25" t="s">
+        <v>646</v>
+      </c>
+      <c r="B25" t="s">
+        <v>739</v>
+      </c>
+      <c r="C25" t="s">
+        <v>12</v>
+      </c>
+      <c r="D25" t="s">
+        <v>12</v>
+      </c>
+      <c r="E25" t="s">
+        <v>740</v>
+      </c>
+      <c r="F25" t="s">
+        <v>12</v>
+      </c>
+      <c r="G25" t="s">
+        <v>741</v>
+      </c>
+      <c r="H25" t="s">
+        <v>742</v>
+      </c>
+      <c r="I25" t="s">
+        <v>651</v>
+      </c>
+    </row>
+    <row r="26">
+      <c r="A26" t="s">
+        <v>646</v>
+      </c>
+      <c r="B26" t="s">
+        <v>743</v>
+      </c>
+      <c r="C26" t="s">
+        <v>12</v>
+      </c>
+      <c r="D26" t="s">
+        <v>12</v>
+      </c>
+      <c r="E26" t="s">
+        <v>744</v>
+      </c>
+      <c r="F26" t="s">
+        <v>12</v>
+      </c>
+      <c r="G26" t="s">
+        <v>745</v>
+      </c>
+      <c r="H26" t="s">
+        <v>746</v>
+      </c>
+      <c r="I26" t="s">
+        <v>651</v>
+      </c>
+    </row>
+    <row r="27">
+      <c r="A27" t="s">
+        <v>646</v>
+      </c>
+      <c r="B27" t="s">
+        <v>747</v>
+      </c>
+      <c r="C27" t="s">
+        <v>12</v>
+      </c>
+      <c r="D27" t="s">
+        <v>12</v>
+      </c>
+      <c r="E27" t="s">
+        <v>748</v>
+      </c>
+      <c r="F27" t="s">
+        <v>12</v>
+      </c>
+      <c r="G27" t="s">
+        <v>749</v>
+      </c>
+      <c r="H27" t="s">
+        <v>750</v>
+      </c>
+      <c r="I27" t="s">
+        <v>651</v>
+      </c>
+    </row>
+    <row r="28">
+      <c r="A28" t="s">
+        <v>646</v>
+      </c>
+      <c r="B28" t="s">
+        <v>751</v>
+      </c>
+      <c r="C28" t="s">
+        <v>12</v>
+      </c>
+      <c r="D28" t="s">
+        <v>12</v>
+      </c>
+      <c r="E28" t="s">
+        <v>752</v>
+      </c>
+      <c r="F28" t="s">
+        <v>12</v>
+      </c>
+      <c r="G28" t="s">
+        <v>753</v>
+      </c>
+      <c r="H28" t="s">
+        <v>754</v>
+      </c>
+      <c r="I28" t="s">
+        <v>651</v>
+      </c>
+    </row>
+    <row r="29">
+      <c r="A29" t="s">
+        <v>646</v>
+      </c>
+      <c r="B29" t="s">
+        <v>755</v>
+      </c>
+      <c r="C29" t="s">
+        <v>12</v>
+      </c>
+      <c r="D29" t="s">
+        <v>12</v>
+      </c>
+      <c r="E29" t="s">
+        <v>756</v>
+      </c>
+      <c r="F29" t="s">
+        <v>12</v>
+      </c>
+      <c r="G29" t="s">
+        <v>757</v>
+      </c>
+      <c r="H29" t="s">
+        <v>758</v>
+      </c>
+      <c r="I29" t="s">
+        <v>651</v>
+      </c>
+    </row>
+    <row r="30">
+      <c r="A30" t="s">
+        <v>646</v>
+      </c>
+      <c r="B30" t="s">
+        <v>759</v>
+      </c>
+      <c r="C30" t="s">
+        <v>12</v>
+      </c>
+      <c r="D30" t="s">
+        <v>12</v>
+      </c>
+      <c r="E30" t="s">
+        <v>760</v>
+      </c>
+      <c r="F30" t="s">
+        <v>12</v>
+      </c>
+      <c r="G30" t="s">
+        <v>761</v>
+      </c>
+      <c r="H30" t="s">
+        <v>762</v>
+      </c>
+      <c r="I30" t="s">
+        <v>651</v>
+      </c>
+    </row>
+    <row r="31">
+      <c r="A31" t="s">
+        <v>646</v>
+      </c>
+      <c r="B31" t="s">
+        <v>763</v>
+      </c>
+      <c r="C31" t="s">
+        <v>12</v>
+      </c>
+      <c r="D31" t="s">
+        <v>12</v>
+      </c>
+      <c r="E31" t="s">
+        <v>764</v>
+      </c>
+      <c r="F31" t="s">
+        <v>12</v>
+      </c>
+      <c r="G31" t="s">
+        <v>765</v>
+      </c>
+      <c r="H31" t="s">
+        <v>766</v>
+      </c>
+      <c r="I31" t="s">
+        <v>651</v>
+      </c>
+    </row>
+    <row r="32">
+      <c r="A32" t="s">
+        <v>646</v>
+      </c>
+      <c r="B32" t="s">
+        <v>767</v>
+      </c>
+      <c r="C32" t="s">
+        <v>12</v>
+      </c>
+      <c r="D32" t="s">
+        <v>12</v>
+      </c>
+      <c r="E32" t="s">
+        <v>768</v>
+      </c>
+      <c r="F32" t="s">
+        <v>12</v>
+      </c>
+      <c r="G32" t="s">
+        <v>769</v>
+      </c>
+      <c r="H32" t="s">
+        <v>770</v>
+      </c>
+      <c r="I32" t="s">
+        <v>651</v>
+      </c>
+    </row>
+    <row r="33">
+      <c r="A33" t="s">
+        <v>646</v>
+      </c>
+      <c r="B33" t="s">
+        <v>771</v>
+      </c>
+      <c r="C33" t="s">
+        <v>12</v>
+      </c>
+      <c r="D33" t="s">
+        <v>12</v>
+      </c>
+      <c r="E33" t="s">
+        <v>772</v>
+      </c>
+      <c r="F33" t="s">
+        <v>12</v>
+      </c>
+      <c r="G33" t="s">
+        <v>773</v>
+      </c>
+      <c r="H33" t="s">
+        <v>774</v>
+      </c>
+      <c r="I33" t="s">
+        <v>651</v>
+      </c>
+    </row>
+    <row r="34">
+      <c r="A34" t="s">
+        <v>646</v>
+      </c>
+      <c r="B34" t="s">
+        <v>775</v>
+      </c>
+      <c r="C34" t="s">
+        <v>12</v>
+      </c>
+      <c r="D34" t="s">
+        <v>12</v>
+      </c>
+      <c r="E34" t="s">
+        <v>776</v>
+      </c>
+      <c r="F34" t="s">
+        <v>12</v>
+      </c>
+      <c r="G34" t="s">
+        <v>777</v>
+      </c>
+      <c r="H34" t="s">
+        <v>778</v>
+      </c>
+      <c r="I34" t="s">
+        <v>651</v>
+      </c>
+    </row>
+    <row r="35">
+      <c r="A35" t="s">
+        <v>646</v>
+      </c>
+      <c r="B35" t="s">
+        <v>779</v>
+      </c>
+      <c r="C35" t="s">
+        <v>12</v>
+      </c>
+      <c r="D35" t="s">
+        <v>12</v>
+      </c>
+      <c r="E35" t="s">
+        <v>780</v>
+      </c>
+      <c r="F35" t="s">
+        <v>12</v>
+      </c>
+      <c r="G35" t="s">
+        <v>781</v>
+      </c>
+      <c r="H35" t="s">
+        <v>782</v>
+      </c>
+      <c r="I35" t="s">
+        <v>651</v>
+      </c>
+    </row>
+    <row r="36">
+      <c r="A36" t="s">
+        <v>646</v>
+      </c>
+      <c r="B36" t="s">
+        <v>783</v>
+      </c>
+      <c r="C36" t="s">
+        <v>12</v>
+      </c>
+      <c r="D36" t="s">
+        <v>12</v>
+      </c>
+      <c r="E36" t="s">
+        <v>784</v>
+      </c>
+      <c r="F36" t="s">
+        <v>12</v>
+      </c>
+      <c r="G36" t="s">
+        <v>785</v>
+      </c>
+      <c r="H36" t="s">
+        <v>786</v>
+      </c>
+      <c r="I36" t="s">
+        <v>651</v>
+      </c>
+    </row>
+    <row r="37">
+      <c r="A37" t="s">
+        <v>646</v>
+      </c>
+      <c r="B37" t="s">
+        <v>787</v>
+      </c>
+      <c r="C37" t="s">
+        <v>12</v>
+      </c>
+      <c r="D37" t="s">
+        <v>12</v>
+      </c>
+      <c r="E37" t="s">
+        <v>788</v>
+      </c>
+      <c r="F37" t="s">
+        <v>12</v>
+      </c>
+      <c r="G37" t="s">
+        <v>789</v>
+      </c>
+      <c r="H37" t="s">
+        <v>790</v>
+      </c>
+      <c r="I37" t="s">
+        <v>651</v>
+      </c>
+    </row>
+    <row r="38">
+      <c r="A38" t="s">
+        <v>646</v>
+      </c>
+      <c r="B38" t="s">
+        <v>791</v>
+      </c>
+      <c r="C38" t="s">
+        <v>12</v>
+      </c>
+      <c r="D38" t="s">
+        <v>12</v>
+      </c>
+      <c r="E38" t="s">
+        <v>792</v>
+      </c>
+      <c r="F38" t="s">
+        <v>12</v>
+      </c>
+      <c r="G38" t="s">
+        <v>793</v>
+      </c>
+      <c r="H38" t="s">
+        <v>794</v>
+      </c>
+      <c r="I38" t="s">
+        <v>651</v>
+      </c>
+    </row>
+    <row r="39">
+      <c r="A39" t="s">
+        <v>646</v>
+      </c>
+      <c r="B39" t="s">
+        <v>795</v>
+      </c>
+      <c r="C39" t="s">
+        <v>12</v>
+      </c>
+      <c r="D39" t="s">
+        <v>12</v>
+      </c>
+      <c r="E39" t="s">
+        <v>796</v>
+      </c>
+      <c r="F39" t="s">
+        <v>12</v>
+      </c>
+      <c r="G39" t="s">
+        <v>797</v>
+      </c>
+      <c r="H39" t="s">
+        <v>798</v>
+      </c>
+      <c r="I39" t="s">
+        <v>651</v>
+      </c>
+    </row>
+    <row r="40">
+      <c r="A40" t="s">
+        <v>646</v>
+      </c>
+      <c r="B40" t="s">
+        <v>799</v>
+      </c>
+      <c r="C40" t="s">
+        <v>12</v>
+      </c>
+      <c r="D40" t="s">
+        <v>12</v>
+      </c>
+      <c r="E40" t="s">
+        <v>800</v>
+      </c>
+      <c r="F40" t="s">
+        <v>12</v>
+      </c>
+      <c r="G40" t="s">
+        <v>801</v>
+      </c>
+      <c r="H40" t="s">
+        <v>802</v>
+      </c>
+      <c r="I40" t="s">
+        <v>651</v>
+      </c>
+    </row>
+    <row r="41">
+      <c r="A41" t="s">
+        <v>646</v>
+      </c>
+      <c r="B41" t="s">
+        <v>803</v>
+      </c>
+      <c r="C41" t="s">
+        <v>12</v>
+      </c>
+      <c r="D41" t="s">
+        <v>12</v>
+      </c>
+      <c r="E41" t="s">
+        <v>804</v>
+      </c>
+      <c r="F41" t="s">
+        <v>12</v>
+      </c>
+      <c r="G41" t="s">
+        <v>805</v>
+      </c>
+      <c r="H41" t="s">
+        <v>806</v>
+      </c>
+      <c r="I41" t="s">
+        <v>651</v>
+      </c>
+    </row>
+    <row r="42">
+      <c r="A42" t="s">
+        <v>646</v>
+      </c>
+      <c r="B42" t="s">
+        <v>807</v>
+      </c>
+      <c r="C42" t="s">
+        <v>12</v>
+      </c>
+      <c r="D42" t="s">
+        <v>12</v>
+      </c>
+      <c r="E42" t="s">
+        <v>808</v>
+      </c>
+      <c r="F42" t="s">
+        <v>12</v>
+      </c>
+      <c r="G42" t="s">
+        <v>809</v>
+      </c>
+      <c r="H42" t="s">
+        <v>810</v>
+      </c>
+      <c r="I42" t="s">
+        <v>651</v>
+      </c>
+    </row>
+    <row r="43">
+      <c r="A43" t="s">
+        <v>646</v>
+      </c>
+      <c r="B43" t="s">
+        <v>811</v>
+      </c>
+      <c r="C43" t="s">
+        <v>12</v>
+      </c>
+      <c r="D43" t="s">
+        <v>12</v>
+      </c>
+      <c r="E43" t="s">
+        <v>812</v>
+      </c>
+      <c r="F43" t="s">
+        <v>12</v>
+      </c>
+      <c r="G43" t="s">
+        <v>813</v>
+      </c>
+      <c r="H43" t="s">
+        <v>814</v>
+      </c>
+      <c r="I43" t="s">
+        <v>651</v>
+      </c>
+    </row>
+    <row r="44">
+      <c r="A44" t="s">
+        <v>646</v>
+      </c>
+      <c r="B44" t="s">
+        <v>815</v>
+      </c>
+      <c r="C44" t="s">
+        <v>12</v>
+      </c>
+      <c r="D44" t="s">
+        <v>12</v>
+      </c>
+      <c r="E44" t="s">
+        <v>816</v>
+      </c>
+      <c r="F44" t="s">
+        <v>12</v>
+      </c>
+      <c r="G44" t="s">
+        <v>817</v>
+      </c>
+      <c r="H44" t="s">
+        <v>818</v>
+      </c>
+      <c r="I44" t="s">
+        <v>651</v>
+      </c>
+    </row>
+    <row r="45">
+      <c r="A45" t="s">
+        <v>646</v>
+      </c>
+      <c r="B45" t="s">
+        <v>819</v>
+      </c>
+      <c r="C45" t="s">
+        <v>12</v>
+      </c>
+      <c r="D45" t="s">
+        <v>12</v>
+      </c>
+      <c r="E45" t="s">
+        <v>820</v>
+      </c>
+      <c r="F45" t="s">
+        <v>12</v>
+      </c>
+      <c r="G45" t="s">
+        <v>821</v>
+      </c>
+      <c r="H45" t="s">
+        <v>822</v>
+      </c>
+      <c r="I45" t="s">
+        <v>651</v>
+      </c>
+    </row>
+    <row r="46">
+      <c r="A46" t="s">
+        <v>646</v>
+      </c>
+      <c r="B46" t="s">
+        <v>823</v>
+      </c>
+      <c r="C46" t="s">
+        <v>12</v>
+      </c>
+      <c r="D46" t="s">
+        <v>12</v>
+      </c>
+      <c r="E46" t="s">
+        <v>824</v>
+      </c>
+      <c r="F46" t="s">
+        <v>12</v>
+      </c>
+      <c r="G46" t="s">
+        <v>825</v>
+      </c>
+      <c r="H46" t="s">
+        <v>826</v>
+      </c>
+      <c r="I46" t="s">
+        <v>651</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:I1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H26"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>827</v>
+      </c>
+      <c r="B2" t="s">
+        <v>828</v>
+      </c>
+      <c r="C2" t="s">
+        <v>829</v>
+      </c>
+      <c r="D2" t="s">
+        <v>830</v>
+      </c>
+      <c r="E2" t="s">
+        <v>831</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>832</v>
+      </c>
+      <c r="H2" t="s">
+        <v>833</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>827</v>
+      </c>
+      <c r="B3" t="s">
+        <v>834</v>
+      </c>
+      <c r="C3" t="s">
+        <v>835</v>
+      </c>
+      <c r="D3" t="s">
+        <v>836</v>
+      </c>
+      <c r="E3" t="s">
+        <v>837</v>
+      </c>
+      <c r="F3" t="s">
+        <v>12</v>
+      </c>
+      <c r="G3" t="s">
+        <v>838</v>
+      </c>
+      <c r="H3" t="s">
+        <v>839</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>827</v>
+      </c>
+      <c r="B4" t="s">
+        <v>840</v>
+      </c>
+      <c r="C4" t="s">
+        <v>841</v>
+      </c>
+      <c r="D4" t="s">
+        <v>842</v>
+      </c>
+      <c r="E4" t="s">
+        <v>843</v>
+      </c>
+      <c r="F4" t="s">
+        <v>12</v>
+      </c>
+      <c r="G4" t="s">
+        <v>844</v>
+      </c>
+      <c r="H4" t="s">
+        <v>845</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>827</v>
+      </c>
+      <c r="B5" t="s">
+        <v>846</v>
+      </c>
+      <c r="C5" t="s">
+        <v>847</v>
+      </c>
+      <c r="D5" t="s">
+        <v>848</v>
+      </c>
+      <c r="E5" t="s">
+        <v>849</v>
+      </c>
+      <c r="F5" t="s">
+        <v>12</v>
+      </c>
+      <c r="G5" t="s">
+        <v>850</v>
+      </c>
+      <c r="H5" t="s">
+        <v>851</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>827</v>
+      </c>
+      <c r="B6" t="s">
+        <v>852</v>
+      </c>
+      <c r="C6" t="s">
+        <v>853</v>
+      </c>
+      <c r="D6" t="s">
+        <v>854</v>
+      </c>
+      <c r="E6" t="s">
+        <v>855</v>
+      </c>
+      <c r="F6" t="s">
+        <v>12</v>
+      </c>
+      <c r="G6" t="s">
+        <v>856</v>
+      </c>
+      <c r="H6" t="s">
+        <v>857</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>827</v>
+      </c>
+      <c r="B7" t="s">
+        <v>858</v>
+      </c>
+      <c r="C7" t="s">
+        <v>859</v>
+      </c>
+      <c r="D7" t="s">
+        <v>860</v>
+      </c>
+      <c r="E7" t="s">
+        <v>861</v>
+      </c>
+      <c r="F7" t="s">
+        <v>12</v>
+      </c>
+      <c r="G7" t="s">
+        <v>862</v>
+      </c>
+      <c r="H7" t="s">
+        <v>863</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>827</v>
+      </c>
+      <c r="B8" t="s">
+        <v>864</v>
+      </c>
+      <c r="C8" t="s">
+        <v>865</v>
+      </c>
+      <c r="D8" t="s">
+        <v>866</v>
+      </c>
+      <c r="E8" t="s">
+        <v>867</v>
+      </c>
+      <c r="F8" t="s">
+        <v>12</v>
+      </c>
+      <c r="G8" t="s">
+        <v>868</v>
+      </c>
+      <c r="H8" t="s">
+        <v>869</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>827</v>
+      </c>
+      <c r="B9" t="s">
+        <v>870</v>
+      </c>
+      <c r="C9" t="s">
+        <v>871</v>
+      </c>
+      <c r="D9" t="s">
+        <v>872</v>
+      </c>
+      <c r="E9" t="s">
+        <v>873</v>
+      </c>
+      <c r="F9" t="s">
+        <v>12</v>
+      </c>
+      <c r="G9" t="s">
+        <v>874</v>
+      </c>
+      <c r="H9" t="s">
+        <v>875</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>827</v>
+      </c>
+      <c r="B10" t="s">
+        <v>876</v>
+      </c>
+      <c r="C10" t="s">
+        <v>877</v>
+      </c>
+      <c r="D10" t="s">
+        <v>878</v>
+      </c>
+      <c r="E10" t="s">
+        <v>879</v>
+      </c>
+      <c r="F10" t="s">
+        <v>12</v>
+      </c>
+      <c r="G10" t="s">
+        <v>880</v>
+      </c>
+      <c r="H10" t="s">
+        <v>881</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>827</v>
+      </c>
+      <c r="B11" t="s">
+        <v>882</v>
+      </c>
+      <c r="C11" t="s">
+        <v>883</v>
+      </c>
+      <c r="D11" t="s">
+        <v>884</v>
+      </c>
+      <c r="E11" t="s">
+        <v>885</v>
+      </c>
+      <c r="F11" t="s">
+        <v>12</v>
+      </c>
+      <c r="G11" t="s">
+        <v>886</v>
+      </c>
+      <c r="H11" t="s">
+        <v>887</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>827</v>
+      </c>
+      <c r="B12" t="s">
+        <v>888</v>
+      </c>
+      <c r="C12" t="s">
+        <v>889</v>
+      </c>
+      <c r="D12" t="s">
+        <v>890</v>
+      </c>
+      <c r="E12" t="s">
+        <v>891</v>
+      </c>
+      <c r="F12" t="s">
+        <v>12</v>
+      </c>
+      <c r="G12" t="s">
+        <v>892</v>
+      </c>
+      <c r="H12" t="s">
+        <v>893</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="s">
+        <v>827</v>
+      </c>
+      <c r="B13" t="s">
+        <v>894</v>
+      </c>
+      <c r="C13" t="s">
+        <v>895</v>
+      </c>
+      <c r="D13" t="s">
+        <v>896</v>
+      </c>
+      <c r="E13" t="s">
+        <v>897</v>
+      </c>
+      <c r="F13" t="s">
+        <v>12</v>
+      </c>
+      <c r="G13" t="s">
+        <v>898</v>
+      </c>
+      <c r="H13" t="s">
+        <v>899</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" t="s">
+        <v>827</v>
+      </c>
+      <c r="B14" t="s">
+        <v>900</v>
+      </c>
+      <c r="C14" t="s">
+        <v>901</v>
+      </c>
+      <c r="D14" t="s">
+        <v>902</v>
+      </c>
+      <c r="E14" t="s">
+        <v>903</v>
+      </c>
+      <c r="F14" t="s">
+        <v>12</v>
+      </c>
+      <c r="G14" t="s">
+        <v>904</v>
+      </c>
+      <c r="H14" t="s">
+        <v>905</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" t="s">
+        <v>827</v>
+      </c>
+      <c r="B15" t="s">
+        <v>906</v>
+      </c>
+      <c r="C15" t="s">
+        <v>907</v>
+      </c>
+      <c r="D15" t="s">
+        <v>908</v>
+      </c>
+      <c r="E15" t="s">
+        <v>909</v>
+      </c>
+      <c r="F15" t="s">
+        <v>12</v>
+      </c>
+      <c r="G15" t="s">
+        <v>910</v>
+      </c>
+      <c r="H15" t="s">
+        <v>911</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" t="s">
+        <v>827</v>
+      </c>
+      <c r="B16" t="s">
+        <v>912</v>
+      </c>
+      <c r="C16" t="s">
+        <v>913</v>
+      </c>
+      <c r="D16" t="s">
+        <v>914</v>
+      </c>
+      <c r="E16" t="s">
+        <v>915</v>
+      </c>
+      <c r="F16" t="s">
+        <v>12</v>
+      </c>
+      <c r="G16" t="s">
+        <v>916</v>
+      </c>
+      <c r="H16" t="s">
+        <v>917</v>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" t="s">
+        <v>827</v>
+      </c>
+      <c r="B17" t="s">
+        <v>918</v>
+      </c>
+      <c r="C17" t="s">
+        <v>919</v>
+      </c>
+      <c r="D17" t="s">
+        <v>920</v>
+      </c>
+      <c r="E17" t="s">
+        <v>921</v>
+      </c>
+      <c r="F17" t="s">
+        <v>12</v>
+      </c>
+      <c r="G17" t="s">
+        <v>922</v>
+      </c>
+      <c r="H17" t="s">
+        <v>923</v>
+      </c>
+    </row>
+    <row r="18">
+      <c r="A18" t="s">
+        <v>827</v>
+      </c>
+      <c r="B18" t="s">
+        <v>924</v>
+      </c>
+      <c r="C18" t="s">
+        <v>925</v>
+      </c>
+      <c r="D18" t="s">
+        <v>926</v>
+      </c>
+      <c r="E18" t="s">
+        <v>927</v>
+      </c>
+      <c r="F18" t="s">
+        <v>12</v>
+      </c>
+      <c r="G18" t="s">
+        <v>928</v>
+      </c>
+      <c r="H18" t="s">
+        <v>929</v>
+      </c>
+    </row>
+    <row r="19">
+      <c r="A19" t="s">
+        <v>827</v>
+      </c>
+      <c r="B19" t="s">
+        <v>930</v>
+      </c>
+      <c r="C19" t="s">
+        <v>931</v>
+      </c>
+      <c r="D19" t="s">
+        <v>932</v>
+      </c>
+      <c r="E19" t="s">
+        <v>933</v>
+      </c>
+      <c r="F19" t="s">
+        <v>12</v>
+      </c>
+      <c r="G19" t="s">
+        <v>934</v>
+      </c>
+      <c r="H19" t="s">
+        <v>935</v>
+      </c>
+    </row>
+    <row r="20">
+      <c r="A20" t="s">
+        <v>827</v>
+      </c>
+      <c r="B20" t="s">
+        <v>936</v>
+      </c>
+      <c r="C20" t="s">
+        <v>12</v>
+      </c>
+      <c r="D20" t="s">
+        <v>937</v>
+      </c>
+      <c r="E20" t="s">
+        <v>938</v>
+      </c>
+      <c r="F20" t="s">
+        <v>12</v>
+      </c>
+      <c r="G20" t="s">
+        <v>939</v>
+      </c>
+      <c r="H20" t="s">
+        <v>940</v>
+      </c>
+    </row>
+    <row r="21">
+      <c r="A21" t="s">
+        <v>827</v>
+      </c>
+      <c r="B21" t="s">
+        <v>941</v>
+      </c>
+      <c r="C21" t="s">
+        <v>942</v>
+      </c>
+      <c r="D21" t="s">
+        <v>943</v>
+      </c>
+      <c r="E21" t="s">
+        <v>944</v>
+      </c>
+      <c r="F21" t="s">
+        <v>12</v>
+      </c>
+      <c r="G21" t="s">
+        <v>945</v>
+      </c>
+      <c r="H21" t="s">
+        <v>946</v>
+      </c>
+    </row>
+    <row r="22">
+      <c r="A22" t="s">
+        <v>827</v>
+      </c>
+      <c r="B22" t="s">
+        <v>947</v>
+      </c>
+      <c r="C22" t="s">
+        <v>948</v>
+      </c>
+      <c r="D22" t="s">
+        <v>949</v>
+      </c>
+      <c r="E22" t="s">
+        <v>950</v>
+      </c>
+      <c r="F22" t="s">
+        <v>12</v>
+      </c>
+      <c r="G22" t="s">
+        <v>951</v>
+      </c>
+      <c r="H22" t="s">
+        <v>952</v>
+      </c>
+    </row>
+    <row r="23">
+      <c r="A23" t="s">
+        <v>827</v>
+      </c>
+      <c r="B23" t="s">
+        <v>953</v>
+      </c>
+      <c r="C23" t="s">
+        <v>954</v>
+      </c>
+      <c r="D23" t="s">
+        <v>949</v>
+      </c>
+      <c r="E23" t="s">
+        <v>955</v>
+      </c>
+      <c r="F23" t="s">
+        <v>12</v>
+      </c>
+      <c r="G23" t="s">
+        <v>956</v>
+      </c>
+      <c r="H23" t="s">
+        <v>957</v>
+      </c>
+    </row>
+    <row r="24">
+      <c r="A24" t="s">
+        <v>827</v>
+      </c>
+      <c r="B24" t="s">
+        <v>958</v>
+      </c>
+      <c r="C24" t="s">
+        <v>959</v>
+      </c>
+      <c r="D24" t="s">
+        <v>960</v>
+      </c>
+      <c r="E24" t="s">
+        <v>961</v>
+      </c>
+      <c r="F24" t="s">
+        <v>12</v>
+      </c>
+      <c r="G24" t="s">
+        <v>962</v>
+      </c>
+      <c r="H24" t="s">
+        <v>963</v>
+      </c>
+    </row>
+    <row r="25">
+      <c r="A25" t="s">
+        <v>827</v>
+      </c>
+      <c r="B25" t="s">
+        <v>964</v>
+      </c>
+      <c r="C25" t="s">
+        <v>965</v>
+      </c>
+      <c r="D25" t="s">
+        <v>966</v>
+      </c>
+      <c r="E25" t="s">
+        <v>967</v>
+      </c>
+      <c r="F25" t="s">
+        <v>12</v>
+      </c>
+      <c r="G25" t="s">
+        <v>968</v>
+      </c>
+      <c r="H25" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="26">
+      <c r="A26" t="s">
+        <v>827</v>
+      </c>
+      <c r="B26" t="s">
+        <v>970</v>
+      </c>
+      <c r="C26" t="s">
+        <v>971</v>
+      </c>
+      <c r="D26" t="s">
+        <v>972</v>
+      </c>
+      <c r="E26" t="s">
+        <v>973</v>
+      </c>
+      <c r="F26" t="s">
+        <v>12</v>
+      </c>
+      <c r="G26" t="s">
+        <v>974</v>
+      </c>
+      <c r="H26" t="s">
+        <v>975</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H7"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>976</v>
+      </c>
+      <c r="B2" t="s">
+        <v>977</v>
+      </c>
+      <c r="C2" t="s">
+        <v>978</v>
+      </c>
+      <c r="D2" t="s">
+        <v>581</v>
+      </c>
+      <c r="E2" t="s">
+        <v>979</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>980</v>
+      </c>
+      <c r="H2" t="s">
+        <v>981</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>976</v>
+      </c>
+      <c r="B3" t="s">
+        <v>982</v>
+      </c>
+      <c r="C3" t="s">
+        <v>983</v>
+      </c>
+      <c r="D3" t="s">
+        <v>984</v>
+      </c>
+      <c r="E3" t="s">
+        <v>985</v>
+      </c>
+      <c r="F3" t="s">
+        <v>12</v>
+      </c>
+      <c r="G3" t="s">
+        <v>986</v>
+      </c>
+      <c r="H3" t="s">
+        <v>987</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>976</v>
+      </c>
+      <c r="B4" t="s">
+        <v>988</v>
+      </c>
+      <c r="C4" t="s">
+        <v>989</v>
+      </c>
+      <c r="D4" t="s">
+        <v>990</v>
+      </c>
+      <c r="E4" t="s">
+        <v>991</v>
+      </c>
+      <c r="F4" t="s">
+        <v>12</v>
+      </c>
+      <c r="G4" t="s">
+        <v>992</v>
+      </c>
+      <c r="H4" t="s">
+        <v>993</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>976</v>
+      </c>
+      <c r="B5" t="s">
+        <v>994</v>
+      </c>
+      <c r="C5" t="s">
+        <v>995</v>
+      </c>
+      <c r="D5" t="s">
+        <v>996</v>
+      </c>
+      <c r="E5" t="s">
+        <v>997</v>
+      </c>
+      <c r="F5" t="s">
+        <v>12</v>
+      </c>
+      <c r="G5" t="s">
+        <v>998</v>
+      </c>
+      <c r="H5" t="s">
+        <v>999</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>976</v>
+      </c>
+      <c r="B6" t="s">
+        <v>1000</v>
+      </c>
+      <c r="C6" t="s">
+        <v>1001</v>
+      </c>
+      <c r="D6" t="s">
+        <v>1002</v>
+      </c>
+      <c r="E6" t="s">
+        <v>1003</v>
+      </c>
+      <c r="F6" t="s">
+        <v>12</v>
+      </c>
+      <c r="G6" t="s">
+        <v>1004</v>
+      </c>
+      <c r="H6" t="s">
+        <v>1005</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>976</v>
+      </c>
+      <c r="B7" t="s">
+        <v>1006</v>
+      </c>
+      <c r="C7" t="s">
+        <v>1007</v>
+      </c>
+      <c r="D7" t="s">
+        <v>1008</v>
+      </c>
+      <c r="E7" t="s">
+        <v>1009</v>
+      </c>
+      <c r="F7" t="s">
+        <v>12</v>
+      </c>
+      <c r="G7" t="s">
+        <v>1010</v>
+      </c>
+      <c r="H7" t="s">
+        <v>1011</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>