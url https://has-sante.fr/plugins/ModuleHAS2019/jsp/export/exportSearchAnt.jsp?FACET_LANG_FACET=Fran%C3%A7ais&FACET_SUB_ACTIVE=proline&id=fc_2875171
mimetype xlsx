--- v0 (2025-10-16)
+++ v1 (2025-11-30)
@@ -1,1696 +1,301 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
-[...5 lines deleted...]
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet8.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Avis sur les dispositifs" r:id="rId3" sheetId="1"/>
-[...6 lines deleted...]
-    <sheet name="Export Medicament" r:id="rId10" sheetId="8"/>
+    <sheet name="Export " r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Avis sur les dispositifs'!$B$1:$J$1</definedName>
-[...6 lines deleted...]
-    <definedName name="_xlnm._FilterDatabase" localSheetId="7" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="295" uniqueCount="173">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="32" uniqueCount="30">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Description</t>
-[...17 lines deleted...]
-    <t>04/01/2010 17:15:00</t>
+    <t>Studies and Reports</t>
+  </si>
+  <si>
+    <t>Immunological and virological aspects of SARS-CoV-2 - Genetic variability, immune responses, vaccine platforms and animal models</t>
+  </si>
+  <si>
+    <t>Mobilized since the start of the health crisis, the HAS is now offering a summary of the state of knowledge on the Sars-Cov-2 virus, the immune response observed during infection and vaccine avenues. This document - which is neither an opinion nor a recommendation - will be updated regularly, based on new data available. Scientific work to understand Covid-19 is helping to understand this disease a little more every day, which was still unknown a year ago. What is Sars-Cov-2? How does the body fight this virus? Is the type of immune response triggered by this virus the same as for colds? How to explain the appearance of severe forms? What types of vaccines are in development? What is the difference between the technologies used? ... For the sake of transparency and availability of information, the HAS and its experts have compiled a summary bringing together the scientific data published on the subject and are now making it available on their website. website. This document is an educational tool intended for healthcare professionals, decision-makers, the media and the general public. It also forms a basis for HAS itself to inform its work on vaccines. It will require regular updating to incorporate new knowledge gained internationally.</t>
+  </si>
+  <si>
+    <t>12/01/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>12/01/2020 11:53:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_896367/fr/clinutren-repair-cnedimts-du-08-decembre-2009-2244</t>
-[...116 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_546549/fr/strategie-de-prise-en-charge-en-cas-de-denutrition-proteino-energetique-chez-la-personne-agee</t>
+    <t>https://www.has-sante.fr/jcms/p_3221567/en/immunological-and-virological-aspects-of-sars-cov-2-genetic-variability-immune-responses-vaccine-platforms-and-animal-models</t>
+  </si>
+  <si>
+    <t>p_3221567</t>
+  </si>
+  <si>
+    <t>Practice guidelines</t>
+  </si>
+  <si>
+    <t>Malnutrition in the elderly - Nutritional support strategy</t>
+  </si>
+  <si>
+    <t>To provide a guide for health professionals to assist management of elderly subjects who are malnourished or at risk of malnutrition.</t>
+  </si>
+  <si>
+    <t>04/25/2007 00:00:00</t>
+  </si>
+  <si>
+    <t>06/26/2007 13:44:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_546549/en/malnutrition-in-the-elderly-nutritional-support-strategy</t>
   </si>
   <si>
     <t>c_546549</t>
   </si>
   <si>
-    <t>Evaluation des technologies de santé</t>
-[...32 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2823990/fr/dosage-de-la-vitamine-c-dans-le-sang</t>
+    <t>Health technology assessment</t>
+  </si>
+  <si>
+    <t>Vitamin C blood level testing - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>Vitamin C blood level is among the most carried out 60 tests on the additional list of the “Référentiel des actes innovants hors nomenclature” (RIHN, Reference Document for Innovative Procedures) Outside of the Nomenclature) in 2016, with over 40,000 tests reported to the French Ministry of Health by French healthcare facilities, i.e. a cost of over EUR one million (test referenced under codes K092, K093 and K174). While a severe and long-term vitamin C deficiency is known to lead to clinical manifestations characteristic of scurvy, this condition is currently very rare and its diagnosis does not explain this number of tests. However, other than scurvy, the indications that might explain the use of this test are not immediately clear, as evidenced by the results of a survey on hospital practices conducted by HAS at eleven healthcare facilities, which showed great differences in indications for prescription between organisations. Moreover, empirical administration of vitamin C is less expensive than the test and has no risk of toxicity at the standard recommended doses. In this context, HAS decided to take it upon itself to determine whether use of vitamin C blood level testing might justify inclusion in the “Nomenclature des actes de biologie médicale” (NABM, list of reimbursed biological procedures) in one or more of the primary contexts of use of this test reported by healthcare facilities, namely: bariatric surgery, malnutrition, gastrointestinal malabsorption, artificial nutrition and dialysis. Laboratory confirmation of a clinically suspected diagnosis of scurvy was considered a recognised indication</t>
+  </si>
+  <si>
+    <t>05/02/2018 00:00:00</t>
+  </si>
+  <si>
+    <t>06/08/2018 09:52:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2823990/en/vitamin-c-blood-level-testing-inahta-brief</t>
   </si>
   <si>
     <t>c_2823990</t>
-  </si>
-[...307 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_400985/fr/np2-enfants-ap-hp-solution-pour-perfusion-flacons-en-verre-de-500-ml-cip-567-667-6</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId10" Target="worksheets/sheet8.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId8" Target="worksheets/sheet6.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId9" Target="worksheets/sheet7.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:J2"/>
+  <dimension ref="A1:H4"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
-      <c r="I1" t="s">
-[...4 lines deleted...]
-      </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
+        <v>8</v>
+      </c>
+      <c r="B2" t="s">
+        <v>9</v>
+      </c>
+      <c r="C2" t="s">
         <v>10</v>
       </c>
-      <c r="B2" t="s">
+      <c r="D2" t="s">
         <v>11</v>
       </c>
-      <c r="C2" t="s">
+      <c r="E2" t="s">
         <v>12</v>
       </c>
-      <c r="D2" t="s">
+      <c r="F2" t="s">
         <v>13</v>
       </c>
-      <c r="E2" t="s">
+      <c r="G2" t="s">
         <v>14</v>
       </c>
-      <c r="F2" t="s">
+      <c r="H2" t="s">
         <v>15</v>
-      </c>
-[...76 lines deleted...]
-        <v>24</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
+        <v>16</v>
+      </c>
+      <c r="B3" t="s">
+        <v>17</v>
+      </c>
+      <c r="C3" t="s">
+        <v>18</v>
+      </c>
+      <c r="D3" t="s">
         <v>19</v>
       </c>
-      <c r="B3" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E3" t="s">
-        <v>27</v>
+        <v>20</v>
       </c>
       <c r="F3" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>28</v>
+        <v>21</v>
       </c>
       <c r="H3" t="s">
-        <v>29</v>
+        <v>22</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
       <c r="B4" t="s">
-        <v>30</v>
+        <v>24</v>
       </c>
       <c r="C4" t="s">
-        <v>31</v>
+        <v>25</v>
       </c>
       <c r="D4" t="s">
-        <v>15</v>
+        <v>26</v>
       </c>
       <c r="E4" t="s">
-        <v>32</v>
+        <v>27</v>
       </c>
       <c r="F4" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>33</v>
+        <v>28</v>
       </c>
       <c r="H4" t="s">
-        <v>34</v>
-[...77 lines deleted...]
-        <v>49</v>
+        <v>29</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-[...787 lines deleted...]
-
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>