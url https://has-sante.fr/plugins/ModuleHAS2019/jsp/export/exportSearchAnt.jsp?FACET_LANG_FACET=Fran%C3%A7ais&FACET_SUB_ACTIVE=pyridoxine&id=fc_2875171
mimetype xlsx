--- v0 (2025-10-16)
+++ v1 (2025-12-02)
@@ -1,436 +1,2307 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet5.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet6.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet7.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export " r:id="rId3" sheetId="1"/>
+    <sheet name="Export Avis sur les dispositifs" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Recommandation en santé " r:id="rId4" sheetId="2"/>
+    <sheet name="Export Guide maladie chronique" r:id="rId5" sheetId="3"/>
+    <sheet name="Export Recommandation de bonne " r:id="rId6" sheetId="4"/>
+    <sheet name="Export Evaluation des technolog" r:id="rId7" sheetId="5"/>
+    <sheet name="Export évènement de calendrier" r:id="rId8" sheetId="6"/>
+    <sheet name="Export Medicament" r:id="rId9" sheetId="7"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Avis sur les dispositifs'!$B$1:$J$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Recommandation en santé '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="6" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="56" uniqueCount="49">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="413" uniqueCount="259">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Chronic disease guide</t>
-[...11 lines deleted...]
-    <t>02/28/2024 16:26:00</t>
+    <t>Description</t>
+  </si>
+  <si>
+    <t>Laboratoire / Fabricant</t>
+  </si>
+  <si>
+    <t>Avis sur les dispositifs médicaux et autres produits de santé</t>
+  </si>
+  <si>
+    <t>NUTRI-ENERGIE - 17 avril 2012 (4227) avis</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3408871/en/care-pathway-guide-overweight-and-obesity-in-adults</t>
+    <t>17/04/2012 00:00:00</t>
+  </si>
+  <si>
+    <t>24/04/2012 09:13:41</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1222315/fr/nutri-energie-17-avril-2012-4227-avis</t>
+  </si>
+  <si>
+    <t>c_1222315</t>
+  </si>
+  <si>
+    <t>ALISCIENCE (France)</t>
+  </si>
+  <si>
+    <t>NUTRI-ENERGIE + - 17 avril 2012 (4247) avis</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1222317/fr/nutri-energie-17-avril-2012-4247-avis</t>
+  </si>
+  <si>
+    <t>c_1222317</t>
+  </si>
+  <si>
+    <t>Recommandation en santé publique</t>
+  </si>
+  <si>
+    <t>Évaluation a priori de l’extension du dépistage néonatal à une ou plusieurs erreurs innées du métabolisme par spectrométrie de masse en tandem. Volet 2</t>
+  </si>
+  <si>
+    <t>Le dépistage néonatal est une intervention de santé publique visant à détecter dès la naissance certaines maladies rares mais graves. L’enjeu est de mettre en œuvre, avant l’apparition de symptômes, des mesures appropriées afin d’éviter ou de limiter les conséquences négatives de ces maladies sur la santé des enfants.</t>
+  </si>
+  <si>
+    <t>22/01/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>03/02/2020 10:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2866458/fr/evaluation-a-priori-de-l-extension-du-depistage-neonatal-a-une-ou-plusieurs-erreurs-innees-du-metabolisme-par-spectrometrie-de-masse-en-tandem-volet-2</t>
+  </si>
+  <si>
+    <t>c_2866458</t>
+  </si>
+  <si>
+    <t>Stratégies thérapeutiques d'aide au sevrage tabagique : efficacité, efficience et prise en charge financière</t>
+  </si>
+  <si>
+    <t>Les bénéfices de l'arrêt du tabac ont été clairement démontrés en termes de mortalité comme de morbidité. Parce que le tabagisme est un comportement renforcé par une dépendance, dont la nicotine est principalement responsable, seule une minorité de fumeurs parvient à une abstinence permanente dès la première tentative d'arrêt. Une aide au sevrage tabagique s'avère dès lors indispensable afin d'accompagner le fumeur dans sa tentative d'arrêt. A la demande de M. le Ministre de la Santé et des Solidarités, la Haute Autorité de Santé a évalué dans le cadre de ce rapport : L'efficacité et l'efficience de l'ensemble des thérapeutiques disponibles dans l'aide au sevrage tabagique et la stratégie thérapeutique recommandée; L'impact attendu du remboursement de ces traitements sur l'accès au sevrage et les résultats de celui-ci, notamment dans les populations les plus à risque; La thérapeutique à privilégier et les populations à cibler en priorité dans le cas où une prise en charge serait envisagée. Ce document a été élaboré à partir d'une synthèse des recommandations de pratique clinique existantes et d'une revue de la littérature non exhaustive.</t>
+  </si>
+  <si>
+    <t>18/01/2007 00:00:00</t>
+  </si>
+  <si>
+    <t>23/01/2007 12:21:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_477515/fr/strategies-therapeutiques-d-aide-au-sevrage-tabagique-efficacite-efficience-et-prise-en-charge-financiere</t>
+  </si>
+  <si>
+    <t>c_477515</t>
+  </si>
+  <si>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Maladie de Menkes et autres maladies du métabolisme du cuivre, hors maladie de Wilson</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient admis en ALD au titre de l’ALD 17 : Maladies métaboliques héréditaires nécessitant un traitement prolongé spécialisé. Ce PNDS est limité à la maladie de Menkes et aux autres maladies métaboliques liées à des anomalies du métabolisme du cuivre, hors maladie de Wilson Il a été élaboré par le Centre de référence des maladies métaboliques de Nancy et Centre de référence de la maladie de Wilson et autres maladies rares liées au cuivre à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>02/12/2024 14:18:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3563444/fr/maladie-de-menkes-et-autres-maladies-du-metabolisme-du-cuivre-hors-maladie-de-wilson</t>
+  </si>
+  <si>
+    <t>p_3563444</t>
+  </si>
+  <si>
+    <t>Guide du parcours de soins : surpoids et obésité de l'adulte</t>
+  </si>
+  <si>
+    <t>Ce guide décrit les soins, l’accompagnement et le suivi global de l’adulte en situation de surpoids ou d’obésité. Il réaffirme l’importance d’un dépistage précoce couplé à une évaluation des habitudes de vie. Il détaille le rôle des professionnels (santé, champ social et médicosocial, activité physique adaptée, santé au travail) et revient sur les situations dans lesquelles le médecin traitant peut les solliciter.</t>
+  </si>
+  <si>
+    <t>08/02/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>28/02/2024 16:26:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3408871/fr/guide-du-parcours-de-soins-surpoids-et-obesite-de-l-adulte</t>
   </si>
   <si>
     <t>p_3408871</t>
   </si>
   <si>
-    <t>Public Health guideline</t>
-[...35 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_953959/en/autism-and-other-pdds-coordinated-education-and-treatment-interventions-in-children-and-adolescents</t>
+    <t>Hyperoxalurie</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d'Hyperoxalurie. Il a été élaboré par le Centre de Référence des Maladies Rénales rares Sous l’égide de la filière ORKiD à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>23/03/2023 10:32:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3403890/fr/hyperoxalurie</t>
+  </si>
+  <si>
+    <t>p_3403890</t>
+  </si>
+  <si>
+    <t>Homocystinurie par déficit en cytathionine-bêta-synthase (CBS)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d'Homocystinurie par déficit en cytathionine-bêta-synthase (CBS). Il a été élaboré par la Filière de Santé Maladies Rares G2M à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>13/12/2022 11:52:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3385221/fr/homocystinurie-par-deficit-en-cytathionine-beta-synthase-cbs</t>
+  </si>
+  <si>
+    <t>p_3385221</t>
+  </si>
+  <si>
+    <t>Epilepsies néonatales</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’épilepsie néonatale sévère, et en particulier d’Encéphalopathie Développementale avec Épilepsie débutant pendant la période néonatale (EDEIP). Il a été élaboré par le Centre de Référence Epilepsies Rares à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>12/12/2022 17:27:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3390314/fr/epilepsies-neonatales</t>
+  </si>
+  <si>
+    <t>p_3390314</t>
+  </si>
+  <si>
+    <t>Epilepsies vitamino-sensibles</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’épilepsie vitamino-sensible. Il a été élaboré par le Centre de référence des Epilepsies rares (CRMR Lille, Marseille) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>02/08/2022 15:39:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3358939/fr/epilepsies-vitamino-sensibles</t>
+  </si>
+  <si>
+    <t>p_3358939</t>
+  </si>
+  <si>
+    <t>Lithiase urinaire de l’enfant</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient pédiatrique présentant des lithiases rénales ou des voies urinaires. Il a été élaboré par le Centre de Référence des Maladies Rénales rares Sous l’égide de la filière ORKiD à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>04/11/2021 12:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3296532/fr/lithiase-urinaire-de-l-enfant</t>
+  </si>
+  <si>
+    <t>p_3296532</t>
+  </si>
+  <si>
+    <t>Neuropathies optiques héréditaires</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint de Neuropathies optiques héréditaires. Il a été élaboré par le centre de Référence des maladies rares en ophtalmologie OPHTARA à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>28/07/2021 14:09:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3280107/fr/neuropathies-optiques-hereditaires</t>
+  </si>
+  <si>
+    <t>p_3280107</t>
+  </si>
+  <si>
+    <t>Hypophosphatasie</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’hypophosphatasie (HPP). Il a été élaboré par le centres de Référence Maladies Rares (CRMR) de la filière OSCAR à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>28/07/2021 11:41:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3280131/fr/hypophosphatasie</t>
+  </si>
+  <si>
+    <t>p_3280131</t>
+  </si>
+  <si>
+    <t>La Cystinurie</t>
+  </si>
+  <si>
+    <t>24/10/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>28/10/2019 08:35:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3115042/fr/la-cystinurie</t>
+  </si>
+  <si>
+    <t>p_3115042</t>
+  </si>
+  <si>
+    <t>Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Obésité de l’adulte : prise en charge de 2e et 3e niveaux</t>
+  </si>
+  <si>
+    <t>La HAS publie des recommandations de bonnes pratiques pour améliorer la qualité de la prise en charge de 2e et 3e niveaux des adultes en situation d’obésité complexe ou sévère. L’objectif est d’améliorer la santé du patient et de lui permettre de revenir à un niveau de sévérité inférieur.</t>
+  </si>
+  <si>
+    <t>23/06/2022 11:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3346001/fr/obesite-de-l-adulte-prise-en-charge-de-2e-et-3e-niveaux</t>
+  </si>
+  <si>
+    <t>p_3346001</t>
+  </si>
+  <si>
+    <t>Épilepsies : Prise en charge des enfants et des adultes</t>
+  </si>
+  <si>
+    <t>Les objectifs de la recommandation "Épilepsies : Prise en charge des enfants et des adultes" sont d’améliorer la prise en charge diagnostique et thérapeutique initiale ainsi que le suivi des enfants et adultes ayant une épilepsie, avec une attention particulière au diagnostic et au traitement de l’épilepsie associée à des troubles psychiatriques.</t>
+  </si>
+  <si>
+    <t>08/10/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>26/11/2020 09:12:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3214468/fr/epilepsies-prise-en-charge-des-enfants-et-des-adultes</t>
+  </si>
+  <si>
+    <t>p_3214468</t>
+  </si>
+  <si>
+    <t>Prévention vasculaire après un infarctus cérébral ou un accident ischémique transitoire</t>
+  </si>
+  <si>
+    <t>Les recommandations portent sur la prévention secondaire des événements vasculaires (accident vasculaire cérébral, infarctus du myocarde et décès d’origine vasculaire), parce que l’infarctus cérébral confère non seulement un risque élevé de récidive, mais aussi un risque conséquent d’infarctus du myocarde et de décès d’origine vasculaire.</t>
+  </si>
+  <si>
+    <t>07/06/2018 00:00:00</t>
+  </si>
+  <si>
+    <t>13/06/2018 16:46:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1252051/fr/prevention-vasculaire-apres-un-infarctus-cerebral-ou-un-accident-ischemique-transitoire</t>
+  </si>
+  <si>
+    <t>c_1252051</t>
+  </si>
+  <si>
+    <t>Autisme et autres troubles envahissants du développement : interventions éducatives et thérapeutiques coordonnées chez l’enfant et l’adolescent</t>
+  </si>
+  <si>
+    <t>Cette recommandation a pour objectif principal l’amélioration des pratiques des équipes amenées à mettre en œuvre les interventions auprès des enfants/adolescents avec TED, en particulier de mieux évaluer les besoins et ressources individuels de l’enfant et de sa famille, dans chacun des domaines de fonctionnement et de participation habituellement touchés par les répercussions des TED en vue de proposer un projet personnalisé d’interventions coordonnées considérées pertinentes pour répondre à ces besoins. Cette recommandation vise à répondre aux questions suivantes : - Quels sont les domaines du fonctionnement et de la participation de l’enfant ou de l’adolescent dans lesquels une évaluation régulière de son développement est nécessaire pour appréhender au mieux ses besoins et ses ressources ? - Quelles interventions proposer en fonction des besoins repérés dans chacun des domaines identifiés ? - Comment assurer l’organisation optimale des interventions et du parcours de l’enfant ou de l’adolescent ? Ces recommandations sont également disponibles sur le site www.anesm.sante.gouv.fr, au format des recommandations de l'Anesm.</t>
+  </si>
+  <si>
+    <t>07/03/2012 00:00:00</t>
+  </si>
+  <si>
+    <t>08/03/2012 16:15:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_953959/fr/autisme-et-autres-troubles-envahissants-du-developpement-interventions-educatives-et-therapeutiques-coordonnees-chez-l-enfant-et-l-adolescent</t>
   </si>
   <si>
     <t>c_953959</t>
   </si>
   <si>
-    <t>Malnutrition in the elderly - Nutritional support strategy</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_546549/en/malnutrition-in-the-elderly-nutritional-support-strategy</t>
+    <t>Stratégie de prise en charge en cas de dénutrition protéino-énergétique chez la personne âgée</t>
+  </si>
+  <si>
+    <t>Élaborer un outil pratique de repérage et de prise en charge de la personne âgée dénutrie ou à risque de dénutrition. Ces recommandations sont complétées par une série de critères de qualité pour l'évaluation et l'amélioration des pratiques professionnelles.</t>
+  </si>
+  <si>
+    <t>25/04/2007 00:00:00</t>
+  </si>
+  <si>
+    <t>26/06/2007 13:44:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_546549/fr/strategie-de-prise-en-charge-en-cas-de-denutrition-proteino-energetique-chez-la-personne-agee</t>
   </si>
   <si>
     <t>c_546549</t>
   </si>
   <si>
-    <t>Improving information provision for pregnant women</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_454394/en/improving-information-provision-for-pregnant-women</t>
+    <t>Comment mieux informer les femmes enceintes ?</t>
+  </si>
+  <si>
+    <t>Ces recommandations décrivent l’ensemble des informations que les professionnels de santé impliqués en périnatalité doivent donner à la femme enceinte lors des consultations prénatales à l’occasion du suivi médical, ainsi que les conditions de délivrance de cette information. Elles permettent aux professionnels de santé de bien informer la femme enceinte et le couple afin de les aider à prendre des décisions dans le cadre du suivi de la grossesse et de la naissance.</t>
+  </si>
+  <si>
+    <t>01/04/2005 00:00:00</t>
+  </si>
+  <si>
+    <t>01/04/2005 00:10:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_454394/fr/comment-mieux-informer-les-femmes-enceintes</t>
   </si>
   <si>
     <t>c_454394</t>
   </si>
   <si>
-    <t>Health technology assessment</t>
-[...14 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_1522566/en/assessment-of-the-risks-associated-with-aesthetic-mesotherapy-practices</t>
+    <t>Evaluation des technologies de santé</t>
+  </si>
+  <si>
+    <t>Séquençage haut débit ciblant un panel de gènes dans la prise en charge médicale des aminoacidopathies les plus fréquentes - rapport d'évaluation</t>
+  </si>
+  <si>
+    <t>Evaluer l’intérêt et la place du séquençage au débit (NGS) au sein de la stratégie diagnostique des aminoacidopathies suivantes : phénylcétonurie, troubles du cycle de l’urée, leucinose, tyrosinémie de type 1 et homocystinurie par déficit en CBS, chez les adultes et les enfants suspectés d’être atteints ou à défaut déjà atteints de l’une de ces aminoacidopathies</t>
+  </si>
+  <si>
+    <t>17/07/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>29/07/2025 17:07:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3639045/fr/sequencage-haut-debit-ciblant-un-panel-de-genes-dans-la-prise-en-charge-medicale-des-aminoacidopathies-les-plus-frequentes-rapport-d-evaluation</t>
+  </si>
+  <si>
+    <t>p_3639045</t>
+  </si>
+  <si>
+    <t>Évaluation des risques liés aux pratiques de mésothérapie à visée esthétique - Rapport d'évaluation</t>
+  </si>
+  <si>
+    <t>Évaluation des risques liés à la pratique de mésothérapie à visée esthétique</t>
+  </si>
+  <si>
+    <t>25/06/2014 00:00:00</t>
+  </si>
+  <si>
+    <t>22/07/2014 15:42:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1522566/fr/evaluation-des-risques-lies-aux-pratiques-de-mesotherapie-a-visee-esthetique-rapport-d-evaluation</t>
   </si>
   <si>
     <t>c_1522566</t>
+  </si>
+  <si>
+    <t>Type d'évènement</t>
+  </si>
+  <si>
+    <t>Evénement de Calendrier</t>
+  </si>
+  <si>
+    <t>Commission de la Transparence - Réunion  du 17 novembre 2021</t>
+  </si>
+  <si>
+    <t>04/11/2021 15:15:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3296677/fr/commission-de-la-transparence-reunion-du-17-novembre-2021</t>
+  </si>
+  <si>
+    <t>p_3296677</t>
+  </si>
+  <si>
+    <t>Commission</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 30 juin 2010</t>
+  </si>
+  <si>
+    <t>30/06/2010 16:58:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_962972/fr/commission-de-la-transparence-reunion-du-30-juin-2010</t>
+  </si>
+  <si>
+    <t>c_962972</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 18 novembre 2009</t>
+  </si>
+  <si>
+    <t>18/11/2009 10:45:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_882480/fr/commission-de-la-transparence-reunion-du-18-novembre-2009</t>
+  </si>
+  <si>
+    <t>c_882480</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 28 mai 2008</t>
+  </si>
+  <si>
+    <t>28/05/2008 16:36:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_665170/fr/commission-de-la-transparence-reunion-du-28-mai-2008</t>
+  </si>
+  <si>
+    <t>c_665170</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 10 octobre 2007</t>
+  </si>
+  <si>
+    <t>10/10/2007 16:36:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_592918/fr/commission-de-la-transparence-reunion-du-10-octobre-2007</t>
+  </si>
+  <si>
+    <t>c_592918</t>
+  </si>
+  <si>
+    <t>Substance active (DCI)</t>
+  </si>
+  <si>
+    <t>Avis sur les Médicaments</t>
+  </si>
+  <si>
+    <t>Médicament</t>
+  </si>
+  <si>
+    <t>VITAMINE B6 ARROW (Chlorhydrate de pyridoxine)</t>
+  </si>
+  <si>
+    <t>05/09/2019 17:10:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3100784/fr/vitamine-b6-arrow-chlorhydrate-de-pyridoxine</t>
+  </si>
+  <si>
+    <t>p_3100784</t>
+  </si>
+  <si>
+    <t>Chlorhydrate de pyridoxine</t>
+  </si>
+  <si>
+    <t>ARROW GENERIQUES</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3098047/fr/vitamine-b6-arrow-chlorhydrate-de-pyridoxine</t>
+  </si>
+  <si>
+    <t>VITAMINE (acétate d’alpha-tocophérol (vitamine E)/ acide ascorbique/ cholécalciférol/ cyanocobalamine/ nicotinamide (vitamine PP)...)</t>
+  </si>
+  <si>
+    <t>31/08/2018 14:35:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983155/fr/vitamine-acetate-d-alpha-tocopherol-vitamine-e-/-acide-ascorbique/-cholecalciferol/-cyanocobalamine/-nicotinamide-vitamine-pp</t>
+  </si>
+  <si>
+    <t>pprd_2983155</t>
+  </si>
+  <si>
+    <t>acétate d’alpha-tocophérol (vitamine E),acide ascorbique,cholécalciférol,cyanocobalamine,nicotinamide (vitamine PP),phytoménadione,pyridoxine (chlorhydrate),rétinol,thiamine (chlorhydrate),tout-rac-alpha-tocophéryle (acétate de),vitamine A synthétique (concentrat de) forme hydrodispersible,vitamine A synthétique (concentrat de), forme huileuse</t>
+  </si>
+  <si>
+    <t>ALLERGAN FRANCE SAS/ AGUETTANT/ BAYER SANTE FAMILIALE/ BOUCHARA RECORDATI/ CHAIX ET DU MARAIS/ CHEPLAPHARM FRANCE/ EUROPHTA/ G GAM/ GERDA/ GNR-Pharma/ LEXPHAR/ MERCK GENERIQUES/ MYLAN S.A.S/  NOVARTIS/ ROCHE S.A.S/ SANDOZ SAS/ SANOFI AVENTIS FRANCE/ THEA/ ZYDUS FRANCE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399041/fr/vitamine-b12-thea-0-05-pour-cent-cyanocobalamine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399040/fr/vitamine-b12-abak-cyanocobalamine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399206/fr/vitamine-b12-lavoisier-cyanocobalamine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399349/fr/vitamine-b12-allergan-cyanocobalamine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399669/fr/vitamine-e-gnr-acetate-d-alpha-tocopherol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399972/fr/vitamine-b12-aguettant-cyanocobalamine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399973/fr/vitamine-b6-aguettant-pyridoxine-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400601/fr/vitamine-e-g-gam-alpha-tocopherol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400602/fr/vitamine-e-gnr-alpha-tocopherol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400603/fr/vitamine-e-merck-alpha-tocopherol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400604/fr/vitamine-e-zydus-alpha-tocopherol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400179/fr/vitamine-c-10-pour-cent-aguettant-acide-ascorbique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400281/fr/vitamine-e-merck-acetate-d-alpha-tocopherol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400683/fr/vitamine-k1-roche-phytomenadione</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400684/fr/vitamine-k1-roche-phytomenadione</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_468434/fr/vitamine-a-dulcis-retinol-concentrat-huileux</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_461198/fr/vitamine-a-faure-vitamine-a-synthetique-concentrat-de-forme-hydrodispersible</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_663713/fr/vitamine-d3-bon-cholecalciferol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_666408/fr/vitamine-b12-gerda-cyanocobalamine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_666103/fr/vitamine-b12-delagrange-cyanocobalamine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_724616/fr/vitamine-pp-aguettant-nicotinamide-vitamine-pp</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_736844/fr/vitamine-e-nepalm-acetate-d-alpha-tocopherol-vitamine-e</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_736850/fr/vitamine-e-sandoz-acetate-d-alpha-tocopherol-vitamine-e</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_739774/fr/vitamine-b12-aguettant-cyanocobalamine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_952660/fr/vitamine-e-mylan-acetate-d-alpha-tocopherol-vitamine-e</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_964928/fr/vitamine-k1-nourrissons-vitamine-k1-roche-phytomenadione</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1046784/fr/vitamine-a-dulcis-vitamine-a-synthetique-forme-huileuse</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1060126/fr/vitamine-b1-b6-bayer-thiamine-chlorhydrate-/-pyridoxine-chlorhydrate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1241655/fr/vitamine-a-faure-vitamine-a-synthetique-concentrat-de-forme-hydrodispersible</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1277915/fr/vitamine-e-nepalm-acetate-d-alpha-tocopherol-vitamine-e</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1279658/fr/vitamine-a-nepalm-retinol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1323119/fr/vitamine-b12-delagrange-cyanocobalamine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1600991/fr/vitamine-d3-bon-cholecalciferol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1702546/fr/vitamine-b12-gerda-cyanocobalamine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1747538/fr/vitamine-e-sandoz-acetate-d-alpha-tocopherol-vitamine-e</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1778242/fr/vitamine-b12-lavoisier-cyanocobalamine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2044637/fr/vitamine-e-mylan-acetate-d-alpha-tocopherol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2627630/fr/vitamine-pp-aguettant-nicotinamide</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2658663/fr/vitamine-k1-roche-phytomenadione</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2658666/fr/vitamine-k1-roche-phytomenadione</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2729441/fr/vitamine-a-faure-retinol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2741818/fr/vitamine-a-dulcis-retinol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2796812/fr/vitamine-e-nepalm-acetate-d-alpha-tocopherol-vitamine-e</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2796806/fr/vitamine-a-nepalm-retinol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2796809/fr/vitamine-b12-delagrange-cyanocobalamine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2821759/fr/vitamine-b12-gerda-cyanocobalamine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2831886/fr/vitamine-d3-bon-cholecalciferol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2867428/fr/vitamine-k1-cheplapharm-phytomenadione</t>
+  </si>
+  <si>
+    <t>SOLUVIT (vitamines hydrosolubles : vitamine B1 (thiamine) ; vitamine B2 (ribofl...)</t>
+  </si>
+  <si>
+    <t>20/07/2016 19:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984038/fr/soluvit-vitamines-hydrosolubles-vitamine-b1-thiamine-vitamine-b2-ribofl</t>
+  </si>
+  <si>
+    <t>pprd_2984038</t>
+  </si>
+  <si>
+    <t>vitamines hydrosolubles : vitamine B1 (thiamine) ; vitamine B2 (riboflavine) ; vitamine B3 (PP) ; vitamine B5 (acide pantothénique) ; vitamine B6 (pyridoxine) ; vitamine B12 ; vitamine C ; acide folique ; biotine.</t>
+  </si>
+  <si>
+    <t>FRESENIUS KABI FRANCE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_995086/fr/soluvit-vitamines-hydrosolubles-vitamine-b1-thiamine-vitamine-b2-ribofl</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2656379/fr/soluvit-vitamines-hydrosolubles-vitamine-b1-thiamine-vitamine-b2-ribofl</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400674/fr/soluvit-lyophilisat-pour-usage-parenteral-flacon-verre-de-10-ml-boite-de-10-flacons-code-cip-367-669-5</t>
+  </si>
+  <si>
+    <t>VITAMINES B1 B6 BAYER (thiamine, pyridoxine)</t>
+  </si>
+  <si>
+    <t>01/06/2010 16:40:48</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985277/fr/vitamines-b1-b6-bayer-thiamine-pyridoxine</t>
+  </si>
+  <si>
+    <t>pprd_2985277</t>
+  </si>
+  <si>
+    <t>thiamine, pyridoxine</t>
+  </si>
+  <si>
+    <t>Laboratoire BAYER SANTE FAMILIALE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_954787/fr/vitamines-b1-b6-bayer-thiamine-pyridoxine</t>
+  </si>
+  <si>
+    <t>PRINCI B (thiamine/ pyridoxine)</t>
+  </si>
+  <si>
+    <t>28/01/2011 10:41:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985311/fr/princi-b-thiamine/-pyridoxine</t>
+  </si>
+  <si>
+    <t>pprd_2985311</t>
+  </si>
+  <si>
+    <t>thiamine,pyridoxine</t>
+  </si>
+  <si>
+    <t>Laboratoire SERP</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_900463/fr/princi-b-thiamine/-pyridoxine</t>
+  </si>
+  <si>
+    <t>DERMO 6 (pyridoxine)</t>
+  </si>
+  <si>
+    <t>30/06/2004 15:05:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985784/fr/dermo-6-pyridoxine</t>
+  </si>
+  <si>
+    <t>pprd_2985784</t>
+  </si>
+  <si>
+    <t>pyridoxine</t>
+  </si>
+  <si>
+    <t>PHARMA DEVELOPPEMENT</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400436/fr/dermo-6-pyridoxine</t>
+  </si>
+  <si>
+    <t>CYSTINE B6 BAILLEUL (cystine/ pyridoxine)</t>
+  </si>
+  <si>
+    <t>15/09/2005 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985786/fr/cystine-b6-bailleul-cystine/-pyridoxine</t>
+  </si>
+  <si>
+    <t>pprd_2985786</t>
+  </si>
+  <si>
+    <t>cystine,pyridoxine</t>
+  </si>
+  <si>
+    <t>BAILLEUL</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400432/fr/cystine-b6-bailleul-cystine/-pyridoxine</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId8" Target="worksheets/sheet6.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId9" Target="worksheets/sheet7.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H7"/>
+  <dimension ref="A1:J3"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
+      <c r="I1" t="s">
+        <v>8</v>
+      </c>
+      <c r="J1" t="s">
+        <v>9</v>
+      </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>8</v>
+        <v>10</v>
       </c>
       <c r="B2" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
       <c r="C2" t="s">
-        <v>10</v>
+        <v>12</v>
       </c>
       <c r="D2" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="F2" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G2" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="H2" t="s">
-        <v>15</v>
+        <v>16</v>
+      </c>
+      <c r="I2" t="s">
+        <v>12</v>
+      </c>
+      <c r="J2" t="s">
+        <v>17</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
       <c r="B3" t="s">
+        <v>18</v>
+      </c>
+      <c r="C3" t="s">
+        <v>12</v>
+      </c>
+      <c r="D3" t="s">
+        <v>13</v>
+      </c>
+      <c r="E3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F3" t="s">
+        <v>12</v>
+      </c>
+      <c r="G3" t="s">
+        <v>19</v>
+      </c>
+      <c r="H3" t="s">
+        <v>20</v>
+      </c>
+      <c r="I3" t="s">
+        <v>12</v>
+      </c>
+      <c r="J3" t="s">
         <v>17</v>
       </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:J1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H3"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>21</v>
+      </c>
+      <c r="B2" t="s">
+        <v>22</v>
+      </c>
+      <c r="C2" t="s">
+        <v>23</v>
+      </c>
+      <c r="D2" t="s">
+        <v>24</v>
+      </c>
+      <c r="E2" t="s">
+        <v>25</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>26</v>
+      </c>
+      <c r="H2" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>21</v>
+      </c>
+      <c r="B3" t="s">
+        <v>28</v>
+      </c>
       <c r="C3" t="s">
-        <v>18</v>
+        <v>29</v>
       </c>
       <c r="D3" t="s">
-        <v>19</v>
+        <v>30</v>
       </c>
       <c r="E3" t="s">
-        <v>20</v>
+        <v>31</v>
       </c>
       <c r="F3" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G3" t="s">
-        <v>21</v>
+        <v>32</v>
       </c>
       <c r="H3" t="s">
-        <v>22</v>
+        <v>33</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H11"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>34</v>
+      </c>
+      <c r="B2" t="s">
+        <v>35</v>
+      </c>
+      <c r="C2" t="s">
+        <v>36</v>
+      </c>
+      <c r="D2" t="s">
+        <v>12</v>
+      </c>
+      <c r="E2" t="s">
+        <v>37</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>38</v>
+      </c>
+      <c r="H2" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>34</v>
+      </c>
+      <c r="B3" t="s">
+        <v>40</v>
+      </c>
+      <c r="C3" t="s">
+        <v>41</v>
+      </c>
+      <c r="D3" t="s">
+        <v>42</v>
+      </c>
+      <c r="E3" t="s">
+        <v>43</v>
+      </c>
+      <c r="F3" t="s">
+        <v>12</v>
+      </c>
+      <c r="G3" t="s">
+        <v>44</v>
+      </c>
+      <c r="H3" t="s">
+        <v>45</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>23</v>
+        <v>34</v>
       </c>
       <c r="B4" t="s">
-        <v>24</v>
+        <v>46</v>
       </c>
       <c r="C4" t="s">
-        <v>25</v>
+        <v>47</v>
       </c>
       <c r="D4" t="s">
-        <v>26</v>
+        <v>12</v>
       </c>
       <c r="E4" t="s">
-        <v>27</v>
+        <v>48</v>
       </c>
       <c r="F4" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G4" t="s">
-        <v>28</v>
+        <v>49</v>
       </c>
       <c r="H4" t="s">
-        <v>29</v>
+        <v>50</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>23</v>
+        <v>34</v>
       </c>
       <c r="B5" t="s">
-        <v>30</v>
+        <v>51</v>
       </c>
       <c r="C5" t="s">
-        <v>31</v>
+        <v>52</v>
       </c>
       <c r="D5" t="s">
-        <v>32</v>
+        <v>12</v>
       </c>
       <c r="E5" t="s">
-        <v>33</v>
+        <v>53</v>
       </c>
       <c r="F5" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G5" t="s">
-        <v>34</v>
+        <v>54</v>
       </c>
       <c r="H5" t="s">
-        <v>35</v>
+        <v>55</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>23</v>
+        <v>34</v>
       </c>
       <c r="B6" t="s">
-        <v>36</v>
+        <v>56</v>
       </c>
       <c r="C6" t="s">
-        <v>37</v>
+        <v>57</v>
       </c>
       <c r="D6" t="s">
-        <v>38</v>
+        <v>12</v>
       </c>
       <c r="E6" t="s">
-        <v>39</v>
+        <v>58</v>
       </c>
       <c r="F6" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G6" t="s">
-        <v>40</v>
+        <v>59</v>
       </c>
       <c r="H6" t="s">
-        <v>41</v>
+        <v>60</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>42</v>
+        <v>34</v>
       </c>
       <c r="B7" t="s">
-        <v>43</v>
+        <v>61</v>
       </c>
       <c r="C7" t="s">
-        <v>44</v>
+        <v>62</v>
       </c>
       <c r="D7" t="s">
-        <v>45</v>
+        <v>12</v>
       </c>
       <c r="E7" t="s">
-        <v>46</v>
+        <v>63</v>
       </c>
       <c r="F7" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G7" t="s">
-        <v>47</v>
+        <v>64</v>
       </c>
       <c r="H7" t="s">
-        <v>48</v>
+        <v>65</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>34</v>
+      </c>
+      <c r="B8" t="s">
+        <v>66</v>
+      </c>
+      <c r="C8" t="s">
+        <v>67</v>
+      </c>
+      <c r="D8" t="s">
+        <v>12</v>
+      </c>
+      <c r="E8" t="s">
+        <v>68</v>
+      </c>
+      <c r="F8" t="s">
+        <v>12</v>
+      </c>
+      <c r="G8" t="s">
+        <v>69</v>
+      </c>
+      <c r="H8" t="s">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>34</v>
+      </c>
+      <c r="B9" t="s">
+        <v>71</v>
+      </c>
+      <c r="C9" t="s">
+        <v>72</v>
+      </c>
+      <c r="D9" t="s">
+        <v>12</v>
+      </c>
+      <c r="E9" t="s">
+        <v>73</v>
+      </c>
+      <c r="F9" t="s">
+        <v>12</v>
+      </c>
+      <c r="G9" t="s">
+        <v>74</v>
+      </c>
+      <c r="H9" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>34</v>
+      </c>
+      <c r="B10" t="s">
+        <v>76</v>
+      </c>
+      <c r="C10" t="s">
+        <v>77</v>
+      </c>
+      <c r="D10" t="s">
+        <v>12</v>
+      </c>
+      <c r="E10" t="s">
+        <v>78</v>
+      </c>
+      <c r="F10" t="s">
+        <v>12</v>
+      </c>
+      <c r="G10" t="s">
+        <v>79</v>
+      </c>
+      <c r="H10" t="s">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>34</v>
+      </c>
+      <c r="B11" t="s">
+        <v>81</v>
+      </c>
+      <c r="C11" t="s">
+        <v>12</v>
+      </c>
+      <c r="D11" t="s">
+        <v>82</v>
+      </c>
+      <c r="E11" t="s">
+        <v>83</v>
+      </c>
+      <c r="F11" t="s">
+        <v>12</v>
+      </c>
+      <c r="G11" t="s">
+        <v>84</v>
+      </c>
+      <c r="H11" t="s">
+        <v>85</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H7"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>86</v>
+      </c>
+      <c r="B2" t="s">
+        <v>87</v>
+      </c>
+      <c r="C2" t="s">
+        <v>88</v>
+      </c>
+      <c r="D2" t="s">
+        <v>42</v>
+      </c>
+      <c r="E2" t="s">
+        <v>89</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>90</v>
+      </c>
+      <c r="H2" t="s">
+        <v>91</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>86</v>
+      </c>
+      <c r="B3" t="s">
+        <v>92</v>
+      </c>
+      <c r="C3" t="s">
+        <v>93</v>
+      </c>
+      <c r="D3" t="s">
+        <v>94</v>
+      </c>
+      <c r="E3" t="s">
+        <v>95</v>
+      </c>
+      <c r="F3" t="s">
+        <v>12</v>
+      </c>
+      <c r="G3" t="s">
+        <v>96</v>
+      </c>
+      <c r="H3" t="s">
+        <v>97</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>86</v>
+      </c>
+      <c r="B4" t="s">
+        <v>98</v>
+      </c>
+      <c r="C4" t="s">
+        <v>99</v>
+      </c>
+      <c r="D4" t="s">
+        <v>100</v>
+      </c>
+      <c r="E4" t="s">
+        <v>101</v>
+      </c>
+      <c r="F4" t="s">
+        <v>12</v>
+      </c>
+      <c r="G4" t="s">
+        <v>102</v>
+      </c>
+      <c r="H4" t="s">
+        <v>103</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>86</v>
+      </c>
+      <c r="B5" t="s">
+        <v>104</v>
+      </c>
+      <c r="C5" t="s">
+        <v>105</v>
+      </c>
+      <c r="D5" t="s">
+        <v>106</v>
+      </c>
+      <c r="E5" t="s">
+        <v>107</v>
+      </c>
+      <c r="F5" t="s">
+        <v>12</v>
+      </c>
+      <c r="G5" t="s">
+        <v>108</v>
+      </c>
+      <c r="H5" t="s">
+        <v>109</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>86</v>
+      </c>
+      <c r="B6" t="s">
+        <v>110</v>
+      </c>
+      <c r="C6" t="s">
+        <v>111</v>
+      </c>
+      <c r="D6" t="s">
+        <v>112</v>
+      </c>
+      <c r="E6" t="s">
+        <v>113</v>
+      </c>
+      <c r="F6" t="s">
+        <v>12</v>
+      </c>
+      <c r="G6" t="s">
+        <v>114</v>
+      </c>
+      <c r="H6" t="s">
+        <v>115</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>86</v>
+      </c>
+      <c r="B7" t="s">
+        <v>116</v>
+      </c>
+      <c r="C7" t="s">
+        <v>117</v>
+      </c>
+      <c r="D7" t="s">
+        <v>118</v>
+      </c>
+      <c r="E7" t="s">
+        <v>119</v>
+      </c>
+      <c r="F7" t="s">
+        <v>12</v>
+      </c>
+      <c r="G7" t="s">
+        <v>120</v>
+      </c>
+      <c r="H7" t="s">
+        <v>121</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H3"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>122</v>
+      </c>
+      <c r="B2" t="s">
+        <v>123</v>
+      </c>
+      <c r="C2" t="s">
+        <v>124</v>
+      </c>
+      <c r="D2" t="s">
+        <v>125</v>
+      </c>
+      <c r="E2" t="s">
+        <v>126</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>127</v>
+      </c>
+      <c r="H2" t="s">
+        <v>128</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>122</v>
+      </c>
+      <c r="B3" t="s">
+        <v>129</v>
+      </c>
+      <c r="C3" t="s">
+        <v>130</v>
+      </c>
+      <c r="D3" t="s">
+        <v>131</v>
+      </c>
+      <c r="E3" t="s">
+        <v>132</v>
+      </c>
+      <c r="F3" t="s">
+        <v>12</v>
+      </c>
+      <c r="G3" t="s">
+        <v>133</v>
+      </c>
+      <c r="H3" t="s">
+        <v>134</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:I6"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>135</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>136</v>
+      </c>
+      <c r="B2" t="s">
+        <v>137</v>
+      </c>
+      <c r="C2" t="s">
+        <v>12</v>
+      </c>
+      <c r="D2" t="s">
+        <v>12</v>
+      </c>
+      <c r="E2" t="s">
+        <v>138</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>139</v>
+      </c>
+      <c r="H2" t="s">
+        <v>140</v>
+      </c>
+      <c r="I2" t="s">
+        <v>141</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>136</v>
+      </c>
+      <c r="B3" t="s">
+        <v>142</v>
+      </c>
+      <c r="C3" t="s">
+        <v>12</v>
+      </c>
+      <c r="D3" t="s">
+        <v>12</v>
+      </c>
+      <c r="E3" t="s">
+        <v>143</v>
+      </c>
+      <c r="F3" t="s">
+        <v>12</v>
+      </c>
+      <c r="G3" t="s">
+        <v>144</v>
+      </c>
+      <c r="H3" t="s">
+        <v>145</v>
+      </c>
+      <c r="I3" t="s">
+        <v>141</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>136</v>
+      </c>
+      <c r="B4" t="s">
+        <v>146</v>
+      </c>
+      <c r="C4" t="s">
+        <v>12</v>
+      </c>
+      <c r="D4" t="s">
+        <v>12</v>
+      </c>
+      <c r="E4" t="s">
+        <v>147</v>
+      </c>
+      <c r="F4" t="s">
+        <v>12</v>
+      </c>
+      <c r="G4" t="s">
+        <v>148</v>
+      </c>
+      <c r="H4" t="s">
+        <v>149</v>
+      </c>
+      <c r="I4" t="s">
+        <v>141</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>136</v>
+      </c>
+      <c r="B5" t="s">
+        <v>150</v>
+      </c>
+      <c r="C5" t="s">
+        <v>12</v>
+      </c>
+      <c r="D5" t="s">
+        <v>12</v>
+      </c>
+      <c r="E5" t="s">
+        <v>151</v>
+      </c>
+      <c r="F5" t="s">
+        <v>12</v>
+      </c>
+      <c r="G5" t="s">
+        <v>152</v>
+      </c>
+      <c r="H5" t="s">
+        <v>153</v>
+      </c>
+      <c r="I5" t="s">
+        <v>141</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>136</v>
+      </c>
+      <c r="B6" t="s">
+        <v>154</v>
+      </c>
+      <c r="C6" t="s">
+        <v>12</v>
+      </c>
+      <c r="D6" t="s">
+        <v>12</v>
+      </c>
+      <c r="E6" t="s">
+        <v>155</v>
+      </c>
+      <c r="F6" t="s">
+        <v>12</v>
+      </c>
+      <c r="G6" t="s">
+        <v>156</v>
+      </c>
+      <c r="H6" t="s">
+        <v>157</v>
+      </c>
+      <c r="I6" t="s">
+        <v>141</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:I1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:BF8"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>158</v>
+      </c>
+      <c r="J1" t="s">
+        <v>9</v>
+      </c>
+      <c r="K1" t="s">
+        <v>159</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>160</v>
+      </c>
+      <c r="B2" t="s">
+        <v>161</v>
+      </c>
+      <c r="C2" t="s">
+        <v>12</v>
+      </c>
+      <c r="D2" t="s">
+        <v>12</v>
+      </c>
+      <c r="E2" t="s">
+        <v>162</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>163</v>
+      </c>
+      <c r="H2" t="s">
+        <v>164</v>
+      </c>
+      <c r="I2" t="s">
+        <v>165</v>
+      </c>
+      <c r="J2" t="s">
+        <v>166</v>
+      </c>
+      <c r="K2" t="s">
+        <v>167</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>160</v>
+      </c>
+      <c r="B3" t="s">
+        <v>168</v>
+      </c>
+      <c r="C3" t="s">
+        <v>12</v>
+      </c>
+      <c r="D3" t="s">
+        <v>12</v>
+      </c>
+      <c r="E3" t="s">
+        <v>169</v>
+      </c>
+      <c r="F3" t="s">
+        <v>12</v>
+      </c>
+      <c r="G3" t="s">
+        <v>170</v>
+      </c>
+      <c r="H3" t="s">
+        <v>171</v>
+      </c>
+      <c r="I3" t="s">
+        <v>172</v>
+      </c>
+      <c r="J3" t="s">
+        <v>173</v>
+      </c>
+      <c r="K3" t="s">
+        <v>174</v>
+      </c>
+      <c r="L3" t="s">
+        <v>175</v>
+      </c>
+      <c r="M3" t="s">
+        <v>176</v>
+      </c>
+      <c r="N3" t="s">
+        <v>177</v>
+      </c>
+      <c r="O3" t="s">
+        <v>178</v>
+      </c>
+      <c r="P3" t="s">
+        <v>179</v>
+      </c>
+      <c r="Q3" t="s">
+        <v>180</v>
+      </c>
+      <c r="R3" t="s">
+        <v>181</v>
+      </c>
+      <c r="S3" t="s">
+        <v>182</v>
+      </c>
+      <c r="T3" t="s">
+        <v>183</v>
+      </c>
+      <c r="U3" t="s">
+        <v>184</v>
+      </c>
+      <c r="V3" t="s">
+        <v>185</v>
+      </c>
+      <c r="W3" t="s">
+        <v>186</v>
+      </c>
+      <c r="X3" t="s">
+        <v>187</v>
+      </c>
+      <c r="Y3" t="s">
+        <v>188</v>
+      </c>
+      <c r="Z3" t="s">
+        <v>189</v>
+      </c>
+      <c r="AA3" t="s">
+        <v>190</v>
+      </c>
+      <c r="AB3" t="s">
+        <v>191</v>
+      </c>
+      <c r="AC3" t="s">
+        <v>192</v>
+      </c>
+      <c r="AD3" t="s">
+        <v>193</v>
+      </c>
+      <c r="AE3" t="s">
+        <v>194</v>
+      </c>
+      <c r="AF3" t="s">
+        <v>195</v>
+      </c>
+      <c r="AG3" t="s">
+        <v>196</v>
+      </c>
+      <c r="AH3" t="s">
+        <v>197</v>
+      </c>
+      <c r="AI3" t="s">
+        <v>198</v>
+      </c>
+      <c r="AJ3" t="s">
+        <v>199</v>
+      </c>
+      <c r="AK3" t="s">
+        <v>200</v>
+      </c>
+      <c r="AL3" t="s">
+        <v>201</v>
+      </c>
+      <c r="AM3" t="s">
+        <v>202</v>
+      </c>
+      <c r="AN3" t="s">
+        <v>203</v>
+      </c>
+      <c r="AO3" t="s">
+        <v>204</v>
+      </c>
+      <c r="AP3" t="s">
+        <v>205</v>
+      </c>
+      <c r="AQ3" t="s">
+        <v>206</v>
+      </c>
+      <c r="AR3" t="s">
+        <v>207</v>
+      </c>
+      <c r="AS3" t="s">
+        <v>208</v>
+      </c>
+      <c r="AT3" t="s">
+        <v>209</v>
+      </c>
+      <c r="AU3" t="s">
+        <v>210</v>
+      </c>
+      <c r="AV3" t="s">
+        <v>211</v>
+      </c>
+      <c r="AW3" t="s">
+        <v>212</v>
+      </c>
+      <c r="AX3" t="s">
+        <v>213</v>
+      </c>
+      <c r="AY3" t="s">
+        <v>214</v>
+      </c>
+      <c r="AZ3" t="s">
+        <v>215</v>
+      </c>
+      <c r="BA3" t="s">
+        <v>216</v>
+      </c>
+      <c r="BB3" t="s">
+        <v>217</v>
+      </c>
+      <c r="BC3" t="s">
+        <v>218</v>
+      </c>
+      <c r="BD3" t="s">
+        <v>219</v>
+      </c>
+      <c r="BE3" t="s">
+        <v>220</v>
+      </c>
+      <c r="BF3" t="s">
+        <v>221</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>160</v>
+      </c>
+      <c r="B4" t="s">
+        <v>222</v>
+      </c>
+      <c r="C4" t="s">
+        <v>12</v>
+      </c>
+      <c r="D4" t="s">
+        <v>12</v>
+      </c>
+      <c r="E4" t="s">
+        <v>223</v>
+      </c>
+      <c r="F4" t="s">
+        <v>12</v>
+      </c>
+      <c r="G4" t="s">
+        <v>224</v>
+      </c>
+      <c r="H4" t="s">
+        <v>225</v>
+      </c>
+      <c r="I4" t="s">
+        <v>226</v>
+      </c>
+      <c r="J4" t="s">
+        <v>227</v>
+      </c>
+      <c r="K4" t="s">
+        <v>228</v>
+      </c>
+      <c r="L4" t="s">
+        <v>229</v>
+      </c>
+      <c r="M4" t="s">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>160</v>
+      </c>
+      <c r="B5" t="s">
+        <v>231</v>
+      </c>
+      <c r="C5" t="s">
+        <v>12</v>
+      </c>
+      <c r="D5" t="s">
+        <v>12</v>
+      </c>
+      <c r="E5" t="s">
+        <v>232</v>
+      </c>
+      <c r="F5" t="s">
+        <v>12</v>
+      </c>
+      <c r="G5" t="s">
+        <v>233</v>
+      </c>
+      <c r="H5" t="s">
+        <v>234</v>
+      </c>
+      <c r="I5" t="s">
+        <v>235</v>
+      </c>
+      <c r="J5" t="s">
+        <v>236</v>
+      </c>
+      <c r="K5" t="s">
+        <v>237</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>160</v>
+      </c>
+      <c r="B6" t="s">
+        <v>238</v>
+      </c>
+      <c r="C6" t="s">
+        <v>12</v>
+      </c>
+      <c r="D6" t="s">
+        <v>12</v>
+      </c>
+      <c r="E6" t="s">
+        <v>239</v>
+      </c>
+      <c r="F6" t="s">
+        <v>12</v>
+      </c>
+      <c r="G6" t="s">
+        <v>240</v>
+      </c>
+      <c r="H6" t="s">
+        <v>241</v>
+      </c>
+      <c r="I6" t="s">
+        <v>242</v>
+      </c>
+      <c r="J6" t="s">
+        <v>243</v>
+      </c>
+      <c r="K6" t="s">
+        <v>244</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>160</v>
+      </c>
+      <c r="B7" t="s">
+        <v>245</v>
+      </c>
+      <c r="C7" t="s">
+        <v>12</v>
+      </c>
+      <c r="D7" t="s">
+        <v>12</v>
+      </c>
+      <c r="E7" t="s">
+        <v>246</v>
+      </c>
+      <c r="F7" t="s">
+        <v>12</v>
+      </c>
+      <c r="G7" t="s">
+        <v>247</v>
+      </c>
+      <c r="H7" t="s">
+        <v>248</v>
+      </c>
+      <c r="I7" t="s">
+        <v>249</v>
+      </c>
+      <c r="J7" t="s">
+        <v>250</v>
+      </c>
+      <c r="K7" t="s">
+        <v>251</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>160</v>
+      </c>
+      <c r="B8" t="s">
+        <v>252</v>
+      </c>
+      <c r="C8" t="s">
+        <v>12</v>
+      </c>
+      <c r="D8" t="s">
+        <v>12</v>
+      </c>
+      <c r="E8" t="s">
+        <v>253</v>
+      </c>
+      <c r="F8" t="s">
+        <v>12</v>
+      </c>
+      <c r="G8" t="s">
+        <v>254</v>
+      </c>
+      <c r="H8" t="s">
+        <v>255</v>
+      </c>
+      <c r="I8" t="s">
+        <v>256</v>
+      </c>
+      <c r="J8" t="s">
+        <v>257</v>
+      </c>
+      <c r="K8" t="s">
+        <v>258</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>