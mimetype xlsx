--- v1 (2025-12-02)
+++ v2 (2026-03-05)
@@ -27,51 +27,51 @@
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export Avis sur les dispositifs" r:id="rId3" sheetId="1"/>
     <sheet name="Export Recommandation en santé " r:id="rId4" sheetId="2"/>
     <sheet name="Export Guide maladie chronique" r:id="rId5" sheetId="3"/>
     <sheet name="Export Recommandation de bonne " r:id="rId6" sheetId="4"/>
     <sheet name="Export Evaluation des technolog" r:id="rId7" sheetId="5"/>
     <sheet name="Export évènement de calendrier" r:id="rId8" sheetId="6"/>
     <sheet name="Export Medicament" r:id="rId9" sheetId="7"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Avis sur les dispositifs'!$B$1:$J$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Recommandation en santé '!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="6" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="413" uniqueCount="259">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="405" uniqueCount="253">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
@@ -339,68 +339,50 @@
     <t>26/11/2020 09:12:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3214468/fr/epilepsies-prise-en-charge-des-enfants-et-des-adultes</t>
   </si>
   <si>
     <t>p_3214468</t>
   </si>
   <si>
     <t>Prévention vasculaire après un infarctus cérébral ou un accident ischémique transitoire</t>
   </si>
   <si>
     <t>Les recommandations portent sur la prévention secondaire des événements vasculaires (accident vasculaire cérébral, infarctus du myocarde et décès d’origine vasculaire), parce que l’infarctus cérébral confère non seulement un risque élevé de récidive, mais aussi un risque conséquent d’infarctus du myocarde et de décès d’origine vasculaire.</t>
   </si>
   <si>
     <t>07/06/2018 00:00:00</t>
   </si>
   <si>
     <t>13/06/2018 16:46:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_1252051/fr/prevention-vasculaire-apres-un-infarctus-cerebral-ou-un-accident-ischemique-transitoire</t>
   </si>
   <si>
     <t>c_1252051</t>
-  </si>
-[...16 lines deleted...]
-    <t>c_953959</t>
   </si>
   <si>
     <t>Stratégie de prise en charge en cas de dénutrition protéino-énergétique chez la personne âgée</t>
   </si>
   <si>
     <t>Élaborer un outil pratique de repérage et de prise en charge de la personne âgée dénutrie ou à risque de dénutrition. Ces recommandations sont complétées par une série de critères de qualité pour l'évaluation et l'amélioration des pratiques professionnelles.</t>
   </si>
   <si>
     <t>25/04/2007 00:00:00</t>
   </si>
   <si>
     <t>26/06/2007 13:44:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_546549/fr/strategie-de-prise-en-charge-en-cas-de-denutrition-proteino-energetique-chez-la-personne-agee</t>
   </si>
   <si>
     <t>c_546549</t>
   </si>
   <si>
     <t>Comment mieux informer les femmes enceintes ?</t>
   </si>
   <si>
     <t>Ces recommandations décrivent l’ensemble des informations que les professionnels de santé impliqués en périnatalité doivent donner à la femme enceinte lors des consultations prénatales à l’occasion du suivi médical, ainsi que les conditions de délivrance de cette information. Elles permettent aux professionnels de santé de bien informer la femme enceinte et le couple afin de les aider à prendre des décisions dans le cadre du suivi de la grossesse et de la naissance.</t>
   </si>
@@ -1356,51 +1338,51 @@
       </c>
       <c r="D11" t="s">
         <v>82</v>
       </c>
       <c r="E11" t="s">
         <v>83</v>
       </c>
       <c r="F11" t="s">
         <v>12</v>
       </c>
       <c r="G11" t="s">
         <v>84</v>
       </c>
       <c r="H11" t="s">
         <v>85</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H7"/>
+  <dimension ref="A1:H6"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -1516,792 +1498,766 @@
     </row>
     <row r="6">
       <c r="A6" t="s">
         <v>86</v>
       </c>
       <c r="B6" t="s">
         <v>110</v>
       </c>
       <c r="C6" t="s">
         <v>111</v>
       </c>
       <c r="D6" t="s">
         <v>112</v>
       </c>
       <c r="E6" t="s">
         <v>113</v>
       </c>
       <c r="F6" t="s">
         <v>12</v>
       </c>
       <c r="G6" t="s">
         <v>114</v>
       </c>
       <c r="H6" t="s">
         <v>115</v>
-      </c>
-[...24 lines deleted...]
-        <v>121</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H3"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
+        <v>116</v>
+      </c>
+      <c r="B2" t="s">
+        <v>117</v>
+      </c>
+      <c r="C2" t="s">
+        <v>118</v>
+      </c>
+      <c r="D2" t="s">
+        <v>119</v>
+      </c>
+      <c r="E2" t="s">
+        <v>120</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>121</v>
+      </c>
+      <c r="H2" t="s">
         <v>122</v>
-      </c>
-[...19 lines deleted...]
-        <v>128</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>122</v>
+        <v>116</v>
       </c>
       <c r="B3" t="s">
-        <v>129</v>
+        <v>123</v>
       </c>
       <c r="C3" t="s">
-        <v>130</v>
+        <v>124</v>
       </c>
       <c r="D3" t="s">
-        <v>131</v>
+        <v>125</v>
       </c>
       <c r="E3" t="s">
-        <v>132</v>
+        <v>126</v>
       </c>
       <c r="F3" t="s">
         <v>12</v>
       </c>
       <c r="G3" t="s">
-        <v>133</v>
+        <v>127</v>
       </c>
       <c r="H3" t="s">
-        <v>134</v>
+        <v>128</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:I6"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
-        <v>135</v>
+        <v>129</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>136</v>
+        <v>130</v>
       </c>
       <c r="B2" t="s">
-        <v>137</v>
+        <v>131</v>
       </c>
       <c r="C2" t="s">
         <v>12</v>
       </c>
       <c r="D2" t="s">
         <v>12</v>
       </c>
       <c r="E2" t="s">
-        <v>138</v>
+        <v>132</v>
       </c>
       <c r="F2" t="s">
         <v>12</v>
       </c>
       <c r="G2" t="s">
-        <v>139</v>
+        <v>133</v>
       </c>
       <c r="H2" t="s">
-        <v>140</v>
+        <v>134</v>
       </c>
       <c r="I2" t="s">
-        <v>141</v>
+        <v>135</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
+        <v>130</v>
+      </c>
+      <c r="B3" t="s">
         <v>136</v>
       </c>
-      <c r="B3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C3" t="s">
         <v>12</v>
       </c>
       <c r="D3" t="s">
         <v>12</v>
       </c>
       <c r="E3" t="s">
-        <v>143</v>
+        <v>137</v>
       </c>
       <c r="F3" t="s">
         <v>12</v>
       </c>
       <c r="G3" t="s">
-        <v>144</v>
+        <v>138</v>
       </c>
       <c r="H3" t="s">
-        <v>145</v>
+        <v>139</v>
       </c>
       <c r="I3" t="s">
-        <v>141</v>
+        <v>135</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>136</v>
+        <v>130</v>
       </c>
       <c r="B4" t="s">
-        <v>146</v>
+        <v>140</v>
       </c>
       <c r="C4" t="s">
         <v>12</v>
       </c>
       <c r="D4" t="s">
         <v>12</v>
       </c>
       <c r="E4" t="s">
-        <v>147</v>
+        <v>141</v>
       </c>
       <c r="F4" t="s">
         <v>12</v>
       </c>
       <c r="G4" t="s">
-        <v>148</v>
+        <v>142</v>
       </c>
       <c r="H4" t="s">
-        <v>149</v>
+        <v>143</v>
       </c>
       <c r="I4" t="s">
-        <v>141</v>
+        <v>135</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>136</v>
+        <v>130</v>
       </c>
       <c r="B5" t="s">
-        <v>150</v>
+        <v>144</v>
       </c>
       <c r="C5" t="s">
         <v>12</v>
       </c>
       <c r="D5" t="s">
         <v>12</v>
       </c>
       <c r="E5" t="s">
-        <v>151</v>
+        <v>145</v>
       </c>
       <c r="F5" t="s">
         <v>12</v>
       </c>
       <c r="G5" t="s">
-        <v>152</v>
+        <v>146</v>
       </c>
       <c r="H5" t="s">
-        <v>153</v>
+        <v>147</v>
       </c>
       <c r="I5" t="s">
-        <v>141</v>
+        <v>135</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>136</v>
+        <v>130</v>
       </c>
       <c r="B6" t="s">
-        <v>154</v>
+        <v>148</v>
       </c>
       <c r="C6" t="s">
         <v>12</v>
       </c>
       <c r="D6" t="s">
         <v>12</v>
       </c>
       <c r="E6" t="s">
-        <v>155</v>
+        <v>149</v>
       </c>
       <c r="F6" t="s">
         <v>12</v>
       </c>
       <c r="G6" t="s">
-        <v>156</v>
+        <v>150</v>
       </c>
       <c r="H6" t="s">
-        <v>157</v>
+        <v>151</v>
       </c>
       <c r="I6" t="s">
-        <v>141</v>
+        <v>135</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:I1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:BF8"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
-        <v>158</v>
+        <v>152</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
-        <v>159</v>
+        <v>153</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
+        <v>154</v>
+      </c>
+      <c r="B2" t="s">
+        <v>155</v>
+      </c>
+      <c r="C2" t="s">
+        <v>12</v>
+      </c>
+      <c r="D2" t="s">
+        <v>12</v>
+      </c>
+      <c r="E2" t="s">
+        <v>156</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>157</v>
+      </c>
+      <c r="H2" t="s">
+        <v>158</v>
+      </c>
+      <c r="I2" t="s">
+        <v>159</v>
+      </c>
+      <c r="J2" t="s">
         <v>160</v>
       </c>
-      <c r="B2" t="s">
+      <c r="K2" t="s">
         <v>161</v>
-      </c>
-[...25 lines deleted...]
-        <v>167</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>160</v>
+        <v>154</v>
       </c>
       <c r="B3" t="s">
+        <v>162</v>
+      </c>
+      <c r="C3" t="s">
+        <v>12</v>
+      </c>
+      <c r="D3" t="s">
+        <v>12</v>
+      </c>
+      <c r="E3" t="s">
+        <v>163</v>
+      </c>
+      <c r="F3" t="s">
+        <v>12</v>
+      </c>
+      <c r="G3" t="s">
+        <v>164</v>
+      </c>
+      <c r="H3" t="s">
+        <v>165</v>
+      </c>
+      <c r="I3" t="s">
+        <v>166</v>
+      </c>
+      <c r="J3" t="s">
+        <v>167</v>
+      </c>
+      <c r="K3" t="s">
         <v>168</v>
       </c>
-      <c r="C3" t="s">
-[...5 lines deleted...]
-      <c r="E3" t="s">
+      <c r="L3" t="s">
         <v>169</v>
       </c>
-      <c r="F3" t="s">
-[...2 lines deleted...]
-      <c r="G3" t="s">
+      <c r="M3" t="s">
         <v>170</v>
       </c>
-      <c r="H3" t="s">
+      <c r="N3" t="s">
         <v>171</v>
       </c>
-      <c r="I3" t="s">
+      <c r="O3" t="s">
         <v>172</v>
       </c>
-      <c r="J3" t="s">
+      <c r="P3" t="s">
         <v>173</v>
       </c>
-      <c r="K3" t="s">
+      <c r="Q3" t="s">
         <v>174</v>
       </c>
-      <c r="L3" t="s">
+      <c r="R3" t="s">
         <v>175</v>
       </c>
-      <c r="M3" t="s">
+      <c r="S3" t="s">
         <v>176</v>
       </c>
-      <c r="N3" t="s">
+      <c r="T3" t="s">
         <v>177</v>
       </c>
-      <c r="O3" t="s">
+      <c r="U3" t="s">
         <v>178</v>
       </c>
-      <c r="P3" t="s">
+      <c r="V3" t="s">
         <v>179</v>
       </c>
-      <c r="Q3" t="s">
+      <c r="W3" t="s">
         <v>180</v>
       </c>
-      <c r="R3" t="s">
+      <c r="X3" t="s">
         <v>181</v>
       </c>
-      <c r="S3" t="s">
+      <c r="Y3" t="s">
         <v>182</v>
       </c>
-      <c r="T3" t="s">
+      <c r="Z3" t="s">
         <v>183</v>
       </c>
-      <c r="U3" t="s">
+      <c r="AA3" t="s">
         <v>184</v>
       </c>
-      <c r="V3" t="s">
+      <c r="AB3" t="s">
         <v>185</v>
       </c>
-      <c r="W3" t="s">
+      <c r="AC3" t="s">
         <v>186</v>
       </c>
-      <c r="X3" t="s">
+      <c r="AD3" t="s">
         <v>187</v>
       </c>
-      <c r="Y3" t="s">
+      <c r="AE3" t="s">
         <v>188</v>
       </c>
-      <c r="Z3" t="s">
+      <c r="AF3" t="s">
         <v>189</v>
       </c>
-      <c r="AA3" t="s">
+      <c r="AG3" t="s">
         <v>190</v>
       </c>
-      <c r="AB3" t="s">
+      <c r="AH3" t="s">
         <v>191</v>
       </c>
-      <c r="AC3" t="s">
+      <c r="AI3" t="s">
         <v>192</v>
       </c>
-      <c r="AD3" t="s">
+      <c r="AJ3" t="s">
         <v>193</v>
       </c>
-      <c r="AE3" t="s">
+      <c r="AK3" t="s">
         <v>194</v>
       </c>
-      <c r="AF3" t="s">
+      <c r="AL3" t="s">
         <v>195</v>
       </c>
-      <c r="AG3" t="s">
+      <c r="AM3" t="s">
         <v>196</v>
       </c>
-      <c r="AH3" t="s">
+      <c r="AN3" t="s">
         <v>197</v>
       </c>
-      <c r="AI3" t="s">
+      <c r="AO3" t="s">
         <v>198</v>
       </c>
-      <c r="AJ3" t="s">
+      <c r="AP3" t="s">
         <v>199</v>
       </c>
-      <c r="AK3" t="s">
+      <c r="AQ3" t="s">
         <v>200</v>
       </c>
-      <c r="AL3" t="s">
+      <c r="AR3" t="s">
         <v>201</v>
       </c>
-      <c r="AM3" t="s">
+      <c r="AS3" t="s">
         <v>202</v>
       </c>
-      <c r="AN3" t="s">
+      <c r="AT3" t="s">
         <v>203</v>
       </c>
-      <c r="AO3" t="s">
+      <c r="AU3" t="s">
         <v>204</v>
       </c>
-      <c r="AP3" t="s">
+      <c r="AV3" t="s">
         <v>205</v>
       </c>
-      <c r="AQ3" t="s">
+      <c r="AW3" t="s">
         <v>206</v>
       </c>
-      <c r="AR3" t="s">
+      <c r="AX3" t="s">
         <v>207</v>
       </c>
-      <c r="AS3" t="s">
+      <c r="AY3" t="s">
         <v>208</v>
       </c>
-      <c r="AT3" t="s">
+      <c r="AZ3" t="s">
         <v>209</v>
       </c>
-      <c r="AU3" t="s">
+      <c r="BA3" t="s">
         <v>210</v>
       </c>
-      <c r="AV3" t="s">
+      <c r="BB3" t="s">
         <v>211</v>
       </c>
-      <c r="AW3" t="s">
+      <c r="BC3" t="s">
         <v>212</v>
       </c>
-      <c r="AX3" t="s">
+      <c r="BD3" t="s">
         <v>213</v>
       </c>
-      <c r="AY3" t="s">
+      <c r="BE3" t="s">
         <v>214</v>
       </c>
-      <c r="AZ3" t="s">
+      <c r="BF3" t="s">
         <v>215</v>
-      </c>
-[...16 lines deleted...]
-        <v>221</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>160</v>
+        <v>154</v>
       </c>
       <c r="B4" t="s">
+        <v>216</v>
+      </c>
+      <c r="C4" t="s">
+        <v>12</v>
+      </c>
+      <c r="D4" t="s">
+        <v>12</v>
+      </c>
+      <c r="E4" t="s">
+        <v>217</v>
+      </c>
+      <c r="F4" t="s">
+        <v>12</v>
+      </c>
+      <c r="G4" t="s">
+        <v>218</v>
+      </c>
+      <c r="H4" t="s">
+        <v>219</v>
+      </c>
+      <c r="I4" t="s">
+        <v>220</v>
+      </c>
+      <c r="J4" t="s">
+        <v>221</v>
+      </c>
+      <c r="K4" t="s">
         <v>222</v>
       </c>
-      <c r="C4" t="s">
-[...5 lines deleted...]
-      <c r="E4" t="s">
+      <c r="L4" t="s">
         <v>223</v>
       </c>
-      <c r="F4" t="s">
-[...2 lines deleted...]
-      <c r="G4" t="s">
+      <c r="M4" t="s">
         <v>224</v>
-      </c>
-[...16 lines deleted...]
-        <v>230</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>160</v>
+        <v>154</v>
       </c>
       <c r="B5" t="s">
+        <v>225</v>
+      </c>
+      <c r="C5" t="s">
+        <v>12</v>
+      </c>
+      <c r="D5" t="s">
+        <v>12</v>
+      </c>
+      <c r="E5" t="s">
+        <v>226</v>
+      </c>
+      <c r="F5" t="s">
+        <v>12</v>
+      </c>
+      <c r="G5" t="s">
+        <v>227</v>
+      </c>
+      <c r="H5" t="s">
+        <v>228</v>
+      </c>
+      <c r="I5" t="s">
+        <v>229</v>
+      </c>
+      <c r="J5" t="s">
+        <v>230</v>
+      </c>
+      <c r="K5" t="s">
         <v>231</v>
-      </c>
-[...25 lines deleted...]
-        <v>237</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>160</v>
+        <v>154</v>
       </c>
       <c r="B6" t="s">
+        <v>232</v>
+      </c>
+      <c r="C6" t="s">
+        <v>12</v>
+      </c>
+      <c r="D6" t="s">
+        <v>12</v>
+      </c>
+      <c r="E6" t="s">
+        <v>233</v>
+      </c>
+      <c r="F6" t="s">
+        <v>12</v>
+      </c>
+      <c r="G6" t="s">
+        <v>234</v>
+      </c>
+      <c r="H6" t="s">
+        <v>235</v>
+      </c>
+      <c r="I6" t="s">
+        <v>236</v>
+      </c>
+      <c r="J6" t="s">
+        <v>237</v>
+      </c>
+      <c r="K6" t="s">
         <v>238</v>
-      </c>
-[...25 lines deleted...]
-        <v>244</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>160</v>
+        <v>154</v>
       </c>
       <c r="B7" t="s">
+        <v>239</v>
+      </c>
+      <c r="C7" t="s">
+        <v>12</v>
+      </c>
+      <c r="D7" t="s">
+        <v>12</v>
+      </c>
+      <c r="E7" t="s">
+        <v>240</v>
+      </c>
+      <c r="F7" t="s">
+        <v>12</v>
+      </c>
+      <c r="G7" t="s">
+        <v>241</v>
+      </c>
+      <c r="H7" t="s">
+        <v>242</v>
+      </c>
+      <c r="I7" t="s">
+        <v>243</v>
+      </c>
+      <c r="J7" t="s">
+        <v>244</v>
+      </c>
+      <c r="K7" t="s">
         <v>245</v>
-      </c>
-[...25 lines deleted...]
-        <v>251</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>160</v>
+        <v>154</v>
       </c>
       <c r="B8" t="s">
+        <v>246</v>
+      </c>
+      <c r="C8" t="s">
+        <v>12</v>
+      </c>
+      <c r="D8" t="s">
+        <v>12</v>
+      </c>
+      <c r="E8" t="s">
+        <v>247</v>
+      </c>
+      <c r="F8" t="s">
+        <v>12</v>
+      </c>
+      <c r="G8" t="s">
+        <v>248</v>
+      </c>
+      <c r="H8" t="s">
+        <v>249</v>
+      </c>
+      <c r="I8" t="s">
+        <v>250</v>
+      </c>
+      <c r="J8" t="s">
+        <v>251</v>
+      </c>
+      <c r="K8" t="s">
         <v>252</v>
-      </c>
-[...25 lines deleted...]
-        <v>258</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>