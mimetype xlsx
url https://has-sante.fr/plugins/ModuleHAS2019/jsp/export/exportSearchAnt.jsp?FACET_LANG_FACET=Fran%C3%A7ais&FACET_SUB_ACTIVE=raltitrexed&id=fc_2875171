--- v0 (2025-10-19)
+++ v1 (2025-12-03)
@@ -1,218 +1,266 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet5.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Opinion on medical devic" r:id="rId3" sheetId="1"/>
-[...1 lines deleted...]
-    <sheet name="Export Drugs" r:id="rId5" sheetId="3"/>
+    <sheet name="Export Avis sur les dispositifs" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Recommandation de bonne " r:id="rId4" sheetId="2"/>
+    <sheet name="Export Evaluation des technolog" r:id="rId5" sheetId="3"/>
+    <sheet name="Export évènement de calendrier" r:id="rId6" sheetId="4"/>
+    <sheet name="Export Medicament" r:id="rId7" sheetId="5"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Opinion on medical devic'!$B$1:$J$1</definedName>
-[...1 lines deleted...]
-    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Drugs'!$B$1:$K$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Avis sur les dispositifs'!$B$1:$J$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="58" uniqueCount="36">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="92" uniqueCount="50">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Nature of the product or service</t>
-[...17 lines deleted...]
-    <t>01/06/2011 13:09:00</t>
+    <t>Description</t>
+  </si>
+  <si>
+    <t>Laboratoire / Fabricant</t>
+  </si>
+  <si>
+    <t>Avis sur les dispositifs médicaux et autres produits de santé</t>
+  </si>
+  <si>
+    <t>SIR-Spheres  - 21 décembre 2010 (2952) avis</t>
+  </si>
+  <si>
+    <t>Microsphères d’Yttrium-90 Nouveau dispositif Avis favorable dans le traitement des métastases hépatiques non résécables du cancer colorectal en chappement thérapeutique, pour la prise en charge temporaire dans le cadre d’une étude</t>
+  </si>
+  <si>
+    <t>21/12/2010 00:00:00</t>
+  </si>
+  <si>
+    <t>06/01/2011 13:09:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_1011043/en/sir-spheres-21-december-2010-2952-opinion</t>
+    <t>https://www.has-sante.fr/jcms/c_1011043/fr/sir-spheres-21-decembre-2010-2952-avis</t>
   </si>
   <si>
     <t>c_1011043</t>
   </si>
   <si>
-    <t>SIRTEX Medical Products Pty Ltd (Australia)</t>
-[...17 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2891090/en/screening-for-dihydropyrimidine-dehydrogenase-deficiency-to-decrease-the-risk-of-severe-toxicities-related-to-fluoropyrimidines-5-fluorouracil-or-capecitabine-inahta-brief</t>
+    <t>SIRTEX Medical Europe GmbH (Allemagne)</t>
+  </si>
+  <si>
+    <t>Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Suivi post-professionnel après exposition à l'amiante</t>
+  </si>
+  <si>
+    <t>L'audition publique n'a porté que sur les seules maladies respiratoires induites par l’exposition à l’amiante. La réunion publique s'est déroulée le 19 janvier 2010.</t>
+  </si>
+  <si>
+    <t>14/04/2010 00:00:00</t>
+  </si>
+  <si>
+    <t>10/02/2012 11:15:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_935546/fr/suivi-post-professionnel-apres-exposition-a-l-amiante</t>
+  </si>
+  <si>
+    <t>c_935546</t>
+  </si>
+  <si>
+    <t>Evaluation des technologies de santé</t>
+  </si>
+  <si>
+    <t>Méthodes de recherche d’un déficit en dihydropyrimidine deshydrogénase visant à prévenir certaines toxicités sévères associées aux traitements incluant une fluoropyrimidine (5-fluorouracile ou capécitabine)</t>
+  </si>
+  <si>
+    <t>L’objectif était de déterminer le ou les examens à réaliser en pratique et à large échelle pour identifier parmi les environ 80.000 patients/an traités par une chimiothérapie intégrant une fluoropyrimidine, dans le cadre de différents cancers (principalement cancers digestifs, du sein et ORL), ceux présentant un déficit d’activité de la dihydropyrimidine déshydrogénase (DPD), principale enzyme permettant l’élimination de ces médicaments.</t>
+  </si>
+  <si>
+    <t>21/09/2023 00:00:00</t>
+  </si>
+  <si>
+    <t>29/09/2023 10:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2891090/fr/methodes-de-recherche-d-un-deficit-en-dihydropyrimidine-deshydrogenase-visant-a-prevenir-certaines-toxicites-severes-associees-aux-traitements-incluant-une-fluoropyrimidine-5-fluorouracile-ou-capecitabine</t>
   </si>
   <si>
     <t>c_2891090</t>
   </si>
   <si>
-    <t>Active ingredient</t>
-[...5 lines deleted...]
-    <t>Medicine</t>
+    <t>Type d'évènement</t>
+  </si>
+  <si>
+    <t>Evénement de Calendrier</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 25 juin 2014</t>
+  </si>
+  <si>
+    <t>23/06/2014 16:17:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1748274/fr/commission-de-la-transparence-reunion-du-25-juin-2014</t>
+  </si>
+  <si>
+    <t>c_1748274</t>
+  </si>
+  <si>
+    <t>Commission</t>
+  </si>
+  <si>
+    <t>Substance active (DCI)</t>
+  </si>
+  <si>
+    <t>Avis sur les Médicaments</t>
+  </si>
+  <si>
+    <t>Médicament</t>
   </si>
   <si>
     <t>TOMUDEX (raltitrexed)</t>
   </si>
   <si>
-    <t>08/07/2014 17:45:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2984723/en/tomudex-raltitrexed</t>
+    <t>07/08/2014 17:45:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984723/fr/tomudex-raltitrexed</t>
   </si>
   <si>
     <t>pprd_2984723</t>
   </si>
   <si>
     <t>raltitrexed</t>
   </si>
   <si>
     <t>HOSPIRA FRANCE</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_1758545/en/tomudex</t>
+    <t>https://www.has-sante.fr/jcms/c_1758545/fr/tomudex-raltitrexed</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:J2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
@@ -317,119 +365,257 @@
       </c>
       <c r="D2" t="s">
         <v>22</v>
       </c>
       <c r="E2" t="s">
         <v>23</v>
       </c>
       <c r="F2" t="s">
         <v>15</v>
       </c>
       <c r="G2" t="s">
         <v>24</v>
       </c>
       <c r="H2" t="s">
         <v>25</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>26</v>
+      </c>
+      <c r="B2" t="s">
+        <v>27</v>
+      </c>
+      <c r="C2" t="s">
+        <v>28</v>
+      </c>
+      <c r="D2" t="s">
+        <v>29</v>
+      </c>
+      <c r="E2" t="s">
+        <v>30</v>
+      </c>
+      <c r="F2" t="s">
+        <v>15</v>
+      </c>
+      <c r="G2" t="s">
+        <v>31</v>
+      </c>
+      <c r="H2" t="s">
+        <v>32</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:I2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>34</v>
+      </c>
+      <c r="B2" t="s">
+        <v>35</v>
+      </c>
+      <c r="C2" t="s">
+        <v>15</v>
+      </c>
+      <c r="D2" t="s">
+        <v>15</v>
+      </c>
+      <c r="E2" t="s">
+        <v>36</v>
+      </c>
+      <c r="F2" t="s">
+        <v>15</v>
+      </c>
+      <c r="G2" t="s">
+        <v>37</v>
+      </c>
+      <c r="H2" t="s">
+        <v>38</v>
+      </c>
+      <c r="I2" t="s">
+        <v>39</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:I1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:K2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
-        <v>26</v>
+        <v>40</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
-        <v>27</v>
+        <v>41</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>28</v>
+        <v>42</v>
       </c>
       <c r="B2" t="s">
-        <v>29</v>
+        <v>43</v>
       </c>
       <c r="C2" t="s">
         <v>15</v>
       </c>
       <c r="D2" t="s">
         <v>15</v>
       </c>
       <c r="E2" t="s">
-        <v>30</v>
+        <v>44</v>
       </c>
       <c r="F2" t="s">
         <v>15</v>
       </c>
       <c r="G2" t="s">
-        <v>31</v>
+        <v>45</v>
       </c>
       <c r="H2" t="s">
-        <v>32</v>
+        <v>46</v>
       </c>
       <c r="I2" t="s">
-        <v>33</v>
+        <v>47</v>
       </c>
       <c r="J2" t="s">
-        <v>34</v>
+        <v>48</v>
       </c>
       <c r="K2" t="s">
-        <v>35</v>
+        <v>49</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>