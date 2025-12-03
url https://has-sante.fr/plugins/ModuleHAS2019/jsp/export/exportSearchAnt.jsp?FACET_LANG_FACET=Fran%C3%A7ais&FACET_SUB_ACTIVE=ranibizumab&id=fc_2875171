--- v0 (2025-10-19)
+++ v1 (2025-12-03)
@@ -1,321 +1,2158 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet5.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Drugs" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Avis sur les dispositifs" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Guide maladie chronique" r:id="rId4" sheetId="2"/>
+    <sheet name="Export évènement de calendrier" r:id="rId5" sheetId="3"/>
+    <sheet name="Export Avis et décisions de la " r:id="rId6" sheetId="4"/>
+    <sheet name="Export Medicament" r:id="rId7" sheetId="5"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Drugs'!$B$1:$K$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Avis sur les dispositifs'!$B$1:$J$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Avis et décisions de la '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="36" uniqueCount="34">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="416" uniqueCount="215">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Active ingredient</t>
-[...11 lines deleted...]
-    <t>LUCENTIS</t>
+    <t>Description</t>
+  </si>
+  <si>
+    <t>Laboratoire / Fabricant</t>
+  </si>
+  <si>
+    <t>Avis sur les dispositifs médicaux et autres produits de santé</t>
+  </si>
+  <si>
+    <t>ODYSIGHT</t>
+  </si>
+  <si>
+    <t>La CNEDiMTS estime que l’intérêt attendu de l’activité de télésurveillance médicale ne peut être établi par rapport au suivi médical con-ventionnel pour l'inscription d’ODYSIGHT sur la liste des activités de télésurveillance prévue à l’article L.162-52 du code de la sécurité sociale.</t>
+  </si>
+  <si>
+    <t>11/03/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>24/03/2025 08:39:20</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>10/19/2021 13:44:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2983091/en/lucentis</t>
+    <t>https://www.has-sante.fr/jcms/p_3594120/fr/odysight</t>
+  </si>
+  <si>
+    <t>p_3594120</t>
+  </si>
+  <si>
+    <t>Solution de télésurveillance médicale</t>
+  </si>
+  <si>
+    <t>TILAK HEALTHCARE</t>
+  </si>
+  <si>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Prise en charge de la Maladie de Coats</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins des patients nécessitant un traitement pour une maladie de Coats. Il a été élaboré par le Centre de Référence des Maladies Rares en Ophtalmologie – OPHTARA à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>21/01/2025 09:08:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3579042/fr/prise-en-charge-de-la-maladie-de-coats</t>
+  </si>
+  <si>
+    <t>p_3579042</t>
+  </si>
+  <si>
+    <t>Prise en charge de la Rétinopathie du prématuré</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins des prématurés nécessitant un traitement pour une ROP. Il a été élaboré par le Centre de Référence des Maladies Rares en Ophtalmologie – OPHTARA à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>05/02/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>07/02/2024 08:36:06</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3493096/fr/prise-en-charge-de-la-retinopathie-du-premature</t>
+  </si>
+  <si>
+    <t>p_3493096</t>
+  </si>
+  <si>
+    <t>Pseudoxanthome élastique (PXE)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint d’un patient atteint de pseudoxantome élastique (PXE). Il a été élaboré par Filière Santé Maladies Rares Dermatologiques (FIMARAD) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>29/04/2021 15:59:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3263414/fr/pseudoxanthome-elastique-pxe</t>
+  </si>
+  <si>
+    <t>p_3263414</t>
+  </si>
+  <si>
+    <t>Neuropathie amyloïde familiale</t>
+  </si>
+  <si>
+    <t>L’objectif de ce Protocole national de diagnostic et de soins (PNDS) est d’expliciter pour les professionnels de santé la prise en charge optimale actuelle et le parcours de soins d’un patient atteint de neuropathie amyloïde familiale (NAF).</t>
+  </si>
+  <si>
+    <t>03/05/2017 11:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2760531/fr/neuropathie-amyloide-familiale</t>
+  </si>
+  <si>
+    <t>c_2760531</t>
+  </si>
+  <si>
+    <t>ALD n° 8 - Diabète de type 2</t>
+  </si>
+  <si>
+    <t>Le guide actes et prestations ALD n’est pas une recommandation de bonne pratique. Il ne constitue pas une aide à la décision portant sur la stratégie diagnostique ou thérapeutique.</t>
+  </si>
+  <si>
+    <t>05/03/2014 00:00:00</t>
+  </si>
+  <si>
+    <t>24/04/2014 12:15:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_419389/fr/ald-n-8-diabete-de-type-2</t>
+  </si>
+  <si>
+    <t>c_419389</t>
+  </si>
+  <si>
+    <t>ALD n° 8 - Diabète de type 1 chez l'adulte</t>
+  </si>
+  <si>
+    <t>24/04/2014 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_419399/fr/ald-n-8-diabete-de-type-1-chez-l-adulte</t>
+  </si>
+  <si>
+    <t>c_419399</t>
+  </si>
+  <si>
+    <t>ALD n° 8 - Diabète de type 1 chez l'enfant et l'adolescent</t>
+  </si>
+  <si>
+    <t>24/04/2014 14:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_419643/fr/ald-n-8-diabete-de-type-1-chez-l-enfant-et-l-adolescent</t>
+  </si>
+  <si>
+    <t>c_419643</t>
+  </si>
+  <si>
+    <t>Type d'évènement</t>
+  </si>
+  <si>
+    <t>Evénement de Calendrier</t>
+  </si>
+  <si>
+    <t>Commission de la Transparence - Réunion à distance du 7 juillet 2021</t>
+  </si>
+  <si>
+    <t>01/07/2021 16:55:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3275434/fr/commission-de-la-transparence-reunion-a-distance-du-7-juillet-2021</t>
+  </si>
+  <si>
+    <t>p_3275434</t>
+  </si>
+  <si>
+    <t>Commission</t>
+  </si>
+  <si>
+    <t>Commission de la Transparence - Réunion à distance du 23 juin 2021</t>
+  </si>
+  <si>
+    <t>17/06/2021 18:11:54</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3272474/fr/commission-de-la-transparence-reunion-a-distance-du-23-juin-2021</t>
+  </si>
+  <si>
+    <t>p_3272474</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion à distance du 9 septembre 2020</t>
+  </si>
+  <si>
+    <t>02/09/2020 13:27:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3199995/fr/commission-de-la-transparence-reunion-a-distance-du-9-septembre-2020</t>
+  </si>
+  <si>
+    <t>p_3199995</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion à distance du 15 avril 2020</t>
+  </si>
+  <si>
+    <t>08/04/2020 08:58:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3178156/fr/commission-de-la-transparence-reunion-a-distance-du-15-avril-2020</t>
+  </si>
+  <si>
+    <t>p_3178156</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion à distance du 18 mars 2020</t>
+  </si>
+  <si>
+    <t>12/03/2020 11:53:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3163553/fr/commission-de-la-transparence-reunion-a-distance-du-18-mars-2020</t>
+  </si>
+  <si>
+    <t>p_3163553</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 8 janvier 2020</t>
+  </si>
+  <si>
+    <t>03/01/2020 14:32:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3145065/fr/commission-de-la-transparence-reunion-du-8-janvier-2020</t>
+  </si>
+  <si>
+    <t>p_3145065</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 19 septembre 2018</t>
+  </si>
+  <si>
+    <t>12/09/2018 15:11:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2869617/fr/commission-de-la-transparence-reunion-du-19-septembre-2018</t>
+  </si>
+  <si>
+    <t>c_2869617</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 21 février 2018</t>
+  </si>
+  <si>
+    <t>14/02/2018 11:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2828193/fr/commission-de-la-transparence-reunion-du-21-fevrier-2018</t>
+  </si>
+  <si>
+    <t>c_2828193</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 10 janvier 2018</t>
+  </si>
+  <si>
+    <t>02/01/2018 11:31:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2817776/fr/commission-de-la-transparence-reunion-du-10-janvier-2018</t>
+  </si>
+  <si>
+    <t>c_2817776</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 18 novembre 2015</t>
+  </si>
+  <si>
+    <t>11/11/2015 09:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2571388/fr/commission-de-la-transparence-reunion-du-18-novembre-2015</t>
+  </si>
+  <si>
+    <t>c_2571388</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 17 juin 2015</t>
+  </si>
+  <si>
+    <t>10/06/2015 18:26:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2038314/fr/commission-de-la-transparence-reunion-du-17-juin-2015</t>
+  </si>
+  <si>
+    <t>c_2038314</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 20 mai 2015</t>
+  </si>
+  <si>
+    <t>13/05/2015 10:16:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2034553/fr/commission-de-la-transparence-reunion-du-20-mai-2015</t>
+  </si>
+  <si>
+    <t>c_2034553</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 1 avril 2015</t>
+  </si>
+  <si>
+    <t>25/03/2015 17:38:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2022641/fr/commission-de-la-transparence-reunion-du-1-avril-2015</t>
+  </si>
+  <si>
+    <t>c_2022641</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 4 mars 2015</t>
+  </si>
+  <si>
+    <t>25/02/2015 18:08:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2017152/fr/commission-de-la-transparence-reunion-du-4-mars-2015</t>
+  </si>
+  <si>
+    <t>c_2017152</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 21 janvier 2015</t>
+  </si>
+  <si>
+    <t>20/01/2015 11:04:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2006292/fr/commission-de-la-transparence-reunion-du-21-janvier-2015</t>
+  </si>
+  <si>
+    <t>c_2006292</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 7 janvier 2015</t>
+  </si>
+  <si>
+    <t>31/12/2014 15:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2004258/fr/commission-de-la-transparence-reunion-du-7-janvier-2015</t>
+  </si>
+  <si>
+    <t>c_2004258</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 28 mai 2014</t>
+  </si>
+  <si>
+    <t>23/05/2014 18:09:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1742433/fr/commission-de-la-transparence-reunion-du-28-mai-2014</t>
+  </si>
+  <si>
+    <t>c_1742433</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 5 février 2014</t>
+  </si>
+  <si>
+    <t>10/02/2014 17:41:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1721057/fr/commission-de-la-transparence-reunion-du-5-fevrier-2014</t>
+  </si>
+  <si>
+    <t>c_1721057</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 20 novembre 2013</t>
+  </si>
+  <si>
+    <t>30/12/2013 14:45:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1694858/fr/commission-de-la-transparence-reunion-du-20-novembre-2013</t>
+  </si>
+  <si>
+    <t>c_1694858</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 3 avril 2013</t>
+  </si>
+  <si>
+    <t>03/04/2013 14:30:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1369828/fr/commission-de-la-transparence-reunion-du-3-avril-2013</t>
+  </si>
+  <si>
+    <t>c_1369828</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 7 novembre 2012</t>
+  </si>
+  <si>
+    <t>07/11/2012 15:30:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1331703/fr/commission-de-la-transparence-reunion-du-7-novembre-2012</t>
+  </si>
+  <si>
+    <t>c_1331703</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 18 janvier 2012</t>
+  </si>
+  <si>
+    <t>18/01/2012 13:15:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1190504/fr/commission-de-la-transparence-reunion-du-18-janvier-2012</t>
+  </si>
+  <si>
+    <t>c_1190504</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 30 novembre 2011</t>
+  </si>
+  <si>
+    <t>30/11/2011 16:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1138315/fr/commission-de-la-transparence-reunion-du-30-novembre-2011</t>
+  </si>
+  <si>
+    <t>c_1138315</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 16 novembre 2011</t>
+  </si>
+  <si>
+    <t>Retrait de la demande d'inscription de la spécialité PLENAXIS par le laboratoire exploitant. Le projet d'avis est annexé au compte-rendu.</t>
+  </si>
+  <si>
+    <t>16/11/2011 08:45:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1120092/fr/commission-de-la-transparence-reunion-du-16-novembre-2011</t>
+  </si>
+  <si>
+    <t>c_1120092</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 22 juin 2011</t>
+  </si>
+  <si>
+    <t>22/06/2011 12:15:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1064607/fr/commission-de-la-transparence-reunion-du-22-juin-2011</t>
+  </si>
+  <si>
+    <t>c_1064607</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 23 mars 2011</t>
+  </si>
+  <si>
+    <t>23/03/2011 14:45:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1044565/fr/commission-de-la-transparence-reunion-du-23-mars-2011</t>
+  </si>
+  <si>
+    <t>c_1044565</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - réunion du 14 mars 2007</t>
+  </si>
+  <si>
+    <t>14/03/2007 10:45:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_592921/fr/commission-de-la-transparence-reunion-du-14-mars-2007</t>
+  </si>
+  <si>
+    <t>c_592921</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 18 avril 2007</t>
+  </si>
+  <si>
+    <t>18/04/2007 10:45:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_592925/fr/commission-de-la-transparence-reunion-du-18-avril-2007</t>
+  </si>
+  <si>
+    <t>c_592925</t>
+  </si>
+  <si>
+    <t>Avis et décisions de la HAS</t>
+  </si>
+  <si>
+    <t>Décision n° 2018.0160/DC/SEM du 26 septembre 2018 du collège de la Haute Autorité de santé portant la recommandation relative à la prise en charge à titre dérogatoire d’Avastin (bevacizumab) dans le cadre d’une recommandation temporaire d’utilisation</t>
+  </si>
+  <si>
+    <t>La recommandation relative à la prise en charge à titre dérogatoire d’Avastin (bevacizumab) dans le cadre d’une recommandation temporaire d’utilisation, dans l’indication « Traitement de la dégénérescence maculaire liée à l’âge néovasculaire », ci-jointe, est adoptée.</t>
+  </si>
+  <si>
+    <t>26/09/2017 10:55:00</t>
+  </si>
+  <si>
+    <t>11/10/2018 10:30:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2877192/fr/decision-n-2018-0160/dc/sem-du-26-septembre-2018-du-college-de-la-haute-autorite-de-sante-portant-la-recommandation-relative-a-la-prise-en-charge-a-titre-derogatoire-d-avastin-bevacizumab-dans-le-cadre-d-une-recommandation-temporaire-d-utilisation</t>
+  </si>
+  <si>
+    <t>c_2877192</t>
+  </si>
+  <si>
+    <t>DECISION N° 2015.0178/DC/SEM du 8 juillet 2015 du collège de la Haute Autorité de Santé adoptant la recommandation relative à la prise en charge à titre dérogatoire d'AVASTIN (bevacizumab) dans le cadre d’une recommandation temporaire d’utilisation</t>
+  </si>
+  <si>
+    <t>Considérant l’ensemble des informations suivantes :# * la dégénérescence maculaire liée à l’âge (DMLA), première de cause de malvoyance après 65 ans dans les pays occidentaux. * l’absence de spécialité remboursable de même principe actif, de même dosage et de même forme pharmaceutique ; * le fait que le bevacizumab ait un intérêt thérapeutique pour les patients atteints de dégénérescence maculaire liée à l’âge exsudative néovasculaire choroïdienne rétrofovéolaire,# le Collège de la HAS considère que la spécialité AVASTIN 25 mg/ml, solution à diluer pour perfusion peut faire l’objet d’une prise en charge dérogatoire dans le traitement de la dégénérescence maculaire liée à l’âge exsudative néovasculaire choroïdienne rétrofovéolaire dans les situations où le prescripteur juge son utilisation indispensable pour améliorer l’état de santé des patients ou éviter leur dégradation.</t>
+  </si>
+  <si>
+    <t>08/07/2015 17:00:00</t>
+  </si>
+  <si>
+    <t>10/07/2015 16:31:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2045913/fr/decision-n-2015-0178/dc/sem-du-8-juillet-2015-du-college-de-la-haute-autorite-de-sante-adoptant-la-recommandation-relative-a-la-prise-en-charge-a-titre-derogatoire-d-avastin-bevacizumab-dans-le-cadre-d-une-recommandation-temporaire-d-utilisation</t>
+  </si>
+  <si>
+    <t>c_2045913</t>
+  </si>
+  <si>
+    <t>Substance active (DCI)</t>
+  </si>
+  <si>
+    <t>Avis sur les Médicaments</t>
+  </si>
+  <si>
+    <t>Médicament</t>
+  </si>
+  <si>
+    <t>LUCENTIS (ranibizumab)</t>
+  </si>
+  <si>
+    <t>19/10/2021 13:44:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983091/fr/lucentis-ranibizumab</t>
   </si>
   <si>
     <t>pprd_2983091</t>
   </si>
   <si>
     <t>ranibizumab</t>
   </si>
   <si>
     <t>NOVARTIS PHARMA S.A.S.</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_1057441/en/lucentis-ranibizumab-dans-le-traitement-du-pseudoxanthome-elastique</t>
-[...41 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3292169/en/lucentis-10-mg/ml-ranibizumab-omd</t>
+    <t>https://www.has-sante.fr/jcms/c_1057441/fr/lucentis-ranibizumab-dans-le-traitement-du-pseudoxanthome-elastique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_532619/fr/lucentis-ranibizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1072231/fr/lucentis-ranibizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1215843/fr/lucentis-ranibizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1339922/fr/lucentis-ranibizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1720127/fr/lucentis-ranibizumab-anticorps-monoclonal-anti-vegf</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2013203/fr/lucentis-ranibizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2027889/fr/lucentis-ranibizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2043750/fr/lucentis-ranibizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2585429/fr/lucentis-ranibizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2831672/fr/lucentis-ranibizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2876136/fr/lucentis-ranibizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3165902/fr/lucentis-ranibizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3202870/fr/lucentis-ranibizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3292169/fr/lucentis-10-mg/ml-ranibizumab-omd</t>
+  </si>
+  <si>
+    <t>Place dans la stratégie thérapeutique de LUCENTIS (ranibizumab), EYLEA (aflibercept) et de leurs comparateurs cliniquement pertinents dans la forme néovasculaire (humide) de la DMLA</t>
+  </si>
+  <si>
+    <t>25/10/2017 08:39:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983498/fr/place-dans-la-strategie-therapeutique-de-lucentis-ranibizumab-eylea-aflibercept-et-de-leurs-comparateurs-cliniquement-pertinents-dans-la-forme-neovasculaire-humide-de-la-dmla</t>
+  </si>
+  <si>
+    <t>pprd_2983498</t>
+  </si>
+  <si>
+    <t>ranibizumab,aflibercept,bévacizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2800955/fr/place-dans-la-strategie-therapeutique-de-lucentis-ranibizumab-eylea-aflibercept-et-de-leurs-comparateurs-cliniquement-pertinents-dans-la-forme-neovasculaire-humide-de-la-dmla</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:Y2"/>
+  <dimension ref="A1:J2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
-      <c r="K1" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
+        <v>10</v>
+      </c>
+      <c r="B2" t="s">
         <v>11</v>
       </c>
-      <c r="B2" t="s">
+      <c r="C2" t="s">
         <v>12</v>
-      </c>
-[...1 lines deleted...]
-        <v>13</v>
       </c>
       <c r="D2" t="s">
         <v>13</v>
       </c>
       <c r="E2" t="s">
         <v>14</v>
       </c>
       <c r="F2" t="s">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="G2" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="H2" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="I2" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="J2" t="s">
-        <v>18</v>
+        <v>19</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:J1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H8"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>20</v>
+      </c>
+      <c r="B2" t="s">
+        <v>21</v>
+      </c>
+      <c r="C2" t="s">
+        <v>22</v>
+      </c>
+      <c r="D2" t="s">
+        <v>15</v>
+      </c>
+      <c r="E2" t="s">
+        <v>23</v>
+      </c>
+      <c r="F2" t="s">
+        <v>15</v>
+      </c>
+      <c r="G2" t="s">
+        <v>24</v>
+      </c>
+      <c r="H2" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>20</v>
+      </c>
+      <c r="B3" t="s">
+        <v>26</v>
+      </c>
+      <c r="C3" t="s">
+        <v>27</v>
+      </c>
+      <c r="D3" t="s">
+        <v>28</v>
+      </c>
+      <c r="E3" t="s">
+        <v>29</v>
+      </c>
+      <c r="F3" t="s">
+        <v>15</v>
+      </c>
+      <c r="G3" t="s">
+        <v>30</v>
+      </c>
+      <c r="H3" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>20</v>
+      </c>
+      <c r="B4" t="s">
+        <v>32</v>
+      </c>
+      <c r="C4" t="s">
+        <v>33</v>
+      </c>
+      <c r="D4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E4" t="s">
+        <v>34</v>
+      </c>
+      <c r="F4" t="s">
+        <v>15</v>
+      </c>
+      <c r="G4" t="s">
+        <v>35</v>
+      </c>
+      <c r="H4" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>20</v>
+      </c>
+      <c r="B5" t="s">
+        <v>37</v>
+      </c>
+      <c r="C5" t="s">
+        <v>38</v>
+      </c>
+      <c r="D5" t="s">
+        <v>15</v>
+      </c>
+      <c r="E5" t="s">
+        <v>39</v>
+      </c>
+      <c r="F5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G5" t="s">
+        <v>40</v>
+      </c>
+      <c r="H5" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>20</v>
+      </c>
+      <c r="B6" t="s">
+        <v>42</v>
+      </c>
+      <c r="C6" t="s">
+        <v>43</v>
+      </c>
+      <c r="D6" t="s">
+        <v>44</v>
+      </c>
+      <c r="E6" t="s">
+        <v>45</v>
+      </c>
+      <c r="F6" t="s">
+        <v>15</v>
+      </c>
+      <c r="G6" t="s">
+        <v>46</v>
+      </c>
+      <c r="H6" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>20</v>
+      </c>
+      <c r="B7" t="s">
+        <v>48</v>
+      </c>
+      <c r="C7" t="s">
+        <v>43</v>
+      </c>
+      <c r="D7" t="s">
+        <v>44</v>
+      </c>
+      <c r="E7" t="s">
+        <v>49</v>
+      </c>
+      <c r="F7" t="s">
+        <v>15</v>
+      </c>
+      <c r="G7" t="s">
+        <v>50</v>
+      </c>
+      <c r="H7" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>20</v>
+      </c>
+      <c r="B8" t="s">
+        <v>52</v>
+      </c>
+      <c r="C8" t="s">
+        <v>43</v>
+      </c>
+      <c r="D8" t="s">
+        <v>44</v>
+      </c>
+      <c r="E8" t="s">
+        <v>53</v>
+      </c>
+      <c r="F8" t="s">
+        <v>15</v>
+      </c>
+      <c r="G8" t="s">
+        <v>54</v>
+      </c>
+      <c r="H8" t="s">
+        <v>55</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:I29"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>56</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>57</v>
+      </c>
+      <c r="B2" t="s">
+        <v>58</v>
+      </c>
+      <c r="C2" t="s">
+        <v>15</v>
+      </c>
+      <c r="D2" t="s">
+        <v>15</v>
+      </c>
+      <c r="E2" t="s">
+        <v>59</v>
+      </c>
+      <c r="F2" t="s">
+        <v>15</v>
+      </c>
+      <c r="G2" t="s">
+        <v>60</v>
+      </c>
+      <c r="H2" t="s">
+        <v>61</v>
+      </c>
+      <c r="I2" t="s">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>57</v>
+      </c>
+      <c r="B3" t="s">
+        <v>63</v>
+      </c>
+      <c r="C3" t="s">
+        <v>15</v>
+      </c>
+      <c r="D3" t="s">
+        <v>15</v>
+      </c>
+      <c r="E3" t="s">
+        <v>64</v>
+      </c>
+      <c r="F3" t="s">
+        <v>15</v>
+      </c>
+      <c r="G3" t="s">
+        <v>65</v>
+      </c>
+      <c r="H3" t="s">
+        <v>66</v>
+      </c>
+      <c r="I3" t="s">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>57</v>
+      </c>
+      <c r="B4" t="s">
+        <v>67</v>
+      </c>
+      <c r="C4" t="s">
+        <v>15</v>
+      </c>
+      <c r="D4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E4" t="s">
+        <v>68</v>
+      </c>
+      <c r="F4" t="s">
+        <v>15</v>
+      </c>
+      <c r="G4" t="s">
+        <v>69</v>
+      </c>
+      <c r="H4" t="s">
+        <v>70</v>
+      </c>
+      <c r="I4" t="s">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>57</v>
+      </c>
+      <c r="B5" t="s">
+        <v>71</v>
+      </c>
+      <c r="C5" t="s">
+        <v>15</v>
+      </c>
+      <c r="D5" t="s">
+        <v>15</v>
+      </c>
+      <c r="E5" t="s">
+        <v>72</v>
+      </c>
+      <c r="F5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G5" t="s">
+        <v>73</v>
+      </c>
+      <c r="H5" t="s">
+        <v>74</v>
+      </c>
+      <c r="I5" t="s">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>57</v>
+      </c>
+      <c r="B6" t="s">
+        <v>75</v>
+      </c>
+      <c r="C6" t="s">
+        <v>15</v>
+      </c>
+      <c r="D6" t="s">
+        <v>15</v>
+      </c>
+      <c r="E6" t="s">
+        <v>76</v>
+      </c>
+      <c r="F6" t="s">
+        <v>15</v>
+      </c>
+      <c r="G6" t="s">
+        <v>77</v>
+      </c>
+      <c r="H6" t="s">
+        <v>78</v>
+      </c>
+      <c r="I6" t="s">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>57</v>
+      </c>
+      <c r="B7" t="s">
+        <v>79</v>
+      </c>
+      <c r="C7" t="s">
+        <v>15</v>
+      </c>
+      <c r="D7" t="s">
+        <v>15</v>
+      </c>
+      <c r="E7" t="s">
+        <v>80</v>
+      </c>
+      <c r="F7" t="s">
+        <v>15</v>
+      </c>
+      <c r="G7" t="s">
+        <v>81</v>
+      </c>
+      <c r="H7" t="s">
+        <v>82</v>
+      </c>
+      <c r="I7" t="s">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>57</v>
+      </c>
+      <c r="B8" t="s">
+        <v>83</v>
+      </c>
+      <c r="C8" t="s">
+        <v>15</v>
+      </c>
+      <c r="D8" t="s">
+        <v>15</v>
+      </c>
+      <c r="E8" t="s">
+        <v>84</v>
+      </c>
+      <c r="F8" t="s">
+        <v>15</v>
+      </c>
+      <c r="G8" t="s">
+        <v>85</v>
+      </c>
+      <c r="H8" t="s">
+        <v>86</v>
+      </c>
+      <c r="I8" t="s">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>57</v>
+      </c>
+      <c r="B9" t="s">
+        <v>87</v>
+      </c>
+      <c r="C9" t="s">
+        <v>15</v>
+      </c>
+      <c r="D9" t="s">
+        <v>15</v>
+      </c>
+      <c r="E9" t="s">
+        <v>88</v>
+      </c>
+      <c r="F9" t="s">
+        <v>15</v>
+      </c>
+      <c r="G9" t="s">
+        <v>89</v>
+      </c>
+      <c r="H9" t="s">
+        <v>90</v>
+      </c>
+      <c r="I9" t="s">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>57</v>
+      </c>
+      <c r="B10" t="s">
+        <v>91</v>
+      </c>
+      <c r="C10" t="s">
+        <v>15</v>
+      </c>
+      <c r="D10" t="s">
+        <v>15</v>
+      </c>
+      <c r="E10" t="s">
+        <v>92</v>
+      </c>
+      <c r="F10" t="s">
+        <v>15</v>
+      </c>
+      <c r="G10" t="s">
+        <v>93</v>
+      </c>
+      <c r="H10" t="s">
+        <v>94</v>
+      </c>
+      <c r="I10" t="s">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>57</v>
+      </c>
+      <c r="B11" t="s">
+        <v>95</v>
+      </c>
+      <c r="C11" t="s">
+        <v>15</v>
+      </c>
+      <c r="D11" t="s">
+        <v>15</v>
+      </c>
+      <c r="E11" t="s">
+        <v>96</v>
+      </c>
+      <c r="F11" t="s">
+        <v>15</v>
+      </c>
+      <c r="G11" t="s">
+        <v>97</v>
+      </c>
+      <c r="H11" t="s">
+        <v>98</v>
+      </c>
+      <c r="I11" t="s">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>57</v>
+      </c>
+      <c r="B12" t="s">
+        <v>99</v>
+      </c>
+      <c r="C12" t="s">
+        <v>15</v>
+      </c>
+      <c r="D12" t="s">
+        <v>15</v>
+      </c>
+      <c r="E12" t="s">
+        <v>100</v>
+      </c>
+      <c r="F12" t="s">
+        <v>15</v>
+      </c>
+      <c r="G12" t="s">
+        <v>101</v>
+      </c>
+      <c r="H12" t="s">
+        <v>102</v>
+      </c>
+      <c r="I12" t="s">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="s">
+        <v>57</v>
+      </c>
+      <c r="B13" t="s">
+        <v>103</v>
+      </c>
+      <c r="C13" t="s">
+        <v>15</v>
+      </c>
+      <c r="D13" t="s">
+        <v>15</v>
+      </c>
+      <c r="E13" t="s">
+        <v>104</v>
+      </c>
+      <c r="F13" t="s">
+        <v>15</v>
+      </c>
+      <c r="G13" t="s">
+        <v>105</v>
+      </c>
+      <c r="H13" t="s">
+        <v>106</v>
+      </c>
+      <c r="I13" t="s">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" t="s">
+        <v>57</v>
+      </c>
+      <c r="B14" t="s">
+        <v>107</v>
+      </c>
+      <c r="C14" t="s">
+        <v>15</v>
+      </c>
+      <c r="D14" t="s">
+        <v>15</v>
+      </c>
+      <c r="E14" t="s">
+        <v>108</v>
+      </c>
+      <c r="F14" t="s">
+        <v>15</v>
+      </c>
+      <c r="G14" t="s">
+        <v>109</v>
+      </c>
+      <c r="H14" t="s">
+        <v>110</v>
+      </c>
+      <c r="I14" t="s">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" t="s">
+        <v>57</v>
+      </c>
+      <c r="B15" t="s">
+        <v>111</v>
+      </c>
+      <c r="C15" t="s">
+        <v>15</v>
+      </c>
+      <c r="D15" t="s">
+        <v>15</v>
+      </c>
+      <c r="E15" t="s">
+        <v>112</v>
+      </c>
+      <c r="F15" t="s">
+        <v>15</v>
+      </c>
+      <c r="G15" t="s">
+        <v>113</v>
+      </c>
+      <c r="H15" t="s">
+        <v>114</v>
+      </c>
+      <c r="I15" t="s">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" t="s">
+        <v>57</v>
+      </c>
+      <c r="B16" t="s">
+        <v>115</v>
+      </c>
+      <c r="C16" t="s">
+        <v>15</v>
+      </c>
+      <c r="D16" t="s">
+        <v>15</v>
+      </c>
+      <c r="E16" t="s">
+        <v>116</v>
+      </c>
+      <c r="F16" t="s">
+        <v>15</v>
+      </c>
+      <c r="G16" t="s">
+        <v>117</v>
+      </c>
+      <c r="H16" t="s">
+        <v>118</v>
+      </c>
+      <c r="I16" t="s">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" t="s">
+        <v>57</v>
+      </c>
+      <c r="B17" t="s">
+        <v>119</v>
+      </c>
+      <c r="C17" t="s">
+        <v>15</v>
+      </c>
+      <c r="D17" t="s">
+        <v>15</v>
+      </c>
+      <c r="E17" t="s">
+        <v>120</v>
+      </c>
+      <c r="F17" t="s">
+        <v>15</v>
+      </c>
+      <c r="G17" t="s">
+        <v>121</v>
+      </c>
+      <c r="H17" t="s">
+        <v>122</v>
+      </c>
+      <c r="I17" t="s">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="18">
+      <c r="A18" t="s">
+        <v>57</v>
+      </c>
+      <c r="B18" t="s">
+        <v>123</v>
+      </c>
+      <c r="C18" t="s">
+        <v>15</v>
+      </c>
+      <c r="D18" t="s">
+        <v>15</v>
+      </c>
+      <c r="E18" t="s">
+        <v>124</v>
+      </c>
+      <c r="F18" t="s">
+        <v>15</v>
+      </c>
+      <c r="G18" t="s">
+        <v>125</v>
+      </c>
+      <c r="H18" t="s">
+        <v>126</v>
+      </c>
+      <c r="I18" t="s">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="19">
+      <c r="A19" t="s">
+        <v>57</v>
+      </c>
+      <c r="B19" t="s">
+        <v>127</v>
+      </c>
+      <c r="C19" t="s">
+        <v>15</v>
+      </c>
+      <c r="D19" t="s">
+        <v>15</v>
+      </c>
+      <c r="E19" t="s">
+        <v>128</v>
+      </c>
+      <c r="F19" t="s">
+        <v>15</v>
+      </c>
+      <c r="G19" t="s">
+        <v>129</v>
+      </c>
+      <c r="H19" t="s">
+        <v>130</v>
+      </c>
+      <c r="I19" t="s">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="20">
+      <c r="A20" t="s">
+        <v>57</v>
+      </c>
+      <c r="B20" t="s">
+        <v>131</v>
+      </c>
+      <c r="C20" t="s">
+        <v>15</v>
+      </c>
+      <c r="D20" t="s">
+        <v>15</v>
+      </c>
+      <c r="E20" t="s">
+        <v>132</v>
+      </c>
+      <c r="F20" t="s">
+        <v>15</v>
+      </c>
+      <c r="G20" t="s">
+        <v>133</v>
+      </c>
+      <c r="H20" t="s">
+        <v>134</v>
+      </c>
+      <c r="I20" t="s">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="21">
+      <c r="A21" t="s">
+        <v>57</v>
+      </c>
+      <c r="B21" t="s">
+        <v>135</v>
+      </c>
+      <c r="C21" t="s">
+        <v>15</v>
+      </c>
+      <c r="D21" t="s">
+        <v>15</v>
+      </c>
+      <c r="E21" t="s">
+        <v>136</v>
+      </c>
+      <c r="F21" t="s">
+        <v>15</v>
+      </c>
+      <c r="G21" t="s">
+        <v>137</v>
+      </c>
+      <c r="H21" t="s">
+        <v>138</v>
+      </c>
+      <c r="I21" t="s">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="22">
+      <c r="A22" t="s">
+        <v>57</v>
+      </c>
+      <c r="B22" t="s">
+        <v>139</v>
+      </c>
+      <c r="C22" t="s">
+        <v>15</v>
+      </c>
+      <c r="D22" t="s">
+        <v>15</v>
+      </c>
+      <c r="E22" t="s">
+        <v>140</v>
+      </c>
+      <c r="F22" t="s">
+        <v>15</v>
+      </c>
+      <c r="G22" t="s">
+        <v>141</v>
+      </c>
+      <c r="H22" t="s">
+        <v>142</v>
+      </c>
+      <c r="I22" t="s">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="23">
+      <c r="A23" t="s">
+        <v>57</v>
+      </c>
+      <c r="B23" t="s">
+        <v>143</v>
+      </c>
+      <c r="C23" t="s">
+        <v>15</v>
+      </c>
+      <c r="D23" t="s">
+        <v>15</v>
+      </c>
+      <c r="E23" t="s">
+        <v>144</v>
+      </c>
+      <c r="F23" t="s">
+        <v>15</v>
+      </c>
+      <c r="G23" t="s">
+        <v>145</v>
+      </c>
+      <c r="H23" t="s">
+        <v>146</v>
+      </c>
+      <c r="I23" t="s">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="24">
+      <c r="A24" t="s">
+        <v>57</v>
+      </c>
+      <c r="B24" t="s">
+        <v>147</v>
+      </c>
+      <c r="C24" t="s">
+        <v>15</v>
+      </c>
+      <c r="D24" t="s">
+        <v>15</v>
+      </c>
+      <c r="E24" t="s">
+        <v>148</v>
+      </c>
+      <c r="F24" t="s">
+        <v>15</v>
+      </c>
+      <c r="G24" t="s">
+        <v>149</v>
+      </c>
+      <c r="H24" t="s">
+        <v>150</v>
+      </c>
+      <c r="I24" t="s">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="25">
+      <c r="A25" t="s">
+        <v>57</v>
+      </c>
+      <c r="B25" t="s">
+        <v>151</v>
+      </c>
+      <c r="C25" t="s">
+        <v>152</v>
+      </c>
+      <c r="D25" t="s">
+        <v>15</v>
+      </c>
+      <c r="E25" t="s">
+        <v>153</v>
+      </c>
+      <c r="F25" t="s">
+        <v>15</v>
+      </c>
+      <c r="G25" t="s">
+        <v>154</v>
+      </c>
+      <c r="H25" t="s">
+        <v>155</v>
+      </c>
+      <c r="I25" t="s">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="26">
+      <c r="A26" t="s">
+        <v>57</v>
+      </c>
+      <c r="B26" t="s">
+        <v>156</v>
+      </c>
+      <c r="C26" t="s">
+        <v>15</v>
+      </c>
+      <c r="D26" t="s">
+        <v>15</v>
+      </c>
+      <c r="E26" t="s">
+        <v>157</v>
+      </c>
+      <c r="F26" t="s">
+        <v>15</v>
+      </c>
+      <c r="G26" t="s">
+        <v>158</v>
+      </c>
+      <c r="H26" t="s">
+        <v>159</v>
+      </c>
+      <c r="I26" t="s">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="27">
+      <c r="A27" t="s">
+        <v>57</v>
+      </c>
+      <c r="B27" t="s">
+        <v>160</v>
+      </c>
+      <c r="C27" t="s">
+        <v>15</v>
+      </c>
+      <c r="D27" t="s">
+        <v>15</v>
+      </c>
+      <c r="E27" t="s">
+        <v>161</v>
+      </c>
+      <c r="F27" t="s">
+        <v>15</v>
+      </c>
+      <c r="G27" t="s">
+        <v>162</v>
+      </c>
+      <c r="H27" t="s">
+        <v>163</v>
+      </c>
+      <c r="I27" t="s">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="28">
+      <c r="A28" t="s">
+        <v>57</v>
+      </c>
+      <c r="B28" t="s">
+        <v>164</v>
+      </c>
+      <c r="C28" t="s">
+        <v>15</v>
+      </c>
+      <c r="D28" t="s">
+        <v>15</v>
+      </c>
+      <c r="E28" t="s">
+        <v>165</v>
+      </c>
+      <c r="F28" t="s">
+        <v>15</v>
+      </c>
+      <c r="G28" t="s">
+        <v>166</v>
+      </c>
+      <c r="H28" t="s">
+        <v>167</v>
+      </c>
+      <c r="I28" t="s">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="29">
+      <c r="A29" t="s">
+        <v>57</v>
+      </c>
+      <c r="B29" t="s">
+        <v>168</v>
+      </c>
+      <c r="C29" t="s">
+        <v>15</v>
+      </c>
+      <c r="D29" t="s">
+        <v>15</v>
+      </c>
+      <c r="E29" t="s">
+        <v>169</v>
+      </c>
+      <c r="F29" t="s">
+        <v>15</v>
+      </c>
+      <c r="G29" t="s">
+        <v>170</v>
+      </c>
+      <c r="H29" t="s">
+        <v>171</v>
+      </c>
+      <c r="I29" t="s">
+        <v>62</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:I1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H3"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>172</v>
+      </c>
+      <c r="B2" t="s">
+        <v>173</v>
+      </c>
+      <c r="C2" t="s">
+        <v>174</v>
+      </c>
+      <c r="D2" t="s">
+        <v>175</v>
+      </c>
+      <c r="E2" t="s">
+        <v>176</v>
+      </c>
+      <c r="F2" t="s">
+        <v>15</v>
+      </c>
+      <c r="G2" t="s">
+        <v>177</v>
+      </c>
+      <c r="H2" t="s">
+        <v>178</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>172</v>
+      </c>
+      <c r="B3" t="s">
+        <v>179</v>
+      </c>
+      <c r="C3" t="s">
+        <v>180</v>
+      </c>
+      <c r="D3" t="s">
+        <v>181</v>
+      </c>
+      <c r="E3" t="s">
+        <v>182</v>
+      </c>
+      <c r="F3" t="s">
+        <v>15</v>
+      </c>
+      <c r="G3" t="s">
+        <v>183</v>
+      </c>
+      <c r="H3" t="s">
+        <v>184</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:Y3"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>185</v>
+      </c>
+      <c r="J1" t="s">
+        <v>9</v>
+      </c>
+      <c r="K1" t="s">
+        <v>186</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>187</v>
+      </c>
+      <c r="B2" t="s">
+        <v>188</v>
+      </c>
+      <c r="C2" t="s">
+        <v>15</v>
+      </c>
+      <c r="D2" t="s">
+        <v>15</v>
+      </c>
+      <c r="E2" t="s">
+        <v>189</v>
+      </c>
+      <c r="F2" t="s">
+        <v>15</v>
+      </c>
+      <c r="G2" t="s">
+        <v>190</v>
+      </c>
+      <c r="H2" t="s">
+        <v>191</v>
+      </c>
+      <c r="I2" t="s">
+        <v>192</v>
+      </c>
+      <c r="J2" t="s">
+        <v>193</v>
       </c>
       <c r="K2" t="s">
-        <v>19</v>
+        <v>194</v>
       </c>
       <c r="L2" t="s">
-        <v>20</v>
+        <v>195</v>
       </c>
       <c r="M2" t="s">
-        <v>21</v>
+        <v>196</v>
       </c>
       <c r="N2" t="s">
-        <v>22</v>
+        <v>197</v>
       </c>
       <c r="O2" t="s">
-        <v>23</v>
+        <v>198</v>
       </c>
       <c r="P2" t="s">
-        <v>24</v>
+        <v>199</v>
       </c>
       <c r="Q2" t="s">
-        <v>25</v>
+        <v>200</v>
       </c>
       <c r="R2" t="s">
-        <v>26</v>
+        <v>201</v>
       </c>
       <c r="S2" t="s">
-        <v>27</v>
+        <v>202</v>
       </c>
       <c r="T2" t="s">
-        <v>28</v>
+        <v>203</v>
       </c>
       <c r="U2" t="s">
-        <v>29</v>
+        <v>204</v>
       </c>
       <c r="V2" t="s">
-        <v>30</v>
+        <v>205</v>
       </c>
       <c r="W2" t="s">
-        <v>31</v>
+        <v>206</v>
       </c>
       <c r="X2" t="s">
-        <v>32</v>
+        <v>207</v>
       </c>
       <c r="Y2" t="s">
-        <v>33</v>
+        <v>208</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>187</v>
+      </c>
+      <c r="B3" t="s">
+        <v>209</v>
+      </c>
+      <c r="C3" t="s">
+        <v>15</v>
+      </c>
+      <c r="D3" t="s">
+        <v>15</v>
+      </c>
+      <c r="E3" t="s">
+        <v>210</v>
+      </c>
+      <c r="F3" t="s">
+        <v>15</v>
+      </c>
+      <c r="G3" t="s">
+        <v>211</v>
+      </c>
+      <c r="H3" t="s">
+        <v>212</v>
+      </c>
+      <c r="I3" t="s">
+        <v>213</v>
+      </c>
+      <c r="J3" t="s">
+        <v>15</v>
+      </c>
+      <c r="K3" t="s">
+        <v>214</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>