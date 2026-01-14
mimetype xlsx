--- v0 (2025-10-16)
+++ v1 (2026-01-14)
@@ -1,243 +1,598 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Drugs" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Guide maladie chronique" r:id="rId3" sheetId="1"/>
+    <sheet name="Export évènement de calendrier" r:id="rId4" sheetId="2"/>
+    <sheet name="Export Medicament" r:id="rId5" sheetId="3"/>
+    <sheet name="Export Article HAS" r:id="rId6" sheetId="4"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Drugs'!$B$1:$K$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Article HAS'!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="23" uniqueCount="21">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="91" uniqueCount="49">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Active ingredient</t>
-[...8 lines deleted...]
-    <t>Medicine</t>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Syndrome du QT Long</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d'un Syndrome du QT Long. Il a été élaboré par le Centre de Référence des Maladies cardiaques héréditaires à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>14/10/2021 08:39:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3290161/fr/syndrome-du-qt-long</t>
+  </si>
+  <si>
+    <t>p_3290161</t>
+  </si>
+  <si>
+    <t>Type d'évènement</t>
+  </si>
+  <si>
+    <t>Evénement de Calendrier</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 23 janvier 2013</t>
+  </si>
+  <si>
+    <t>Retrait de la demande d'inscription de la spécialité CARDASA par le laboratoire exploitant. Le projet d'avis est annexé au compte-rendu.</t>
+  </si>
+  <si>
+    <t>23/01/2013 11:40:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1353476/fr/commission-de-la-transparence-reunion-du-23-janvier-2013</t>
+  </si>
+  <si>
+    <t>c_1353476</t>
+  </si>
+  <si>
+    <t>Commission</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 4 novembre 2009</t>
+  </si>
+  <si>
+    <t>04/11/2009 10:45:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_871740/fr/commission-de-la-transparence-reunion-du-4-novembre-2009</t>
+  </si>
+  <si>
+    <t>c_871740</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 9 septembre 2009</t>
+  </si>
+  <si>
+    <t>09/09/2009 10:45:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_840805/fr/commission-de-la-transparence-reunion-du-9-septembre-2009</t>
+  </si>
+  <si>
+    <t>c_840805</t>
+  </si>
+  <si>
+    <t>Substance active (DCI)</t>
+  </si>
+  <si>
+    <t>Laboratoire / Fabricant</t>
+  </si>
+  <si>
+    <t>Avis sur les Médicaments</t>
+  </si>
+  <si>
+    <t>Médicament</t>
   </si>
   <si>
     <t>RANEXA (ranolazine)</t>
   </si>
   <si>
-    <t/>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2985151/en/ranexa-ranolazine</t>
+    <t>21/05/2013 15:40:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985151/fr/ranexa-ranolazine</t>
   </si>
   <si>
     <t>pprd_2985151</t>
   </si>
   <si>
     <t>ranolazine</t>
   </si>
   <si>
     <t>Laboratoire A. MENARINI FARMACEUTICA INTERNAZIONALE SRL</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_1067925/en/ranexa-ranolazine</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_883290/en/ranexa</t>
+    <t>https://www.has-sante.fr/jcms/c_1067925/fr/ranexa-ranolazine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_883290/fr/ranexa-ranolazine</t>
+  </si>
+  <si>
+    <t>Article HAS</t>
+  </si>
+  <si>
+    <t>Outil d’aide à la préparation des épreuves dématérialisées nationales (EDN) : mode d'emploi</t>
+  </si>
+  <si>
+    <t>La HAS a recensé parmi ses travaux ceux qui intéressent les étudiants qui préparent les épreuves dématérialisées nationales (EDN).</t>
+  </si>
+  <si>
+    <t>03/02/2023 10:04:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_646948/fr/outil-d-aide-a-la-preparation-des-epreuves-dematerialisees-nationales-edn-mode-d-emploi</t>
+  </si>
+  <si>
+    <t>c_646948</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:L2"/>
+  <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
-      <c r="I1" t="s">
-[...7 lines deleted...]
-      </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="B2" t="s">
+        <v>9</v>
+      </c>
+      <c r="C2" t="s">
+        <v>10</v>
+      </c>
+      <c r="D2" t="s">
+        <v>11</v>
+      </c>
+      <c r="E2" t="s">
         <v>12</v>
       </c>
+      <c r="F2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" t="s">
+        <v>13</v>
+      </c>
+      <c r="H2" t="s">
+        <v>14</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:I4"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>16</v>
+      </c>
+      <c r="B2" t="s">
+        <v>17</v>
+      </c>
       <c r="C2" t="s">
-        <v>13</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="E2" t="s">
-        <v>14</v>
+        <v>19</v>
       </c>
       <c r="F2" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G2" t="s">
-        <v>15</v>
+        <v>20</v>
       </c>
       <c r="H2" t="s">
+        <v>21</v>
+      </c>
+      <c r="I2" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
         <v>16</v>
       </c>
+      <c r="B3" t="s">
+        <v>23</v>
+      </c>
+      <c r="C3" t="s">
+        <v>11</v>
+      </c>
+      <c r="D3" t="s">
+        <v>11</v>
+      </c>
+      <c r="E3" t="s">
+        <v>24</v>
+      </c>
+      <c r="F3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G3" t="s">
+        <v>25</v>
+      </c>
+      <c r="H3" t="s">
+        <v>26</v>
+      </c>
+      <c r="I3" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>16</v>
+      </c>
+      <c r="B4" t="s">
+        <v>27</v>
+      </c>
+      <c r="C4" t="s">
+        <v>11</v>
+      </c>
+      <c r="D4" t="s">
+        <v>11</v>
+      </c>
+      <c r="E4" t="s">
+        <v>28</v>
+      </c>
+      <c r="F4" t="s">
+        <v>11</v>
+      </c>
+      <c r="G4" t="s">
+        <v>29</v>
+      </c>
+      <c r="H4" t="s">
+        <v>30</v>
+      </c>
+      <c r="I4" t="s">
+        <v>22</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:I1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:L2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>31</v>
+      </c>
+      <c r="J1" t="s">
+        <v>32</v>
+      </c>
+      <c r="K1" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>34</v>
+      </c>
+      <c r="B2" t="s">
+        <v>35</v>
+      </c>
+      <c r="C2" t="s">
+        <v>11</v>
+      </c>
+      <c r="D2" t="s">
+        <v>11</v>
+      </c>
+      <c r="E2" t="s">
+        <v>36</v>
+      </c>
+      <c r="F2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" t="s">
+        <v>37</v>
+      </c>
+      <c r="H2" t="s">
+        <v>38</v>
+      </c>
       <c r="I2" t="s">
-        <v>17</v>
+        <v>39</v>
       </c>
       <c r="J2" t="s">
-        <v>18</v>
+        <v>40</v>
       </c>
       <c r="K2" t="s">
-        <v>19</v>
+        <v>41</v>
       </c>
       <c r="L2" t="s">
-        <v>20</v>
+        <v>42</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:K1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>43</v>
+      </c>
+      <c r="B2" t="s">
+        <v>44</v>
+      </c>
+      <c r="C2" t="s">
+        <v>45</v>
+      </c>
+      <c r="D2" t="s">
+        <v>11</v>
+      </c>
+      <c r="E2" t="s">
+        <v>46</v>
+      </c>
+      <c r="F2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" t="s">
+        <v>47</v>
+      </c>
+      <c r="H2" t="s">
+        <v>48</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>