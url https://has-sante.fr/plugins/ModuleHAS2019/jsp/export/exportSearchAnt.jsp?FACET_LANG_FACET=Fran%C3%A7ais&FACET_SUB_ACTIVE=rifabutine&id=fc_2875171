--- v0 (2025-10-16)
+++ v1 (2026-01-14)
@@ -1,178 +1,460 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet5.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export " r:id="rId3" sheetId="1"/>
+    <sheet name="Export Guide maladie chronique" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Recommandation de bonne " r:id="rId4" sheetId="2"/>
+    <sheet name="Export Outil d'amélioration des" r:id="rId5" sheetId="3"/>
+    <sheet name="Export Medicament" r:id="rId6" sheetId="4"/>
+    <sheet name="Export Article HAS" r:id="rId7" sheetId="5"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Outil d''amélioration des'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Article HAS'!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="24" uniqueCount="23">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="208" uniqueCount="113">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Chronic disease guide</t>
-[...11 lines deleted...]
-    <t>08/26/2025 00:00:00</t>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>ALD N° 29 - Tuberculose maladie</t>
+  </si>
+  <si>
+    <t>Le guide actes et prestations ALD n’est pas une recommandation de bonne pratique. Il ne constitue pas une aide à la décision portant sur la stratégie diagnostique ou thérapeutique.</t>
+  </si>
+  <si>
+    <t>17/07/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>26/08/2025 00:00:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_482999/en/active-tuberculosis</t>
+    <t>https://www.has-sante.fr/jcms/c_482999/fr/ald-n-29-tuberculose-maladie</t>
   </si>
   <si>
     <t>c_482999</t>
   </si>
   <si>
-    <t>Practice guidelines</t>
-[...14 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_272363/en/medical-follow-up-of-patients-with-asthma-adults-and-adolescents</t>
+    <t>Malformations lymphatiques kystiques (MLK)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint de malformations lymphatiques kystiques (MLK). Il a été élaboré par les Centres de Référence et de Compétences Maladies Rares de la filière de santé FIMARAD à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>04/03/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>09/03/2021 08:43:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3241227/fr/malformations-lymphatiques-kystiques-mlk</t>
+  </si>
+  <si>
+    <t>p_3241227</t>
+  </si>
+  <si>
+    <t>Trisomie 21</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint de trisomie 21. Il a été élaboré par Centre de Référence CLAD Sud-Est « Anomalies du développement et syndromes malformatifs avec ou sans Déficience Intellectuelle de causes Rares, à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>29/01/2020 15:01:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3148883/fr/trisomie-21</t>
+  </si>
+  <si>
+    <t>p_3148883</t>
+  </si>
+  <si>
+    <t>Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Initiation d’un premier traitement antirétroviral chez l’adulte vivant avec le VIH</t>
+  </si>
+  <si>
+    <t>À la demande du ministère chargé de la santé, le Conseil National du Sida et des hépatites virales (CNS) et l'Agence nationale de recherches sur le sida | Maladies infectieuses émergentes (ANRS | MIE) ont sollicité la Haute Autorité de santé (HAS) pour l’élaboration d’une actualisation des recommandations françaises de prise en charge des personnes vivant avec le VIH (PVVIH). L’accompagnement de la HAS s’est inscrit dans le cadre de la labellisation par la HAS d’une recommandation élaborée par un organisme professionnel.</t>
+  </si>
+  <si>
+    <t>29/08/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>03/10/2024 10:22:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3545694/fr/initiation-d-un-premier-traitement-antiretroviral-chez-l-adulte-vivant-avec-le-vih</t>
+  </si>
+  <si>
+    <t>p_3545694</t>
+  </si>
+  <si>
+    <t>Contraception chez la femme en post-partum</t>
+  </si>
+  <si>
+    <t>Il est important d’aborder la contraception et d’informer les femmes sur les méthodes possibles au cours de la grossesse et de la proposer en post-partum immédiat. La consultation du post-partum (6 à 8 semaines après l’accouchement) doit permettre de confirmer le choix contraceptif, son renouvellement éventuel, sa surveillance ou la pose d’un dispositif de longue durée (DIU, implant).</t>
+  </si>
+  <si>
+    <t>10/07/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>17/09/2019 12:11:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1369193/fr/contraception-chez-la-femme-en-post-partum</t>
+  </si>
+  <si>
+    <t>c_1369193</t>
+  </si>
+  <si>
+    <t>Contraception chez la femme à risque cardiovasculaire</t>
+  </si>
+  <si>
+    <t>La contraception chez une femme à risque cardiovasculaire n’est pas une prescription anodine. La Haute Autorité de santé (HAS) publie une nouvelle fiche mémo pour aider les professionnels de santé à proposer la contraception la plus adaptée aux contre indications présentées : antécédents, pathologies ou facteurs de risque. Cette fiche est fondée sur les critères établis par l’Organisation mondiale de la santé adaptés au contexte français.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1638478/fr/contraception-chez-la-femme-a-risque-cardiovasculaire</t>
+  </si>
+  <si>
+    <t>c_1638478</t>
+  </si>
+  <si>
+    <t>Contraception hormonale orale : dispensation en officine</t>
+  </si>
+  <si>
+    <t>Ces fiches mémo visent à fournir aux pharmaciens d’officine des outils afin de les aider à la dispensation d’une contraception hormonale régulière ou d’une contraception d’urgence aux femmes et adolescentes.</t>
+  </si>
+  <si>
+    <t>17/09/2019 12:07:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1720982/fr/contraception-hormonale-orale-dispensation-en-officine</t>
+  </si>
+  <si>
+    <t>c_1720982</t>
+  </si>
+  <si>
+    <t>Contraception : prescriptions et conseils aux femmes</t>
+  </si>
+  <si>
+    <t>Cette fiche mémo, fondée sur les recommandations les plus récentes, fait partie d’un ensemble de fiches mémo concernant la contraception et complète plusieurs documents sur ce thème produits par la HAS. Elle est un outil pour le professionnel de santé afin de mieux aider les femmes/les hommes à trouver la méthode de contraception qui leur convient le mieux à une période donnée de leur vie.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1752432/fr/contraception-prescriptions-et-conseils-aux-femmes</t>
+  </si>
+  <si>
+    <t>c_1752432</t>
+  </si>
+  <si>
+    <t>Contraception chez la femme adulte et de l'adolescente en âge de procréer (hors post-partum et post-IVG)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1752542/fr/contraception-chez-la-femme-adulte-et-de-l-adolescente-en-age-de-procreer-hors-post-partum-et-post-ivg</t>
+  </si>
+  <si>
+    <t>c_1752542</t>
+  </si>
+  <si>
+    <t>Stérilisation à visée contraceptive chez l’homme et chez la femme</t>
+  </si>
+  <si>
+    <t>Cette fiche mémo, fondée sur les recommandations les plus récentes, fait partie d’un ensemble de fiches mémo concernant la contraception et complète plusieurs documents sur ce thème produits par la HAS. Elle est un outil pour le professionnel de santé afin de mieux aider les femmes à trouver la méthode de contraception qui leur convient le mieux à une période donnée de leur vie.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1752765/fr/sterilisation-a-visee-contraceptive-chez-l-homme-et-chez-la-femme</t>
+  </si>
+  <si>
+    <t>c_1752765</t>
+  </si>
+  <si>
+    <t>Contraception chez la femme après une interruption volontaire de grossesse (IVG)</t>
+  </si>
+  <si>
+    <t>La reprise de la fertilité après une IVG est immédiate ; une contraception efficace est donc indispensable dès la réalisation de l’IVG. Une information sur la contraception doit être délivrée lors de la consultation pré-IVG.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1753312/fr/contraception-chez-la-femme-apres-une-interruption-volontaire-de-grossesse-ivg</t>
+  </si>
+  <si>
+    <t>c_1753312</t>
+  </si>
+  <si>
+    <t>Contraception d’urgence</t>
+  </si>
+  <si>
+    <t>Cette fiche mémo, fondée sur les recommandations les plus récentes, fait partie d’un ensemble de fiches mémo concernant la contraception et complète plusieurs documents sur ce thème produits par la HAS. Elle est un outil pour le professionnel de santé afin de mieux aider les femmes à trouver la méthode de contraception qui leur convient le mieux à une période donnée de leur vie</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1754842/fr/contraception-d-urgence</t>
+  </si>
+  <si>
+    <t>c_1754842</t>
+  </si>
+  <si>
+    <t>Contraception chez l’homme</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1757909/fr/contraception-chez-l-homme</t>
+  </si>
+  <si>
+    <t>c_1757909</t>
+  </si>
+  <si>
+    <t>Contraception estroprogestative transdermique ou vaginale : dispensation en officine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1759931/fr/contraception-estroprogestative-transdermique-ou-vaginale-dispensation-en-officine</t>
+  </si>
+  <si>
+    <t>c_1759931</t>
+  </si>
+  <si>
+    <t>Contraception d’urgence : dispensation en officine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1759990/fr/contraception-d-urgence-dispensation-en-officine</t>
+  </si>
+  <si>
+    <t>c_1759990</t>
+  </si>
+  <si>
+    <t>Stratégies thérapeutiques pour les personnes dépendantes des opiacés : place des traitements de substitution</t>
+  </si>
+  <si>
+    <t>L’objectif de cette conférence de consensus est de répondre aux six questions suivantes, posées au jury : Quels sont les finalités et les résultats attendus des traitements de substitution des opiacés ? Quels sont les résultats obtenus par les traitements de substitution des opiacés ? Quelles sont les indications des médicaments de substitution des opiacés ? Quelles sont les modalités de prise en charge nécessaires à la mise en oeuvre et au suivi des traitements de substitution des opiacés ? Quand et comment les modalités d'un traitement de substitution des opiacés doivent-elles être adaptées en pratique ? Comment promouvoir la qualité des pratiques professionnelles dans la prise en charge des patients bénéficiant d'un traitement de substitution des opiacés ?</t>
+  </si>
+  <si>
+    <t>01/06/2004 00:00:00</t>
+  </si>
+  <si>
+    <t>01/06/2004 17:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272358/fr/strategies-therapeutiques-pour-les-personnes-dependantes-des-opiaces-place-des-traitements-de-substitution</t>
+  </si>
+  <si>
+    <t>c_272358</t>
+  </si>
+  <si>
+    <t>Recommandations pour le suivi médical des patients asthmatiques adultes et adolescents</t>
+  </si>
+  <si>
+    <t>Ce document propose des recommandations concernant les modalités de suivi médical au long cours des patients asthmatiques. Il concerne exclusivement les adultes et les adolescents.# Les objectifs sont :# 1. de définir les critères de suivi des patients asthmatiques# 2. d’évaluer la place des examens complémentaires au cours du suivi : débit expiratoire de pointe (DEP), explorations fonctionnelles respiratoires (EFR) incluant les gaz du sang, radiographie thoracique, examens biologiques (éosinophilie sanguine, éosinophiles dans l’expectoration induite)# 3. de définir les patients à risque d’asthme aigu grave et de mort par asthme# 4. de proposer des modalités de suivi de la tolérance et de l’observance des traitements# 5. de proposer un schéma d’adaptation du traitement de fond# 6. de proposer un calendrier de suivi médical# 7. de préciser les spécificités du suivi des asthmes professionnels# Les recommandations n’abordent pas : # 1. le diagnostic initial de l’asthme# 2. la prise en charge des épisodes aigus (crises, exacerbations et asthme aigu grave)# 3. les aspects allergologiques de la prise en charge, particulièrement l’éviction des allergènes et la désensibilisation# 4. l’éducation des patients asthmatiques# 5. l’efficacité des traitements de l’asthme</t>
+  </si>
+  <si>
+    <t>01/09/2004 00:00:00</t>
+  </si>
+  <si>
+    <t>01/09/2004 17:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272363/fr/recommandations-pour-le-suivi-medical-des-patients-asthmatiques-adultes-et-adolescents</t>
   </si>
   <si>
     <t>c_272363</t>
+  </si>
+  <si>
+    <t>Outil d'amélioration des pratiques professionnelles</t>
+  </si>
+  <si>
+    <t>Traitement de la Covid-19</t>
+  </si>
+  <si>
+    <t>Cette fiche a pour objectif d’accompagner les professionnels de santé dans la conduite du traitement contre la Covid 19, en ambulatoire comme dans les établissements de santé. Cette réponse rapide actualise la fiche Réponses rapides sur le traitement par Paxlovid® des patients à risque de forme grave de Covid-19 (dernière actualisation le 21 décembre 2023).</t>
+  </si>
+  <si>
+    <t>23/06/2023 10:02:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3447571/fr/traitement-de-la-covid-19</t>
+  </si>
+  <si>
+    <t>p_3447571</t>
+  </si>
+  <si>
+    <t>Substance active (DCI)</t>
+  </si>
+  <si>
+    <t>Laboratoire / Fabricant</t>
+  </si>
+  <si>
+    <t>Avis sur les Médicaments</t>
+  </si>
+  <si>
+    <t>Médicament</t>
+  </si>
+  <si>
+    <t>ANSATIPINE (rifabutine)</t>
+  </si>
+  <si>
+    <t>10/12/2015 12:17:57</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984303/fr/ansatipine-rifabutine</t>
+  </si>
+  <si>
+    <t>pprd_2984303</t>
+  </si>
+  <si>
+    <t>rifabutine</t>
+  </si>
+  <si>
+    <t>SERB</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400284/fr/ansatipine-150-mg-gelule-boite-de-30-code-cip-336-069-6</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_944534/fr/ansatipine-rifabutine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2579416/fr/ansatipine-rifabutine</t>
+  </si>
+  <si>
+    <t>Article HAS</t>
+  </si>
+  <si>
+    <t>Efficacité des méthodes contraceptives</t>
+  </si>
+  <si>
+    <t>17/05/2014 14:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1757924/fr/efficacite-des-methodes-contraceptives</t>
+  </si>
+  <si>
+    <t>c_1757924</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H3"/>
+  <dimension ref="A1:H4"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -188,67 +470,719 @@
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
         <v>14</v>
       </c>
       <c r="H2" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
+        <v>8</v>
+      </c>
+      <c r="B3" t="s">
         <v>16</v>
       </c>
+      <c r="C3" t="s">
+        <v>17</v>
+      </c>
+      <c r="D3" t="s">
+        <v>18</v>
+      </c>
+      <c r="E3" t="s">
+        <v>19</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>20</v>
+      </c>
+      <c r="H3" t="s">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>8</v>
+      </c>
+      <c r="B4" t="s">
+        <v>22</v>
+      </c>
+      <c r="C4" t="s">
+        <v>23</v>
+      </c>
+      <c r="D4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E4" t="s">
+        <v>24</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>25</v>
+      </c>
+      <c r="H4" t="s">
+        <v>26</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H15"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>27</v>
+      </c>
+      <c r="B2" t="s">
+        <v>28</v>
+      </c>
+      <c r="C2" t="s">
+        <v>29</v>
+      </c>
+      <c r="D2" t="s">
+        <v>30</v>
+      </c>
+      <c r="E2" t="s">
+        <v>31</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>32</v>
+      </c>
+      <c r="H2" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>27</v>
+      </c>
       <c r="B3" t="s">
-        <v>17</v>
+        <v>34</v>
       </c>
       <c r="C3" t="s">
-        <v>18</v>
+        <v>35</v>
       </c>
       <c r="D3" t="s">
-        <v>19</v>
+        <v>36</v>
       </c>
       <c r="E3" t="s">
-        <v>20</v>
+        <v>37</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>21</v>
+        <v>38</v>
       </c>
       <c r="H3" t="s">
-        <v>22</v>
+        <v>39</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>27</v>
+      </c>
+      <c r="B4" t="s">
+        <v>40</v>
+      </c>
+      <c r="C4" t="s">
+        <v>41</v>
+      </c>
+      <c r="D4" t="s">
+        <v>36</v>
+      </c>
+      <c r="E4" t="s">
+        <v>37</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>42</v>
+      </c>
+      <c r="H4" t="s">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>27</v>
+      </c>
+      <c r="B5" t="s">
+        <v>44</v>
+      </c>
+      <c r="C5" t="s">
+        <v>45</v>
+      </c>
+      <c r="D5" t="s">
+        <v>36</v>
+      </c>
+      <c r="E5" t="s">
+        <v>46</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>47</v>
+      </c>
+      <c r="H5" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>27</v>
+      </c>
+      <c r="B6" t="s">
+        <v>49</v>
+      </c>
+      <c r="C6" t="s">
+        <v>50</v>
+      </c>
+      <c r="D6" t="s">
+        <v>36</v>
+      </c>
+      <c r="E6" t="s">
+        <v>46</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
+        <v>51</v>
+      </c>
+      <c r="H6" t="s">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>27</v>
+      </c>
+      <c r="B7" t="s">
+        <v>53</v>
+      </c>
+      <c r="C7" t="s">
+        <v>50</v>
+      </c>
+      <c r="D7" t="s">
+        <v>36</v>
+      </c>
+      <c r="E7" t="s">
+        <v>37</v>
+      </c>
+      <c r="F7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G7" t="s">
+        <v>54</v>
+      </c>
+      <c r="H7" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>27</v>
+      </c>
+      <c r="B8" t="s">
+        <v>56</v>
+      </c>
+      <c r="C8" t="s">
+        <v>57</v>
+      </c>
+      <c r="D8" t="s">
+        <v>36</v>
+      </c>
+      <c r="E8" t="s">
+        <v>46</v>
+      </c>
+      <c r="F8" t="s">
+        <v>13</v>
+      </c>
+      <c r="G8" t="s">
+        <v>58</v>
+      </c>
+      <c r="H8" t="s">
+        <v>59</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>27</v>
+      </c>
+      <c r="B9" t="s">
+        <v>60</v>
+      </c>
+      <c r="C9" t="s">
+        <v>61</v>
+      </c>
+      <c r="D9" t="s">
+        <v>36</v>
+      </c>
+      <c r="E9" t="s">
+        <v>46</v>
+      </c>
+      <c r="F9" t="s">
+        <v>13</v>
+      </c>
+      <c r="G9" t="s">
+        <v>62</v>
+      </c>
+      <c r="H9" t="s">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>27</v>
+      </c>
+      <c r="B10" t="s">
+        <v>64</v>
+      </c>
+      <c r="C10" t="s">
+        <v>65</v>
+      </c>
+      <c r="D10" t="s">
+        <v>36</v>
+      </c>
+      <c r="E10" t="s">
+        <v>37</v>
+      </c>
+      <c r="F10" t="s">
+        <v>13</v>
+      </c>
+      <c r="G10" t="s">
+        <v>66</v>
+      </c>
+      <c r="H10" t="s">
+        <v>67</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>27</v>
+      </c>
+      <c r="B11" t="s">
+        <v>68</v>
+      </c>
+      <c r="C11" t="s">
+        <v>50</v>
+      </c>
+      <c r="D11" t="s">
+        <v>36</v>
+      </c>
+      <c r="E11" t="s">
+        <v>37</v>
+      </c>
+      <c r="F11" t="s">
+        <v>13</v>
+      </c>
+      <c r="G11" t="s">
+        <v>69</v>
+      </c>
+      <c r="H11" t="s">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>27</v>
+      </c>
+      <c r="B12" t="s">
+        <v>71</v>
+      </c>
+      <c r="C12" t="s">
+        <v>45</v>
+      </c>
+      <c r="D12" t="s">
+        <v>36</v>
+      </c>
+      <c r="E12" t="s">
+        <v>46</v>
+      </c>
+      <c r="F12" t="s">
+        <v>13</v>
+      </c>
+      <c r="G12" t="s">
+        <v>72</v>
+      </c>
+      <c r="H12" t="s">
+        <v>73</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="s">
+        <v>27</v>
+      </c>
+      <c r="B13" t="s">
+        <v>74</v>
+      </c>
+      <c r="C13" t="s">
+        <v>45</v>
+      </c>
+      <c r="D13" t="s">
+        <v>36</v>
+      </c>
+      <c r="E13" t="s">
+        <v>46</v>
+      </c>
+      <c r="F13" t="s">
+        <v>13</v>
+      </c>
+      <c r="G13" t="s">
+        <v>75</v>
+      </c>
+      <c r="H13" t="s">
+        <v>76</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" t="s">
+        <v>27</v>
+      </c>
+      <c r="B14" t="s">
+        <v>77</v>
+      </c>
+      <c r="C14" t="s">
+        <v>78</v>
+      </c>
+      <c r="D14" t="s">
+        <v>79</v>
+      </c>
+      <c r="E14" t="s">
+        <v>80</v>
+      </c>
+      <c r="F14" t="s">
+        <v>13</v>
+      </c>
+      <c r="G14" t="s">
+        <v>81</v>
+      </c>
+      <c r="H14" t="s">
+        <v>82</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" t="s">
+        <v>27</v>
+      </c>
+      <c r="B15" t="s">
+        <v>83</v>
+      </c>
+      <c r="C15" t="s">
+        <v>84</v>
+      </c>
+      <c r="D15" t="s">
+        <v>85</v>
+      </c>
+      <c r="E15" t="s">
+        <v>86</v>
+      </c>
+      <c r="F15" t="s">
+        <v>13</v>
+      </c>
+      <c r="G15" t="s">
+        <v>87</v>
+      </c>
+      <c r="H15" t="s">
+        <v>88</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>89</v>
+      </c>
+      <c r="B2" t="s">
+        <v>90</v>
+      </c>
+      <c r="C2" t="s">
+        <v>91</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>92</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>93</v>
+      </c>
+      <c r="H2" t="s">
+        <v>94</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:M2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>95</v>
+      </c>
+      <c r="J1" t="s">
+        <v>96</v>
+      </c>
+      <c r="K1" t="s">
+        <v>97</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>98</v>
+      </c>
+      <c r="B2" t="s">
+        <v>99</v>
+      </c>
+      <c r="C2" t="s">
+        <v>13</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>100</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>101</v>
+      </c>
+      <c r="H2" t="s">
+        <v>102</v>
+      </c>
+      <c r="I2" t="s">
+        <v>103</v>
+      </c>
+      <c r="J2" t="s">
+        <v>104</v>
+      </c>
+      <c r="K2" t="s">
+        <v>105</v>
+      </c>
+      <c r="L2" t="s">
+        <v>106</v>
+      </c>
+      <c r="M2" t="s">
+        <v>107</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:K1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>108</v>
+      </c>
+      <c r="B2" t="s">
+        <v>109</v>
+      </c>
+      <c r="C2" t="s">
+        <v>13</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>110</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>111</v>
+      </c>
+      <c r="H2" t="s">
+        <v>112</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>