--- v0 (2025-10-19)
+++ v1 (2025-12-03)
@@ -9,149 +9,203 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export " r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="16" uniqueCount="16">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="40" uniqueCount="34">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Practice guidelines</t>
-[...11 lines deleted...]
-    <t>01/25/2018 14:18:00</t>
+    <t>Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Traitement curatif des personnes infectées par Chlamydia trachomatis</t>
+  </si>
+  <si>
+    <t>À la demande du ministère chargé de la santé, le Conseil National du Sida et des hépatites virales (CNS) et l'Agence nationale de recherches sur le sida | Maladies infectieuses émergentes (ANRS | MIE) ont sollicité la Haute Autorité de santé (HAS) pour l’élaboration d’une actualisation des recommandations françaises de prise en charge thérapeutique des personnes infectées par Chlamydia trachomatis. L’accompagnement de la HAS s’est inscrit dans le cadre de la labellisation par la HAS d’une recommandation élaborée par un organisme professionnel.</t>
+  </si>
+  <si>
+    <t>10/04/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>13/05/2025 09:20:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_2820336/en/normal-childbirth-support-of-physiology-and-medical-interventions</t>
+    <t>https://www.has-sante.fr/jcms/p_3604614/fr/traitement-curatif-des-personnes-infectees-par-chlamydia-trachomatis</t>
+  </si>
+  <si>
+    <t>p_3604614</t>
+  </si>
+  <si>
+    <t>Recommandations de prise en charge des personnes infectées par Neisseria gonorrhoeae</t>
+  </si>
+  <si>
+    <t>À la demande du ministère chargé de la santé, le Conseil National du Sida et des hépatites virales (CNS) et l'Agence nationale de recherches sur le sida | Maladies infectieuses émergentes (ANRS | MIE) ont sollicité la Haute Autorité de santé (HAS) pour l’élaboration d’une actualisation des recommandations françaises de prise en charge des personnes infectées par Neisseria gonorrhoeae. L’accompagnement de la HAS s’est inscrit dans le cadre de la labellisation par la HAS d’une recommandation élaborée par un organisme professionnel.</t>
+  </si>
+  <si>
+    <t>13/05/2025 17:45:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3604670/fr/recommandations-de-prise-en-charge-des-personnes-infectees-par-neisseria-gonorrhoeae</t>
+  </si>
+  <si>
+    <t>p_3604670</t>
+  </si>
+  <si>
+    <t>Accouchement normal : accompagnement de la physiologie et interventions médicales</t>
+  </si>
+  <si>
+    <t>Définir pour les femmes à bas risque obstétrical les modalités de prise en charge respectueuses du rythme et du déroulement spontané de la naissance et des préférences des femmes. Améliorer et garantir la qualité et la sécurité des soins de la mère et du nouveau-né.</t>
+  </si>
+  <si>
+    <t>23/11/2023 00:00:00</t>
+  </si>
+  <si>
+    <t>25/01/2018 14:18:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2820336/fr/accouchement-normal-accompagnement-de-la-physiologie-et-interventions-medicales</t>
   </si>
   <si>
     <t>c_2820336</t>
+  </si>
+  <si>
+    <t>Recommandation en santé publique</t>
+  </si>
+  <si>
+    <t>Dépistage et prise en charge de l’infection à Neisseria gonorrhoeae : état des lieux et propositions</t>
+  </si>
+  <si>
+    <t>Trois objectifs généraux ont guidé l’élaboration de ce rapport : établir un état des lieux des données disponibles ou non sur l’infection à Neisseria gonorrhoeae : histoire naturelle de la maladie, épidémiologie, identification et traitement. identifier l’ensemble des problèmes posés par la prise en charge diagnostique et thérapeutique et s’interroger sur les évolutions souhaitables. conduire une réflexion sur la pertinence du dépistage.</t>
+  </si>
+  <si>
+    <t>16/12/2010 00:00:00</t>
+  </si>
+  <si>
+    <t>11/03/2011 11:35:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1031777/fr/depistage-et-prise-en-charge-de-l-infection-a-neisseria-gonorrhoeae-etat-des-lieux-et-propositions</t>
+  </si>
+  <si>
+    <t>c_1031777</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H2"/>
+  <dimension ref="A1:H5"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -165,43 +219,121 @@
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
         <v>14</v>
       </c>
       <c r="H2" t="s">
         <v>15</v>
       </c>
     </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>8</v>
+      </c>
+      <c r="B3" t="s">
+        <v>16</v>
+      </c>
+      <c r="C3" t="s">
+        <v>17</v>
+      </c>
+      <c r="D3" t="s">
+        <v>11</v>
+      </c>
+      <c r="E3" t="s">
+        <v>18</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>19</v>
+      </c>
+      <c r="H3" t="s">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>8</v>
+      </c>
+      <c r="B4" t="s">
+        <v>21</v>
+      </c>
+      <c r="C4" t="s">
+        <v>22</v>
+      </c>
+      <c r="D4" t="s">
+        <v>23</v>
+      </c>
+      <c r="E4" t="s">
+        <v>24</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>25</v>
+      </c>
+      <c r="H4" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>27</v>
+      </c>
+      <c r="B5" t="s">
+        <v>28</v>
+      </c>
+      <c r="C5" t="s">
+        <v>29</v>
+      </c>
+      <c r="D5" t="s">
+        <v>30</v>
+      </c>
+      <c r="E5" t="s">
+        <v>31</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>32</v>
+      </c>
+      <c r="H5" t="s">
+        <v>33</v>
+      </c>
+    </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>