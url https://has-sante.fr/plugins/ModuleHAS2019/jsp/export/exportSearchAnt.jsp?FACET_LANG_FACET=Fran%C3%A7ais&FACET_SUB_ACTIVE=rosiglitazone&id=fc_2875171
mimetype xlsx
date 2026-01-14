--- v0 (2025-10-18)
+++ v1 (2026-01-14)
@@ -1,285 +1,910 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet5.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet6.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet7.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Drugs" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Recommandation en santé " r:id="rId3" sheetId="1"/>
+    <sheet name="Export Recommandation de bonne " r:id="rId4" sheetId="2"/>
+    <sheet name="Export Guide maladie chronique" r:id="rId5" sheetId="3"/>
+    <sheet name="Export évènement de calendrier" r:id="rId6" sheetId="4"/>
+    <sheet name="Export Études et Rapports" r:id="rId7" sheetId="5"/>
+    <sheet name="Export Medicament" r:id="rId8" sheetId="6"/>
+    <sheet name="Export Article HAS" r:id="rId9" sheetId="7"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Drugs'!$B$1:$K$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Recommandation en santé '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Études et Rapports'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="6" hidden="true">'Export Article HAS'!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="30" uniqueCount="28">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="146" uniqueCount="77">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Active ingredient</t>
-[...8 lines deleted...]
-    <t>Medicine</t>
+    <t>Recommandation en santé publique</t>
+  </si>
+  <si>
+    <t>Prévention et dépistage du diabète de type 2 et des maladies liées au diabète</t>
+  </si>
+  <si>
+    <t>La HAS a été chargée par la CNAMTS d’actualiser le Référentiel de pratiques de l’examen périodique de santé des Centres d’Examen de Santé de l’Assurance Maladie sur la prévention et le dépistage du diabète de type 2 et des maladies liées au diabète à partir des données de la littérature issues principalement des recommandations françaises. Ce référentiel est proposé dans un format cliquable, outil de navigation interactive, qui peut être lu selon les besoins de manière synthétique (Minisynthèses, Algorithmes) ou plus détaillée en cliquant dans le document.</t>
+  </si>
+  <si>
+    <t>21/05/2014 00:00:00</t>
+  </si>
+  <si>
+    <t>13/02/2015 12:19:00</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2012494/fr/prevention-et-depistage-du-diabete-de-type-2-et-des-maladies-liees-au-diabete</t>
+  </si>
+  <si>
+    <t>c_2012494</t>
+  </si>
+  <si>
+    <t>Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Stratégie thérapeutique du patient vivant avec un diabète de type 2</t>
+  </si>
+  <si>
+    <t>Reactualisation des recommandations sur la stratégie thérapeutique du patient vivant avec un diabète de type 2. Cette mise à jour tient compte des évolutions importantes dans la prise en charge : L’intégration de thérapeutiques non médicamenteuses en première intention dans la prise en charge globale du patient DT2 L’intégration des nouvelles classes médicamenteuses dans la statégie thérapeutique.</t>
+  </si>
+  <si>
+    <t>30/05/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>06/06/2024 10:33:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3191108/fr/strategie-therapeutique-du-patient-vivant-avec-un-diabete-de-type-2</t>
+  </si>
+  <si>
+    <t>p_3191108</t>
+  </si>
+  <si>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>ALD hors liste - Syndrome de Cushing</t>
+  </si>
+  <si>
+    <t>L’objectif de ce Protocole National de Diagnostic et de Soins (PNDS) est d’expliciter pour les professionnels de santé, la prise en charge optimale et le parcours de soins d’un patient atteint d'un sydrome de Cushing. Ce PNDS et la liste des actes et prestations (LAP) qui lui est adjointe peuvent servir de référence au médecin traitant en concertation avec le médecin spécialiste notamment au moment d’établir le protocole de soins conjointement avec le médecin conseil et le patient, dans le cas d'une demande d'exonération du ticket modérateur au titre d'une affection hors liste.</t>
+  </si>
+  <si>
+    <t>17/09/2008 00:00:00</t>
+  </si>
+  <si>
+    <t>09/12/2008 11:40:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_722917/fr/ald-hors-liste-syndrome-de-cushing</t>
+  </si>
+  <si>
+    <t>c_722917</t>
+  </si>
+  <si>
+    <t>Type d'évènement</t>
+  </si>
+  <si>
+    <t>Evénement de Calendrier</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 20 octobre 2010</t>
+  </si>
+  <si>
+    <t>20/10/2010 16:58:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_993081/fr/commission-de-la-transparence-reunion-du-20-octobre-2010</t>
+  </si>
+  <si>
+    <t>c_993081</t>
+  </si>
+  <si>
+    <t>Commission</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 15 octobre 2008</t>
+  </si>
+  <si>
+    <t>15/10/2008 16:36:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_700458/fr/commission-de-la-transparence-reunion-du-15-octobre-2008</t>
+  </si>
+  <si>
+    <t>c_700458</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 16 juillet 2008</t>
+  </si>
+  <si>
+    <t>16/07/2008 16:36:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_678285/fr/commission-de-la-transparence-reunion-du-16-juillet-2008</t>
+  </si>
+  <si>
+    <t>c_678285</t>
+  </si>
+  <si>
+    <t>Études et Rapports</t>
+  </si>
+  <si>
+    <t>Interactions des professionnels de santé avec les représentants de l’industrie</t>
+  </si>
+  <si>
+    <t>Promotion par démarchage (visite médicale) : la HAS fournit une revue systématique de la littérature publiée entre 01/2004 et 12/2018, dans le monde et en France sur l'exposition des professionnels et des étudiants à cette forme de publicité, son influence, sa qualité, et l'efficacité des moyens mis en oeuvre pour en limiter les effets non souhaités. 2.14.0.0</t>
+  </si>
+  <si>
+    <t>08/12/2022 00:00:00</t>
+  </si>
+  <si>
+    <t>06/02/2023 16:15:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3395221/fr/interactions-des-professionnels-de-sante-avec-les-representants-de-l-industrie</t>
+  </si>
+  <si>
+    <t>p_3395221</t>
+  </si>
+  <si>
+    <t>Substance active (DCI)</t>
+  </si>
+  <si>
+    <t>Laboratoire / Fabricant</t>
+  </si>
+  <si>
+    <t>Avis sur les Médicaments</t>
+  </si>
+  <si>
+    <t>Médicament</t>
   </si>
   <si>
     <t>AVANDIA - AVANDAMET (rosiglitazone/ metformine)</t>
   </si>
   <si>
-    <t/>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2985236/en/avandia-avandamet-rosiglitazone/-metformine</t>
+    <t>18/06/2012 18:05:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985236/fr/avandia-avandamet-rosiglitazone/-metformine</t>
   </si>
   <si>
     <t>pprd_2985236</t>
   </si>
   <si>
     <t>rosiglitazone,metformine</t>
   </si>
   <si>
     <t>Laboratoire GLAXOSMITHKLINE</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_399977/en/avandia-rosiglitazone/-metformine</t>
-[...23 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_810817/en/avandamet-rosiglitazone/-metformine</t>
+    <t>https://www.has-sante.fr/jcms/c_399977/fr/avandia-rosiglitazone/-metformine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_401017/fr/avandia-rosiglitazone/-metformine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_713102/fr/avandia-rosiglitazone/-metformine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1002684/fr/avandia-avandamet-rosiglitazone/-metformine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400139/fr/avandamet-rosiglitazone/-metformine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_401016/fr/avandamet-rosiglitazone/-metformine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399976/fr/avandamet-rosiglitazone/-metformine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_713099/fr/avandamet-rosiglitazone/-metformine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_810817/fr/avandamet-rosiglitazone/-metformine</t>
+  </si>
+  <si>
+    <t>Article HAS</t>
+  </si>
+  <si>
+    <t>Interactions avec les représentants de l’industrie : Accompagner tous les acteurs</t>
+  </si>
+  <si>
+    <t>En plus de sa mission de certification de la "visite médicale" et des activités de présenation, d'information et de promotion, la HAS incite les acteurs à se saisir de la question des rencontres avec les représentants de l'industrie au sujet des produits de santé (médicaments, dispositifs médicaux) et des prestations associées. Elle met à leur disposition des études, des guides et des outils pour les accompagner. 2.14.0.0 2.14.0.0 2.14.0.0</t>
+  </si>
+  <si>
+    <t>27/09/2016 10:48:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1099657/fr/interactions-avec-les-representants-de-l-industrie-accompagner-tous-les-acteurs</t>
+  </si>
+  <si>
+    <t>c_1099657</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId8" Target="worksheets/sheet6.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId9" Target="worksheets/sheet7.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:S2"/>
+  <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
-      <c r="I1" t="s">
-[...7 lines deleted...]
-      </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
+        <v>8</v>
+      </c>
+      <c r="B2" t="s">
+        <v>9</v>
+      </c>
+      <c r="C2" t="s">
+        <v>10</v>
+      </c>
+      <c r="D2" t="s">
         <v>11</v>
       </c>
+      <c r="E2" t="s">
+        <v>12</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>14</v>
+      </c>
+      <c r="H2" t="s">
+        <v>15</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>16</v>
+      </c>
       <c r="B2" t="s">
-        <v>12</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>13</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>13</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
-        <v>14</v>
+        <v>20</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>15</v>
+        <v>21</v>
       </c>
       <c r="H2" t="s">
-        <v>16</v>
+        <v>22</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>23</v>
+      </c>
+      <c r="B2" t="s">
+        <v>24</v>
+      </c>
+      <c r="C2" t="s">
+        <v>25</v>
+      </c>
+      <c r="D2" t="s">
+        <v>26</v>
+      </c>
+      <c r="E2" t="s">
+        <v>27</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>28</v>
+      </c>
+      <c r="H2" t="s">
+        <v>29</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:I4"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>31</v>
+      </c>
+      <c r="B2" t="s">
+        <v>32</v>
+      </c>
+      <c r="C2" t="s">
+        <v>13</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>33</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>34</v>
+      </c>
+      <c r="H2" t="s">
+        <v>35</v>
       </c>
       <c r="I2" t="s">
-        <v>17</v>
+        <v>36</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>31</v>
+      </c>
+      <c r="B3" t="s">
+        <v>37</v>
+      </c>
+      <c r="C3" t="s">
+        <v>13</v>
+      </c>
+      <c r="D3" t="s">
+        <v>13</v>
+      </c>
+      <c r="E3" t="s">
+        <v>38</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>39</v>
+      </c>
+      <c r="H3" t="s">
+        <v>40</v>
+      </c>
+      <c r="I3" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>31</v>
+      </c>
+      <c r="B4" t="s">
+        <v>41</v>
+      </c>
+      <c r="C4" t="s">
+        <v>13</v>
+      </c>
+      <c r="D4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E4" t="s">
+        <v>42</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>43</v>
+      </c>
+      <c r="H4" t="s">
+        <v>44</v>
+      </c>
+      <c r="I4" t="s">
+        <v>36</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:I1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>45</v>
+      </c>
+      <c r="B2" t="s">
+        <v>46</v>
+      </c>
+      <c r="C2" t="s">
+        <v>47</v>
+      </c>
+      <c r="D2" t="s">
+        <v>48</v>
+      </c>
+      <c r="E2" t="s">
+        <v>49</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>50</v>
+      </c>
+      <c r="H2" t="s">
+        <v>51</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:S2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>52</v>
+      </c>
+      <c r="J1" t="s">
+        <v>53</v>
+      </c>
+      <c r="K1" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>55</v>
+      </c>
+      <c r="B2" t="s">
+        <v>56</v>
+      </c>
+      <c r="C2" t="s">
+        <v>13</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>57</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>58</v>
+      </c>
+      <c r="H2" t="s">
+        <v>59</v>
+      </c>
+      <c r="I2" t="s">
+        <v>60</v>
       </c>
       <c r="J2" t="s">
-        <v>18</v>
+        <v>61</v>
       </c>
       <c r="K2" t="s">
-        <v>19</v>
+        <v>62</v>
       </c>
       <c r="L2" t="s">
-        <v>20</v>
+        <v>63</v>
       </c>
       <c r="M2" t="s">
-        <v>21</v>
+        <v>64</v>
       </c>
       <c r="N2" t="s">
-        <v>22</v>
+        <v>65</v>
       </c>
       <c r="O2" t="s">
-        <v>23</v>
+        <v>66</v>
       </c>
       <c r="P2" t="s">
-        <v>24</v>
+        <v>67</v>
       </c>
       <c r="Q2" t="s">
-        <v>25</v>
+        <v>68</v>
       </c>
       <c r="R2" t="s">
-        <v>26</v>
+        <v>69</v>
       </c>
       <c r="S2" t="s">
-        <v>27</v>
+        <v>70</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:K1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>71</v>
+      </c>
+      <c r="B2" t="s">
+        <v>72</v>
+      </c>
+      <c r="C2" t="s">
+        <v>73</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>74</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>75</v>
+      </c>
+      <c r="H2" t="s">
+        <v>76</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>