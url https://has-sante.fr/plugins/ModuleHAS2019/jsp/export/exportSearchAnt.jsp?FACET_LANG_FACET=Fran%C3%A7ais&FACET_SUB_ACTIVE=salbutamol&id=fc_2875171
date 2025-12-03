--- v0 (2025-10-19)
+++ v1 (2025-12-03)
@@ -15,51 +15,51 @@
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export Practice guidelines" r:id="rId3" sheetId="1"/>
     <sheet name="Export Health technology assess" r:id="rId4" sheetId="2"/>
     <sheet name="Export Drugs" r:id="rId5" sheetId="3"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Practice guidelines'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Health technology assess'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Drugs'!$B$1:$K$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="77" uniqueCount="52">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="85" uniqueCount="58">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
@@ -81,50 +81,68 @@
     <t>https://www.has-sante.fr/jcms/c_271954/en/therapeutic-education-for-patients-with-asthma-adults-and-adolescents</t>
   </si>
   <si>
     <t>c_271954</t>
   </si>
   <si>
     <t>Medical follow-up of patients with asthma - Adults and adolescents</t>
   </si>
   <si>
     <t>Address the pratical aspects of long-term medical follow-up of patients with asthma (adults and adolescents only).</t>
   </si>
   <si>
     <t>09/01/2004 00:00:00</t>
   </si>
   <si>
     <t>09/01/2004 17:51:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_272363/en/medical-follow-up-of-patients-with-asthma-adults-and-adolescents</t>
   </si>
   <si>
     <t>c_272363</t>
   </si>
   <si>
     <t>Health technology assessment</t>
+  </si>
+  <si>
+    <t>Value of multiplex nucleic acid amplification tests (NAATs) in the medical management of lower respiratory tract infections - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>The objective of this assessment was to determine the value of using multiplex nucleic acid amplification tests (NAATs) in the management of lower respiratory tract infections in the routine care context. The aim was to define the clinical utility of this procedure, the clinical indications, the infectious agent panels to be screened for, and the role of this procedure in the care pathway for patients with lower respiratory tract infections.</t>
+  </si>
+  <si>
+    <t>12/12/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>12/23/2024 10:11:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3573729/en/value-of-multiplex-nucleic-acid-amplification-tests-naats-in-the-medical-management-of-lower-respiratory-tract-infections-inahta-brief</t>
+  </si>
+  <si>
+    <t>p_3573729</t>
   </si>
   <si>
     <t>Terms of reference for performing surgical abortions: outside of healthcare organisations and inside health centres - INAHTA Brief</t>
   </si>
   <si>
     <t>Following the request of the Ministry of Health and Social Affairs, HAS has developed terms of reference that define the requirements (especially clinical and organisational) to follow to ensure quality of care and patient safety during surgical abortions performed outside of a healthcare organisation Moreover, and in accordance with the law on modernisation of our health system enacted in January 2016, HAS has established terms of reference on the methods of performing surgical abortions inside health centres, which is based on the “Terms of reference for performing surgical abortions outside of healthcare organisations” It is important to specify that the objective is not to develop good practice recommendations or to evaluate the surgical abortion technique</t>
   </si>
   <si>
     <t>03/16/2016 00:00:00</t>
   </si>
   <si>
     <t>04/15/2016 10:37:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2062049/en/terms-of-reference-for-performing-surgical-abortions-outside-of-healthcare-organisations-and-inside-health-centres-inahta-brief</t>
   </si>
   <si>
     <t>c_2062049</t>
   </si>
   <si>
     <t>Assessment of bronchial thermoplasty for the treatment of uncontrolled severe asthma - INAHTA Brief</t>
   </si>
   <si>
     <t>Assessment of the efficacy and safety of bronchial thermoplasty for the treatment of uncontrolled severe asthma despite optimal drug therapy, in patients above 18 years of age</t>
   </si>
@@ -313,51 +331,51 @@
       </c>
       <c r="D3" t="s">
         <v>17</v>
       </c>
       <c r="E3" t="s">
         <v>18</v>
       </c>
       <c r="F3" t="s">
         <v>12</v>
       </c>
       <c r="G3" t="s">
         <v>19</v>
       </c>
       <c r="H3" t="s">
         <v>20</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H3"/>
+  <dimension ref="A1:H4"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -395,150 +413,176 @@
     </row>
     <row r="3">
       <c r="A3" t="s">
         <v>21</v>
       </c>
       <c r="B3" t="s">
         <v>28</v>
       </c>
       <c r="C3" t="s">
         <v>29</v>
       </c>
       <c r="D3" t="s">
         <v>30</v>
       </c>
       <c r="E3" t="s">
         <v>31</v>
       </c>
       <c r="F3" t="s">
         <v>12</v>
       </c>
       <c r="G3" t="s">
         <v>32</v>
       </c>
       <c r="H3" t="s">
         <v>33</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>21</v>
+      </c>
+      <c r="B4" t="s">
+        <v>34</v>
+      </c>
+      <c r="C4" t="s">
+        <v>35</v>
+      </c>
+      <c r="D4" t="s">
+        <v>36</v>
+      </c>
+      <c r="E4" t="s">
+        <v>37</v>
+      </c>
+      <c r="F4" t="s">
+        <v>12</v>
+      </c>
+      <c r="G4" t="s">
+        <v>38</v>
+      </c>
+      <c r="H4" t="s">
+        <v>39</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:R2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
-        <v>34</v>
+        <v>40</v>
       </c>
       <c r="J1" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="K1" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>37</v>
+        <v>43</v>
       </c>
       <c r="B2" t="s">
-        <v>38</v>
+        <v>44</v>
       </c>
       <c r="C2" t="s">
         <v>12</v>
       </c>
       <c r="D2" t="s">
         <v>12</v>
       </c>
       <c r="E2" t="s">
-        <v>39</v>
+        <v>45</v>
       </c>
       <c r="F2" t="s">
         <v>12</v>
       </c>
       <c r="G2" t="s">
-        <v>40</v>
+        <v>46</v>
       </c>
       <c r="H2" t="s">
-        <v>41</v>
+        <v>47</v>
       </c>
       <c r="I2" t="s">
-        <v>42</v>
+        <v>48</v>
       </c>
       <c r="J2" t="s">
-        <v>43</v>
+        <v>49</v>
       </c>
       <c r="K2" t="s">
-        <v>44</v>
+        <v>50</v>
       </c>
       <c r="L2" t="s">
-        <v>45</v>
+        <v>51</v>
       </c>
       <c r="M2" t="s">
-        <v>46</v>
+        <v>52</v>
       </c>
       <c r="N2" t="s">
-        <v>47</v>
+        <v>53</v>
       </c>
       <c r="O2" t="s">
-        <v>48</v>
+        <v>54</v>
       </c>
       <c r="P2" t="s">
-        <v>49</v>
+        <v>55</v>
       </c>
       <c r="Q2" t="s">
-        <v>50</v>
+        <v>56</v>
       </c>
       <c r="R2" t="s">
-        <v>51</v>
+        <v>57</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>