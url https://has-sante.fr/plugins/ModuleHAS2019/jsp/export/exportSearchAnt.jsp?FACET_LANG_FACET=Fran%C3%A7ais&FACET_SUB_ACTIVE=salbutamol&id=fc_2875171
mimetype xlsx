--- v1 (2025-12-03)
+++ v2 (2026-03-05)
@@ -1,588 +1,1682 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet5.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet6.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet7.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet8.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Practice guidelines" r:id="rId3" sheetId="1"/>
-[...1 lines deleted...]
-    <sheet name="Export Drugs" r:id="rId5" sheetId="3"/>
+    <sheet name="Export Avis sur les dispositifs" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Guide maladie chronique" r:id="rId4" sheetId="2"/>
+    <sheet name="Export Recommandation de bonne " r:id="rId5" sheetId="3"/>
+    <sheet name="Export Evaluation des technolog" r:id="rId6" sheetId="4"/>
+    <sheet name="Export évènement de calendrier" r:id="rId7" sheetId="5"/>
+    <sheet name="Export Outil d'amélioration des" r:id="rId8" sheetId="6"/>
+    <sheet name="Export Medicament" r:id="rId9" sheetId="7"/>
+    <sheet name="Export Article HAS" r:id="rId10" sheetId="8"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Practice guidelines'!$B$1:$H$1</definedName>
-[...1 lines deleted...]
-    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Drugs'!$B$1:$K$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Avis sur les dispositifs'!$B$1:$J$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="true">'Export Outil d''amélioration des'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="6" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="7" hidden="true">'Export Article HAS'!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="85" uniqueCount="58">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="295" uniqueCount="169">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Practice guidelines</t>
-[...8 lines deleted...]
-    <t>06/01/2001 00:00:00</t>
+    <t>Description</t>
+  </si>
+  <si>
+    <t>Laboratoire / Fabricant</t>
+  </si>
+  <si>
+    <t>Avis sur les dispositifs médicaux et autres produits de santé</t>
+  </si>
+  <si>
+    <t>NEBUSAL</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_271954/en/therapeutic-education-for-patients-with-asthma-adults-and-adolescents</t>
+    <t>21/07/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>28/09/2020 09:07:38</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3202969/fr/nebusal</t>
+  </si>
+  <si>
+    <t>p_3202969</t>
+  </si>
+  <si>
+    <t>Solution stérile de chlorure de sodium à 7% pour nébulisation</t>
+  </si>
+  <si>
+    <t>TEVA SANTE</t>
+  </si>
+  <si>
+    <t>MUCOCLEAR</t>
+  </si>
+  <si>
+    <t>28/10/2008 00:00:00</t>
+  </si>
+  <si>
+    <t>28/10/2008 16:28:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_713689/fr/mucoclear</t>
+  </si>
+  <si>
+    <t>c_713689</t>
+  </si>
+  <si>
+    <t>PARI GmbH Allemagne</t>
+  </si>
+  <si>
+    <t>PARI 85 G 00</t>
+  </si>
+  <si>
+    <t>11/06/2003 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_398465/fr/pari-85-g-00</t>
+  </si>
+  <si>
+    <t>c_398465</t>
+  </si>
+  <si>
+    <t>PARI Gmbh (Allemagne)</t>
+  </si>
+  <si>
+    <t>eFLOW</t>
+  </si>
+  <si>
+    <t>29/09/2004 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_398585/fr/eflow</t>
+  </si>
+  <si>
+    <t>c_398585</t>
+  </si>
+  <si>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Insuffisance respiratoire des enfants avec maladie respiratoire rare</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins des enfants avec une maladie respiratoire rare et une IRC, incluant les indications à une transplantation pulmonaire. Il a été élaboré par le Centre de référence coordonnateur des maladies respiratoires rares - RespiRare / à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>05/12/2025 11:08:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3762549/fr/insuffisance-respiratoire-des-enfants-avec-maladie-respiratoire-rare</t>
+  </si>
+  <si>
+    <t>p_3762549</t>
+  </si>
+  <si>
+    <t>Syndromes myasthéniques congénitaux</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint de syndrome myasthénique congénital. Il a été élaboré par le centre de référence des maladies neuromusculaires, à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>25/03/2021 10:30:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3244112/fr/syndromes-myastheniques-congenitaux</t>
+  </si>
+  <si>
+    <t>p_3244112</t>
+  </si>
+  <si>
+    <t>Syndrome Hémolytique et Urémique (SHU)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint de SHU. Il a été élaboré par les Centres de Références des Maladies Rénales Rares (SORARE, NEPHROGONES, MARHEA) et Maladies Rares Immuno-Hématologiques (CNR des microangiopathies thrombotiques) sous l’égide des filières ORKiD et MaRIH, à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>16/02/2021 09:31:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3236879/fr/syndrome-hemolytique-et-uremique-shu</t>
+  </si>
+  <si>
+    <t>p_3236879</t>
+  </si>
+  <si>
+    <t>Dyskinésies ciliaires primitives</t>
+  </si>
+  <si>
+    <t>L’objectif de ce protocole national de diagnostic et de soins (PNDS) est d’expliciter pour les professionnels de santé la prise en charge optimale et le parcours de soins d’un patient atteint de dyskinésie ciliaire primitive (DCP).</t>
+  </si>
+  <si>
+    <t>12/01/2018 10:10:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2819338/fr/dyskinesies-ciliaires-primitives</t>
+  </si>
+  <si>
+    <t>c_2819338</t>
+  </si>
+  <si>
+    <t>Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Prise en charge du 1er épisode de bronchiolite aiguë chez le nourrisson de moins de 12 mois</t>
+  </si>
+  <si>
+    <t>La bronchiolite aiguë du nourrisson est une pathologie respiratoire très fréquente. Les recommandations établissent trois stades de gravité de la maladie. La prise en charge repose avant tout sur un lavage de nez régulier et la surveillance des signes d’aggravation de l’état du nourrisson. Les traitements médicamenteux ou kinésithérapiques ne sont pas recommandés.</t>
+  </si>
+  <si>
+    <t>06/11/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>14/11/2019 00:01:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3118113/fr/prise-en-charge-du-1er-episode-de-bronchiolite-aigue-chez-le-nourrisson-de-moins-de-12-mois</t>
+  </si>
+  <si>
+    <t>p_3118113</t>
+  </si>
+  <si>
+    <t>Éducation thérapeutique du patient asthmatique adulte et adolescent</t>
+  </si>
+  <si>
+    <t>L’éducation thérapeutique fait partie intégrante de la stratégie de prise en charge de l’asthme et doit être proposée à tous les patients selon un programme structuré et individualisé.</t>
+  </si>
+  <si>
+    <t>01/06/2001 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_271954/fr/education-therapeutique-du-patient-asthmatique-adulte-et-adolescent</t>
   </si>
   <si>
     <t>c_271954</t>
   </si>
   <si>
-    <t>Medical follow-up of patients with asthma - Adults and adolescents</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_272363/en/medical-follow-up-of-patients-with-asthma-adults-and-adolescents</t>
+    <t>Modalités de prise en charge de l'adulte nécessitant des soins palliatifs</t>
+  </si>
+  <si>
+    <t>Proposer des recommandations concernant les modalités de prise en charge de l'adulte nécessitant des soins palliatifs.</t>
+  </si>
+  <si>
+    <t>01/12/2002 00:00:00</t>
+  </si>
+  <si>
+    <t>01/12/2002 16:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272224/fr/modalites-de-prise-en-charge-de-l-adulte-necessitant-des-soins-palliatifs</t>
+  </si>
+  <si>
+    <t>c_272224</t>
+  </si>
+  <si>
+    <t>Recommandations pour le suivi médical des patients asthmatiques adultes et adolescents</t>
+  </si>
+  <si>
+    <t>Ce document propose des recommandations concernant les modalités de suivi médical au long cours des patients asthmatiques. Il concerne exclusivement les adultes et les adolescents.# Les objectifs sont :# 1. de définir les critères de suivi des patients asthmatiques# 2. d’évaluer la place des examens complémentaires au cours du suivi : débit expiratoire de pointe (DEP), explorations fonctionnelles respiratoires (EFR) incluant les gaz du sang, radiographie thoracique, examens biologiques (éosinophilie sanguine, éosinophiles dans l’expectoration induite)# 3. de définir les patients à risque d’asthme aigu grave et de mort par asthme# 4. de proposer des modalités de suivi de la tolérance et de l’observance des traitements# 5. de proposer un schéma d’adaptation du traitement de fond# 6. de proposer un calendrier de suivi médical# 7. de préciser les spécificités du suivi des asthmes professionnels# Les recommandations n’abordent pas : # 1. le diagnostic initial de l’asthme# 2. la prise en charge des épisodes aigus (crises, exacerbations et asthme aigu grave)# 3. les aspects allergologiques de la prise en charge, particulièrement l’éviction des allergènes et la désensibilisation# 4. l’éducation des patients asthmatiques# 5. l’efficacité des traitements de l’asthme</t>
+  </si>
+  <si>
+    <t>01/09/2004 00:00:00</t>
+  </si>
+  <si>
+    <t>01/09/2004 17:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272363/fr/recommandations-pour-le-suivi-medical-des-patients-asthmatiques-adultes-et-adolescents</t>
   </si>
   <si>
     <t>c_272363</t>
   </si>
   <si>
-    <t>Health technology assessment</t>
-[...5 lines deleted...]
-    <t>The objective of this assessment was to determine the value of using multiplex nucleic acid amplification tests (NAATs) in the management of lower respiratory tract infections in the routine care context. The aim was to define the clinical utility of this procedure, the clinical indications, the infectious agent panels to be screened for, and the role of this procedure in the care pathway for patients with lower respiratory tract infections.</t>
+    <t>Evaluation des technologies de santé</t>
+  </si>
+  <si>
+    <t>Intérêt des techniques d’amplification des acides nucléiques (TAAN) multiplex dans la prise en charge médicale des infections respiratoires basses</t>
+  </si>
+  <si>
+    <t>Technique d’amplification des acides nucléiques, TAAN, panel multiplex, panel quadriplex, pneumonie aiguë communautaire, bronchite aiguë, exacerbations aiguës de BPCO, bronchiolite aiguë du nourrisson</t>
   </si>
   <si>
     <t>12/12/2024 00:00:00</t>
   </si>
   <si>
-    <t>12/23/2024 10:11:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3573729/en/value-of-multiplex-nucleic-acid-amplification-tests-naats-in-the-medical-management-of-lower-respiratory-tract-infections-inahta-brief</t>
+    <t>23/12/2024 10:11:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3573729/fr/interet-des-techniques-d-amplification-des-acides-nucleiques-taan-multiplex-dans-la-prise-en-charge-medicale-des-infections-respiratoires-basses</t>
   </si>
   <si>
     <t>p_3573729</t>
   </si>
   <si>
-    <t>Terms of reference for performing surgical abortions: outside of healthcare organisations and inside health centres - INAHTA Brief</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2062049/en/terms-of-reference-for-performing-surgical-abortions-outside-of-healthcare-organisations-and-inside-health-centres-inahta-brief</t>
+    <t>Mesure de la fraction expirée du monoxyde d’azote (FeNO) pour l’ajustement du traitement de l’asthme</t>
+  </si>
+  <si>
+    <t>Évaluation de l’utilité clinique de l’ajout de la mesure de la fraction expirée du monoxyde d’azote (FeNO) à la stratégie actuelle de suivi d’un patient asthmatique pour l’ajustement des différents traitements de l’asthme et description de ses conditions de réalisation, en vue de l’inscription, ou non, de cette mesure à la Classification commune des actes médicaux (CCAM)</t>
+  </si>
+  <si>
+    <t>25/05/2023 00:00:00</t>
+  </si>
+  <si>
+    <t>06/06/2023 16:40:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3331921/fr/mesure-de-la-fraction-expiree-du-monoxyde-d-azote-feno-pour-l-ajustement-du-traitement-de-l-asthme</t>
+  </si>
+  <si>
+    <t>p_3331921</t>
+  </si>
+  <si>
+    <t>Cahiers des charges pour la réalisation des IVG par méthode instrumentale: hors établissements de santé et dans les centres de santé</t>
+  </si>
+  <si>
+    <t>Le cahier des charges définit les exigences (notamment cliniques et organisationnelles) à respecter pour garantir la qualité des soins et la sécurité des patientes, quel que soit le lieu où sont réalisées les IVG instrumentales</t>
+  </si>
+  <si>
+    <t>16/03/2016 00:00:00</t>
+  </si>
+  <si>
+    <t>15/04/2016 10:37:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2062049/fr/cahiers-des-charges-pour-la-realisation-des-ivg-par-methode-instrumentale-hors-etablissements-de-sante-et-dans-les-centres-de-sante</t>
   </si>
   <si>
     <t>c_2062049</t>
   </si>
   <si>
-    <t>Assessment of bronchial thermoplasty for the treatment of uncontrolled severe asthma - INAHTA Brief</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2045264/en/assessment-of-bronchial-thermoplasty-for-the-treatment-of-uncontrolled-severe-asthma-inahta-brief</t>
+    <t>Évaluation de la thermoplastie bronchique pour le traitement de l’asthme sévère non contrôlé</t>
+  </si>
+  <si>
+    <t>Il s’agit de l’évaluation de la thermoplastie bronchique dans la prise en charge de l’asthme sévère chez les patients âgés de 18 ans et plus dont la maladie est non contrôlée malgré un traitement médicamenteux optimal et une bonne observance</t>
+  </si>
+  <si>
+    <t>20/01/2016 00:00:00</t>
+  </si>
+  <si>
+    <t>28/01/2016 10:16:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2045264/fr/evaluation-de-la-thermoplastie-bronchique-pour-le-traitement-de-l-asthme-severe-non-controle</t>
   </si>
   <si>
     <t>c_2045264</t>
   </si>
   <si>
-    <t>Active ingredient</t>
-[...8 lines deleted...]
-    <t>Medicine</t>
+    <t>Quels niveaux d'environnements techniques pour la réalisation d'actes interventionnels ?</t>
+  </si>
+  <si>
+    <t>16/12/2010 00:00:00</t>
+  </si>
+  <si>
+    <t>14/03/2011 11:12:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1024762/fr/quels-niveaux-d-environnements-techniques-pour-la-realisation-d-actes-interventionnels</t>
+  </si>
+  <si>
+    <t>c_1024762</t>
+  </si>
+  <si>
+    <t>Type d'évènement</t>
+  </si>
+  <si>
+    <t>Evénement de Calendrier</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 13 juin 2018</t>
+  </si>
+  <si>
+    <t>06/06/2018 09:59:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2854315/fr/commission-de-la-transparence-reunion-du-13-juin-2018</t>
+  </si>
+  <si>
+    <t>c_2854315</t>
+  </si>
+  <si>
+    <t>Commission</t>
+  </si>
+  <si>
+    <t>Outil d'amélioration des pratiques professionnelles</t>
+  </si>
+  <si>
+    <t>Outils de sécurisation et d'auto-évaluation de l'administration des médicaments</t>
+  </si>
+  <si>
+    <t>Le guide a pour objectifs l’élaboration de préconisations spécifiques pour l’administration des médicaments et la mise à disposition pour les professionnels d’outils d’auto-évaluation et de sécurisation. Ces outils régulièrement utilisés à l’étranger sont adaptés au contexte français</t>
+  </si>
+  <si>
+    <t>17/03/2016 12:23:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_946211/fr/outils-de-securisation-et-d-auto-evaluation-de-l-administration-des-medicaments</t>
+  </si>
+  <si>
+    <t>c_946211</t>
+  </si>
+  <si>
+    <t>Substance active (DCI)</t>
+  </si>
+  <si>
+    <t>Avis sur les Médicaments</t>
+  </si>
+  <si>
+    <t>Médicament</t>
   </si>
   <si>
     <t>VENTOLINE - VENTODISKS - SALBUMOL (salbutamol)</t>
   </si>
   <si>
-    <t>01/09/2025 09:30:31</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2983844/en/ventoline-ventodisks-salbumol-salbutamol</t>
+    <t>09/01/2025 09:30:31</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983844/fr/ventoline-ventodisks-salbumol-salbutamol</t>
   </si>
   <si>
     <t>pprd_2983844</t>
   </si>
   <si>
     <t>salbutamol</t>
   </si>
   <si>
     <t>GLAXOSMITHKLINE</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_399046/en/ventoline-salbutamol</t>
-[...20 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3574253/en/ventolin-salbutamol-asthma</t>
+    <t>https://www.has-sante.fr/jcms/c_399046/fr/ventoline-salbutamol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399045/fr/ventoline-salbutamol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400347/fr/ventoline-salbutamol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_456651/fr/ventoline-salbumol-salbutamol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1231582/fr/ventoline-salbutamol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2724025/fr/ventoline-salbutamol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399348/fr/ventodisks-200-g/dose-poudre-pour-inhalation-en-disque-multidose-7-plaquettes-thermoformees-de-8-doses-7-plaquettes-thermoformees-de-8-doses-avec-distributeur-diskhaler</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3574253/fr/ventoline-salbutamol-asthme</t>
+  </si>
+  <si>
+    <t>VENTILASTIN NOVOLIZER (salbutamol)</t>
+  </si>
+  <si>
+    <t>07/05/2015 10:30:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984550/fr/ventilastin-novolizer-salbutamol</t>
+  </si>
+  <si>
+    <t>pprd_2984550</t>
+  </si>
+  <si>
+    <t>MEDA PHARMA</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400043/fr/ventilastin-novolizer-salbutamol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_847981/fr/ventilastin-novolizer-salbutamol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2030571/fr/ventilastin-novolizer-salbutamol</t>
+  </si>
+  <si>
+    <t>ASMASAL (salbutamol)</t>
+  </si>
+  <si>
+    <t>11/08/2014 14:22:21</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984710/fr/asmasal-salbutamol</t>
+  </si>
+  <si>
+    <t>pprd_2984710</t>
+  </si>
+  <si>
+    <t>SCIENCEX</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399358/fr/asmasal-clickhaler-90-g/dose-poudre-pour-inhalation-flacon-de-200-doses</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_458642/fr/asmasal-clickhaler-salbutamol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1759337/fr/asmasal-salbutamol</t>
+  </si>
+  <si>
+    <t>COMBIVENT (salbutamol/ bromure d’ipratropium)</t>
+  </si>
+  <si>
+    <t>25/04/2007 17:11:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985442/fr/combivent-salbutamol/-bromure-d-ipratropium</t>
+  </si>
+  <si>
+    <t>pprd_2985442</t>
+  </si>
+  <si>
+    <t>salbutamol,bromure d’ipratropium</t>
+  </si>
+  <si>
+    <t>BOEHRINGER INGELHEIM FRANCE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399485/fr/combivent-salbutamol/-bromure-d-ipratropium</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_538455/fr/combivent-salbutamol/-bromure-d-ipratropium</t>
+  </si>
+  <si>
+    <t>Article HAS</t>
+  </si>
+  <si>
+    <t>Bronchiolite aiguë : la kinésithérapie respiratoire de désencombrement bronchique n’est plus recommandée</t>
+  </si>
+  <si>
+    <t>En cas de bronchiolite aiguë du nourrisson, la kinésithérapie respiratoire de désencombrement bronchique n’est plus recommandée. Les formes graves relèvent d’une hospitalisation systématique. Explications.</t>
+  </si>
+  <si>
+    <t>20/11/2019 15:25:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3118481/fr/bronchiolite-aigue-la-kinesitherapie-respiratoire-de-desencombrement-bronchique-n-est-plus-recommandee</t>
+  </si>
+  <si>
+    <t>p_3118481</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId10" Target="worksheets/sheet8.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId8" Target="worksheets/sheet6.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId9" Target="worksheets/sheet7.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H3"/>
+  <dimension ref="A1:J5"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
+      <c r="I1" t="s">
+        <v>8</v>
+      </c>
+      <c r="J1" t="s">
+        <v>9</v>
+      </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>8</v>
+        <v>10</v>
       </c>
       <c r="B2" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
       <c r="C2" t="s">
-        <v>10</v>
+        <v>12</v>
       </c>
       <c r="D2" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="F2" t="s">
         <v>12</v>
       </c>
       <c r="G2" t="s">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="H2" t="s">
-        <v>14</v>
+        <v>16</v>
+      </c>
+      <c r="I2" t="s">
+        <v>17</v>
+      </c>
+      <c r="J2" t="s">
+        <v>18</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>8</v>
+        <v>10</v>
       </c>
       <c r="B3" t="s">
-        <v>15</v>
+        <v>19</v>
       </c>
       <c r="C3" t="s">
-        <v>16</v>
+        <v>12</v>
       </c>
       <c r="D3" t="s">
-        <v>17</v>
+        <v>20</v>
       </c>
       <c r="E3" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="F3" t="s">
         <v>12</v>
       </c>
       <c r="G3" t="s">
-        <v>19</v>
+        <v>22</v>
       </c>
       <c r="H3" t="s">
-        <v>20</v>
+        <v>23</v>
+      </c>
+      <c r="I3" t="s">
+        <v>12</v>
+      </c>
+      <c r="J3" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>10</v>
+      </c>
+      <c r="B4" t="s">
+        <v>25</v>
+      </c>
+      <c r="C4" t="s">
+        <v>12</v>
+      </c>
+      <c r="D4" t="s">
+        <v>26</v>
+      </c>
+      <c r="E4" t="s">
+        <v>26</v>
+      </c>
+      <c r="F4" t="s">
+        <v>12</v>
+      </c>
+      <c r="G4" t="s">
+        <v>27</v>
+      </c>
+      <c r="H4" t="s">
+        <v>28</v>
+      </c>
+      <c r="I4" t="s">
+        <v>12</v>
+      </c>
+      <c r="J4" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>10</v>
+      </c>
+      <c r="B5" t="s">
+        <v>30</v>
+      </c>
+      <c r="C5" t="s">
+        <v>12</v>
+      </c>
+      <c r="D5" t="s">
+        <v>31</v>
+      </c>
+      <c r="E5" t="s">
+        <v>31</v>
+      </c>
+      <c r="F5" t="s">
+        <v>12</v>
+      </c>
+      <c r="G5" t="s">
+        <v>32</v>
+      </c>
+      <c r="H5" t="s">
+        <v>33</v>
+      </c>
+      <c r="I5" t="s">
+        <v>12</v>
+      </c>
+      <c r="J5" t="s">
+        <v>29</v>
       </c>
     </row>
   </sheetData>
-  <autoFilter ref="B1:H1"/>
+  <autoFilter ref="B1:J1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H4"/>
+  <dimension ref="A1:H5"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>21</v>
+        <v>34</v>
       </c>
       <c r="B2" t="s">
-        <v>22</v>
+        <v>35</v>
       </c>
       <c r="C2" t="s">
-        <v>23</v>
+        <v>36</v>
       </c>
       <c r="D2" t="s">
-        <v>24</v>
+        <v>12</v>
       </c>
       <c r="E2" t="s">
-        <v>25</v>
+        <v>37</v>
       </c>
       <c r="F2" t="s">
         <v>12</v>
       </c>
       <c r="G2" t="s">
-        <v>26</v>
+        <v>38</v>
       </c>
       <c r="H2" t="s">
-        <v>27</v>
+        <v>39</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>21</v>
+        <v>34</v>
       </c>
       <c r="B3" t="s">
-        <v>28</v>
+        <v>40</v>
       </c>
       <c r="C3" t="s">
-        <v>29</v>
+        <v>41</v>
       </c>
       <c r="D3" t="s">
-        <v>30</v>
+        <v>12</v>
       </c>
       <c r="E3" t="s">
-        <v>31</v>
+        <v>42</v>
       </c>
       <c r="F3" t="s">
         <v>12</v>
       </c>
       <c r="G3" t="s">
-        <v>32</v>
+        <v>43</v>
       </c>
       <c r="H3" t="s">
-        <v>33</v>
+        <v>44</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>21</v>
+        <v>34</v>
       </c>
       <c r="B4" t="s">
+        <v>45</v>
+      </c>
+      <c r="C4" t="s">
+        <v>46</v>
+      </c>
+      <c r="D4" t="s">
+        <v>12</v>
+      </c>
+      <c r="E4" t="s">
+        <v>47</v>
+      </c>
+      <c r="F4" t="s">
+        <v>12</v>
+      </c>
+      <c r="G4" t="s">
+        <v>48</v>
+      </c>
+      <c r="H4" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
         <v>34</v>
       </c>
-      <c r="C4" t="s">
-[...15 lines deleted...]
-        <v>39</v>
+      <c r="B5" t="s">
+        <v>50</v>
+      </c>
+      <c r="C5" t="s">
+        <v>51</v>
+      </c>
+      <c r="D5" t="s">
+        <v>12</v>
+      </c>
+      <c r="E5" t="s">
+        <v>52</v>
+      </c>
+      <c r="F5" t="s">
+        <v>12</v>
+      </c>
+      <c r="G5" t="s">
+        <v>53</v>
+      </c>
+      <c r="H5" t="s">
+        <v>54</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:R2"/>
+  <dimension ref="A1:H5"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
-      <c r="I1" t="s">
-[...7 lines deleted...]
-      </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>43</v>
+        <v>55</v>
       </c>
       <c r="B2" t="s">
-        <v>44</v>
+        <v>56</v>
       </c>
       <c r="C2" t="s">
-        <v>12</v>
+        <v>57</v>
       </c>
       <c r="D2" t="s">
-        <v>12</v>
+        <v>58</v>
       </c>
       <c r="E2" t="s">
-        <v>45</v>
+        <v>59</v>
       </c>
       <c r="F2" t="s">
         <v>12</v>
       </c>
       <c r="G2" t="s">
-        <v>46</v>
+        <v>60</v>
       </c>
       <c r="H2" t="s">
-        <v>47</v>
+        <v>61</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>55</v>
+      </c>
+      <c r="B3" t="s">
+        <v>62</v>
+      </c>
+      <c r="C3" t="s">
+        <v>63</v>
+      </c>
+      <c r="D3" t="s">
+        <v>64</v>
+      </c>
+      <c r="E3" t="s">
+        <v>64</v>
+      </c>
+      <c r="F3" t="s">
+        <v>12</v>
+      </c>
+      <c r="G3" t="s">
+        <v>65</v>
+      </c>
+      <c r="H3" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>55</v>
+      </c>
+      <c r="B4" t="s">
+        <v>67</v>
+      </c>
+      <c r="C4" t="s">
+        <v>68</v>
+      </c>
+      <c r="D4" t="s">
+        <v>69</v>
+      </c>
+      <c r="E4" t="s">
+        <v>70</v>
+      </c>
+      <c r="F4" t="s">
+        <v>12</v>
+      </c>
+      <c r="G4" t="s">
+        <v>71</v>
+      </c>
+      <c r="H4" t="s">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>55</v>
+      </c>
+      <c r="B5" t="s">
+        <v>73</v>
+      </c>
+      <c r="C5" t="s">
+        <v>74</v>
+      </c>
+      <c r="D5" t="s">
+        <v>75</v>
+      </c>
+      <c r="E5" t="s">
+        <v>76</v>
+      </c>
+      <c r="F5" t="s">
+        <v>12</v>
+      </c>
+      <c r="G5" t="s">
+        <v>77</v>
+      </c>
+      <c r="H5" t="s">
+        <v>78</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H6"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>79</v>
+      </c>
+      <c r="B2" t="s">
+        <v>80</v>
+      </c>
+      <c r="C2" t="s">
+        <v>81</v>
+      </c>
+      <c r="D2" t="s">
+        <v>82</v>
+      </c>
+      <c r="E2" t="s">
+        <v>83</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>84</v>
+      </c>
+      <c r="H2" t="s">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>79</v>
+      </c>
+      <c r="B3" t="s">
+        <v>86</v>
+      </c>
+      <c r="C3" t="s">
+        <v>87</v>
+      </c>
+      <c r="D3" t="s">
+        <v>88</v>
+      </c>
+      <c r="E3" t="s">
+        <v>89</v>
+      </c>
+      <c r="F3" t="s">
+        <v>12</v>
+      </c>
+      <c r="G3" t="s">
+        <v>90</v>
+      </c>
+      <c r="H3" t="s">
+        <v>91</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>79</v>
+      </c>
+      <c r="B4" t="s">
+        <v>92</v>
+      </c>
+      <c r="C4" t="s">
+        <v>93</v>
+      </c>
+      <c r="D4" t="s">
+        <v>94</v>
+      </c>
+      <c r="E4" t="s">
+        <v>95</v>
+      </c>
+      <c r="F4" t="s">
+        <v>12</v>
+      </c>
+      <c r="G4" t="s">
+        <v>96</v>
+      </c>
+      <c r="H4" t="s">
+        <v>97</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>79</v>
+      </c>
+      <c r="B5" t="s">
+        <v>98</v>
+      </c>
+      <c r="C5" t="s">
+        <v>99</v>
+      </c>
+      <c r="D5" t="s">
+        <v>100</v>
+      </c>
+      <c r="E5" t="s">
+        <v>101</v>
+      </c>
+      <c r="F5" t="s">
+        <v>12</v>
+      </c>
+      <c r="G5" t="s">
+        <v>102</v>
+      </c>
+      <c r="H5" t="s">
+        <v>103</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>79</v>
+      </c>
+      <c r="B6" t="s">
+        <v>104</v>
+      </c>
+      <c r="C6" t="s">
+        <v>12</v>
+      </c>
+      <c r="D6" t="s">
+        <v>105</v>
+      </c>
+      <c r="E6" t="s">
+        <v>106</v>
+      </c>
+      <c r="F6" t="s">
+        <v>12</v>
+      </c>
+      <c r="G6" t="s">
+        <v>107</v>
+      </c>
+      <c r="H6" t="s">
+        <v>108</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:I2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>109</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>110</v>
+      </c>
+      <c r="B2" t="s">
+        <v>111</v>
+      </c>
+      <c r="C2" t="s">
+        <v>12</v>
+      </c>
+      <c r="D2" t="s">
+        <v>12</v>
+      </c>
+      <c r="E2" t="s">
+        <v>112</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>113</v>
+      </c>
+      <c r="H2" t="s">
+        <v>114</v>
       </c>
       <c r="I2" t="s">
-        <v>48</v>
+        <v>115</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:I1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>116</v>
+      </c>
+      <c r="B2" t="s">
+        <v>117</v>
+      </c>
+      <c r="C2" t="s">
+        <v>118</v>
+      </c>
+      <c r="D2" t="s">
+        <v>12</v>
+      </c>
+      <c r="E2" t="s">
+        <v>119</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>120</v>
+      </c>
+      <c r="H2" t="s">
+        <v>121</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:R5"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>122</v>
+      </c>
+      <c r="J1" t="s">
+        <v>9</v>
+      </c>
+      <c r="K1" t="s">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>124</v>
+      </c>
+      <c r="B2" t="s">
+        <v>125</v>
+      </c>
+      <c r="C2" t="s">
+        <v>12</v>
+      </c>
+      <c r="D2" t="s">
+        <v>12</v>
+      </c>
+      <c r="E2" t="s">
+        <v>126</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>127</v>
+      </c>
+      <c r="H2" t="s">
+        <v>128</v>
+      </c>
+      <c r="I2" t="s">
+        <v>129</v>
       </c>
       <c r="J2" t="s">
-        <v>49</v>
+        <v>130</v>
       </c>
       <c r="K2" t="s">
-        <v>50</v>
+        <v>131</v>
       </c>
       <c r="L2" t="s">
-        <v>51</v>
+        <v>132</v>
       </c>
       <c r="M2" t="s">
-        <v>52</v>
+        <v>133</v>
       </c>
       <c r="N2" t="s">
-        <v>53</v>
+        <v>134</v>
       </c>
       <c r="O2" t="s">
-        <v>54</v>
+        <v>135</v>
       </c>
       <c r="P2" t="s">
-        <v>55</v>
+        <v>136</v>
       </c>
       <c r="Q2" t="s">
-        <v>56</v>
+        <v>137</v>
       </c>
       <c r="R2" t="s">
-        <v>57</v>
+        <v>138</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>124</v>
+      </c>
+      <c r="B3" t="s">
+        <v>139</v>
+      </c>
+      <c r="C3" t="s">
+        <v>12</v>
+      </c>
+      <c r="D3" t="s">
+        <v>12</v>
+      </c>
+      <c r="E3" t="s">
+        <v>140</v>
+      </c>
+      <c r="F3" t="s">
+        <v>12</v>
+      </c>
+      <c r="G3" t="s">
+        <v>141</v>
+      </c>
+      <c r="H3" t="s">
+        <v>142</v>
+      </c>
+      <c r="I3" t="s">
+        <v>129</v>
+      </c>
+      <c r="J3" t="s">
+        <v>143</v>
+      </c>
+      <c r="K3" t="s">
+        <v>144</v>
+      </c>
+      <c r="L3" t="s">
+        <v>145</v>
+      </c>
+      <c r="M3" t="s">
+        <v>146</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>124</v>
+      </c>
+      <c r="B4" t="s">
+        <v>147</v>
+      </c>
+      <c r="C4" t="s">
+        <v>12</v>
+      </c>
+      <c r="D4" t="s">
+        <v>12</v>
+      </c>
+      <c r="E4" t="s">
+        <v>148</v>
+      </c>
+      <c r="F4" t="s">
+        <v>12</v>
+      </c>
+      <c r="G4" t="s">
+        <v>149</v>
+      </c>
+      <c r="H4" t="s">
+        <v>150</v>
+      </c>
+      <c r="I4" t="s">
+        <v>129</v>
+      </c>
+      <c r="J4" t="s">
+        <v>151</v>
+      </c>
+      <c r="K4" t="s">
+        <v>152</v>
+      </c>
+      <c r="L4" t="s">
+        <v>153</v>
+      </c>
+      <c r="M4" t="s">
+        <v>154</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>124</v>
+      </c>
+      <c r="B5" t="s">
+        <v>155</v>
+      </c>
+      <c r="C5" t="s">
+        <v>12</v>
+      </c>
+      <c r="D5" t="s">
+        <v>12</v>
+      </c>
+      <c r="E5" t="s">
+        <v>156</v>
+      </c>
+      <c r="F5" t="s">
+        <v>12</v>
+      </c>
+      <c r="G5" t="s">
+        <v>157</v>
+      </c>
+      <c r="H5" t="s">
+        <v>158</v>
+      </c>
+      <c r="I5" t="s">
+        <v>159</v>
+      </c>
+      <c r="J5" t="s">
+        <v>160</v>
+      </c>
+      <c r="K5" t="s">
+        <v>161</v>
+      </c>
+      <c r="L5" t="s">
+        <v>162</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:K1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>163</v>
+      </c>
+      <c r="B2" t="s">
+        <v>164</v>
+      </c>
+      <c r="C2" t="s">
+        <v>165</v>
+      </c>
+      <c r="D2" t="s">
+        <v>12</v>
+      </c>
+      <c r="E2" t="s">
+        <v>166</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>167</v>
+      </c>
+      <c r="H2" t="s">
+        <v>168</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>