--- v0 (2025-10-19)
+++ v1 (2026-01-19)
@@ -1,261 +1,1119 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet5.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Drugs" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Recommandation en santé " r:id="rId3" sheetId="1"/>
+    <sheet name="Export Recommandation de bonne " r:id="rId4" sheetId="2"/>
+    <sheet name="Export Guide maladie chronique" r:id="rId5" sheetId="3"/>
+    <sheet name="Export évènement de calendrier" r:id="rId6" sheetId="4"/>
+    <sheet name="Export Medicament" r:id="rId7" sheetId="5"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Drugs'!$B$1:$K$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Recommandation en santé '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="26" uniqueCount="24">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="197" uniqueCount="103">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Active ingredient</t>
-[...8 lines deleted...]
-    <t>Medicine</t>
+    <t>Recommandation en santé publique</t>
+  </si>
+  <si>
+    <t>Prévention et dépistage du diabète de type 2 et des maladies liées au diabète</t>
+  </si>
+  <si>
+    <t>La HAS a été chargée par la CNAMTS d’actualiser le Référentiel de pratiques de l’examen périodique de santé des Centres d’Examen de Santé de l’Assurance Maladie sur la prévention et le dépistage du diabète de type 2 et des maladies liées au diabète à partir des données de la littérature issues principalement des recommandations françaises. Ce référentiel est proposé dans un format cliquable, outil de navigation interactive, qui peut être lu selon les besoins de manière synthétique (Minisynthèses, Algorithmes) ou plus détaillée en cliquant dans le document.</t>
+  </si>
+  <si>
+    <t>21/05/2014 00:00:00</t>
+  </si>
+  <si>
+    <t>13/02/2015 12:19:00</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2012494/fr/prevention-et-depistage-du-diabete-de-type-2-et-des-maladies-liees-au-diabete</t>
+  </si>
+  <si>
+    <t>c_2012494</t>
+  </si>
+  <si>
+    <t>Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Stratégie thérapeutique du patient vivant avec un diabète de type 2</t>
+  </si>
+  <si>
+    <t>Reactualisation des recommandations sur la stratégie thérapeutique du patient vivant avec un diabète de type 2. Cette mise à jour tient compte des évolutions importantes dans la prise en charge : L’intégration de thérapeutiques non médicamenteuses en première intention dans la prise en charge globale du patient DT2 L’intégration des nouvelles classes médicamenteuses dans la statégie thérapeutique.</t>
+  </si>
+  <si>
+    <t>30/05/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>06/06/2024 10:33:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3191108/fr/strategie-therapeutique-du-patient-vivant-avec-un-diabete-de-type-2</t>
+  </si>
+  <si>
+    <t>p_3191108</t>
+  </si>
+  <si>
+    <t>Prévention vasculaire après un infarctus cérébral ou un accident ischémique transitoire</t>
+  </si>
+  <si>
+    <t>Les recommandations portent sur la prévention secondaire des événements vasculaires (accident vasculaire cérébral, infarctus du myocarde et décès d’origine vasculaire), parce que l’infarctus cérébral confère non seulement un risque élevé de récidive, mais aussi un risque conséquent d’infarctus du myocarde et de décès d’origine vasculaire.</t>
+  </si>
+  <si>
+    <t>07/06/2018 00:00:00</t>
+  </si>
+  <si>
+    <t>13/06/2018 16:46:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1252051/fr/prevention-vasculaire-apres-un-infarctus-cerebral-ou-un-accident-ischemique-transitoire</t>
+  </si>
+  <si>
+    <t>c_1252051</t>
+  </si>
+  <si>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>ALD n° 8 - Diabète de type 2</t>
+  </si>
+  <si>
+    <t>Le guide actes et prestations ALD n’est pas une recommandation de bonne pratique. Il ne constitue pas une aide à la décision portant sur la stratégie diagnostique ou thérapeutique.</t>
+  </si>
+  <si>
+    <t>05/03/2014 00:00:00</t>
+  </si>
+  <si>
+    <t>24/04/2014 12:15:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_419389/fr/ald-n-8-diabete-de-type-2</t>
+  </si>
+  <si>
+    <t>c_419389</t>
+  </si>
+  <si>
+    <t>ALD n° 8 - Diabète de type 1 chez l'adulte</t>
+  </si>
+  <si>
+    <t>24/04/2014 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_419399/fr/ald-n-8-diabete-de-type-1-chez-l-adulte</t>
+  </si>
+  <si>
+    <t>c_419399</t>
+  </si>
+  <si>
+    <t>ALD n° 8 - Diabète de type 1 chez l'enfant et l'adolescent</t>
+  </si>
+  <si>
+    <t>24/04/2014 14:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_419643/fr/ald-n-8-diabete-de-type-1-chez-l-enfant-et-l-adolescent</t>
+  </si>
+  <si>
+    <t>c_419643</t>
+  </si>
+  <si>
+    <t>Type d'évènement</t>
+  </si>
+  <si>
+    <t>Evénement de Calendrier</t>
+  </si>
+  <si>
+    <t>Commission de la Transparence - Réunion à distance du 21 juillet 2021</t>
+  </si>
+  <si>
+    <t>15/07/2021 11:24:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3277677/fr/commission-de-la-transparence-reunion-a-distance-du-21-juillet-2021</t>
+  </si>
+  <si>
+    <t>p_3277677</t>
+  </si>
+  <si>
+    <t>Commission</t>
+  </si>
+  <si>
+    <t>Commission de la Transparence - Réunion à distance du 30 juin 2021</t>
+  </si>
+  <si>
+    <t>24/06/2021 11:26:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3273727/fr/commission-de-la-transparence-reunion-a-distance-du-30-juin-2021</t>
+  </si>
+  <si>
+    <t>p_3273727</t>
+  </si>
+  <si>
+    <t>Commission de la Transparence - Réunion à distance du 16 juin 2021</t>
+  </si>
+  <si>
+    <t>09/06/2021 12:28:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3271014/fr/commission-de-la-transparence-reunion-a-distance-du-16-juin-2021</t>
+  </si>
+  <si>
+    <t>p_3271014</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 1er juillet 2015</t>
+  </si>
+  <si>
+    <t>24/06/2015 17:09:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2040932/fr/commission-de-la-transparence-reunion-du-1er-juillet-2015</t>
+  </si>
+  <si>
+    <t>c_2040932</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 22 octobre 2014</t>
+  </si>
+  <si>
+    <t>20/10/2014 16:35:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1769248/fr/commission-de-la-transparence-reunion-du-22-octobre-2014</t>
+  </si>
+  <si>
+    <t>c_1769248</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 23 juillet 2014</t>
+  </si>
+  <si>
+    <t>18/07/2014 14:54:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1754785/fr/commission-de-la-transparence-reunion-du-23-juillet-2014</t>
+  </si>
+  <si>
+    <t>c_1754785</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 17 avril 2013</t>
+  </si>
+  <si>
+    <t>17/04/2013 11:10:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1521840/fr/commission-de-la-transparence-reunion-du-17-avril-2013</t>
+  </si>
+  <si>
+    <t>c_1521840</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 21 septembre 2011</t>
+  </si>
+  <si>
+    <t>Retrait de la demande d'inscription de la spécialité ONGLYZA par le laboratoire exploitant. Le projet d'avis est annexé au compte-rendu.</t>
+  </si>
+  <si>
+    <t>21/09/2011 13:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1097913/fr/commission-de-la-transparence-reunion-du-21-septembre-2011</t>
+  </si>
+  <si>
+    <t>c_1097913</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 7 septembre 2011</t>
+  </si>
+  <si>
+    <t>07/09/2011 15:35:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1095165/fr/commission-de-la-transparence-reunion-du-7-septembre-2011</t>
+  </si>
+  <si>
+    <t>c_1095165</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 18 novembre 2009</t>
+  </si>
+  <si>
+    <t>18/11/2009 10:45:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_882480/fr/commission-de-la-transparence-reunion-du-18-novembre-2009</t>
+  </si>
+  <si>
+    <t>c_882480</t>
+  </si>
+  <si>
+    <t>Substance active (DCI)</t>
+  </si>
+  <si>
+    <t>Laboratoire / Fabricant</t>
+  </si>
+  <si>
+    <t>Avis sur les Médicaments</t>
+  </si>
+  <si>
+    <t>Médicament</t>
   </si>
   <si>
     <t>ONGLYZA (saxagliptine)</t>
   </si>
   <si>
-    <t/>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2984442/en/onglyza-saxagliptine</t>
+    <t>30/08/2021 18:02:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984442/fr/onglyza-saxagliptine</t>
   </si>
   <si>
     <t>pprd_2984442</t>
   </si>
   <si>
     <t>saxagliptine</t>
   </si>
   <si>
     <t>ASTRAZENECA</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_900487/en/onglyza</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3283452/en/onglyza-saxagliptine-chlorhydrate-de</t>
+    <t>https://www.has-sante.fr/jcms/c_900487/fr/onglyza-saxagliptine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1598714/fr/onglyza-saxagliptine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1774614/fr/onglyza-saxagliptine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2052925/fr/onglyza-saxagliptine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3283452/fr/onglyza-saxagliptine-diabete-de-type-2</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:O2"/>
+  <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
-      <c r="I1" t="s">
-[...7 lines deleted...]
-      </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
+        <v>8</v>
+      </c>
+      <c r="B2" t="s">
+        <v>9</v>
+      </c>
+      <c r="C2" t="s">
+        <v>10</v>
+      </c>
+      <c r="D2" t="s">
         <v>11</v>
       </c>
+      <c r="E2" t="s">
+        <v>12</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>14</v>
+      </c>
+      <c r="H2" t="s">
+        <v>15</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H3"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>16</v>
+      </c>
       <c r="B2" t="s">
-        <v>12</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>13</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>13</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
-        <v>14</v>
+        <v>20</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>15</v>
+        <v>21</v>
       </c>
       <c r="H2" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
         <v>16</v>
       </c>
+      <c r="B3" t="s">
+        <v>23</v>
+      </c>
+      <c r="C3" t="s">
+        <v>24</v>
+      </c>
+      <c r="D3" t="s">
+        <v>25</v>
+      </c>
+      <c r="E3" t="s">
+        <v>26</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>27</v>
+      </c>
+      <c r="H3" t="s">
+        <v>28</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H4"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>29</v>
+      </c>
+      <c r="B2" t="s">
+        <v>30</v>
+      </c>
+      <c r="C2" t="s">
+        <v>31</v>
+      </c>
+      <c r="D2" t="s">
+        <v>32</v>
+      </c>
+      <c r="E2" t="s">
+        <v>33</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>34</v>
+      </c>
+      <c r="H2" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>29</v>
+      </c>
+      <c r="B3" t="s">
+        <v>36</v>
+      </c>
+      <c r="C3" t="s">
+        <v>31</v>
+      </c>
+      <c r="D3" t="s">
+        <v>32</v>
+      </c>
+      <c r="E3" t="s">
+        <v>37</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>38</v>
+      </c>
+      <c r="H3" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>29</v>
+      </c>
+      <c r="B4" t="s">
+        <v>40</v>
+      </c>
+      <c r="C4" t="s">
+        <v>31</v>
+      </c>
+      <c r="D4" t="s">
+        <v>32</v>
+      </c>
+      <c r="E4" t="s">
+        <v>41</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>42</v>
+      </c>
+      <c r="H4" t="s">
+        <v>43</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:I11"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>45</v>
+      </c>
+      <c r="B2" t="s">
+        <v>46</v>
+      </c>
+      <c r="C2" t="s">
+        <v>13</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>47</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>48</v>
+      </c>
+      <c r="H2" t="s">
+        <v>49</v>
+      </c>
       <c r="I2" t="s">
-        <v>17</v>
+        <v>50</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>45</v>
+      </c>
+      <c r="B3" t="s">
+        <v>51</v>
+      </c>
+      <c r="C3" t="s">
+        <v>13</v>
+      </c>
+      <c r="D3" t="s">
+        <v>13</v>
+      </c>
+      <c r="E3" t="s">
+        <v>52</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>53</v>
+      </c>
+      <c r="H3" t="s">
+        <v>54</v>
+      </c>
+      <c r="I3" t="s">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>45</v>
+      </c>
+      <c r="B4" t="s">
+        <v>55</v>
+      </c>
+      <c r="C4" t="s">
+        <v>13</v>
+      </c>
+      <c r="D4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E4" t="s">
+        <v>56</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>57</v>
+      </c>
+      <c r="H4" t="s">
+        <v>58</v>
+      </c>
+      <c r="I4" t="s">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>45</v>
+      </c>
+      <c r="B5" t="s">
+        <v>59</v>
+      </c>
+      <c r="C5" t="s">
+        <v>13</v>
+      </c>
+      <c r="D5" t="s">
+        <v>13</v>
+      </c>
+      <c r="E5" t="s">
+        <v>60</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>61</v>
+      </c>
+      <c r="H5" t="s">
+        <v>62</v>
+      </c>
+      <c r="I5" t="s">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>45</v>
+      </c>
+      <c r="B6" t="s">
+        <v>63</v>
+      </c>
+      <c r="C6" t="s">
+        <v>13</v>
+      </c>
+      <c r="D6" t="s">
+        <v>13</v>
+      </c>
+      <c r="E6" t="s">
+        <v>64</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
+        <v>65</v>
+      </c>
+      <c r="H6" t="s">
+        <v>66</v>
+      </c>
+      <c r="I6" t="s">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>45</v>
+      </c>
+      <c r="B7" t="s">
+        <v>67</v>
+      </c>
+      <c r="C7" t="s">
+        <v>13</v>
+      </c>
+      <c r="D7" t="s">
+        <v>13</v>
+      </c>
+      <c r="E7" t="s">
+        <v>68</v>
+      </c>
+      <c r="F7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G7" t="s">
+        <v>69</v>
+      </c>
+      <c r="H7" t="s">
+        <v>70</v>
+      </c>
+      <c r="I7" t="s">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>45</v>
+      </c>
+      <c r="B8" t="s">
+        <v>71</v>
+      </c>
+      <c r="C8" t="s">
+        <v>13</v>
+      </c>
+      <c r="D8" t="s">
+        <v>13</v>
+      </c>
+      <c r="E8" t="s">
+        <v>72</v>
+      </c>
+      <c r="F8" t="s">
+        <v>13</v>
+      </c>
+      <c r="G8" t="s">
+        <v>73</v>
+      </c>
+      <c r="H8" t="s">
+        <v>74</v>
+      </c>
+      <c r="I8" t="s">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>45</v>
+      </c>
+      <c r="B9" t="s">
+        <v>75</v>
+      </c>
+      <c r="C9" t="s">
+        <v>76</v>
+      </c>
+      <c r="D9" t="s">
+        <v>13</v>
+      </c>
+      <c r="E9" t="s">
+        <v>77</v>
+      </c>
+      <c r="F9" t="s">
+        <v>13</v>
+      </c>
+      <c r="G9" t="s">
+        <v>78</v>
+      </c>
+      <c r="H9" t="s">
+        <v>79</v>
+      </c>
+      <c r="I9" t="s">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>45</v>
+      </c>
+      <c r="B10" t="s">
+        <v>80</v>
+      </c>
+      <c r="C10" t="s">
+        <v>13</v>
+      </c>
+      <c r="D10" t="s">
+        <v>13</v>
+      </c>
+      <c r="E10" t="s">
+        <v>81</v>
+      </c>
+      <c r="F10" t="s">
+        <v>13</v>
+      </c>
+      <c r="G10" t="s">
+        <v>82</v>
+      </c>
+      <c r="H10" t="s">
+        <v>83</v>
+      </c>
+      <c r="I10" t="s">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>45</v>
+      </c>
+      <c r="B11" t="s">
+        <v>84</v>
+      </c>
+      <c r="C11" t="s">
+        <v>13</v>
+      </c>
+      <c r="D11" t="s">
+        <v>13</v>
+      </c>
+      <c r="E11" t="s">
+        <v>85</v>
+      </c>
+      <c r="F11" t="s">
+        <v>13</v>
+      </c>
+      <c r="G11" t="s">
+        <v>86</v>
+      </c>
+      <c r="H11" t="s">
+        <v>87</v>
+      </c>
+      <c r="I11" t="s">
+        <v>50</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:I1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:O2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>88</v>
+      </c>
+      <c r="J1" t="s">
+        <v>89</v>
+      </c>
+      <c r="K1" t="s">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>91</v>
+      </c>
+      <c r="B2" t="s">
+        <v>92</v>
+      </c>
+      <c r="C2" t="s">
+        <v>13</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>93</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>94</v>
+      </c>
+      <c r="H2" t="s">
+        <v>95</v>
+      </c>
+      <c r="I2" t="s">
+        <v>96</v>
       </c>
       <c r="J2" t="s">
-        <v>18</v>
+        <v>97</v>
       </c>
       <c r="K2" t="s">
-        <v>19</v>
+        <v>98</v>
       </c>
       <c r="L2" t="s">
-        <v>20</v>
+        <v>99</v>
       </c>
       <c r="M2" t="s">
-        <v>21</v>
+        <v>100</v>
       </c>
       <c r="N2" t="s">
-        <v>22</v>
+        <v>101</v>
       </c>
       <c r="O2" t="s">
-        <v>23</v>
+        <v>102</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>