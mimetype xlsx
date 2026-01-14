--- v0 (2025-10-16)
+++ v1 (2026-01-14)
@@ -1,207 +1,616 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export " r:id="rId3" sheetId="1"/>
+    <sheet name="Export Guide maladie chronique" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Recommandation de bonne " r:id="rId4" sheetId="2"/>
+    <sheet name="Export Evaluation des technolog" r:id="rId5" sheetId="3"/>
+    <sheet name="Export Medicament" r:id="rId6" sheetId="4"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="16" uniqueCount="16">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="92" uniqueCount="54">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Health technology assessment</t>
-[...8 lines deleted...]
-    <t>11/13/2013 00:00:00</t>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Atrophie multisystématisée (AMS)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’AMS. Il a été élaboré par le Centre de référence Atrophie multisystématisée à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>19/12/2024 15:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2574640/fr/atrophie-multisystematisee-ams</t>
+  </si>
+  <si>
+    <t>c_2574640</t>
+  </si>
+  <si>
+    <t>Paralysie Supranucléaire Progressive et Syndrome Corticobasal</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de PSP ou de SCB. Il a été élaboré par le Centre de référence Démences Rares ou Préco à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>12/12/2022 17:27:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3390276/fr/paralysie-supranucleaire-progressive-et-syndrome-corticobasal</t>
+  </si>
+  <si>
+    <t>p_3390276</t>
+  </si>
+  <si>
+    <t>Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Label - Bilans pré-thérapeutiques des troubles mictionnels de l’homme adulte : modalités et acteurs</t>
+  </si>
+  <si>
+    <t>Les objectifs fixés pour cette recommandation de bonne pratique sont de permettre, à l’ensemble des médecins prenant en charge les troubles mictionnels de l’homme, de développer une pratique plus homogène de la prise en charge des troubles mictionnels chez l’homme en intégrant les technologies et les concepts en organisation actuels et à venir.</t>
+  </si>
+  <si>
+    <t>25/04/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>02/05/2024 17:08:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3323646/fr/label-bilans-pre-therapeutiques-des-troubles-mictionnels-de-l-homme-adulte-modalites-et-acteurs</t>
+  </si>
+  <si>
+    <t>p_3323646</t>
+  </si>
+  <si>
+    <t>Evaluation des technologies de santé</t>
+  </si>
+  <si>
+    <t>Traitement des symptômes du bas appareil urinaire liés à l’hypertrophie bénigne de la prostate par laser – Rapport d’évaluation technologique</t>
+  </si>
+  <si>
+    <t>L'objectif de ce travail est d'évaluer et de comparer l’efficacité, la sécurité et le coût des techniques lasers les plus utilisées en France (photovaporisation sélective de la prostate par LASER (PVPS)) et à l’étranger (l’énucléation par LASER à l’Holmium (HoLEP)) par rapport aux techniques classiques (la résection trans-urétrale de la prostate [RTUP] et l’adénomectomie par voie haute [AVH])</t>
+  </si>
+  <si>
+    <t>13/11/2013 00:00:00</t>
   </si>
   <si>
     <t>12/12/2013 11:54:00</t>
   </si>
   <si>
-    <t/>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_827591/en/laser-treatment-of-lower-urinary-tract-symptoms-associated-with-benign-prostatic</t>
+    <t>https://www.has-sante.fr/jcms/c_827591/fr/traitement-des-symptomes-du-bas-appareil-urinaire-lies-a-l-hypertrophie-benigne-de-la-prostate-par-laser-rapport-d-evaluation-technologique</t>
   </si>
   <si>
     <t>c_827591</t>
+  </si>
+  <si>
+    <t>Substance active (DCI)</t>
+  </si>
+  <si>
+    <t>Laboratoire / Fabricant</t>
+  </si>
+  <si>
+    <t>Avis sur les Médicaments</t>
+  </si>
+  <si>
+    <t>Médicament</t>
+  </si>
+  <si>
+    <t>UROREC (silodosine)</t>
+  </si>
+  <si>
+    <t>22/03/2023 09:34:14</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984334/fr/urorec-silodosine</t>
+  </si>
+  <si>
+    <t>pprd_2984334</t>
+  </si>
+  <si>
+    <t>silodosine</t>
+  </si>
+  <si>
+    <t>BOUCHARA RECORDATI</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_957056/fr/urorec-silodosine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2569219/fr/urorec-silodosine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3422180/fr/urorec-silodosine-hypertrophie-benigne-de-la-prostate</t>
+  </si>
+  <si>
+    <t>SILODYX (silodosine)</t>
+  </si>
+  <si>
+    <t>06/11/2015 10:14:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984335/fr/silodyx-silodosine</t>
+  </si>
+  <si>
+    <t>pprd_2984335</t>
+  </si>
+  <si>
+    <t>ZAMBON FRANCE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_957057/fr/silodyx-silodosine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2569213/fr/silodyx-silodosine</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H2"/>
+  <dimension ref="A1:H3"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" t="s">
         <v>13</v>
       </c>
-      <c r="G2" t="s">
+      <c r="H2" t="s">
         <v>14</v>
       </c>
-      <c r="H2" t="s">
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>8</v>
+      </c>
+      <c r="B3" t="s">
         <v>15</v>
+      </c>
+      <c r="C3" t="s">
+        <v>16</v>
+      </c>
+      <c r="D3" t="s">
+        <v>11</v>
+      </c>
+      <c r="E3" t="s">
+        <v>17</v>
+      </c>
+      <c r="F3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G3" t="s">
+        <v>18</v>
+      </c>
+      <c r="H3" t="s">
+        <v>19</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>20</v>
+      </c>
+      <c r="B2" t="s">
+        <v>21</v>
+      </c>
+      <c r="C2" t="s">
+        <v>22</v>
+      </c>
+      <c r="D2" t="s">
+        <v>23</v>
+      </c>
+      <c r="E2" t="s">
+        <v>24</v>
+      </c>
+      <c r="F2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" t="s">
+        <v>25</v>
+      </c>
+      <c r="H2" t="s">
+        <v>26</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>27</v>
+      </c>
+      <c r="B2" t="s">
+        <v>28</v>
+      </c>
+      <c r="C2" t="s">
+        <v>29</v>
+      </c>
+      <c r="D2" t="s">
+        <v>30</v>
+      </c>
+      <c r="E2" t="s">
+        <v>31</v>
+      </c>
+      <c r="F2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" t="s">
+        <v>32</v>
+      </c>
+      <c r="H2" t="s">
+        <v>33</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:M3"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>34</v>
+      </c>
+      <c r="J1" t="s">
+        <v>35</v>
+      </c>
+      <c r="K1" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>37</v>
+      </c>
+      <c r="B2" t="s">
+        <v>38</v>
+      </c>
+      <c r="C2" t="s">
+        <v>11</v>
+      </c>
+      <c r="D2" t="s">
+        <v>11</v>
+      </c>
+      <c r="E2" t="s">
+        <v>39</v>
+      </c>
+      <c r="F2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" t="s">
+        <v>40</v>
+      </c>
+      <c r="H2" t="s">
+        <v>41</v>
+      </c>
+      <c r="I2" t="s">
+        <v>42</v>
+      </c>
+      <c r="J2" t="s">
+        <v>43</v>
+      </c>
+      <c r="K2" t="s">
+        <v>44</v>
+      </c>
+      <c r="L2" t="s">
+        <v>45</v>
+      </c>
+      <c r="M2" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>37</v>
+      </c>
+      <c r="B3" t="s">
+        <v>47</v>
+      </c>
+      <c r="C3" t="s">
+        <v>11</v>
+      </c>
+      <c r="D3" t="s">
+        <v>11</v>
+      </c>
+      <c r="E3" t="s">
+        <v>48</v>
+      </c>
+      <c r="F3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G3" t="s">
+        <v>49</v>
+      </c>
+      <c r="H3" t="s">
+        <v>50</v>
+      </c>
+      <c r="I3" t="s">
+        <v>42</v>
+      </c>
+      <c r="J3" t="s">
+        <v>51</v>
+      </c>
+      <c r="K3" t="s">
+        <v>52</v>
+      </c>
+      <c r="L3" t="s">
+        <v>53</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>