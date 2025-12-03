--- v0 (2025-10-19)
+++ v1 (2025-12-03)
@@ -1,292 +1,913 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet5.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet6.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet7.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet8.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet9.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Practice guidelines" r:id="rId3" sheetId="1"/>
-[...1 lines deleted...]
-    <sheet name="Export Drugs" r:id="rId5" sheetId="3"/>
+    <sheet name="Export Recommandation de bonne " r:id="rId3" sheetId="1"/>
+    <sheet name="Export Guide maladie chronique" r:id="rId4" sheetId="2"/>
+    <sheet name="Export Evaluation des technolog" r:id="rId5" sheetId="3"/>
+    <sheet name="Export évènement de calendrier" r:id="rId6" sheetId="4"/>
+    <sheet name="Export Études et Rapports" r:id="rId7" sheetId="5"/>
+    <sheet name="Export Outil d'amélioration des" r:id="rId8" sheetId="6"/>
+    <sheet name="Export Recommandation vaccinale" r:id="rId9" sheetId="7"/>
+    <sheet name="Export Medicament" r:id="rId10" sheetId="8"/>
+    <sheet name="Export Article HAS" r:id="rId11" sheetId="9"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Practice guidelines'!$B$1:$H$1</definedName>
-[...1 lines deleted...]
-    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Drugs'!$B$1:$K$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Études et Rapports'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="true">'Export Outil d''amélioration des'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="6" hidden="true">'Export Recommandation vaccinale'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="7" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="8" hidden="true">'Export Article HAS'!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="88" uniqueCount="59">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="463" uniqueCount="260">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Practice guidelines</t>
-[...11 lines deleted...]
-    <t>11/29/2021 15:10:00</t>
+    <t>Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Prise en charge bucco-dentaire des patients à haut risque d’endocardite infectieuse</t>
+  </si>
+  <si>
+    <t>Objectifs Définir les patients à haut risque d’El Améliorer les pratiques bucco-dentaires chez les patients à haut risque d’endocardite infectieuse, Limiter les prescriptions non appropriées dans le but de lutter contre l’antibiorésistance, Préciser les modalités de l’antibioprophylaxie quand elle est indiquée, Améliorer la prise en charge dentaire de ces patients Homogénéiser, sur le territoire national, les pratiques médicales et la prise en charge bucco-dentaire chez ces patients notamment en implantologie, chirurgie buccale et endodontie.</t>
+  </si>
+  <si>
+    <t>24/10/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>29/11/2021 15:10:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3301328/en/oral-and-dental-care-of-patients-at-risk-of-infective-endocarditis</t>
+    <t>https://www.has-sante.fr/jcms/p_3301328/fr/prise-en-charge-bucco-dentaire-des-patients-a-haut-risque-d-endocardite-infectieuse</t>
   </si>
   <si>
     <t>p_3301328</t>
   </si>
   <si>
-    <t>Health technology assessment</t>
-[...14 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2893724/en/assessment-of-pulp-wound-protection-by-direct-pulp-capping-inahta-brief</t>
+    <t>Prévention vasculaire après un infarctus cérébral ou un accident ischémique transitoire</t>
+  </si>
+  <si>
+    <t>Les recommandations portent sur la prévention secondaire des événements vasculaires (accident vasculaire cérébral, infarctus du myocarde et décès d’origine vasculaire), parce que l’infarctus cérébral confère non seulement un risque élevé de récidive, mais aussi un risque conséquent d’infarctus du myocarde et de décès d’origine vasculaire.</t>
+  </si>
+  <si>
+    <t>07/06/2018 00:00:00</t>
+  </si>
+  <si>
+    <t>13/06/2018 16:46:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1252051/fr/prevention-vasculaire-apres-un-infarctus-cerebral-ou-un-accident-ischemique-transitoire</t>
+  </si>
+  <si>
+    <t>c_1252051</t>
+  </si>
+  <si>
+    <t>Bon usage des agents antiplaquettaires</t>
+  </si>
+  <si>
+    <t>Ces recommandations définissent les situations et conditions de prescription des agents antiplaquettaires (aspirine, clopidogrel, prasugrel et ticagrelor) en prévention primaire ou secondaire d’une maladie cardiovasculaire, ainsi que la conduite à tenir en cas de chirurgie. Leur utilisation dans certaines situations particulières est également abordée : sujet âgé, insuffisance rénale chronique, grossesse, HIV.</t>
+  </si>
+  <si>
+    <t>01/06/2012 00:00:00</t>
+  </si>
+  <si>
+    <t>01/06/2012 15:45:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1264095/fr/bon-usage-des-agents-antiplaquettaires</t>
+  </si>
+  <si>
+    <t>c_1264095</t>
+  </si>
+  <si>
+    <t>Prise en charge de l’artériopathie chronique oblitérante athéroscléreuse des membres inférieurs - Indications médicamenteuses, de revascularisation et de rééducation</t>
+  </si>
+  <si>
+    <t>Le critère diagnostique retenu de l'artériopathie oblitérante des membres inférieurs (AOMI) est un index de pression systolique (IPS = rapport de la pression systolique à la cheville sur la pression systolique humérale) inférieur à 0,90. Seule l'AOMI d'origine athéromateuse est considérée.</t>
+  </si>
+  <si>
+    <t>01/04/2006 00:00:00</t>
+  </si>
+  <si>
+    <t>01/04/2006 17:52:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272513/fr/prise-en-charge-de-l-arteriopathie-chronique-obliterante-atherosclereuse-des-membres-inferieurs-indications-medicamenteuses-de-revascularisation-et-de-reeducation</t>
+  </si>
+  <si>
+    <t>c_272513</t>
+  </si>
+  <si>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Syndrome de Smith-Lemli-Opitz</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’une personne atteinte du SLOS. Il a été élaboré par le Centre de Référence « Anomalies du développement et syndromes malformatifs » de l’Ouest (CLAD-OUEST) Filière AnDDI-Rares à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>22/01/2025 08:56:46</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3585083/fr/syndrome-de-smith-lemli-opitz</t>
+  </si>
+  <si>
+    <t>p_3585083</t>
+  </si>
+  <si>
+    <t>Chondrodysplasies ponctuées : déficit de la biosynthèse du cholestérol et déficit en arylsulfatase E.</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de chondrodypalsie ponctuée par déficit de la biosynthèse du cholestérol et par déficit en arylsulfatase E. Il a été élaboré par le Centre de référence des Anomalies du développement et syndromes malformatifs à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>12/12/2022 17:27:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3392237/fr/chondrodysplasies-ponctuees-deficit-de-la-biosynthese-du-cholesterol-et-deficit-en-arylsulfatase-e</t>
+  </si>
+  <si>
+    <t>p_3392237</t>
+  </si>
+  <si>
+    <t>Myosite à inclusions sporadique</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de myosite à inclusions. Il a été élaboré par le Centre de référence des maladies neuromusculaires à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>04/11/2021 12:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3295071/fr/myosite-a-inclusions-sporadique</t>
+  </si>
+  <si>
+    <t>p_3295071</t>
+  </si>
+  <si>
+    <t>Guide du parcours de soins – Syndrome coronarien chronique</t>
+  </si>
+  <si>
+    <t>Le syndrome coronarien chronique touche 1,5 millions de personnes dont près de la moitié a de plus de 75 ans. Le pronostic des patients s’améliore mais la maladie athéromateuse reste évolutive. À 3 ans, près d’un tiers des patients ont présenté un décès d’origine cardiovasculaire ou un évènement cardiovasculaire grave. Le guide du parcours de soins pour les personnes souffrant d’un syndrome coronarien chronique publié par la HAS décrit le rôle, la place et les modalités de coordination des différents professionnels. II est accompagné d'une synthèse sur les points critiques du parcours et de 7 messages pour améliorer ses pratiques.</t>
+  </si>
+  <si>
+    <t>15/04/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>07/09/2021 15:44:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3279083/fr/guide-du-parcours-de-soins-syndrome-coronarien-chronique</t>
+  </si>
+  <si>
+    <t>p_3279083</t>
+  </si>
+  <si>
+    <t>Amyotrophie bulbo-spinale liée à l’X ou maladie de Kennedy</t>
+  </si>
+  <si>
+    <t>L’objectif de ce protocole national de diagnostic et de soins (PNDS) est d’expliciter aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale actuelle et le parcours de soins d’un patient atteint d’amyotrophie bulbo-spinale liée à l’X ou maladie de Kennedy.</t>
+  </si>
+  <si>
+    <t>22/06/2017 16:24:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2776017/fr/amyotrophie-bulbo-spinale-liee-a-l-x-ou-maladie-de-kennedy</t>
+  </si>
+  <si>
+    <t>c_2776017</t>
+  </si>
+  <si>
+    <t>Guide parcours de soins maladie coronarienne stable</t>
+  </si>
+  <si>
+    <t>L’objectif de ce guide est : - d’expliciter le parcours de soins d’une personne ayant une maladie coronarienne stable en médecine de ville et notamment en médecine générale ; - de rendre compte de la pluri-professionnalité de la prise en charge ainsi que des principes et modalités de coordination et de coopération entre les professionnels impliqués Le guide est construit autour d’étapes du parcours identifiées comme les moments où existent d’importants risques de dysfonctionnement et où il est particulièrement indispensable que les patients bénéficient de la bonne prestation délivrée par les bons professionnels, afin d’assurer la qualité et la sécurité du parcours ...</t>
+  </si>
+  <si>
+    <t>21/09/2016 00:00:00</t>
+  </si>
+  <si>
+    <t>06/10/2016 14:02:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1761792/fr/guide-parcours-de-soins-maladie-coronarienne-stable</t>
+  </si>
+  <si>
+    <t>c_1761792</t>
+  </si>
+  <si>
+    <t>ALD hors liste - Syndrome de Cushing</t>
+  </si>
+  <si>
+    <t>L’objectif de ce Protocole National de Diagnostic et de Soins (PNDS) est d’expliciter pour les professionnels de santé, la prise en charge optimale et le parcours de soins d’un patient atteint d'un sydrome de Cushing. Ce PNDS et la liste des actes et prestations (LAP) qui lui est adjointe peuvent servir de référence au médecin traitant en concertation avec le médecin spécialiste notamment au moment d’établir le protocole de soins conjointement avec le médecin conseil et le patient, dans le cas d'une demande d'exonération du ticket modérateur au titre d'une affection hors liste.</t>
+  </si>
+  <si>
+    <t>17/09/2008 00:00:00</t>
+  </si>
+  <si>
+    <t>09/12/2008 11:40:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_722917/fr/ald-hors-liste-syndrome-de-cushing</t>
+  </si>
+  <si>
+    <t>c_722917</t>
+  </si>
+  <si>
+    <t>Evaluation des technologies de santé</t>
+  </si>
+  <si>
+    <t>Évaluation du parage de plaie de la pulpe par coiffage pulpaire direct - rapport d'évaluation technologique</t>
+  </si>
+  <si>
+    <t>Évaluation du taux de succès et des facteurs pronostiques de la technique de coiffage pulpaire direct dans l’objectif de conservation de la vitalité pulpaire secondaire à une effraction pulpaire suite au curetage d’une carie, à un traumatisme dentaire touchant la pulpe ou accidentellement au cours d’un soin dentaire. Le but est d’éviter le traitement endodontique complet. D’autres techniques de conservation de la vitalité pulpaire existent comme la pulpotomie partielle, la pulpotomie cervicale ou encore le coiffage pulpaire indirect (en cas de proximité pulpaire sans exposition)</t>
+  </si>
+  <si>
+    <t>27/03/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>28/03/2019 15:54:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2893724/fr/evaluation-du-parage-de-plaie-de-la-pulpe-par-coiffage-pulpaire-direct-rapport-d-evaluation-technologique</t>
   </si>
   <si>
     <t>c_2893724</t>
   </si>
   <si>
-    <t>Active ingredient</t>
-[...8 lines deleted...]
-    <t>Medicine</t>
+    <t>Efficacité et efficience des hypolipémiants : une analyse centrée sur les statines</t>
+  </si>
+  <si>
+    <t>Toutes statines confondues, le traitement par statines diminue le risque de mortalité toutes causes de 10% quel que soit le profil du patient, et le risque d’événements cardiovasculaires de 15% à 23%, selon l’événement étudié. Le rapport coût-efficacité d’un traitement par statine est jugé favorable en prévention secondaire, et en prévention primaire pour les patients à haut risque cardiovasculaire. Les différentes statines n’ont pas d’effet significativement différent en termes de mortalité toutes causes et les effets indésirables sont de nature et de fréquence identiques. L’effet des différentes statines sur la survenue d’événements cardiovasculaires (ECV) ne peut pas être analysé de manière rigoureuse sur l'ensemble des molécules et des dosages à partir des données disponibles. Dans la mesure où il existe une relation démontrée entre la baisse du LDL-c et la réduction des ECV, la réduction du LDL-c peut être acceptée comme un indicateur intermédiaire de la morbidité CV. Les statines ayant une efficacité biologique différente, la prise en compte de ce second critère dans la décision conduit à recommander, pour un patient en initiation de traitement, la statine la plus efficiente en fonction de la baisse de LDL-c recherchée lorsqu’un traitement est jugé nécessaire par le prescripteur, en tenant compte du niveau de risque cardio-vasculaire initial du patient.</t>
+  </si>
+  <si>
+    <t>01/07/2010 00:00:00</t>
+  </si>
+  <si>
+    <t>22/07/2010 15:08:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/r_1499450/fr/efficacite-et-efficience-des-hypolipemiants-une-analyse-centree-sur-les-statines</t>
+  </si>
+  <si>
+    <t>r_1499450</t>
+  </si>
+  <si>
+    <t>Quelle place pour l’association fixe amlodipine-atorvastatine (Caduet®) ?</t>
+  </si>
+  <si>
+    <t>Les patients hypertendus à haut risque cardio-vasculaire relèvent d’une prise en charge globale, justifiant la prescription d’un antihypertenseur et d’une statine. Chez les patients traités par 5 ou 10 mg d’amlodipine et 10 mg d’atorvastatine, la prescription de cette association à dose fixe (Caduet®) peut être envisagée.</t>
+  </si>
+  <si>
+    <t>02/04/2007 00:00:00</t>
+  </si>
+  <si>
+    <t>03/05/2007 17:58:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/r_1440010/fr/quelle-place-pour-l-association-fixe-amlodipine-atorvastatine-caduet</t>
+  </si>
+  <si>
+    <t>r_1440010</t>
+  </si>
+  <si>
+    <t>Quelle place pour l’ézétimibe (Ezetrol® ou Inegy®) dans l’hypercholestérolémie ?</t>
+  </si>
+  <si>
+    <t>Évaluer l’effet d’une statine à dose appropriée avant d’associer l’ézétimibe. L’ézétimibe (Ezetrol® [ézétimine seul] ou Inegy® [en association fixe à la simvastatine]) est un inhibiteur de l’absorption intestinale du cholestérol. Son association à une statine est envisageable pour réduire une hypercholestérolémie en cas d’efficacité insuffisante de la statine seule malgré une bonne observance, une posologie appropriée et un régime alimentaire bien suivi.</t>
+  </si>
+  <si>
+    <t>01/12/2006 00:00:00</t>
+  </si>
+  <si>
+    <t>01/12/2006 12:04:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/r_1440017/fr/quelle-place-pour-l-ezetimibe-ezetrol-ou-inegy-dans-l-hypercholesterolemie</t>
+  </si>
+  <si>
+    <t>r_1440017</t>
+  </si>
+  <si>
+    <t>Prévention cardio-vasculaire : le choix de la statine la mieux adaptée dépend de son efficacité et de son efficience</t>
+  </si>
+  <si>
+    <t>La prévention cardio-vasculaire repose d’abord sur la mise en oeuvre de mesures hygiéno-diététiques. Si la prescription d’une statine est jugée nécessaire, le choix de la molécule et de sa dose dépend du niveau de risque du patient, de l’existence ou non d’antécédents cardio-vasculaires, du taux initial de LDL-cholestérol (LDL-c) et de la réduction du LDL-c recherchée. On préférera la statine ayant, dans ces conditions, la meilleure efficience (rapport coût/efficacité).</t>
+  </si>
+  <si>
+    <t>01/02/2012 00:00:00</t>
+  </si>
+  <si>
+    <t>02/02/2012 11:35:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/r_1439693/fr/prevention-cardio-vasculaire-le-choix-de-la-statine-la-mieux-adaptee-depend-de-son-efficacite-et-de-son-efficience</t>
+  </si>
+  <si>
+    <t>r_1439693</t>
+  </si>
+  <si>
+    <t>Type d'évènement</t>
+  </si>
+  <si>
+    <t>Evénement de Calendrier</t>
+  </si>
+  <si>
+    <t>Commission de la Transparence - Réunion à distance du 8 septembre 2021</t>
+  </si>
+  <si>
+    <t>01/09/2021 15:23:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3284404/fr/commission-de-la-transparence-reunion-a-distance-du-8-septembre-2021</t>
+  </si>
+  <si>
+    <t>p_3284404</t>
+  </si>
+  <si>
+    <t>Commission</t>
+  </si>
+  <si>
+    <t>Commission de la Transparence - Réunion à distance du 21 avril 2021</t>
+  </si>
+  <si>
+    <t>16/04/2021 11:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3261408/fr/commission-de-la-transparence-reunion-a-distance-du-21-avril-2021</t>
+  </si>
+  <si>
+    <t>p_3261408</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 5 avril 2017</t>
+  </si>
+  <si>
+    <t>29/03/2017 10:37:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2754091/fr/commission-de-la-transparence-reunion-du-5-avril-2017</t>
+  </si>
+  <si>
+    <t>c_2754091</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 6 avril 2016</t>
+  </si>
+  <si>
+    <t>30/03/2016 15:18:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2620719/fr/commission-de-la-transparence-reunion-du-6-avril-2016</t>
+  </si>
+  <si>
+    <t>c_2620719</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 3 février 2016</t>
+  </si>
+  <si>
+    <t>27/01/2016 11:48:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2590295/fr/commission-de-la-transparence-reunion-du-3-fevrier-2016</t>
+  </si>
+  <si>
+    <t>c_2590295</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 25 novembre 2015</t>
+  </si>
+  <si>
+    <t>18/11/2015 16:48:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2573511/fr/commission-de-la-transparence-reunion-du-25-novembre-2015</t>
+  </si>
+  <si>
+    <t>c_2573511</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 19 novembre 2014</t>
+  </si>
+  <si>
+    <t>14/11/2014 11:56:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1774828/fr/commission-de-la-transparence-reunion-du-19-novembre-2014</t>
+  </si>
+  <si>
+    <t>c_1774828</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 5 novembre 2014</t>
+  </si>
+  <si>
+    <t>29/10/2014 17:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1772116/fr/commission-de-la-transparence-reunion-du-5-novembre-2014</t>
+  </si>
+  <si>
+    <t>c_1772116</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 22 janvier 2014</t>
+  </si>
+  <si>
+    <t>28/02/2014 17:45:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1718741/fr/commission-de-la-transparence-reunion-du-22-janvier-2014</t>
+  </si>
+  <si>
+    <t>c_1718741</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 24 juillet 2013</t>
+  </si>
+  <si>
+    <t>24/07/2013 09:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1623173/fr/commission-de-la-transparence-reunion-du-24-juillet-2013</t>
+  </si>
+  <si>
+    <t>c_1623173</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 6 juin 2012</t>
+  </si>
+  <si>
+    <t>Retrait des demandes d'inscription des spécialités PRAVAFENIX et PROCORALAN par les laboratoires exploitants. Les projet d'avis sont annexés au compte-rendu.</t>
+  </si>
+  <si>
+    <t>06/06/2012 13:10:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1252008/fr/commission-de-la-transparence-reunion-du-6-juin-2012</t>
+  </si>
+  <si>
+    <t>c_1252008</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 8 juin 2011</t>
+  </si>
+  <si>
+    <t>08/06/2011 15:40:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1060912/fr/commission-de-la-transparence-reunion-du-8-juin-2011</t>
+  </si>
+  <si>
+    <t>c_1060912</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 13 mai 2009</t>
+  </si>
+  <si>
+    <t>13/05/2009 16:36:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_790353/fr/commission-de-la-transparence-reunion-du-13-mai-2009</t>
+  </si>
+  <si>
+    <t>c_790353</t>
+  </si>
+  <si>
+    <t>Études et Rapports</t>
+  </si>
+  <si>
+    <t>Interactions des professionnels de santé avec les représentants de l’industrie</t>
+  </si>
+  <si>
+    <t>Promotion par démarchage (visite médicale) : la HAS fournit une revue systématique de la littérature publiée entre 01/2004 et 12/2018, dans le monde et en France sur l'exposition des professionnels et des étudiants à cette forme de publicité, son influence, sa qualité, et l'efficacité des moyens mis en oeuvre pour en limiter les effets non souhaités. 2.14.0.0</t>
+  </si>
+  <si>
+    <t>08/12/2022 00:00:00</t>
+  </si>
+  <si>
+    <t>06/02/2023 16:15:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3395221/fr/interactions-des-professionnels-de-sante-avec-les-representants-de-l-industrie</t>
+  </si>
+  <si>
+    <t>p_3395221</t>
+  </si>
+  <si>
+    <t>Résultats des IQSS - Prise en charge hospitalière de l'infarctus du myocarde</t>
+  </si>
+  <si>
+    <t>Résultats nationaux campagne 2015 sur la prise en charge hospitalière de l‘infarctus du myocarde</t>
+  </si>
+  <si>
+    <t>18/11/2015 00:00:00</t>
+  </si>
+  <si>
+    <t>24/11/2015 12:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2676802/fr/resultats-des-iqss-prise-en-charge-hospitaliere-de-l-infarctus-du-myocarde</t>
+  </si>
+  <si>
+    <t>c_2676802</t>
+  </si>
+  <si>
+    <t>Outil d'amélioration des pratiques professionnelles</t>
+  </si>
+  <si>
+    <t>Traitement de la Covid-19</t>
+  </si>
+  <si>
+    <t>Cette fiche a pour objectif d’accompagner les professionnels de santé dans la conduite du traitement contre la Covid 19, en ambulatoire comme dans les établissements de santé. Cette réponse rapide actualise la fiche Réponses rapides sur le traitement par Paxlovid® des patients à risque de forme grave de Covid-19 (dernière actualisation le 21 décembre 2023).</t>
+  </si>
+  <si>
+    <t>23/06/2023 10:02:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3447571/fr/traitement-de-la-covid-19</t>
+  </si>
+  <si>
+    <t>p_3447571</t>
+  </si>
+  <si>
+    <t>Recommandation vaccinale</t>
+  </si>
+  <si>
+    <t>Stratégie de vaccination contre la Covid-19 - Place du vaccin NUVAXOVID (NVX-CoV2373)</t>
+  </si>
+  <si>
+    <t>Le vaccin Nuvaxovid, développé par la firme Novavax contre la Covid-19, est un vaccin à protéine recombinante (vaccin NVX-CoV2373). Il est indiqué en primovaccination chez les personnes âgées de 18 ans et plus. La HAS considère que la mise à disposition de ce nouveau vaccin ayant fait la preuve de son efficacité et de sa sécurité dans la production d’anciens vaccins, peut constituer un outil supplémentaire et être utilisé dans la stratégie vaccinale. Il pourrait ainsi contribuer à augmenter la couverture vaccinale sur le territoire national.</t>
+  </si>
+  <si>
+    <t>06/01/2022 00:00:00</t>
+  </si>
+  <si>
+    <t>14/01/2022 11:24:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3309579/fr/strategie-de-vaccination-contre-la-covid-19-place-du-vaccin-nuvaxovid-nvx-cov2373</t>
+  </si>
+  <si>
+    <t>p_3309579</t>
+  </si>
+  <si>
+    <t>Substance active (DCI)</t>
+  </si>
+  <si>
+    <t>Laboratoire / Fabricant</t>
+  </si>
+  <si>
+    <t>Avis sur les Médicaments</t>
+  </si>
+  <si>
+    <t>Médicament</t>
+  </si>
+  <si>
+    <t>SIMVASTATINE MYLAN PHARMA</t>
+  </si>
+  <si>
+    <t>24/09/2021 16:56:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3288503/fr/simvastatine-mylan-pharma</t>
+  </si>
+  <si>
+    <t>p_3288503</t>
+  </si>
+  <si>
+    <t>simvastatine</t>
+  </si>
+  <si>
+    <t>MYLAN SAS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3287320/fr/simvastatine-mylan-pharma-simvastatine</t>
+  </si>
+  <si>
+    <t>SIMVASTATINE MYLAN (simvastatine)</t>
+  </si>
+  <si>
+    <t>30/04/2021 10:55:14</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3263739/fr/simvastatine-mylan-simvastatine</t>
+  </si>
+  <si>
+    <t>p_3263739</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3262658/fr/simvastatine-mylan-simvastatine</t>
   </si>
   <si>
     <t>INEGY (ézétimibe/ simvastatine)</t>
   </si>
   <si>
-    <t>12/22/2016 11:29:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2983789/en/inegy-ezetimibe/-simvastatine</t>
+    <t>22/12/2016 11:29:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983789/fr/inegy-ezetimibe/-simvastatine</t>
   </si>
   <si>
     <t>pprd_2983789</t>
   </si>
   <si>
     <t>ézétimibe,simvastatine</t>
   </si>
   <si>
     <t>MSD FRANCE</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_400661/en/inegy-10-mg/20-mg-comprime-boites-de-30-50-et-90inegy-10-mg/40-mg-comprime-boites-30-50-et-90-ezetimibe/-simvastatine</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2732137/en/inegy-ezetimibe/-simvastatine</t>
+    <t>https://www.has-sante.fr/jcms/c_400661/fr/inegy-10-mg/20-mg-comprime-boites-de-30-50-et-90inegy-10-mg/40-mg-comprime-boites-30-50-et-90-ezetimibe/-simvastatine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_813332/fr/inegy-ezetimibe/-simvastatine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_991885/fr/inegy-ezetimibe/-simvastatine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2580456/fr/inegy-ezetimibe/-simvastatine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2732137/fr/inegy-ezetimibe/-simvastatine</t>
   </si>
   <si>
     <t>CHOLIB (fénofibrate/ simvastatine)</t>
   </si>
   <si>
-    <t>05/04/2016 16:58:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2984116/en/cholib-fenofibrate/-simvastatine</t>
+    <t>04/05/2016 16:58:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984116/fr/cholib-fenofibrate/-simvastatine</t>
   </si>
   <si>
     <t>pprd_2984116</t>
   </si>
   <si>
     <t>fénofibrate,simvastatine</t>
   </si>
   <si>
     <t>MYLAN MEDICAL</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_1782514/en/cholib-fenofibrate/-simvastatine</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2629884/en/cholib-simvastatin-fenofibrate-statin-in-combination-with-other-lipid-lowering-agent</t>
+    <t>https://www.has-sante.fr/jcms/c_1782514/fr/cholib-fenofibrate/-simvastatine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2629884/fr/cholib-simvastatine-fenofibrate-statine-en-association-a-un-autre-hypolipemiant</t>
   </si>
   <si>
     <t>ZOCOR (simvastatine)</t>
   </si>
   <si>
-    <t>01/25/2016 10:11:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2984252/en/zocor-simvastatine</t>
+    <t>25/01/2016 10:11:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984252/fr/zocor-simvastatine</t>
   </si>
   <si>
     <t>pprd_2984252</t>
   </si>
   <si>
-    <t>simvastatine</t>
-[...23 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2588559/en/zocor-simvastatine</t>
+    <t>https://www.has-sante.fr/jcms/c_399024/fr/zocor-20-mg-comprime-enrobe-boite-de-28</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399207/fr/zocor-40-mg-comprime-pellicule-boite-de-28-et-50</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399884/fr/zocor-20-mg-simvastatine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400887/fr/zocor-10-mg-comprime-enrobe-b/28-simvastatine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_401039/fr/zocor-simvastatine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1025878/fr/zocor-simvastatine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1651878/fr/zocor-simvastatine-inhibiteur-de-l-hmg-coa-reductase</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2588559/fr/zocor-simvastatine</t>
+  </si>
+  <si>
+    <t>SIMVASTATINE ARROW LAB (simvastatine)</t>
+  </si>
+  <si>
+    <t>14/12/2015 12:23:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984297/fr/simvastatine-arrow-lab-simvastatine</t>
+  </si>
+  <si>
+    <t>pprd_2984297</t>
+  </si>
+  <si>
+    <t>ARROW GÉNÉRIQUES</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2579440/fr/simvastatine-arrow-lab-simvastatine</t>
+  </si>
+  <si>
+    <t>LODALES (simvastatine)</t>
+  </si>
+  <si>
+    <t>16/11/2011 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985083/fr/lodales-simvastatine</t>
+  </si>
+  <si>
+    <t>pprd_2985083</t>
+  </si>
+  <si>
+    <t>Laboratoire SANOFI-AVENTIS FRANCE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399190/fr/lodales-40-mg-comprime-pellicule-boite-de-28-et-50</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399690/fr/lodales-20-mg-comprimes-enrobes-boite-de-28</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399878/fr/lodales-simvastatine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400871/fr/lodales-10-mg-comprime-enrobe-b/28-simvastatine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_468594/fr/lodales-simvastatine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1147590/fr/lodales-simvastatine</t>
+  </si>
+  <si>
+    <t>Article HAS</t>
+  </si>
+  <si>
+    <t>IQSS Archives - IDM : Prise en charge hospitalière de l’infarctus du myocarde - indicateurs suspendus ou abandonnés</t>
+  </si>
+  <si>
+    <t>05/07/2017 10:46:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1242619/fr/iqss-archives-idm-prise-en-charge-hospitaliere-de-l-infarctus-du-myocarde-indicateurs-suspendus-ou-abandonnes</t>
+  </si>
+  <si>
+    <t>c_1242619</t>
+  </si>
+  <si>
+    <t>Interactions avec les représentants de l’industrie : Accompagner tous les acteurs</t>
+  </si>
+  <si>
+    <t>En plus de sa mission de certification de la "visite médicale" et des activités de présenation, d'information et de promotion, la HAS incite les acteurs à se saisir de la question des rencontres avec les représentants de l'industrie au sujet des produits de santé (médicaments, dispositifs médicaux) et des prestations associées. Elle met à leur disposition des études, des guides et des outils pour les accompagner. 2.14.0.0 2.14.0.0 2.14.0.0</t>
+  </si>
+  <si>
+    <t>27/09/2016 10:48:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1099657/fr/interactions-avec-les-representants-de-l-industrie-accompagner-tous-les-acteurs</t>
+  </si>
+  <si>
+    <t>c_1099657</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId10" Target="worksheets/sheet8.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId11" Target="worksheets/sheet9.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId8" Target="worksheets/sheet6.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId9" Target="worksheets/sheet7.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H2"/>
+  <dimension ref="A1:H5"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -300,299 +921,1594 @@
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
         <v>14</v>
       </c>
       <c r="H2" t="s">
         <v>15</v>
       </c>
     </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>8</v>
+      </c>
+      <c r="B3" t="s">
+        <v>16</v>
+      </c>
+      <c r="C3" t="s">
+        <v>17</v>
+      </c>
+      <c r="D3" t="s">
+        <v>18</v>
+      </c>
+      <c r="E3" t="s">
+        <v>19</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>20</v>
+      </c>
+      <c r="H3" t="s">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>8</v>
+      </c>
+      <c r="B4" t="s">
+        <v>22</v>
+      </c>
+      <c r="C4" t="s">
+        <v>23</v>
+      </c>
+      <c r="D4" t="s">
+        <v>24</v>
+      </c>
+      <c r="E4" t="s">
+        <v>25</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>26</v>
+      </c>
+      <c r="H4" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>8</v>
+      </c>
+      <c r="B5" t="s">
+        <v>28</v>
+      </c>
+      <c r="C5" t="s">
+        <v>29</v>
+      </c>
+      <c r="D5" t="s">
+        <v>30</v>
+      </c>
+      <c r="E5" t="s">
+        <v>31</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>32</v>
+      </c>
+      <c r="H5" t="s">
+        <v>33</v>
+      </c>
+    </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H8"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>34</v>
+      </c>
+      <c r="B2" t="s">
+        <v>35</v>
+      </c>
+      <c r="C2" t="s">
+        <v>36</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>37</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>38</v>
+      </c>
+      <c r="H2" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>34</v>
+      </c>
+      <c r="B3" t="s">
+        <v>40</v>
+      </c>
+      <c r="C3" t="s">
+        <v>41</v>
+      </c>
+      <c r="D3" t="s">
+        <v>13</v>
+      </c>
+      <c r="E3" t="s">
+        <v>42</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>43</v>
+      </c>
+      <c r="H3" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>34</v>
+      </c>
+      <c r="B4" t="s">
+        <v>45</v>
+      </c>
+      <c r="C4" t="s">
+        <v>46</v>
+      </c>
+      <c r="D4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E4" t="s">
+        <v>47</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>48</v>
+      </c>
+      <c r="H4" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>34</v>
+      </c>
+      <c r="B5" t="s">
+        <v>50</v>
+      </c>
+      <c r="C5" t="s">
+        <v>51</v>
+      </c>
+      <c r="D5" t="s">
+        <v>52</v>
+      </c>
+      <c r="E5" t="s">
+        <v>53</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>54</v>
+      </c>
+      <c r="H5" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>34</v>
+      </c>
+      <c r="B6" t="s">
+        <v>56</v>
+      </c>
+      <c r="C6" t="s">
+        <v>57</v>
+      </c>
+      <c r="D6" t="s">
+        <v>13</v>
+      </c>
+      <c r="E6" t="s">
+        <v>58</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
+        <v>59</v>
+      </c>
+      <c r="H6" t="s">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>34</v>
+      </c>
+      <c r="B7" t="s">
+        <v>61</v>
+      </c>
+      <c r="C7" t="s">
+        <v>62</v>
+      </c>
+      <c r="D7" t="s">
+        <v>63</v>
+      </c>
+      <c r="E7" t="s">
+        <v>64</v>
+      </c>
+      <c r="F7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G7" t="s">
+        <v>65</v>
+      </c>
+      <c r="H7" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>34</v>
+      </c>
+      <c r="B8" t="s">
+        <v>67</v>
+      </c>
+      <c r="C8" t="s">
+        <v>68</v>
+      </c>
+      <c r="D8" t="s">
+        <v>69</v>
+      </c>
+      <c r="E8" t="s">
+        <v>70</v>
+      </c>
+      <c r="F8" t="s">
+        <v>13</v>
+      </c>
+      <c r="G8" t="s">
+        <v>71</v>
+      </c>
+      <c r="H8" t="s">
+        <v>72</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H6"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>73</v>
+      </c>
+      <c r="B2" t="s">
+        <v>74</v>
+      </c>
+      <c r="C2" t="s">
+        <v>75</v>
+      </c>
+      <c r="D2" t="s">
+        <v>76</v>
+      </c>
+      <c r="E2" t="s">
+        <v>77</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>78</v>
+      </c>
+      <c r="H2" t="s">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>73</v>
+      </c>
+      <c r="B3" t="s">
+        <v>80</v>
+      </c>
+      <c r="C3" t="s">
+        <v>81</v>
+      </c>
+      <c r="D3" t="s">
+        <v>82</v>
+      </c>
+      <c r="E3" t="s">
+        <v>83</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>84</v>
+      </c>
+      <c r="H3" t="s">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>73</v>
+      </c>
+      <c r="B4" t="s">
+        <v>86</v>
+      </c>
+      <c r="C4" t="s">
+        <v>87</v>
+      </c>
+      <c r="D4" t="s">
+        <v>88</v>
+      </c>
+      <c r="E4" t="s">
+        <v>89</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>90</v>
+      </c>
+      <c r="H4" t="s">
+        <v>91</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>73</v>
+      </c>
+      <c r="B5" t="s">
+        <v>92</v>
+      </c>
+      <c r="C5" t="s">
+        <v>93</v>
+      </c>
+      <c r="D5" t="s">
+        <v>94</v>
+      </c>
+      <c r="E5" t="s">
+        <v>95</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>96</v>
+      </c>
+      <c r="H5" t="s">
+        <v>97</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>73</v>
+      </c>
+      <c r="B6" t="s">
+        <v>98</v>
+      </c>
+      <c r="C6" t="s">
+        <v>99</v>
+      </c>
+      <c r="D6" t="s">
+        <v>100</v>
+      </c>
+      <c r="E6" t="s">
+        <v>101</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
+        <v>102</v>
+      </c>
+      <c r="H6" t="s">
+        <v>103</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:I14"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>104</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>105</v>
+      </c>
+      <c r="B2" t="s">
+        <v>106</v>
+      </c>
+      <c r="C2" t="s">
+        <v>13</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>107</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>108</v>
+      </c>
+      <c r="H2" t="s">
+        <v>109</v>
+      </c>
+      <c r="I2" t="s">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>105</v>
+      </c>
+      <c r="B3" t="s">
+        <v>111</v>
+      </c>
+      <c r="C3" t="s">
+        <v>13</v>
+      </c>
+      <c r="D3" t="s">
+        <v>13</v>
+      </c>
+      <c r="E3" t="s">
+        <v>112</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>113</v>
+      </c>
+      <c r="H3" t="s">
+        <v>114</v>
+      </c>
+      <c r="I3" t="s">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>105</v>
+      </c>
+      <c r="B4" t="s">
+        <v>115</v>
+      </c>
+      <c r="C4" t="s">
+        <v>13</v>
+      </c>
+      <c r="D4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E4" t="s">
+        <v>116</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>117</v>
+      </c>
+      <c r="H4" t="s">
+        <v>118</v>
+      </c>
+      <c r="I4" t="s">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>105</v>
+      </c>
+      <c r="B5" t="s">
+        <v>119</v>
+      </c>
+      <c r="C5" t="s">
+        <v>13</v>
+      </c>
+      <c r="D5" t="s">
+        <v>13</v>
+      </c>
+      <c r="E5" t="s">
+        <v>120</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>121</v>
+      </c>
+      <c r="H5" t="s">
+        <v>122</v>
+      </c>
+      <c r="I5" t="s">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>105</v>
+      </c>
+      <c r="B6" t="s">
+        <v>123</v>
+      </c>
+      <c r="C6" t="s">
+        <v>13</v>
+      </c>
+      <c r="D6" t="s">
+        <v>13</v>
+      </c>
+      <c r="E6" t="s">
+        <v>124</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
+        <v>125</v>
+      </c>
+      <c r="H6" t="s">
+        <v>126</v>
+      </c>
+      <c r="I6" t="s">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>105</v>
+      </c>
+      <c r="B7" t="s">
+        <v>127</v>
+      </c>
+      <c r="C7" t="s">
+        <v>13</v>
+      </c>
+      <c r="D7" t="s">
+        <v>13</v>
+      </c>
+      <c r="E7" t="s">
+        <v>128</v>
+      </c>
+      <c r="F7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G7" t="s">
+        <v>129</v>
+      </c>
+      <c r="H7" t="s">
+        <v>130</v>
+      </c>
+      <c r="I7" t="s">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>105</v>
+      </c>
+      <c r="B8" t="s">
+        <v>131</v>
+      </c>
+      <c r="C8" t="s">
+        <v>13</v>
+      </c>
+      <c r="D8" t="s">
+        <v>13</v>
+      </c>
+      <c r="E8" t="s">
+        <v>132</v>
+      </c>
+      <c r="F8" t="s">
+        <v>13</v>
+      </c>
+      <c r="G8" t="s">
+        <v>133</v>
+      </c>
+      <c r="H8" t="s">
+        <v>134</v>
+      </c>
+      <c r="I8" t="s">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>105</v>
+      </c>
+      <c r="B9" t="s">
+        <v>135</v>
+      </c>
+      <c r="C9" t="s">
+        <v>13</v>
+      </c>
+      <c r="D9" t="s">
+        <v>13</v>
+      </c>
+      <c r="E9" t="s">
+        <v>136</v>
+      </c>
+      <c r="F9" t="s">
+        <v>13</v>
+      </c>
+      <c r="G9" t="s">
+        <v>137</v>
+      </c>
+      <c r="H9" t="s">
+        <v>138</v>
+      </c>
+      <c r="I9" t="s">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>105</v>
+      </c>
+      <c r="B10" t="s">
+        <v>139</v>
+      </c>
+      <c r="C10" t="s">
+        <v>13</v>
+      </c>
+      <c r="D10" t="s">
+        <v>13</v>
+      </c>
+      <c r="E10" t="s">
+        <v>140</v>
+      </c>
+      <c r="F10" t="s">
+        <v>13</v>
+      </c>
+      <c r="G10" t="s">
+        <v>141</v>
+      </c>
+      <c r="H10" t="s">
+        <v>142</v>
+      </c>
+      <c r="I10" t="s">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>105</v>
+      </c>
+      <c r="B11" t="s">
+        <v>143</v>
+      </c>
+      <c r="C11" t="s">
+        <v>13</v>
+      </c>
+      <c r="D11" t="s">
+        <v>13</v>
+      </c>
+      <c r="E11" t="s">
+        <v>144</v>
+      </c>
+      <c r="F11" t="s">
+        <v>13</v>
+      </c>
+      <c r="G11" t="s">
+        <v>145</v>
+      </c>
+      <c r="H11" t="s">
+        <v>146</v>
+      </c>
+      <c r="I11" t="s">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>105</v>
+      </c>
+      <c r="B12" t="s">
+        <v>147</v>
+      </c>
+      <c r="C12" t="s">
+        <v>148</v>
+      </c>
+      <c r="D12" t="s">
+        <v>13</v>
+      </c>
+      <c r="E12" t="s">
+        <v>149</v>
+      </c>
+      <c r="F12" t="s">
+        <v>13</v>
+      </c>
+      <c r="G12" t="s">
+        <v>150</v>
+      </c>
+      <c r="H12" t="s">
+        <v>151</v>
+      </c>
+      <c r="I12" t="s">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="s">
+        <v>105</v>
+      </c>
+      <c r="B13" t="s">
+        <v>152</v>
+      </c>
+      <c r="C13" t="s">
+        <v>13</v>
+      </c>
+      <c r="D13" t="s">
+        <v>13</v>
+      </c>
+      <c r="E13" t="s">
+        <v>153</v>
+      </c>
+      <c r="F13" t="s">
+        <v>13</v>
+      </c>
+      <c r="G13" t="s">
+        <v>154</v>
+      </c>
+      <c r="H13" t="s">
+        <v>155</v>
+      </c>
+      <c r="I13" t="s">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" t="s">
+        <v>105</v>
+      </c>
+      <c r="B14" t="s">
+        <v>156</v>
+      </c>
+      <c r="C14" t="s">
+        <v>13</v>
+      </c>
+      <c r="D14" t="s">
+        <v>13</v>
+      </c>
+      <c r="E14" t="s">
+        <v>157</v>
+      </c>
+      <c r="F14" t="s">
+        <v>13</v>
+      </c>
+      <c r="G14" t="s">
+        <v>158</v>
+      </c>
+      <c r="H14" t="s">
+        <v>159</v>
+      </c>
+      <c r="I14" t="s">
+        <v>110</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:I1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H3"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>160</v>
+      </c>
+      <c r="B2" t="s">
+        <v>161</v>
+      </c>
+      <c r="C2" t="s">
+        <v>162</v>
+      </c>
+      <c r="D2" t="s">
+        <v>163</v>
+      </c>
+      <c r="E2" t="s">
+        <v>164</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>165</v>
+      </c>
+      <c r="H2" t="s">
+        <v>166</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>160</v>
+      </c>
+      <c r="B3" t="s">
+        <v>167</v>
+      </c>
+      <c r="C3" t="s">
+        <v>168</v>
+      </c>
+      <c r="D3" t="s">
+        <v>169</v>
+      </c>
+      <c r="E3" t="s">
+        <v>170</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>171</v>
+      </c>
+      <c r="H3" t="s">
+        <v>172</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>16</v>
+        <v>173</v>
       </c>
       <c r="B2" t="s">
-        <v>17</v>
+        <v>174</v>
       </c>
       <c r="C2" t="s">
-        <v>18</v>
+        <v>175</v>
       </c>
       <c r="D2" t="s">
-        <v>19</v>
+        <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>20</v>
+        <v>176</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>21</v>
+        <v>177</v>
       </c>
       <c r="H2" t="s">
-        <v>22</v>
+        <v>178</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:R4"/>
+  <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
-      <c r="I1" t="s">
-[...7 lines deleted...]
-      </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>26</v>
+        <v>179</v>
       </c>
       <c r="B2" t="s">
-        <v>27</v>
+        <v>180</v>
       </c>
       <c r="C2" t="s">
-        <v>13</v>
+        <v>181</v>
       </c>
       <c r="D2" t="s">
-        <v>13</v>
+        <v>182</v>
       </c>
       <c r="E2" t="s">
-        <v>28</v>
+        <v>183</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>29</v>
+        <v>184</v>
       </c>
       <c r="H2" t="s">
-        <v>30</v>
+        <v>185</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:R8"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>186</v>
+      </c>
+      <c r="J1" t="s">
+        <v>187</v>
+      </c>
+      <c r="K1" t="s">
+        <v>188</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>189</v>
+      </c>
+      <c r="B2" t="s">
+        <v>190</v>
+      </c>
+      <c r="C2" t="s">
+        <v>13</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>191</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>192</v>
+      </c>
+      <c r="H2" t="s">
+        <v>193</v>
       </c>
       <c r="I2" t="s">
-        <v>31</v>
+        <v>194</v>
       </c>
       <c r="J2" t="s">
-        <v>32</v>
+        <v>195</v>
       </c>
       <c r="K2" t="s">
-        <v>33</v>
-[...11 lines deleted...]
-        <v>37</v>
+        <v>196</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>26</v>
+        <v>189</v>
       </c>
       <c r="B3" t="s">
-        <v>38</v>
+        <v>197</v>
       </c>
       <c r="C3" t="s">
         <v>13</v>
       </c>
       <c r="D3" t="s">
         <v>13</v>
       </c>
       <c r="E3" t="s">
-        <v>39</v>
+        <v>198</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>40</v>
+        <v>199</v>
       </c>
       <c r="H3" t="s">
-        <v>41</v>
+        <v>200</v>
       </c>
       <c r="I3" t="s">
-        <v>42</v>
+        <v>194</v>
       </c>
       <c r="J3" t="s">
-        <v>43</v>
+        <v>195</v>
       </c>
       <c r="K3" t="s">
-        <v>44</v>
-[...2 lines deleted...]
-        <v>45</v>
+        <v>201</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>26</v>
+        <v>189</v>
       </c>
       <c r="B4" t="s">
-        <v>46</v>
+        <v>202</v>
       </c>
       <c r="C4" t="s">
         <v>13</v>
       </c>
       <c r="D4" t="s">
         <v>13</v>
       </c>
       <c r="E4" t="s">
-        <v>47</v>
+        <v>203</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>48</v>
+        <v>204</v>
       </c>
       <c r="H4" t="s">
-        <v>49</v>
+        <v>205</v>
       </c>
       <c r="I4" t="s">
-        <v>50</v>
+        <v>206</v>
       </c>
       <c r="J4" t="s">
-        <v>32</v>
+        <v>207</v>
       </c>
       <c r="K4" t="s">
-        <v>51</v>
+        <v>208</v>
       </c>
       <c r="L4" t="s">
-        <v>52</v>
+        <v>209</v>
       </c>
       <c r="M4" t="s">
-        <v>53</v>
+        <v>210</v>
       </c>
       <c r="N4" t="s">
-        <v>54</v>
+        <v>211</v>
       </c>
       <c r="O4" t="s">
-        <v>55</v>
-[...8 lines deleted...]
-        <v>58</v>
+        <v>212</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>189</v>
+      </c>
+      <c r="B5" t="s">
+        <v>213</v>
+      </c>
+      <c r="C5" t="s">
+        <v>13</v>
+      </c>
+      <c r="D5" t="s">
+        <v>13</v>
+      </c>
+      <c r="E5" t="s">
+        <v>214</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>215</v>
+      </c>
+      <c r="H5" t="s">
+        <v>216</v>
+      </c>
+      <c r="I5" t="s">
+        <v>217</v>
+      </c>
+      <c r="J5" t="s">
+        <v>218</v>
+      </c>
+      <c r="K5" t="s">
+        <v>219</v>
+      </c>
+      <c r="L5" t="s">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>189</v>
+      </c>
+      <c r="B6" t="s">
+        <v>221</v>
+      </c>
+      <c r="C6" t="s">
+        <v>13</v>
+      </c>
+      <c r="D6" t="s">
+        <v>13</v>
+      </c>
+      <c r="E6" t="s">
+        <v>222</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
+        <v>223</v>
+      </c>
+      <c r="H6" t="s">
+        <v>224</v>
+      </c>
+      <c r="I6" t="s">
+        <v>194</v>
+      </c>
+      <c r="J6" t="s">
+        <v>207</v>
+      </c>
+      <c r="K6" t="s">
+        <v>225</v>
+      </c>
+      <c r="L6" t="s">
+        <v>226</v>
+      </c>
+      <c r="M6" t="s">
+        <v>227</v>
+      </c>
+      <c r="N6" t="s">
+        <v>228</v>
+      </c>
+      <c r="O6" t="s">
+        <v>229</v>
+      </c>
+      <c r="P6" t="s">
+        <v>230</v>
+      </c>
+      <c r="Q6" t="s">
+        <v>231</v>
+      </c>
+      <c r="R6" t="s">
+        <v>232</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>189</v>
+      </c>
+      <c r="B7" t="s">
+        <v>233</v>
+      </c>
+      <c r="C7" t="s">
+        <v>13</v>
+      </c>
+      <c r="D7" t="s">
+        <v>13</v>
+      </c>
+      <c r="E7" t="s">
+        <v>234</v>
+      </c>
+      <c r="F7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G7" t="s">
+        <v>235</v>
+      </c>
+      <c r="H7" t="s">
+        <v>236</v>
+      </c>
+      <c r="I7" t="s">
+        <v>194</v>
+      </c>
+      <c r="J7" t="s">
+        <v>237</v>
+      </c>
+      <c r="K7" t="s">
+        <v>238</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>189</v>
+      </c>
+      <c r="B8" t="s">
+        <v>239</v>
+      </c>
+      <c r="C8" t="s">
+        <v>13</v>
+      </c>
+      <c r="D8" t="s">
+        <v>13</v>
+      </c>
+      <c r="E8" t="s">
+        <v>240</v>
+      </c>
+      <c r="F8" t="s">
+        <v>13</v>
+      </c>
+      <c r="G8" t="s">
+        <v>241</v>
+      </c>
+      <c r="H8" t="s">
+        <v>242</v>
+      </c>
+      <c r="I8" t="s">
+        <v>194</v>
+      </c>
+      <c r="J8" t="s">
+        <v>243</v>
+      </c>
+      <c r="K8" t="s">
+        <v>244</v>
+      </c>
+      <c r="L8" t="s">
+        <v>245</v>
+      </c>
+      <c r="M8" t="s">
+        <v>246</v>
+      </c>
+      <c r="N8" t="s">
+        <v>247</v>
+      </c>
+      <c r="O8" t="s">
+        <v>248</v>
+      </c>
+      <c r="P8" t="s">
+        <v>249</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:K1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H3"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>250</v>
+      </c>
+      <c r="B2" t="s">
+        <v>251</v>
+      </c>
+      <c r="C2" t="s">
+        <v>13</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>252</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>253</v>
+      </c>
+      <c r="H2" t="s">
+        <v>254</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>250</v>
+      </c>
+      <c r="B3" t="s">
+        <v>255</v>
+      </c>
+      <c r="C3" t="s">
+        <v>256</v>
+      </c>
+      <c r="D3" t="s">
+        <v>13</v>
+      </c>
+      <c r="E3" t="s">
+        <v>257</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>258</v>
+      </c>
+      <c r="H3" t="s">
+        <v>259</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>