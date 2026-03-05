--- v1 (2025-12-03)
+++ v2 (2026-03-05)
@@ -8,119 +8,251 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet5.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet6.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet7.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet8.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet9.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Recommandation de bonne " r:id="rId3" sheetId="1"/>
-    <sheet name="Export Guide maladie chronique" r:id="rId4" sheetId="2"/>
+    <sheet name="Export Guide maladie chronique" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Recommandation de bonne " r:id="rId4" sheetId="2"/>
     <sheet name="Export Evaluation des technolog" r:id="rId5" sheetId="3"/>
     <sheet name="Export évènement de calendrier" r:id="rId6" sheetId="4"/>
     <sheet name="Export Études et Rapports" r:id="rId7" sheetId="5"/>
     <sheet name="Export Outil d'amélioration des" r:id="rId8" sheetId="6"/>
     <sheet name="Export Recommandation vaccinale" r:id="rId9" sheetId="7"/>
     <sheet name="Export Medicament" r:id="rId10" sheetId="8"/>
     <sheet name="Export Article HAS" r:id="rId11" sheetId="9"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Études et Rapports'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="true">'Export Outil d''amélioration des'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="6" hidden="true">'Export Recommandation vaccinale'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="7" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="8" hidden="true">'Export Article HAS'!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="463" uniqueCount="260">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="471" uniqueCount="265">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Hypercholestérolémie Familiale Homozygote</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’HFHo. Il a été élaboré par le Centre d’Expertise des Dyslipidémies Rares (CEDRA) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>26/01/2026 08:38:40</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3826396/fr/hypercholesterolemie-familiale-homozygote</t>
+  </si>
+  <si>
+    <t>p_3826396</t>
+  </si>
+  <si>
+    <t>Syndrome de Smith-Lemli-Opitz</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’une personne atteinte du SLOS. Il a été élaboré par le Centre de Référence « Anomalies du développement et syndromes malformatifs » de l’Ouest (CLAD-OUEST) Filière AnDDI-Rares à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>22/01/2025 08:56:46</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3585083/fr/syndrome-de-smith-lemli-opitz</t>
+  </si>
+  <si>
+    <t>p_3585083</t>
+  </si>
+  <si>
+    <t>Chondrodysplasies ponctuées : déficit de la biosynthèse du cholestérol et déficit en arylsulfatase E.</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de chondrodypalsie ponctuée par déficit de la biosynthèse du cholestérol et par déficit en arylsulfatase E. Il a été élaboré par le Centre de référence des Anomalies du développement et syndromes malformatifs à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>12/12/2022 17:27:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3392237/fr/chondrodysplasies-ponctuees-deficit-de-la-biosynthese-du-cholesterol-et-deficit-en-arylsulfatase-e</t>
+  </si>
+  <si>
+    <t>p_3392237</t>
+  </si>
+  <si>
+    <t>Myosite à inclusions sporadique</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de myosite à inclusions. Il a été élaboré par le Centre de référence des maladies neuromusculaires à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>04/11/2021 12:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3295071/fr/myosite-a-inclusions-sporadique</t>
+  </si>
+  <si>
+    <t>p_3295071</t>
+  </si>
+  <si>
+    <t>Guide du parcours de soins – Syndrome coronarien chronique</t>
+  </si>
+  <si>
+    <t>Le syndrome coronarien chronique touche 1,5 millions de personnes dont près de la moitié a de plus de 75 ans. Le pronostic des patients s’améliore mais la maladie athéromateuse reste évolutive. À 3 ans, près d’un tiers des patients ont présenté un décès d’origine cardiovasculaire ou un évènement cardiovasculaire grave. Le guide du parcours de soins pour les personnes souffrant d’un syndrome coronarien chronique publié par la HAS décrit le rôle, la place et les modalités de coordination des différents professionnels. II est accompagné d'une synthèse sur les points critiques du parcours et de 7 messages pour améliorer ses pratiques.</t>
+  </si>
+  <si>
+    <t>15/04/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>07/09/2021 15:44:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3279083/fr/guide-du-parcours-de-soins-syndrome-coronarien-chronique</t>
+  </si>
+  <si>
+    <t>p_3279083</t>
+  </si>
+  <si>
+    <t>Amyotrophie bulbo-spinale liée à l’X ou maladie de Kennedy</t>
+  </si>
+  <si>
+    <t>L’objectif de ce protocole national de diagnostic et de soins (PNDS) est d’expliciter aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale actuelle et le parcours de soins d’un patient atteint d’amyotrophie bulbo-spinale liée à l’X ou maladie de Kennedy.</t>
+  </si>
+  <si>
+    <t>22/06/2017 16:24:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2776017/fr/amyotrophie-bulbo-spinale-liee-a-l-x-ou-maladie-de-kennedy</t>
+  </si>
+  <si>
+    <t>c_2776017</t>
+  </si>
+  <si>
+    <t>Guide parcours de soins maladie coronarienne stable</t>
+  </si>
+  <si>
+    <t>L’objectif de ce guide est : - d’expliciter le parcours de soins d’une personne ayant une maladie coronarienne stable en médecine de ville et notamment en médecine générale ; - de rendre compte de la pluri-professionnalité de la prise en charge ainsi que des principes et modalités de coordination et de coopération entre les professionnels impliqués Le guide est construit autour d’étapes du parcours identifiées comme les moments où existent d’importants risques de dysfonctionnement et où il est particulièrement indispensable que les patients bénéficient de la bonne prestation délivrée par les bons professionnels, afin d’assurer la qualité et la sécurité du parcours ...</t>
+  </si>
+  <si>
+    <t>21/09/2016 00:00:00</t>
+  </si>
+  <si>
+    <t>06/10/2016 14:02:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1761792/fr/guide-parcours-de-soins-maladie-coronarienne-stable</t>
+  </si>
+  <si>
+    <t>c_1761792</t>
+  </si>
+  <si>
+    <t>ALD hors liste - Syndrome de Cushing</t>
+  </si>
+  <si>
+    <t>L’objectif de ce Protocole National de Diagnostic et de Soins (PNDS) est d’expliciter pour les professionnels de santé, la prise en charge optimale et le parcours de soins d’un patient atteint d'un sydrome de Cushing. Ce PNDS et la liste des actes et prestations (LAP) qui lui est adjointe peuvent servir de référence au médecin traitant en concertation avec le médecin spécialiste notamment au moment d’établir le protocole de soins conjointement avec le médecin conseil et le patient, dans le cas d'une demande d'exonération du ticket modérateur au titre d'une affection hors liste.</t>
+  </si>
+  <si>
+    <t>17/09/2008 00:00:00</t>
+  </si>
+  <si>
+    <t>09/12/2008 11:40:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_722917/fr/ald-hors-liste-syndrome-de-cushing</t>
+  </si>
+  <si>
+    <t>c_722917</t>
+  </si>
+  <si>
     <t>Recommandation de bonne pratique</t>
   </si>
   <si>
     <t>Prise en charge bucco-dentaire des patients à haut risque d’endocardite infectieuse</t>
   </si>
   <si>
     <t>Objectifs Définir les patients à haut risque d’El Améliorer les pratiques bucco-dentaires chez les patients à haut risque d’endocardite infectieuse, Limiter les prescriptions non appropriées dans le but de lutter contre l’antibiorésistance, Préciser les modalités de l’antibioprophylaxie quand elle est indiquée, Améliorer la prise en charge dentaire de ces patients Homogénéiser, sur le territoire national, les pratiques médicales et la prise en charge bucco-dentaire chez ces patients notamment en implantologie, chirurgie buccale et endodontie.</t>
   </si>
   <si>
     <t>24/10/2024 00:00:00</t>
   </si>
   <si>
     <t>29/11/2021 15:10:00</t>
   </si>
   <si>
-    <t/>
-[...1 lines deleted...]
-  <si>
     <t>https://www.has-sante.fr/jcms/p_3301328/fr/prise-en-charge-bucco-dentaire-des-patients-a-haut-risque-d-endocardite-infectieuse</t>
   </si>
   <si>
     <t>p_3301328</t>
   </si>
   <si>
     <t>Prévention vasculaire après un infarctus cérébral ou un accident ischémique transitoire</t>
   </si>
   <si>
     <t>Les recommandations portent sur la prévention secondaire des événements vasculaires (accident vasculaire cérébral, infarctus du myocarde et décès d’origine vasculaire), parce que l’infarctus cérébral confère non seulement un risque élevé de récidive, mais aussi un risque conséquent d’infarctus du myocarde et de décès d’origine vasculaire.</t>
   </si>
   <si>
     <t>07/06/2018 00:00:00</t>
   </si>
   <si>
     <t>13/06/2018 16:46:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_1252051/fr/prevention-vasculaire-apres-un-infarctus-cerebral-ou-un-accident-ischemique-transitoire</t>
   </si>
   <si>
     <t>c_1252051</t>
   </si>
   <si>
     <t>Bon usage des agents antiplaquettaires</t>
@@ -135,167 +267,50 @@
     <t>01/06/2012 15:45:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_1264095/fr/bon-usage-des-agents-antiplaquettaires</t>
   </si>
   <si>
     <t>c_1264095</t>
   </si>
   <si>
     <t>Prise en charge de l’artériopathie chronique oblitérante athéroscléreuse des membres inférieurs - Indications médicamenteuses, de revascularisation et de rééducation</t>
   </si>
   <si>
     <t>Le critère diagnostique retenu de l'artériopathie oblitérante des membres inférieurs (AOMI) est un index de pression systolique (IPS = rapport de la pression systolique à la cheville sur la pression systolique humérale) inférieur à 0,90. Seule l'AOMI d'origine athéromateuse est considérée.</t>
   </si>
   <si>
     <t>01/04/2006 00:00:00</t>
   </si>
   <si>
     <t>01/04/2006 17:52:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_272513/fr/prise-en-charge-de-l-arteriopathie-chronique-obliterante-atherosclereuse-des-membres-inferieurs-indications-medicamenteuses-de-revascularisation-et-de-reeducation</t>
   </si>
   <si>
     <t>c_272513</t>
-  </si>
-[...115 lines deleted...]
-    <t>c_722917</t>
   </si>
   <si>
     <t>Evaluation des technologies de santé</t>
   </si>
   <si>
     <t>Évaluation du parage de plaie de la pulpe par coiffage pulpaire direct - rapport d'évaluation technologique</t>
   </si>
   <si>
     <t>Évaluation du taux de succès et des facteurs pronostiques de la technique de coiffage pulpaire direct dans l’objectif de conservation de la vitalité pulpaire secondaire à une effraction pulpaire suite au curetage d’une carie, à un traumatisme dentaire touchant la pulpe ou accidentellement au cours d’un soin dentaire. Le but est d’éviter le traitement endodontique complet. D’autres techniques de conservation de la vitalité pulpaire existent comme la pulpotomie partielle, la pulpotomie cervicale ou encore le coiffage pulpaire indirect (en cas de proximité pulpaire sans exposition)</t>
   </si>
   <si>
     <t>27/03/2019 00:00:00</t>
   </si>
   <si>
     <t>28/03/2019 15:54:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2893724/fr/evaluation-du-parage-de-plaie-de-la-pulpe-par-coiffage-pulpaire-direct-rapport-d-evaluation-technologique</t>
   </si>
   <si>
     <t>c_2893724</t>
   </si>
   <si>
     <t>Efficacité et efficience des hypolipémiants : une analyse centrée sur les statines</t>
   </si>
@@ -863,1652 +878,1678 @@
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId10" Target="worksheets/sheet8.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId11" Target="worksheets/sheet9.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId8" Target="worksheets/sheet6.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId9" Target="worksheets/sheet7.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H5"/>
+  <dimension ref="A1:H9"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" t="s">
         <v>13</v>
       </c>
-      <c r="G2" t="s">
+      <c r="H2" t="s">
         <v>14</v>
-      </c>
-[...1 lines deleted...]
-        <v>15</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
         <v>8</v>
       </c>
       <c r="B3" t="s">
+        <v>15</v>
+      </c>
+      <c r="C3" t="s">
         <v>16</v>
       </c>
-      <c r="C3" t="s">
+      <c r="D3" t="s">
+        <v>11</v>
+      </c>
+      <c r="E3" t="s">
         <v>17</v>
       </c>
-      <c r="D3" t="s">
+      <c r="F3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G3" t="s">
         <v>18</v>
       </c>
-      <c r="E3" t="s">
+      <c r="H3" t="s">
         <v>19</v>
-      </c>
-[...7 lines deleted...]
-        <v>21</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
         <v>8</v>
       </c>
       <c r="B4" t="s">
+        <v>20</v>
+      </c>
+      <c r="C4" t="s">
+        <v>21</v>
+      </c>
+      <c r="D4" t="s">
+        <v>11</v>
+      </c>
+      <c r="E4" t="s">
         <v>22</v>
       </c>
-      <c r="C4" t="s">
+      <c r="F4" t="s">
+        <v>11</v>
+      </c>
+      <c r="G4" t="s">
         <v>23</v>
       </c>
-      <c r="D4" t="s">
+      <c r="H4" t="s">
         <v>24</v>
-      </c>
-[...10 lines deleted...]
-        <v>27</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
         <v>8</v>
       </c>
       <c r="B5" t="s">
+        <v>25</v>
+      </c>
+      <c r="C5" t="s">
+        <v>26</v>
+      </c>
+      <c r="D5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E5" t="s">
+        <v>27</v>
+      </c>
+      <c r="F5" t="s">
+        <v>11</v>
+      </c>
+      <c r="G5" t="s">
         <v>28</v>
       </c>
-      <c r="C5" t="s">
+      <c r="H5" t="s">
         <v>29</v>
       </c>
-      <c r="D5" t="s">
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>8</v>
+      </c>
+      <c r="B6" t="s">
         <v>30</v>
       </c>
-      <c r="E5" t="s">
+      <c r="C6" t="s">
         <v>31</v>
       </c>
-      <c r="F5" t="s">
-[...2 lines deleted...]
-      <c r="G5" t="s">
+      <c r="D6" t="s">
         <v>32</v>
       </c>
-      <c r="H5" t="s">
+      <c r="E6" t="s">
         <v>33</v>
+      </c>
+      <c r="F6" t="s">
+        <v>11</v>
+      </c>
+      <c r="G6" t="s">
+        <v>34</v>
+      </c>
+      <c r="H6" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>8</v>
+      </c>
+      <c r="B7" t="s">
+        <v>36</v>
+      </c>
+      <c r="C7" t="s">
+        <v>37</v>
+      </c>
+      <c r="D7" t="s">
+        <v>11</v>
+      </c>
+      <c r="E7" t="s">
+        <v>38</v>
+      </c>
+      <c r="F7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G7" t="s">
+        <v>39</v>
+      </c>
+      <c r="H7" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>8</v>
+      </c>
+      <c r="B8" t="s">
+        <v>41</v>
+      </c>
+      <c r="C8" t="s">
+        <v>42</v>
+      </c>
+      <c r="D8" t="s">
+        <v>43</v>
+      </c>
+      <c r="E8" t="s">
+        <v>44</v>
+      </c>
+      <c r="F8" t="s">
+        <v>11</v>
+      </c>
+      <c r="G8" t="s">
+        <v>45</v>
+      </c>
+      <c r="H8" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>8</v>
+      </c>
+      <c r="B9" t="s">
+        <v>47</v>
+      </c>
+      <c r="C9" t="s">
+        <v>48</v>
+      </c>
+      <c r="D9" t="s">
+        <v>49</v>
+      </c>
+      <c r="E9" t="s">
+        <v>50</v>
+      </c>
+      <c r="F9" t="s">
+        <v>11</v>
+      </c>
+      <c r="G9" t="s">
+        <v>51</v>
+      </c>
+      <c r="H9" t="s">
+        <v>52</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H8"/>
+  <dimension ref="A1:H5"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>34</v>
+        <v>53</v>
       </c>
       <c r="B2" t="s">
-        <v>35</v>
+        <v>54</v>
       </c>
       <c r="C2" t="s">
-        <v>36</v>
+        <v>55</v>
       </c>
       <c r="D2" t="s">
-        <v>13</v>
+        <v>56</v>
       </c>
       <c r="E2" t="s">
-        <v>37</v>
+        <v>57</v>
       </c>
       <c r="F2" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G2" t="s">
-        <v>38</v>
+        <v>58</v>
       </c>
       <c r="H2" t="s">
-        <v>39</v>
+        <v>59</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>34</v>
+        <v>53</v>
       </c>
       <c r="B3" t="s">
-        <v>40</v>
+        <v>60</v>
       </c>
       <c r="C3" t="s">
-        <v>41</v>
+        <v>61</v>
       </c>
       <c r="D3" t="s">
-        <v>13</v>
+        <v>62</v>
       </c>
       <c r="E3" t="s">
-        <v>42</v>
+        <v>63</v>
       </c>
       <c r="F3" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G3" t="s">
-        <v>43</v>
+        <v>64</v>
       </c>
       <c r="H3" t="s">
-        <v>44</v>
+        <v>65</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>34</v>
+        <v>53</v>
       </c>
       <c r="B4" t="s">
-        <v>45</v>
+        <v>66</v>
       </c>
       <c r="C4" t="s">
-        <v>46</v>
+        <v>67</v>
       </c>
       <c r="D4" t="s">
-        <v>13</v>
+        <v>68</v>
       </c>
       <c r="E4" t="s">
-        <v>47</v>
+        <v>69</v>
       </c>
       <c r="F4" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G4" t="s">
-        <v>48</v>
+        <v>70</v>
       </c>
       <c r="H4" t="s">
-        <v>49</v>
+        <v>71</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>34</v>
+        <v>53</v>
       </c>
       <c r="B5" t="s">
-        <v>50</v>
+        <v>72</v>
       </c>
       <c r="C5" t="s">
-        <v>51</v>
+        <v>73</v>
       </c>
       <c r="D5" t="s">
-        <v>52</v>
+        <v>74</v>
       </c>
       <c r="E5" t="s">
-        <v>53</v>
+        <v>75</v>
       </c>
       <c r="F5" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G5" t="s">
-        <v>54</v>
+        <v>76</v>
       </c>
       <c r="H5" t="s">
-        <v>55</v>
-[...77 lines deleted...]
-        <v>72</v>
+        <v>77</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H6"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>73</v>
+        <v>78</v>
       </c>
       <c r="B2" t="s">
-        <v>74</v>
+        <v>79</v>
       </c>
       <c r="C2" t="s">
-        <v>75</v>
+        <v>80</v>
       </c>
       <c r="D2" t="s">
-        <v>76</v>
+        <v>81</v>
       </c>
       <c r="E2" t="s">
-        <v>77</v>
+        <v>82</v>
       </c>
       <c r="F2" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G2" t="s">
-        <v>78</v>
+        <v>83</v>
       </c>
       <c r="H2" t="s">
-        <v>79</v>
+        <v>84</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>73</v>
+        <v>78</v>
       </c>
       <c r="B3" t="s">
-        <v>80</v>
+        <v>85</v>
       </c>
       <c r="C3" t="s">
-        <v>81</v>
+        <v>86</v>
       </c>
       <c r="D3" t="s">
-        <v>82</v>
+        <v>87</v>
       </c>
       <c r="E3" t="s">
-        <v>83</v>
+        <v>88</v>
       </c>
       <c r="F3" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G3" t="s">
-        <v>84</v>
+        <v>89</v>
       </c>
       <c r="H3" t="s">
-        <v>85</v>
+        <v>90</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>73</v>
+        <v>78</v>
       </c>
       <c r="B4" t="s">
-        <v>86</v>
+        <v>91</v>
       </c>
       <c r="C4" t="s">
-        <v>87</v>
+        <v>92</v>
       </c>
       <c r="D4" t="s">
-        <v>88</v>
+        <v>93</v>
       </c>
       <c r="E4" t="s">
-        <v>89</v>
+        <v>94</v>
       </c>
       <c r="F4" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G4" t="s">
-        <v>90</v>
+        <v>95</v>
       </c>
       <c r="H4" t="s">
-        <v>91</v>
+        <v>96</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>73</v>
+        <v>78</v>
       </c>
       <c r="B5" t="s">
-        <v>92</v>
+        <v>97</v>
       </c>
       <c r="C5" t="s">
-        <v>93</v>
+        <v>98</v>
       </c>
       <c r="D5" t="s">
-        <v>94</v>
+        <v>99</v>
       </c>
       <c r="E5" t="s">
-        <v>95</v>
+        <v>100</v>
       </c>
       <c r="F5" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G5" t="s">
-        <v>96</v>
+        <v>101</v>
       </c>
       <c r="H5" t="s">
-        <v>97</v>
+        <v>102</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>73</v>
+        <v>78</v>
       </c>
       <c r="B6" t="s">
-        <v>98</v>
+        <v>103</v>
       </c>
       <c r="C6" t="s">
-        <v>99</v>
+        <v>104</v>
       </c>
       <c r="D6" t="s">
-        <v>100</v>
+        <v>105</v>
       </c>
       <c r="E6" t="s">
-        <v>101</v>
+        <v>106</v>
       </c>
       <c r="F6" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G6" t="s">
-        <v>102</v>
+        <v>107</v>
       </c>
       <c r="H6" t="s">
-        <v>103</v>
+        <v>108</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:I14"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
-        <v>104</v>
+        <v>109</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>105</v>
+        <v>110</v>
       </c>
       <c r="B2" t="s">
-        <v>106</v>
+        <v>111</v>
       </c>
       <c r="C2" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="D2" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="E2" t="s">
-        <v>107</v>
+        <v>112</v>
       </c>
       <c r="F2" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G2" t="s">
-        <v>108</v>
+        <v>113</v>
       </c>
       <c r="H2" t="s">
-        <v>109</v>
+        <v>114</v>
       </c>
       <c r="I2" t="s">
-        <v>110</v>
+        <v>115</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>105</v>
+        <v>110</v>
       </c>
       <c r="B3" t="s">
-        <v>111</v>
+        <v>116</v>
       </c>
       <c r="C3" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="D3" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="E3" t="s">
-        <v>112</v>
+        <v>117</v>
       </c>
       <c r="F3" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G3" t="s">
-        <v>113</v>
+        <v>118</v>
       </c>
       <c r="H3" t="s">
-        <v>114</v>
+        <v>119</v>
       </c>
       <c r="I3" t="s">
-        <v>110</v>
+        <v>115</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>105</v>
+        <v>110</v>
       </c>
       <c r="B4" t="s">
+        <v>120</v>
+      </c>
+      <c r="C4" t="s">
+        <v>11</v>
+      </c>
+      <c r="D4" t="s">
+        <v>11</v>
+      </c>
+      <c r="E4" t="s">
+        <v>121</v>
+      </c>
+      <c r="F4" t="s">
+        <v>11</v>
+      </c>
+      <c r="G4" t="s">
+        <v>122</v>
+      </c>
+      <c r="H4" t="s">
+        <v>123</v>
+      </c>
+      <c r="I4" t="s">
         <v>115</v>
-      </c>
-[...19 lines deleted...]
-        <v>110</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>105</v>
+        <v>110</v>
       </c>
       <c r="B5" t="s">
-        <v>119</v>
+        <v>124</v>
       </c>
       <c r="C5" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="D5" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="E5" t="s">
-        <v>120</v>
+        <v>125</v>
       </c>
       <c r="F5" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G5" t="s">
-        <v>121</v>
+        <v>126</v>
       </c>
       <c r="H5" t="s">
-        <v>122</v>
+        <v>127</v>
       </c>
       <c r="I5" t="s">
-        <v>110</v>
+        <v>115</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>105</v>
+        <v>110</v>
       </c>
       <c r="B6" t="s">
-        <v>123</v>
+        <v>128</v>
       </c>
       <c r="C6" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="D6" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="E6" t="s">
-        <v>124</v>
+        <v>129</v>
       </c>
       <c r="F6" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G6" t="s">
-        <v>125</v>
+        <v>130</v>
       </c>
       <c r="H6" t="s">
-        <v>126</v>
+        <v>131</v>
       </c>
       <c r="I6" t="s">
-        <v>110</v>
+        <v>115</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>105</v>
+        <v>110</v>
       </c>
       <c r="B7" t="s">
-        <v>127</v>
+        <v>132</v>
       </c>
       <c r="C7" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="D7" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="E7" t="s">
-        <v>128</v>
+        <v>133</v>
       </c>
       <c r="F7" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G7" t="s">
-        <v>129</v>
+        <v>134</v>
       </c>
       <c r="H7" t="s">
-        <v>130</v>
+        <v>135</v>
       </c>
       <c r="I7" t="s">
-        <v>110</v>
+        <v>115</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>105</v>
+        <v>110</v>
       </c>
       <c r="B8" t="s">
-        <v>131</v>
+        <v>136</v>
       </c>
       <c r="C8" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="D8" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="E8" t="s">
-        <v>132</v>
+        <v>137</v>
       </c>
       <c r="F8" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G8" t="s">
-        <v>133</v>
+        <v>138</v>
       </c>
       <c r="H8" t="s">
-        <v>134</v>
+        <v>139</v>
       </c>
       <c r="I8" t="s">
-        <v>110</v>
+        <v>115</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>105</v>
+        <v>110</v>
       </c>
       <c r="B9" t="s">
-        <v>135</v>
+        <v>140</v>
       </c>
       <c r="C9" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="D9" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="E9" t="s">
-        <v>136</v>
+        <v>141</v>
       </c>
       <c r="F9" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G9" t="s">
-        <v>137</v>
+        <v>142</v>
       </c>
       <c r="H9" t="s">
-        <v>138</v>
+        <v>143</v>
       </c>
       <c r="I9" t="s">
-        <v>110</v>
+        <v>115</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>105</v>
+        <v>110</v>
       </c>
       <c r="B10" t="s">
-        <v>139</v>
+        <v>144</v>
       </c>
       <c r="C10" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="D10" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="E10" t="s">
-        <v>140</v>
+        <v>145</v>
       </c>
       <c r="F10" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G10" t="s">
-        <v>141</v>
+        <v>146</v>
       </c>
       <c r="H10" t="s">
-        <v>142</v>
+        <v>147</v>
       </c>
       <c r="I10" t="s">
-        <v>110</v>
+        <v>115</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>105</v>
+        <v>110</v>
       </c>
       <c r="B11" t="s">
-        <v>143</v>
+        <v>148</v>
       </c>
       <c r="C11" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="D11" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="E11" t="s">
-        <v>144</v>
+        <v>149</v>
       </c>
       <c r="F11" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G11" t="s">
-        <v>145</v>
+        <v>150</v>
       </c>
       <c r="H11" t="s">
-        <v>146</v>
+        <v>151</v>
       </c>
       <c r="I11" t="s">
-        <v>110</v>
+        <v>115</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>105</v>
+        <v>110</v>
       </c>
       <c r="B12" t="s">
-        <v>147</v>
+        <v>152</v>
       </c>
       <c r="C12" t="s">
-        <v>148</v>
+        <v>153</v>
       </c>
       <c r="D12" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="E12" t="s">
-        <v>149</v>
+        <v>154</v>
       </c>
       <c r="F12" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G12" t="s">
-        <v>150</v>
+        <v>155</v>
       </c>
       <c r="H12" t="s">
-        <v>151</v>
+        <v>156</v>
       </c>
       <c r="I12" t="s">
-        <v>110</v>
+        <v>115</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>105</v>
+        <v>110</v>
       </c>
       <c r="B13" t="s">
-        <v>152</v>
+        <v>157</v>
       </c>
       <c r="C13" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="D13" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="E13" t="s">
-        <v>153</v>
+        <v>158</v>
       </c>
       <c r="F13" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G13" t="s">
-        <v>154</v>
+        <v>159</v>
       </c>
       <c r="H13" t="s">
-        <v>155</v>
+        <v>160</v>
       </c>
       <c r="I13" t="s">
-        <v>110</v>
+        <v>115</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
-        <v>105</v>
+        <v>110</v>
       </c>
       <c r="B14" t="s">
-        <v>156</v>
+        <v>161</v>
       </c>
       <c r="C14" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="D14" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="E14" t="s">
-        <v>157</v>
+        <v>162</v>
       </c>
       <c r="F14" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G14" t="s">
-        <v>158</v>
+        <v>163</v>
       </c>
       <c r="H14" t="s">
-        <v>159</v>
+        <v>164</v>
       </c>
       <c r="I14" t="s">
-        <v>110</v>
+        <v>115</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:I1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H3"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>160</v>
+        <v>165</v>
       </c>
       <c r="B2" t="s">
-        <v>161</v>
+        <v>166</v>
       </c>
       <c r="C2" t="s">
-        <v>162</v>
+        <v>167</v>
       </c>
       <c r="D2" t="s">
-        <v>163</v>
+        <v>168</v>
       </c>
       <c r="E2" t="s">
-        <v>164</v>
+        <v>169</v>
       </c>
       <c r="F2" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G2" t="s">
-        <v>165</v>
+        <v>170</v>
       </c>
       <c r="H2" t="s">
-        <v>166</v>
+        <v>171</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>160</v>
+        <v>165</v>
       </c>
       <c r="B3" t="s">
-        <v>167</v>
+        <v>172</v>
       </c>
       <c r="C3" t="s">
-        <v>168</v>
+        <v>173</v>
       </c>
       <c r="D3" t="s">
-        <v>169</v>
+        <v>174</v>
       </c>
       <c r="E3" t="s">
-        <v>170</v>
+        <v>175</v>
       </c>
       <c r="F3" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G3" t="s">
-        <v>171</v>
+        <v>176</v>
       </c>
       <c r="H3" t="s">
-        <v>172</v>
+        <v>177</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>173</v>
+        <v>178</v>
       </c>
       <c r="B2" t="s">
-        <v>174</v>
+        <v>179</v>
       </c>
       <c r="C2" t="s">
-        <v>175</v>
+        <v>180</v>
       </c>
       <c r="D2" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="E2" t="s">
-        <v>176</v>
+        <v>181</v>
       </c>
       <c r="F2" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G2" t="s">
-        <v>177</v>
+        <v>182</v>
       </c>
       <c r="H2" t="s">
-        <v>178</v>
+        <v>183</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>179</v>
+        <v>184</v>
       </c>
       <c r="B2" t="s">
-        <v>180</v>
+        <v>185</v>
       </c>
       <c r="C2" t="s">
-        <v>181</v>
+        <v>186</v>
       </c>
       <c r="D2" t="s">
-        <v>182</v>
+        <v>187</v>
       </c>
       <c r="E2" t="s">
-        <v>183</v>
+        <v>188</v>
       </c>
       <c r="F2" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G2" t="s">
-        <v>184</v>
+        <v>189</v>
       </c>
       <c r="H2" t="s">
-        <v>185</v>
+        <v>190</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:R8"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
-        <v>186</v>
+        <v>191</v>
       </c>
       <c r="J1" t="s">
-        <v>187</v>
+        <v>192</v>
       </c>
       <c r="K1" t="s">
-        <v>188</v>
+        <v>193</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>189</v>
+        <v>194</v>
       </c>
       <c r="B2" t="s">
-        <v>190</v>
+        <v>195</v>
       </c>
       <c r="C2" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="D2" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="E2" t="s">
-        <v>191</v>
+        <v>196</v>
       </c>
       <c r="F2" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G2" t="s">
-        <v>192</v>
+        <v>197</v>
       </c>
       <c r="H2" t="s">
-        <v>193</v>
+        <v>198</v>
       </c>
       <c r="I2" t="s">
-        <v>194</v>
+        <v>199</v>
       </c>
       <c r="J2" t="s">
-        <v>195</v>
+        <v>200</v>
       </c>
       <c r="K2" t="s">
-        <v>196</v>
+        <v>201</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>189</v>
+        <v>194</v>
       </c>
       <c r="B3" t="s">
-        <v>197</v>
+        <v>202</v>
       </c>
       <c r="C3" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="D3" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="E3" t="s">
-        <v>198</v>
+        <v>203</v>
       </c>
       <c r="F3" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G3" t="s">
+        <v>204</v>
+      </c>
+      <c r="H3" t="s">
+        <v>205</v>
+      </c>
+      <c r="I3" t="s">
         <v>199</v>
       </c>
-      <c r="H3" t="s">
+      <c r="J3" t="s">
         <v>200</v>
       </c>
-      <c r="I3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="K3" t="s">
-        <v>201</v>
+        <v>206</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>189</v>
+        <v>194</v>
       </c>
       <c r="B4" t="s">
-        <v>202</v>
+        <v>207</v>
       </c>
       <c r="C4" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="D4" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="E4" t="s">
-        <v>203</v>
+        <v>208</v>
       </c>
       <c r="F4" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G4" t="s">
-        <v>204</v>
+        <v>209</v>
       </c>
       <c r="H4" t="s">
-        <v>205</v>
+        <v>210</v>
       </c>
       <c r="I4" t="s">
-        <v>206</v>
+        <v>211</v>
       </c>
       <c r="J4" t="s">
-        <v>207</v>
+        <v>212</v>
       </c>
       <c r="K4" t="s">
-        <v>208</v>
+        <v>213</v>
       </c>
       <c r="L4" t="s">
-        <v>209</v>
+        <v>214</v>
       </c>
       <c r="M4" t="s">
-        <v>210</v>
+        <v>215</v>
       </c>
       <c r="N4" t="s">
-        <v>211</v>
+        <v>216</v>
       </c>
       <c r="O4" t="s">
-        <v>212</v>
+        <v>217</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>189</v>
+        <v>194</v>
       </c>
       <c r="B5" t="s">
-        <v>213</v>
+        <v>218</v>
       </c>
       <c r="C5" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="D5" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="E5" t="s">
-        <v>214</v>
+        <v>219</v>
       </c>
       <c r="F5" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G5" t="s">
-        <v>215</v>
+        <v>220</v>
       </c>
       <c r="H5" t="s">
-        <v>216</v>
+        <v>221</v>
       </c>
       <c r="I5" t="s">
-        <v>217</v>
+        <v>222</v>
       </c>
       <c r="J5" t="s">
-        <v>218</v>
+        <v>223</v>
       </c>
       <c r="K5" t="s">
-        <v>219</v>
+        <v>224</v>
       </c>
       <c r="L5" t="s">
-        <v>220</v>
+        <v>225</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>189</v>
+        <v>194</v>
       </c>
       <c r="B6" t="s">
-        <v>221</v>
+        <v>226</v>
       </c>
       <c r="C6" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="D6" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="E6" t="s">
-        <v>222</v>
+        <v>227</v>
       </c>
       <c r="F6" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G6" t="s">
-        <v>223</v>
+        <v>228</v>
       </c>
       <c r="H6" t="s">
-        <v>224</v>
+        <v>229</v>
       </c>
       <c r="I6" t="s">
-        <v>194</v>
+        <v>199</v>
       </c>
       <c r="J6" t="s">
-        <v>207</v>
+        <v>212</v>
       </c>
       <c r="K6" t="s">
-        <v>225</v>
+        <v>230</v>
       </c>
       <c r="L6" t="s">
-        <v>226</v>
+        <v>231</v>
       </c>
       <c r="M6" t="s">
-        <v>227</v>
+        <v>232</v>
       </c>
       <c r="N6" t="s">
-        <v>228</v>
+        <v>233</v>
       </c>
       <c r="O6" t="s">
-        <v>229</v>
+        <v>234</v>
       </c>
       <c r="P6" t="s">
-        <v>230</v>
+        <v>235</v>
       </c>
       <c r="Q6" t="s">
-        <v>231</v>
+        <v>236</v>
       </c>
       <c r="R6" t="s">
-        <v>232</v>
+        <v>237</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>189</v>
+        <v>194</v>
       </c>
       <c r="B7" t="s">
-        <v>233</v>
+        <v>238</v>
       </c>
       <c r="C7" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="D7" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="E7" t="s">
-        <v>234</v>
+        <v>239</v>
       </c>
       <c r="F7" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G7" t="s">
-        <v>235</v>
+        <v>240</v>
       </c>
       <c r="H7" t="s">
-        <v>236</v>
+        <v>241</v>
       </c>
       <c r="I7" t="s">
-        <v>194</v>
+        <v>199</v>
       </c>
       <c r="J7" t="s">
-        <v>237</v>
+        <v>242</v>
       </c>
       <c r="K7" t="s">
-        <v>238</v>
+        <v>243</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>189</v>
+        <v>194</v>
       </c>
       <c r="B8" t="s">
-        <v>239</v>
+        <v>244</v>
       </c>
       <c r="C8" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="D8" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="E8" t="s">
-        <v>240</v>
+        <v>245</v>
       </c>
       <c r="F8" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G8" t="s">
-        <v>241</v>
+        <v>246</v>
       </c>
       <c r="H8" t="s">
-        <v>242</v>
+        <v>247</v>
       </c>
       <c r="I8" t="s">
-        <v>194</v>
+        <v>199</v>
       </c>
       <c r="J8" t="s">
-        <v>243</v>
+        <v>248</v>
       </c>
       <c r="K8" t="s">
-        <v>244</v>
+        <v>249</v>
       </c>
       <c r="L8" t="s">
-        <v>245</v>
+        <v>250</v>
       </c>
       <c r="M8" t="s">
-        <v>246</v>
+        <v>251</v>
       </c>
       <c r="N8" t="s">
-        <v>247</v>
+        <v>252</v>
       </c>
       <c r="O8" t="s">
-        <v>248</v>
+        <v>253</v>
       </c>
       <c r="P8" t="s">
-        <v>249</v>
+        <v>254</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H3"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>250</v>
+        <v>255</v>
       </c>
       <c r="B2" t="s">
-        <v>251</v>
+        <v>256</v>
       </c>
       <c r="C2" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="D2" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="E2" t="s">
-        <v>252</v>
+        <v>257</v>
       </c>
       <c r="F2" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G2" t="s">
-        <v>253</v>
+        <v>258</v>
       </c>
       <c r="H2" t="s">
-        <v>254</v>
+        <v>259</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>250</v>
+        <v>255</v>
       </c>
       <c r="B3" t="s">
-        <v>255</v>
+        <v>260</v>
       </c>
       <c r="C3" t="s">
-        <v>256</v>
+        <v>261</v>
       </c>
       <c r="D3" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="E3" t="s">
-        <v>257</v>
+        <v>262</v>
       </c>
       <c r="F3" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G3" t="s">
-        <v>258</v>
+        <v>263</v>
       </c>
       <c r="H3" t="s">
-        <v>259</v>
+        <v>264</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>