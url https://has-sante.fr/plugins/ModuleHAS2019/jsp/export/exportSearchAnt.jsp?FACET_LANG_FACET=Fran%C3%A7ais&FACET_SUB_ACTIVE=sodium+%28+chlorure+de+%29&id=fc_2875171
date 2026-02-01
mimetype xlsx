--- v0 (2025-10-23)
+++ v1 (2026-02-01)
@@ -1,253 +1,691 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Drugs" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Medicament" r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Drugs'!$B$1:$K$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="69" uniqueCount="48">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="274" uniqueCount="194">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Active ingredient</t>
-[...8 lines deleted...]
-    <t>Medicine</t>
+    <t>Substance active (DCI)</t>
+  </si>
+  <si>
+    <t>Laboratoire / Fabricant</t>
+  </si>
+  <si>
+    <t>Avis sur les Médicaments</t>
+  </si>
+  <si>
+    <t>Médicament</t>
+  </si>
+  <si>
+    <t>MOVICOL (macrogol 3350 + potassium (chlorure) + sodium (bicarbonate et chlorure))</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>14/09/2023 14:45:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983636/fr/movicol-macrogol-3350-potassium-chlorure-sodium-bicarbonate-et-chlorure</t>
+  </si>
+  <si>
+    <t>pprd_2983636</t>
+  </si>
+  <si>
+    <t>macrogol 3350,sodium (chlorure de),potassium (chlorure de),sodium (bicarbonate de)</t>
+  </si>
+  <si>
+    <t>NORGINE PHARMA</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400212/fr/movicol-enfant-poudre-pour-solution-buvable-en-sachet-dose-de-6-9-g-boites-de-20</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_798432/fr/movicol-macrogol-3350/-sodium-chlorure-de-/-potassium-chlorure-de-/-sodium</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1190347/fr/movicol-macrogol-3350/-sodium-chlorure-de-/-potassium-chlorure-de-/-sodium</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2761850/fr/movicol-macrogol-3350/-sodium-chlorure-de-/-potassium-chlorure-de-/-sodium</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400027/fr/movicol-poudre-pour-solution-buvable-en-sachets-boite-de-20-sachets</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399572/fr/movicol-poudre-pour-solution-buvable-boite-de-20-sachets</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3460613/fr/movicol-macrogol-3350-potassium-chlorure-sodium-bicarbonate-et-chlorure-laxatif-iso-osmotique</t>
+  </si>
+  <si>
+    <t>CHLORURE DE SODIUM VIAFLO (calcium (chlorure de) hexahydraté/ magnésium (chlorure de)/ méthylthio...)</t>
+  </si>
+  <si>
+    <t>01/04/2019 08:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982818/fr/chlorure-de-sodium-viaflo-calcium-chlorure-de-hexahydrate/-magnesium-chlorure-de-/-methylthio</t>
+  </si>
+  <si>
+    <t>pprd_2982818</t>
+  </si>
+  <si>
+    <t>calcium (chlorure de) hexahydraté,magnésium (chlorure de),méthylthioninium (chlorure de),potassium (chlorure de),sodium (chlorure de)</t>
+  </si>
+  <si>
+    <t>BAXTER SAS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400154/fr/chlorure-de-potassium-0-15-et-glucose-5-viaflo-chlorure-de-potassium-0-3-et-glucose-5-viaflo-calcium-chlorure-de-hexahydrate/-magnesium-chlorure-de-/-methylthio</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400155/fr/chlorure-de-potassium-0-3-et-chlorure-de-sodium-0-9-viaflo-solution-pour-perfusion-en-poche-poche-polyolefine/polyamide-de-500-ml-code-cip-360-809-6-poche-polyolefine/polyamide-de-1-000-ml-code-cip-360-810-4</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400696/fr/chlorure-de-sodium-bioluz-chlorure-de-sodium</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400697/fr/chlorure-de-sodium-lavoisier-0-9-solution-injectable-pour-perfusion-boite-de-1-flacon-de-125-ml-code-cip-305-784-5-boite-de-1flacon-de-250-ml-code-cip-305-789-7-boite-de-1-flacon-de-500-ml-code-cip-305-794-0-boite-de-1-flacon-de-1000-ml-code-cip-305-783-9-boite-de-1-poche-pvc-suremballee-de-50-ml-code-cip-354-702-9-boite-de-1-poche-pvc-suremballee-de-100-ml-code-cip-354-705-8-boite-de-1-poche-pvc-suremballee-de-250-ml-code-cip-354-708-7-boite-de-1-poche-pvc-suremballee-de-500-ml-code-cip-354-712-4-boite-de-1-poche-pvc-suremballee-de-1000-ml-code-cip-354-717-6</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400698/fr/chlorure-de-sodium-aguettant-0-9-solution-pour-perfusion-boite-de-1-flacon-de-250-ml-code-cip-318-438-3-boite-de-1-flacon-de-500-ml-code-cip-318-440-8-boite-de-1-flacon-de-1000-ml-code-cip-318-441-4</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_487122/fr/chlorure-de-sodium-cooper-calcium-chlorure-de-hexahydrate/-magnesium-chlorure-de-/-methylthio</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_539583/fr/chlorure-de-sodium-fresenius-calcium-chlorure-de-hexahydrate/-magnesium-chlorure-de-/-methylthio</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_555805/fr/chlorure-de-sodium-0-9-macopharma-calcium-chlorure-de-hexahydrate/-magnesium-chlorure-de-/-methylthio</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_664056/fr/chlorure-de-sodium-0-9-b-braun-chlorure-de-sodium</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_983243/fr/chlorure-de-sodium-lavoisier-calcium-chlorure-de-hexahydrate/-magnesium-chlorure-de-/-methylthio</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1084360/fr/chlorure-de-methylthioninium-proveblue-calcium-chlorure-de-hexahydrate/-magnesium-chlorure-de-/-methylthio</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1109525/fr/chlorure-de-sodium-cooper-calcium-chlorure-de-hexahydrate/-magnesium-chlorure-de-/-methylthio</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1250044/fr/chlorure-de-sodium-0-9-macopharma-calcium-chlorure-de-hexahydrate/-magnesium-chlorure-de-/-methylthio</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1543930/fr/chlorure-de-sodium-calcium-chlorure-de-hexahydrate/-magnesium-chlorure-de-/-methylthio</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1598720/fr/chlorure-de-sodium-fresenius-calcium-chlorure-de-hexahydrate/-magnesium-chlorure-de-/-methylthio</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1671491/fr/chlorure-de-sodium-calcium-chlorure-de-hexahydrate/-magnesium-chlorure-de-/-methylthio</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1701794/fr/chlorure-de-sodium-0-9-viaflo-calcium-chlorure-de-hexahydrate/-magnesium-chlorure-de-/-methylthio</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1769093/fr/chlorure-de-sodium-baxter-chlorure-de-sodium</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2028101/fr/chlorure-de-sodium-lavoisier-calcium-chlorure-de-hexahydrate/-magnesium-chlorure-de-/-methylthio</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2028119/fr/chlorure-de-sodium-hypertonique-lavoisier-calcium-chlorure-de-hexahydrate/-magnesium-chlorure-de-/-methylthio</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2028861/fr/chlorure-de-sodium-baxter-chlorure-de-sodium</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2035713/fr/chlorure-de-potassium-kabi-calcium-chlorure-de-hexahydrate/-magnesium-chlorure-de-/-methylthio</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2572163/fr/chlorure-de-calcium-renaudin-calcium-chlorure-de-hexahydrate/-magnesium-chlorure-de-/-methylthio</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2613522/fr/chlorure-de-sodium-aguettant-calcium-chlorure-de-hexahydrate/-magnesium-chlorure-de-/-methylthio</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2635313/fr/chlorure-de-sodium-b-braun-chlorure-de-sodium</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2635795/fr/chlorure-de-potassium-b-braun-calcium-chlorure-de-hexahydrate/-magnesium-chlorure-de-/-methylthio</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2642065/fr/chlorure-de-sodium-viaflo-calcium-chlorure-de-hexahydrate/-magnesium-chlorure-de-/-methylthio</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2658534/fr/chlorure-de-sodium-lavoisier-calcium-chlorure-de-hexahydrate/-magnesium-chlorure-de-/-methylthio</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2658492/fr/chlorure-de-potassium-et-chlorure-de-sodium-kabi-calcium-chlorure-de-hexahydrate/-magnesium-chlorure-de-/-methylthio</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2680665/fr/chlorure-de-magnesium-lavoisier-calcium-chlorure-de-hexahydrate/-magnesium-chlorure-de-/-methylthio</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2679260/fr/chlorure-de-sodium-cooper-calcium-chlorure-de-hexahydrate/-magnesium-chlorure-de-/-methylthio</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2730767/fr/chlorure-de-sodium-macopharma-calcium-chlorure-de-hexahydrate/-magnesium-chlorure-de-/-methylthio</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2745263/fr/chlorure-de-sodium-hypertronique-fresenius-calcium-chlorure-de-hexahydrate/-magnesium-chlorure-de-/-methylthio</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2773797/fr/chlorure-de-sodium-fresenius-calcium-chlorure-de-hexahydrate/-magnesium-chlorure-de-/-methylthio</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2789187/fr/chlorure-de-sodium-viaflo-calcium-chlorure-de-hexahydrate/-magnesium-chlorure-de-/-methylthio</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2791909/fr/chlorure-de-sodium-macopharma-calcium-chlorure-de-hexahydrate/-magnesium-chlorure-de-/-methylthio</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2830616/fr/chlorure-de-sodium-fresenius-calcium-chlorure-de-hexahydrate/-magnesium-chlorure-de-/-methylthio</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2879780/fr/chlorure-de-sodium-0-9-b-braun-chlorure-de-sodium</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2913720/fr/chlorure-de-sodium-viaflo-calcium-chlorure-de-hexahydrate/-magnesium-chlorure-de-/-methylthio</t>
+  </si>
+  <si>
+    <t>BICAVERA GLUCOSE (sodium (chlorure de)/ calcium (chlorure de) dihydraté/ magnésium (chlo...)</t>
+  </si>
+  <si>
+    <t>27/03/2019 16:17:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982820/fr/bicavera-glucose-sodium-chlorure-de-/-calcium-chlorure-de-dihydrate/-magnesium-chlo</t>
+  </si>
+  <si>
+    <t>pprd_2982820</t>
+  </si>
+  <si>
+    <t>sodium (chlorure de),calcium (chlorure de) dihydraté,magnésium (chlorure de) hexahydraté,glucose monohydraté,sodium (bicarbonate de)</t>
+  </si>
+  <si>
+    <t>FRESENIUS MEDICAL CARE FRANCE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399532/fr/bicavera-1-5-glucose-solution-pour-dialyse-peritoneale-bicavera-2-3-glucose-solution-pour-dialyse-peritoneale-bicavera-4-25-glucose-solution-pour-dialyse-peritoneale-1500-ml-en-poche-staysafe-polyolefine-boite-de-4-2000-ml-en-poche-staysafe-polyolefine-boite-de-4-2500-ml-en-poche-staysafe-polyolefine-boite-de-4</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2913091/fr/bicavera-glucose-sodium-chlorure-de-/-calcium-chlorure-de-dihydrate/-magnesium-chlo</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3069181/fr/bicavera-glucose-sodium-chlorure-de-/-calcium-chlorure-de-dihydrate/-magnesium-chlo</t>
+  </si>
+  <si>
+    <t>EXTRANEAL (icodextrine/ sodium (chlorure de)/ calcium (chlorure de)/ magnésium (c...)</t>
+  </si>
+  <si>
+    <t>31/01/2019 12:15:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982890/fr/extraneal-icodextrine/-sodium-chlorure-de-/-calcium-chlorure-de-/-magnesium-c</t>
+  </si>
+  <si>
+    <t>pprd_2982890</t>
+  </si>
+  <si>
+    <t>icodextrine,sodium (chlorure de),calcium (chlorure de),magnésium (chlorure de),sodium (lactate de)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1716265/fr/extraneal-icodextrine/-sodium-chlorure-de-/-calcium-chlorure-de-/-magnesium-c</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2901464/fr/extraneal-icodextrine/-sodium-chlorure-de-/-calcium-chlorure-de-/-magnesium-c</t>
+  </si>
+  <si>
+    <t>PLEGISOL (sodium (chlorure de)/ potassium (chlorure de)/ calcium (chlorure de) d...)</t>
+  </si>
+  <si>
+    <t>11/12/2018 11:32:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982983/fr/plegisol-sodium-chlorure-de-/-potassium-chlorure-de-/-calcium-chlorure-de-d</t>
+  </si>
+  <si>
+    <t>pprd_2982983</t>
+  </si>
+  <si>
+    <t>sodium (chlorure de),potassium (chlorure de),calcium (chlorure de) dihydraté,magnésium (chlorure de) hexahydraté</t>
+  </si>
+  <si>
+    <t>PFIZER PFE FRANCE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2888487/fr/plegisol-sodium-chlorure-de-/-potassium-chlorure-de-/-calcium-chlorure-de-d</t>
   </si>
   <si>
     <t>XIMEPEG (macrogol 4 000 + électrolytes + siméticone)</t>
   </si>
   <si>
-    <t/>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2983196/en/ximepeg-macrogol-4-000-electrolytes-simeticone</t>
+    <t>24/10/2018 11:02:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983196/fr/ximepeg-macrogol-4-000-electrolytes-simeticone</t>
   </si>
   <si>
     <t>pprd_2983196</t>
   </si>
   <si>
     <t>siméticone,sodium (chlorure de),potassium (chlorure de),citrique (acide) anhydre,sodium (citrate de),macrogol 4000,sodium (sulfate de) anhydre</t>
   </si>
   <si>
     <t>ALFASIGMA FRANCE</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_2862072/en/ximepeg-macrogol-4-000-electrolytes-simeticone</t>
+    <t>https://www.has-sante.fr/jcms/c_2862072/fr/ximepeg-macrogol-4-000-electrolytes-simeticone</t>
+  </si>
+  <si>
+    <t>ARTISIAL (sodium (chlorure de)/ potassium (chlorure de)/ calcium (chlorure de) d...)</t>
+  </si>
+  <si>
+    <t>02/05/2018 16:03:02</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983324/fr/artisial-sodium-chlorure-de-/-potassium-chlorure-de-/-calcium-chlorure-de-d</t>
+  </si>
+  <si>
+    <t>pprd_2983324</t>
+  </si>
+  <si>
+    <t>sodium (chlorure de),potassium (chlorure de),calcium (chlorure de) dihydraté,magnésium (chlorure de) hexahydraté,phosphate monopotassique,phosphate dipotassique</t>
+  </si>
+  <si>
+    <t>BIOCODEX</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_603073/fr/artisial-sodium-chlorure-de-/-potassium-chlorure-de-/-calcium-chlorure-de-d</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_962467/fr/artisial-sodium-chlorure-de-/-potassium-chlorure-de-/-calcium-chlorure-de-d</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1648990/fr/artisial-sodium-chlorure-de-/-potassium-chlorure-de-/-calcium-chlorure-de-d</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2844534/fr/artisial-sodium-chlorure-de-/-potassium-chlorure-de-/-calcium-chlorure-de-d</t>
+  </si>
+  <si>
+    <t>AMINOMIX (arginine, sodium (chlorure de), potassium (hydroxyde de), alanine, lys...)</t>
+  </si>
+  <si>
+    <t>20/09/2017 09:37:04</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983531/fr/aminomix-arginine-sodium-chlorure-de-potassium-hydroxyde-de-alanine-lys</t>
+  </si>
+  <si>
+    <t>pprd_2983531</t>
+  </si>
+  <si>
+    <t>arginine, sodium (chlorure de), potassium (hydroxyde de), alanine, lysine (chlorhydrate de), sérine, tyrosine, taurine, isoleucine, glucose monohydraté, acétique glacial (acide),calcium (chlorure de) dihydraté, phénylalanine, magnésium (chlorure de) hexahydraté, leucine, glycine, tryptophane L, zinc (chlorure de), proline, thréonine, valine, méthionine, histidine, chlorhydrique (acide),isoleucine, leucine, lysine, méthionine, phénylalanine, thréonine, tryptophane, valine, arginine, histidine, glycine, sérine, tyrosine, taurine, alanine, proline, glycérophosphate de sodium, acide chlorhydrique 25%, glucose, chlorure de sodium, chlorure de calcium, chlorure de magnésium, chlorure de zinc</t>
+  </si>
+  <si>
+    <t>FRESENIUS KABI FRANCE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400963/fr/aminomix-1-solution-injectable-pour-perfusion-iv-en-poche-bicompartimentee-poche-bicompartimentee-de-1000-ml-cip-372-315-3-poche-bicompartimentee-de-1500-ml-cip-372-317-6-poche-bicompartimentee-de-2000-ml-cip-372-318-2-aminomix-2-solution-injectable-pour-perfusion-iv-en-poche-bicompartimentee-poche-bicompartimentee-de-1000-ml-cip-372-319-9-poche-bicompartimentee-de-1500-ml-cip-372-320-7-poche-bicompartimentee-de-2000-ml-cip-372-321-3</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1332093/fr/aminomix-arginine-sodium-chlorure-de-potassium-hydroxyde-de-alanine-lys</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2794094/fr/aminomix-isoleucine-leucine-lysine-methionine-phenylalanine-threonine</t>
+  </si>
+  <si>
+    <t>LARMES ARTIFICIELLES (sodium (chlorure de))</t>
+  </si>
+  <si>
+    <t>21/12/2016 17:07:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983798/fr/larmes-artificielles-sodium-chlorure-de</t>
+  </si>
+  <si>
+    <t>pprd_2983798</t>
+  </si>
+  <si>
+    <t>sodium (chlorure de)</t>
+  </si>
+  <si>
+    <t>NOVARTIS PHARMA S.A.S/.TEOFARMA SRL</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399892/fr/larmes-artificielles-ciba-vision-ophtalmics-sodium-chlorure-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_461079/fr/larmes-artificielles-martinet-sodium-chlorure-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1218112/fr/larmes-artificielles-martinet-sodium-chlorure-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2732002/fr/larmes-artificielles-martinet-sodium-chlorure-de</t>
+  </si>
+  <si>
+    <t>BIONOLYTE G5 (sodium (chlorure de)/ potassium (chlorure de)/ glucose monohydraté)</t>
+  </si>
+  <si>
+    <t>04/07/2016 18:12:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984075/fr/bionolyte-g5-sodium-chlorure-de-/-potassium-chlorure-de-/-glucose-monohydrate</t>
+  </si>
+  <si>
+    <t>pprd_2984075</t>
+  </si>
+  <si>
+    <t>sodium (chlorure de),potassium (chlorure de),glucose monohydraté</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1234477/fr/bionolyte-g5-sodium-chlorure-de-/-potassium-chlorure-de-/-glucose-monohydrate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2642047/fr/bionolyte-g5-sodium-chlorure-de-/-potassium-chlorure-de-/-glucose-monohydrate</t>
+  </si>
+  <si>
+    <t>KLEAN PREP (macrogol 3350/ sodium (bicarbonate de)/ sodium (bicarbonate de)sodium (sulfate de) anhydre/ potassium (chlorure de))</t>
+  </si>
+  <si>
+    <t>21/03/2016 12:17:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984183/fr/klean-prep-macrogol-3350/-sodium-bicarbonate-de-/-sodium-bicarbonate-de-sodium-sulfate-de-anhydre/-potassium-chlorure-de</t>
+  </si>
+  <si>
+    <t>pprd_2984183</t>
+  </si>
+  <si>
+    <t>macrogol 3350,sodium (bicarbonate de),sodium (chlorure de),sodium (sulfate de) anhydre,potassium (chlorure de)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400319/fr/klean-prep-macrogol-3350/-sodium-bicarbonate-de-/-sodium-bicarbonate-de-sodium-sulfate-de-anhydre/-potassium-chlorure-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_962481/fr/klean-prep-macrogol-3350/-sodium-bicarbonate-de-/-sodium-bicarbonate-de-sodium-sulfate-de-anhydre/-potassium-chlorure-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2613503/fr/klean-prep-macrogol-3350/-sodium-bicarbonate-de-/-sodium-bicarbonate-de-sodium-sulfate-de-anhydre/-potassium-chlorure-de</t>
   </si>
   <si>
     <t>ISOVOL (sodium (chlorure de)/ potassium (chlorure de)/ calcium (chlorure de) d...)</t>
   </si>
   <si>
-    <t>02/24/2015 09:51:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2984651/en/isovol-sodium-chlorure-de-/-potassium-chlorure-de-/-calcium-chlorure-de-d</t>
+    <t>24/02/2015 09:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984651/fr/isovol-sodium-chlorure-de-/-potassium-chlorure-de-/-calcium-chlorure-de-d</t>
   </si>
   <si>
     <t>pprd_2984651</t>
   </si>
   <si>
     <t>sodium (chlorure de),potassium (chlorure de),calcium (chlorure de) dihydraté,magnésium (chlorure de) hexahydraté,sodium (acétate de) trihydraté,malique (acide),hydroxyéthylamidon 130 000</t>
   </si>
   <si>
     <t>B BRAUN MEDICAL SAS</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_1777265/en/isovol-hydroxyethyl-starch-colloidal-volume-replacement-solutions</t>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2984652/en/voluven-sodium/-hydroxyethylamidon-solutes-de-remplissage-colloide</t>
+    <t>https://www.has-sante.fr/jcms/c_1777265/fr/isovol-hydroxyethylamidon-solutes-de-remplissage-colloide</t>
+  </si>
+  <si>
+    <t>VOLUVEN (sodium/ hydroxyéthylamidon)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984652/fr/voluven-sodium/-hydroxyethylamidon</t>
   </si>
   <si>
     <t>pprd_2984652</t>
   </si>
   <si>
     <t>sodium (chlorure de),amidon hydroxyéthylé 130 000</t>
   </si>
   <si>
-    <t>FRESENIUS KABI FRANCE</t>
-[...8 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_1777260/en/voluven-hydroxyethyl-starch-colloidal-volume-replacement-solutions</t>
+    <t>https://www.has-sante.fr/jcms/c_399173/fr/voluven-sodium-hydroxyethylamidon</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400348/fr/voluven-sodium-/-hydroxyethylamidon</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1777260/fr/voluven-hydroxyethylamidon-solutes-de-remplissage-colloide</t>
   </si>
   <si>
     <t>RESTORVOL (amidon hydroxyéthylé 130 000/ sodium (chlorure de))</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/pprd_2984653/en/restorvol-amidon-hydroxyethyle-130-000/-sodium-chlorure-de</t>
+    <t>https://www.has-sante.fr/jcms/pprd_2984653/fr/restorvol-amidon-hydroxyethyle-130-000/-sodium-chlorure-de</t>
   </si>
   <si>
     <t>pprd_2984653</t>
   </si>
   <si>
     <t>amidon hydroxyéthylé 130 000,sodium (chlorure de)</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_677431/en/restorvol</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_1777259/en/restorvol-hydroxyethyl-starch-colloidal-volume-replacement-solutions</t>
+    <t>https://www.has-sante.fr/jcms/c_677431/fr/restorvol-amidon-hydroxyethyle-130-000/-sodium-chlorure-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1777259/fr/restorvol-amidon-hydroxyethyle-130-000/-sodium-chlorure-de</t>
+  </si>
+  <si>
+    <t>COLOPEG (macrogol/ macrogol 3350/ sodium (chlorure de)/ potassium (chlorure de)...)</t>
+  </si>
+  <si>
+    <t>24/11/2014 09:54:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984658/fr/colopeg-macrogol/-macrogol-3350/-sodium-chlorure-de-/-potassium-chlorure-de</t>
+  </si>
+  <si>
+    <t>pprd_2984658</t>
+  </si>
+  <si>
+    <t>macrogol,macrogol 3350,sodium (chlorure de),potassium (chlorure de),sodium (bicarbonate de),sodium (sulfate de) anhydre</t>
+  </si>
+  <si>
+    <t>BAYER HEALTHCARE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_887284/fr/colopeg-macrogol/-macrogol-3350/-sodium-chlorure-de-/-potassium-chlorure-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1776980/fr/colopeg-macrogol/-macrogol-3350/-sodium-chlorure-de-/-potassium-chlorure-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400301/fr/colopeg-poudre-pour-solution-buvable-1-sachet-code-cip-329-080-8-colopeg-poudre-pour-solution-buvable-4-sachets-code-cip-339-059-1</t>
+  </si>
+  <si>
+    <t>PLASMALYTE VIAFLO (sodium (gluconate de)/ sodium (chlorure de)/ potassium (chlorure de)/ ...)</t>
+  </si>
+  <si>
+    <t>28/11/2013 18:52:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984870/fr/plasmalyte-viaflo-sodium-gluconate-de-/-sodium-chlorure-de-/-potassium-chlorure-de-/</t>
+  </si>
+  <si>
+    <t>pprd_2984870</t>
+  </si>
+  <si>
+    <t>sodium (gluconate de),sodium (chlorure de),potassium (chlorure de),magnésium (chlorure de) hexahydraté,sodium (acétate de) trihydraté</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1701290/fr/plasmalyte-viaflo-sodium-gluconate-de-/-sodium-chlorure-de-/-potassium-chlorure-de-/</t>
   </si>
   <si>
     <t>HYDRAPERF (sodium (chlorure de)/ glucose monohydraté)</t>
   </si>
   <si>
-    <t>11/22/2013 13:30:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2984909/en/hydraperf-sodium-chlorure-de-/-glucose-monohydrate</t>
+    <t>22/11/2013 13:30:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984909/fr/hydraperf-sodium-chlorure-de-/-glucose-monohydrate</t>
   </si>
   <si>
     <t>pprd_2984909</t>
   </si>
   <si>
     <t>sodium (chlorure de),glucose monohydraté</t>
   </si>
   <si>
     <t>AGUETTANT</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_1615551/en/hydraperf-sodium-chlorure-de-/-glucose-monohydrate</t>
+    <t>https://www.has-sante.fr/jcms/c_1615551/fr/hydraperf-sodium-chlorure-de-/-glucose-monohydrate</t>
+  </si>
+  <si>
+    <t>OSMOTAN (sodium (chlorure de)/ potassium (chlorure de)/ glucose monohydraté)</t>
+  </si>
+  <si>
+    <t>09/07/2013 16:33:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984918/fr/osmotan-sodium-chlorure-de-/-potassium-chlorure-de-/-glucose-monohydrate</t>
+  </si>
+  <si>
+    <t>pprd_2984918</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399448/fr/osmotan-g-5-solution-pour-perfusion-en-poche-osmotan-g-10-solution-pour-perfusion-en-poche-poche-de-500-ml-boite-de-1-poche-de-1-000ml-boite-de-1-sodium-chlorure-de-/-potassium-chlorure-de-/-glucose-monohydrate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_532241/fr/osmotan-sodium-chlorure-de-/-potassium-chlorure-de-/-glucose-monohydrate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1600976/fr/osmotan-sodium-chlorure-de-/-potassium-chlorure-de-/-glucose-monohydrate</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:M6"/>
+  <dimension ref="A1:AW19"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -278,193 +716,834 @@
       </c>
       <c r="D2" t="s">
         <v>13</v>
       </c>
       <c r="E2" t="s">
         <v>14</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
         <v>15</v>
       </c>
       <c r="H2" t="s">
         <v>16</v>
       </c>
       <c r="I2" t="s">
         <v>17</v>
       </c>
       <c r="J2" t="s">
         <v>18</v>
       </c>
       <c r="K2" t="s">
         <v>19</v>
       </c>
+      <c r="L2" t="s">
+        <v>20</v>
+      </c>
+      <c r="M2" t="s">
+        <v>21</v>
+      </c>
+      <c r="N2" t="s">
+        <v>22</v>
+      </c>
+      <c r="O2" t="s">
+        <v>23</v>
+      </c>
+      <c r="P2" t="s">
+        <v>24</v>
+      </c>
+      <c r="Q2" t="s">
+        <v>25</v>
+      </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
         <v>11</v>
       </c>
       <c r="B3" t="s">
-        <v>20</v>
+        <v>26</v>
       </c>
       <c r="C3" t="s">
         <v>13</v>
       </c>
       <c r="D3" t="s">
         <v>13</v>
       </c>
       <c r="E3" t="s">
-        <v>21</v>
+        <v>27</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>22</v>
+        <v>28</v>
       </c>
       <c r="H3" t="s">
-        <v>23</v>
+        <v>29</v>
       </c>
       <c r="I3" t="s">
-        <v>24</v>
+        <v>30</v>
       </c>
       <c r="J3" t="s">
-        <v>25</v>
+        <v>31</v>
       </c>
       <c r="K3" t="s">
-        <v>26</v>
+        <v>32</v>
+      </c>
+      <c r="L3" t="s">
+        <v>33</v>
+      </c>
+      <c r="M3" t="s">
+        <v>34</v>
+      </c>
+      <c r="N3" t="s">
+        <v>35</v>
+      </c>
+      <c r="O3" t="s">
+        <v>36</v>
+      </c>
+      <c r="P3" t="s">
+        <v>37</v>
+      </c>
+      <c r="Q3" t="s">
+        <v>38</v>
+      </c>
+      <c r="R3" t="s">
+        <v>39</v>
+      </c>
+      <c r="S3" t="s">
+        <v>40</v>
+      </c>
+      <c r="T3" t="s">
+        <v>41</v>
+      </c>
+      <c r="U3" t="s">
+        <v>42</v>
+      </c>
+      <c r="V3" t="s">
+        <v>43</v>
+      </c>
+      <c r="W3" t="s">
+        <v>44</v>
+      </c>
+      <c r="X3" t="s">
+        <v>45</v>
+      </c>
+      <c r="Y3" t="s">
+        <v>46</v>
+      </c>
+      <c r="Z3" t="s">
+        <v>47</v>
+      </c>
+      <c r="AA3" t="s">
+        <v>48</v>
+      </c>
+      <c r="AB3" t="s">
+        <v>49</v>
+      </c>
+      <c r="AC3" t="s">
+        <v>50</v>
+      </c>
+      <c r="AD3" t="s">
+        <v>51</v>
+      </c>
+      <c r="AE3" t="s">
+        <v>52</v>
+      </c>
+      <c r="AF3" t="s">
+        <v>53</v>
+      </c>
+      <c r="AG3" t="s">
+        <v>54</v>
+      </c>
+      <c r="AH3" t="s">
+        <v>55</v>
+      </c>
+      <c r="AI3" t="s">
+        <v>56</v>
+      </c>
+      <c r="AJ3" t="s">
+        <v>57</v>
+      </c>
+      <c r="AK3" t="s">
+        <v>58</v>
+      </c>
+      <c r="AL3" t="s">
+        <v>59</v>
+      </c>
+      <c r="AM3" t="s">
+        <v>60</v>
+      </c>
+      <c r="AN3" t="s">
+        <v>61</v>
+      </c>
+      <c r="AO3" t="s">
+        <v>62</v>
+      </c>
+      <c r="AP3" t="s">
+        <v>63</v>
+      </c>
+      <c r="AQ3" t="s">
+        <v>64</v>
+      </c>
+      <c r="AR3" t="s">
+        <v>65</v>
+      </c>
+      <c r="AS3" t="s">
+        <v>66</v>
+      </c>
+      <c r="AT3" t="s">
+        <v>67</v>
+      </c>
+      <c r="AU3" t="s">
+        <v>68</v>
+      </c>
+      <c r="AV3" t="s">
+        <v>69</v>
+      </c>
+      <c r="AW3" t="s">
+        <v>70</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
         <v>11</v>
       </c>
       <c r="B4" t="s">
-        <v>27</v>
+        <v>71</v>
       </c>
       <c r="C4" t="s">
         <v>13</v>
       </c>
       <c r="D4" t="s">
         <v>13</v>
       </c>
       <c r="E4" t="s">
-        <v>21</v>
+        <v>72</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>28</v>
+        <v>73</v>
       </c>
       <c r="H4" t="s">
-        <v>29</v>
+        <v>74</v>
       </c>
       <c r="I4" t="s">
-        <v>30</v>
+        <v>75</v>
       </c>
       <c r="J4" t="s">
-        <v>31</v>
+        <v>76</v>
       </c>
       <c r="K4" t="s">
-        <v>32</v>
+        <v>77</v>
       </c>
       <c r="L4" t="s">
-        <v>33</v>
+        <v>78</v>
       </c>
       <c r="M4" t="s">
-        <v>34</v>
+        <v>79</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
         <v>11</v>
       </c>
       <c r="B5" t="s">
-        <v>35</v>
+        <v>80</v>
       </c>
       <c r="C5" t="s">
         <v>13</v>
       </c>
       <c r="D5" t="s">
         <v>13</v>
       </c>
       <c r="E5" t="s">
-        <v>21</v>
+        <v>81</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>36</v>
+        <v>82</v>
       </c>
       <c r="H5" t="s">
-        <v>37</v>
+        <v>83</v>
       </c>
       <c r="I5" t="s">
-        <v>38</v>
+        <v>84</v>
       </c>
       <c r="J5" t="s">
-        <v>25</v>
+        <v>31</v>
       </c>
       <c r="K5" t="s">
-        <v>39</v>
+        <v>85</v>
       </c>
       <c r="L5" t="s">
-        <v>40</v>
+        <v>86</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
         <v>11</v>
       </c>
       <c r="B6" t="s">
-        <v>41</v>
+        <v>87</v>
       </c>
       <c r="C6" t="s">
         <v>13</v>
       </c>
       <c r="D6" t="s">
         <v>13</v>
       </c>
       <c r="E6" t="s">
-        <v>42</v>
+        <v>88</v>
       </c>
       <c r="F6" t="s">
         <v>13</v>
       </c>
       <c r="G6" t="s">
-        <v>43</v>
+        <v>89</v>
       </c>
       <c r="H6" t="s">
-        <v>44</v>
+        <v>90</v>
       </c>
       <c r="I6" t="s">
-        <v>45</v>
+        <v>91</v>
       </c>
       <c r="J6" t="s">
-        <v>46</v>
+        <v>92</v>
       </c>
       <c r="K6" t="s">
-        <v>47</v>
+        <v>93</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>11</v>
+      </c>
+      <c r="B7" t="s">
+        <v>94</v>
+      </c>
+      <c r="C7" t="s">
+        <v>13</v>
+      </c>
+      <c r="D7" t="s">
+        <v>13</v>
+      </c>
+      <c r="E7" t="s">
+        <v>95</v>
+      </c>
+      <c r="F7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G7" t="s">
+        <v>96</v>
+      </c>
+      <c r="H7" t="s">
+        <v>97</v>
+      </c>
+      <c r="I7" t="s">
+        <v>98</v>
+      </c>
+      <c r="J7" t="s">
+        <v>99</v>
+      </c>
+      <c r="K7" t="s">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>11</v>
+      </c>
+      <c r="B8" t="s">
+        <v>101</v>
+      </c>
+      <c r="C8" t="s">
+        <v>13</v>
+      </c>
+      <c r="D8" t="s">
+        <v>13</v>
+      </c>
+      <c r="E8" t="s">
+        <v>102</v>
+      </c>
+      <c r="F8" t="s">
+        <v>13</v>
+      </c>
+      <c r="G8" t="s">
+        <v>103</v>
+      </c>
+      <c r="H8" t="s">
+        <v>104</v>
+      </c>
+      <c r="I8" t="s">
+        <v>105</v>
+      </c>
+      <c r="J8" t="s">
+        <v>106</v>
+      </c>
+      <c r="K8" t="s">
+        <v>107</v>
+      </c>
+      <c r="L8" t="s">
+        <v>108</v>
+      </c>
+      <c r="M8" t="s">
+        <v>109</v>
+      </c>
+      <c r="N8" t="s">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>11</v>
+      </c>
+      <c r="B9" t="s">
+        <v>111</v>
+      </c>
+      <c r="C9" t="s">
+        <v>13</v>
+      </c>
+      <c r="D9" t="s">
+        <v>13</v>
+      </c>
+      <c r="E9" t="s">
+        <v>112</v>
+      </c>
+      <c r="F9" t="s">
+        <v>13</v>
+      </c>
+      <c r="G9" t="s">
+        <v>113</v>
+      </c>
+      <c r="H9" t="s">
+        <v>114</v>
+      </c>
+      <c r="I9" t="s">
+        <v>115</v>
+      </c>
+      <c r="J9" t="s">
+        <v>116</v>
+      </c>
+      <c r="K9" t="s">
+        <v>117</v>
+      </c>
+      <c r="L9" t="s">
+        <v>118</v>
+      </c>
+      <c r="M9" t="s">
+        <v>119</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>11</v>
+      </c>
+      <c r="B10" t="s">
+        <v>120</v>
+      </c>
+      <c r="C10" t="s">
+        <v>13</v>
+      </c>
+      <c r="D10" t="s">
+        <v>13</v>
+      </c>
+      <c r="E10" t="s">
+        <v>121</v>
+      </c>
+      <c r="F10" t="s">
+        <v>13</v>
+      </c>
+      <c r="G10" t="s">
+        <v>122</v>
+      </c>
+      <c r="H10" t="s">
+        <v>123</v>
+      </c>
+      <c r="I10" t="s">
+        <v>124</v>
+      </c>
+      <c r="J10" t="s">
+        <v>125</v>
+      </c>
+      <c r="K10" t="s">
+        <v>126</v>
+      </c>
+      <c r="L10" t="s">
+        <v>127</v>
+      </c>
+      <c r="M10" t="s">
+        <v>128</v>
+      </c>
+      <c r="N10" t="s">
+        <v>129</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>11</v>
+      </c>
+      <c r="B11" t="s">
+        <v>130</v>
+      </c>
+      <c r="C11" t="s">
+        <v>13</v>
+      </c>
+      <c r="D11" t="s">
+        <v>13</v>
+      </c>
+      <c r="E11" t="s">
+        <v>131</v>
+      </c>
+      <c r="F11" t="s">
+        <v>13</v>
+      </c>
+      <c r="G11" t="s">
+        <v>132</v>
+      </c>
+      <c r="H11" t="s">
+        <v>133</v>
+      </c>
+      <c r="I11" t="s">
+        <v>134</v>
+      </c>
+      <c r="J11" t="s">
+        <v>116</v>
+      </c>
+      <c r="K11" t="s">
+        <v>135</v>
+      </c>
+      <c r="L11" t="s">
+        <v>136</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>11</v>
+      </c>
+      <c r="B12" t="s">
+        <v>137</v>
+      </c>
+      <c r="C12" t="s">
+        <v>13</v>
+      </c>
+      <c r="D12" t="s">
+        <v>13</v>
+      </c>
+      <c r="E12" t="s">
+        <v>138</v>
+      </c>
+      <c r="F12" t="s">
+        <v>13</v>
+      </c>
+      <c r="G12" t="s">
+        <v>139</v>
+      </c>
+      <c r="H12" t="s">
+        <v>140</v>
+      </c>
+      <c r="I12" t="s">
+        <v>141</v>
+      </c>
+      <c r="J12" t="s">
+        <v>18</v>
+      </c>
+      <c r="K12" t="s">
+        <v>142</v>
+      </c>
+      <c r="L12" t="s">
+        <v>143</v>
+      </c>
+      <c r="M12" t="s">
+        <v>144</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="s">
+        <v>11</v>
+      </c>
+      <c r="B13" t="s">
+        <v>145</v>
+      </c>
+      <c r="C13" t="s">
+        <v>13</v>
+      </c>
+      <c r="D13" t="s">
+        <v>13</v>
+      </c>
+      <c r="E13" t="s">
+        <v>146</v>
+      </c>
+      <c r="F13" t="s">
+        <v>13</v>
+      </c>
+      <c r="G13" t="s">
+        <v>147</v>
+      </c>
+      <c r="H13" t="s">
+        <v>148</v>
+      </c>
+      <c r="I13" t="s">
+        <v>149</v>
+      </c>
+      <c r="J13" t="s">
+        <v>150</v>
+      </c>
+      <c r="K13" t="s">
+        <v>151</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" t="s">
+        <v>11</v>
+      </c>
+      <c r="B14" t="s">
+        <v>152</v>
+      </c>
+      <c r="C14" t="s">
+        <v>13</v>
+      </c>
+      <c r="D14" t="s">
+        <v>13</v>
+      </c>
+      <c r="E14" t="s">
+        <v>146</v>
+      </c>
+      <c r="F14" t="s">
+        <v>13</v>
+      </c>
+      <c r="G14" t="s">
+        <v>153</v>
+      </c>
+      <c r="H14" t="s">
+        <v>154</v>
+      </c>
+      <c r="I14" t="s">
+        <v>155</v>
+      </c>
+      <c r="J14" t="s">
+        <v>116</v>
+      </c>
+      <c r="K14" t="s">
+        <v>156</v>
+      </c>
+      <c r="L14" t="s">
+        <v>157</v>
+      </c>
+      <c r="M14" t="s">
+        <v>158</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" t="s">
+        <v>11</v>
+      </c>
+      <c r="B15" t="s">
+        <v>159</v>
+      </c>
+      <c r="C15" t="s">
+        <v>13</v>
+      </c>
+      <c r="D15" t="s">
+        <v>13</v>
+      </c>
+      <c r="E15" t="s">
+        <v>146</v>
+      </c>
+      <c r="F15" t="s">
+        <v>13</v>
+      </c>
+      <c r="G15" t="s">
+        <v>160</v>
+      </c>
+      <c r="H15" t="s">
+        <v>161</v>
+      </c>
+      <c r="I15" t="s">
+        <v>162</v>
+      </c>
+      <c r="J15" t="s">
+        <v>150</v>
+      </c>
+      <c r="K15" t="s">
+        <v>163</v>
+      </c>
+      <c r="L15" t="s">
+        <v>164</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" t="s">
+        <v>11</v>
+      </c>
+      <c r="B16" t="s">
+        <v>165</v>
+      </c>
+      <c r="C16" t="s">
+        <v>13</v>
+      </c>
+      <c r="D16" t="s">
+        <v>13</v>
+      </c>
+      <c r="E16" t="s">
+        <v>166</v>
+      </c>
+      <c r="F16" t="s">
+        <v>13</v>
+      </c>
+      <c r="G16" t="s">
+        <v>167</v>
+      </c>
+      <c r="H16" t="s">
+        <v>168</v>
+      </c>
+      <c r="I16" t="s">
+        <v>169</v>
+      </c>
+      <c r="J16" t="s">
+        <v>170</v>
+      </c>
+      <c r="K16" t="s">
+        <v>171</v>
+      </c>
+      <c r="L16" t="s">
+        <v>172</v>
+      </c>
+      <c r="M16" t="s">
+        <v>173</v>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" t="s">
+        <v>11</v>
+      </c>
+      <c r="B17" t="s">
+        <v>174</v>
+      </c>
+      <c r="C17" t="s">
+        <v>13</v>
+      </c>
+      <c r="D17" t="s">
+        <v>13</v>
+      </c>
+      <c r="E17" t="s">
+        <v>175</v>
+      </c>
+      <c r="F17" t="s">
+        <v>13</v>
+      </c>
+      <c r="G17" t="s">
+        <v>176</v>
+      </c>
+      <c r="H17" t="s">
+        <v>177</v>
+      </c>
+      <c r="I17" t="s">
+        <v>178</v>
+      </c>
+      <c r="J17" t="s">
+        <v>31</v>
+      </c>
+      <c r="K17" t="s">
+        <v>179</v>
+      </c>
+    </row>
+    <row r="18">
+      <c r="A18" t="s">
+        <v>11</v>
+      </c>
+      <c r="B18" t="s">
+        <v>180</v>
+      </c>
+      <c r="C18" t="s">
+        <v>13</v>
+      </c>
+      <c r="D18" t="s">
+        <v>13</v>
+      </c>
+      <c r="E18" t="s">
+        <v>181</v>
+      </c>
+      <c r="F18" t="s">
+        <v>13</v>
+      </c>
+      <c r="G18" t="s">
+        <v>182</v>
+      </c>
+      <c r="H18" t="s">
+        <v>183</v>
+      </c>
+      <c r="I18" t="s">
+        <v>184</v>
+      </c>
+      <c r="J18" t="s">
+        <v>185</v>
+      </c>
+      <c r="K18" t="s">
+        <v>186</v>
+      </c>
+    </row>
+    <row r="19">
+      <c r="A19" t="s">
+        <v>11</v>
+      </c>
+      <c r="B19" t="s">
+        <v>187</v>
+      </c>
+      <c r="C19" t="s">
+        <v>13</v>
+      </c>
+      <c r="D19" t="s">
+        <v>13</v>
+      </c>
+      <c r="E19" t="s">
+        <v>188</v>
+      </c>
+      <c r="F19" t="s">
+        <v>13</v>
+      </c>
+      <c r="G19" t="s">
+        <v>189</v>
+      </c>
+      <c r="H19" t="s">
+        <v>190</v>
+      </c>
+      <c r="I19" t="s">
+        <v>134</v>
+      </c>
+      <c r="J19" t="s">
+        <v>185</v>
+      </c>
+      <c r="K19" t="s">
+        <v>191</v>
+      </c>
+      <c r="L19" t="s">
+        <v>192</v>
+      </c>
+      <c r="M19" t="s">
+        <v>193</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>