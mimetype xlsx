--- v0 (2025-10-18)
+++ v1 (2026-01-17)
@@ -24,51 +24,51 @@
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export Avis sur les dispositifs" r:id="rId3" sheetId="1"/>
     <sheet name="Export Recommandation de bonne " r:id="rId4" sheetId="2"/>
     <sheet name="Export Guide maladie chronique" r:id="rId5" sheetId="3"/>
     <sheet name="Export Evaluation des technolog" r:id="rId6" sheetId="4"/>
     <sheet name="Export évènement de calendrier" r:id="rId7" sheetId="5"/>
     <sheet name="Export Avis et décisions de la " r:id="rId8" sheetId="6"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Avis sur les dispositifs'!$B$1:$J$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="true">'Export Avis et décisions de la '!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="444" uniqueCount="248">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="436" uniqueCount="243">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
@@ -456,65 +456,50 @@
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint de Thrombasthénie de Glanzmann et pathologies plaquettaires apparentées. Il a été élaboré par le Centre de Référence des Pathologies Plaquettaires Constitutionnelles, à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>27/01/2020 14:13:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3147548/fr/thrombasthenie-de-glanzmann-et-pathologies-plaquettaires-apparentees</t>
   </si>
   <si>
     <t>p_3147548</t>
   </si>
   <si>
     <t>Sclérodermie Systémique</t>
   </si>
   <si>
     <t>L’objectif de ce Protocole National de Diagnostic et de Soins (PNDS) est d’expliciter pour les professionnels de santé la prise en charge optimale et le parcours de soins d’un patient pris en charge comme affection de longue durée au titre de l’ALD 21 : « périartérite noueuse, lupus érythémateux aigu disséminé, sclérodermie systémique ». Ce PNDS concerne uniquement les patients atteints de ScS et se limite aux formes concernées par le texte de l’ALD actuel. Il a été décidé de ne pas inclure dans ce PNDS les sclérodermies localisées, encore appelées morphées, qui sont des atteintes scléreuses de la peau, le plus souvent circonscrites à celle-ci, mais pouvant parfois s’étendre aux tissus sous-jacents musculaires, osseux et parfois nerveux, sans manifestations systémiques.</t>
   </si>
   <si>
     <t>04/04/2018 17:30:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_717292/fr/sclerodermie-systemique</t>
   </si>
   <si>
     <t>c_717292</t>
-  </si>
-[...13 lines deleted...]
-    <t>c_676981</t>
   </si>
   <si>
     <t>Neuropathie amyloïde familiale</t>
   </si>
   <si>
     <t>L’objectif de ce Protocole national de diagnostic et de soins (PNDS) est d’expliciter pour les professionnels de santé la prise en charge optimale actuelle et le parcours de soins d’un patient atteint de neuropathie amyloïde familiale (NAF).</t>
   </si>
   <si>
     <t>03/05/2017 11:51:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2760531/fr/neuropathie-amyloide-familiale</t>
   </si>
   <si>
     <t>c_2760531</t>
   </si>
   <si>
     <t>ALD hors liste - Syndrome de Cushing</t>
   </si>
   <si>
     <t>L’objectif de ce Protocole National de Diagnostic et de Soins (PNDS) est d’expliciter pour les professionnels de santé, la prise en charge optimale et le parcours de soins d’un patient atteint d'un sydrome de Cushing. Ce PNDS et la liste des actes et prestations (LAP) qui lui est adjointe peuvent servir de référence au médecin traitant en concertation avec le médecin spécialiste notamment au moment d’établir le protocole de soins conjointement avec le médecin conseil et le patient, dans le cas d'une demande d'exonération du ticket modérateur au titre d'une affection hors liste.</t>
   </si>
   <si>
     <t>17/09/2008 00:00:00</t>
   </si>
@@ -1014,51 +999,51 @@
       </c>
       <c r="D4" t="s">
         <v>33</v>
       </c>
       <c r="E4" t="s">
         <v>34</v>
       </c>
       <c r="F4" t="s">
         <v>12</v>
       </c>
       <c r="G4" t="s">
         <v>35</v>
       </c>
       <c r="H4" t="s">
         <v>36</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H25"/>
+  <dimension ref="A1:H24"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -1629,746 +1614,720 @@
       </c>
       <c r="E23" t="s">
         <v>146</v>
       </c>
       <c r="F23" t="s">
         <v>12</v>
       </c>
       <c r="G23" t="s">
         <v>147</v>
       </c>
       <c r="H23" t="s">
         <v>148</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="s">
         <v>37</v>
       </c>
       <c r="B24" t="s">
         <v>149</v>
       </c>
       <c r="C24" t="s">
         <v>150</v>
       </c>
       <c r="D24" t="s">
-        <v>12</v>
+        <v>151</v>
       </c>
       <c r="E24" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="F24" t="s">
         <v>12</v>
       </c>
       <c r="G24" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="H24" t="s">
-        <v>153</v>
-[...6 lines deleted...]
-      <c r="B25" t="s">
         <v>154</v>
-      </c>
-[...16 lines deleted...]
-        <v>159</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H4"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
+        <v>155</v>
+      </c>
+      <c r="B2" t="s">
+        <v>156</v>
+      </c>
+      <c r="C2" t="s">
+        <v>157</v>
+      </c>
+      <c r="D2" t="s">
+        <v>158</v>
+      </c>
+      <c r="E2" t="s">
+        <v>159</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
         <v>160</v>
       </c>
-      <c r="B2" t="s">
+      <c r="H2" t="s">
         <v>161</v>
-      </c>
-[...16 lines deleted...]
-        <v>166</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>160</v>
+        <v>155</v>
       </c>
       <c r="B3" t="s">
-        <v>167</v>
+        <v>162</v>
       </c>
       <c r="C3" t="s">
-        <v>168</v>
+        <v>163</v>
       </c>
       <c r="D3" t="s">
         <v>12</v>
       </c>
       <c r="E3" t="s">
-        <v>169</v>
+        <v>164</v>
       </c>
       <c r="F3" t="s">
         <v>12</v>
       </c>
       <c r="G3" t="s">
-        <v>170</v>
+        <v>165</v>
       </c>
       <c r="H3" t="s">
-        <v>171</v>
+        <v>166</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>160</v>
+        <v>155</v>
       </c>
       <c r="B4" t="s">
+        <v>167</v>
+      </c>
+      <c r="C4" t="s">
+        <v>168</v>
+      </c>
+      <c r="D4" t="s">
+        <v>169</v>
+      </c>
+      <c r="E4" t="s">
+        <v>170</v>
+      </c>
+      <c r="F4" t="s">
+        <v>12</v>
+      </c>
+      <c r="G4" t="s">
+        <v>171</v>
+      </c>
+      <c r="H4" t="s">
         <v>172</v>
-      </c>
-[...16 lines deleted...]
-        <v>177</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:I16"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
-        <v>178</v>
+        <v>173</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
+        <v>174</v>
+      </c>
+      <c r="B2" t="s">
+        <v>175</v>
+      </c>
+      <c r="C2" t="s">
+        <v>12</v>
+      </c>
+      <c r="D2" t="s">
+        <v>12</v>
+      </c>
+      <c r="E2" t="s">
+        <v>176</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>177</v>
+      </c>
+      <c r="H2" t="s">
+        <v>178</v>
+      </c>
+      <c r="I2" t="s">
         <v>179</v>
-      </c>
-[...22 lines deleted...]
-        <v>184</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
+        <v>174</v>
+      </c>
+      <c r="B3" t="s">
+        <v>180</v>
+      </c>
+      <c r="C3" t="s">
+        <v>12</v>
+      </c>
+      <c r="D3" t="s">
+        <v>12</v>
+      </c>
+      <c r="E3" t="s">
+        <v>181</v>
+      </c>
+      <c r="F3" t="s">
+        <v>12</v>
+      </c>
+      <c r="G3" t="s">
+        <v>182</v>
+      </c>
+      <c r="H3" t="s">
+        <v>183</v>
+      </c>
+      <c r="I3" t="s">
         <v>179</v>
-      </c>
-[...22 lines deleted...]
-        <v>184</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
+        <v>174</v>
+      </c>
+      <c r="B4" t="s">
+        <v>184</v>
+      </c>
+      <c r="C4" t="s">
+        <v>12</v>
+      </c>
+      <c r="D4" t="s">
+        <v>12</v>
+      </c>
+      <c r="E4" t="s">
+        <v>185</v>
+      </c>
+      <c r="F4" t="s">
+        <v>12</v>
+      </c>
+      <c r="G4" t="s">
+        <v>186</v>
+      </c>
+      <c r="H4" t="s">
+        <v>187</v>
+      </c>
+      <c r="I4" t="s">
         <v>179</v>
-      </c>
-[...22 lines deleted...]
-        <v>184</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
+        <v>174</v>
+      </c>
+      <c r="B5" t="s">
+        <v>188</v>
+      </c>
+      <c r="C5" t="s">
+        <v>12</v>
+      </c>
+      <c r="D5" t="s">
+        <v>12</v>
+      </c>
+      <c r="E5" t="s">
+        <v>189</v>
+      </c>
+      <c r="F5" t="s">
+        <v>12</v>
+      </c>
+      <c r="G5" t="s">
+        <v>190</v>
+      </c>
+      <c r="H5" t="s">
+        <v>191</v>
+      </c>
+      <c r="I5" t="s">
         <v>179</v>
-      </c>
-[...22 lines deleted...]
-        <v>184</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
+        <v>174</v>
+      </c>
+      <c r="B6" t="s">
+        <v>192</v>
+      </c>
+      <c r="C6" t="s">
+        <v>12</v>
+      </c>
+      <c r="D6" t="s">
+        <v>12</v>
+      </c>
+      <c r="E6" t="s">
+        <v>193</v>
+      </c>
+      <c r="F6" t="s">
+        <v>12</v>
+      </c>
+      <c r="G6" t="s">
+        <v>194</v>
+      </c>
+      <c r="H6" t="s">
+        <v>195</v>
+      </c>
+      <c r="I6" t="s">
         <v>179</v>
-      </c>
-[...22 lines deleted...]
-        <v>184</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
+        <v>174</v>
+      </c>
+      <c r="B7" t="s">
+        <v>196</v>
+      </c>
+      <c r="C7" t="s">
+        <v>12</v>
+      </c>
+      <c r="D7" t="s">
+        <v>12</v>
+      </c>
+      <c r="E7" t="s">
+        <v>197</v>
+      </c>
+      <c r="F7" t="s">
+        <v>12</v>
+      </c>
+      <c r="G7" t="s">
+        <v>198</v>
+      </c>
+      <c r="H7" t="s">
+        <v>199</v>
+      </c>
+      <c r="I7" t="s">
         <v>179</v>
-      </c>
-[...22 lines deleted...]
-        <v>184</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
+        <v>174</v>
+      </c>
+      <c r="B8" t="s">
+        <v>200</v>
+      </c>
+      <c r="C8" t="s">
+        <v>12</v>
+      </c>
+      <c r="D8" t="s">
+        <v>12</v>
+      </c>
+      <c r="E8" t="s">
+        <v>201</v>
+      </c>
+      <c r="F8" t="s">
+        <v>12</v>
+      </c>
+      <c r="G8" t="s">
+        <v>202</v>
+      </c>
+      <c r="H8" t="s">
+        <v>203</v>
+      </c>
+      <c r="I8" t="s">
         <v>179</v>
-      </c>
-[...22 lines deleted...]
-        <v>184</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
+        <v>174</v>
+      </c>
+      <c r="B9" t="s">
+        <v>204</v>
+      </c>
+      <c r="C9" t="s">
+        <v>12</v>
+      </c>
+      <c r="D9" t="s">
+        <v>12</v>
+      </c>
+      <c r="E9" t="s">
+        <v>205</v>
+      </c>
+      <c r="F9" t="s">
+        <v>12</v>
+      </c>
+      <c r="G9" t="s">
+        <v>206</v>
+      </c>
+      <c r="H9" t="s">
+        <v>207</v>
+      </c>
+      <c r="I9" t="s">
         <v>179</v>
-      </c>
-[...22 lines deleted...]
-        <v>184</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
+        <v>174</v>
+      </c>
+      <c r="B10" t="s">
+        <v>208</v>
+      </c>
+      <c r="C10" t="s">
+        <v>12</v>
+      </c>
+      <c r="D10" t="s">
+        <v>12</v>
+      </c>
+      <c r="E10" t="s">
+        <v>209</v>
+      </c>
+      <c r="F10" t="s">
+        <v>12</v>
+      </c>
+      <c r="G10" t="s">
+        <v>210</v>
+      </c>
+      <c r="H10" t="s">
+        <v>211</v>
+      </c>
+      <c r="I10" t="s">
         <v>179</v>
-      </c>
-[...22 lines deleted...]
-        <v>184</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
+        <v>174</v>
+      </c>
+      <c r="B11" t="s">
+        <v>212</v>
+      </c>
+      <c r="C11" t="s">
+        <v>12</v>
+      </c>
+      <c r="D11" t="s">
+        <v>12</v>
+      </c>
+      <c r="E11" t="s">
+        <v>213</v>
+      </c>
+      <c r="F11" t="s">
+        <v>12</v>
+      </c>
+      <c r="G11" t="s">
+        <v>214</v>
+      </c>
+      <c r="H11" t="s">
+        <v>215</v>
+      </c>
+      <c r="I11" t="s">
         <v>179</v>
-      </c>
-[...22 lines deleted...]
-        <v>184</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
+        <v>174</v>
+      </c>
+      <c r="B12" t="s">
+        <v>216</v>
+      </c>
+      <c r="C12" t="s">
+        <v>12</v>
+      </c>
+      <c r="D12" t="s">
+        <v>12</v>
+      </c>
+      <c r="E12" t="s">
+        <v>217</v>
+      </c>
+      <c r="F12" t="s">
+        <v>12</v>
+      </c>
+      <c r="G12" t="s">
+        <v>218</v>
+      </c>
+      <c r="H12" t="s">
+        <v>219</v>
+      </c>
+      <c r="I12" t="s">
         <v>179</v>
-      </c>
-[...22 lines deleted...]
-        <v>184</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
+        <v>174</v>
+      </c>
+      <c r="B13" t="s">
+        <v>220</v>
+      </c>
+      <c r="C13" t="s">
+        <v>12</v>
+      </c>
+      <c r="D13" t="s">
+        <v>12</v>
+      </c>
+      <c r="E13" t="s">
+        <v>221</v>
+      </c>
+      <c r="F13" t="s">
+        <v>12</v>
+      </c>
+      <c r="G13" t="s">
+        <v>222</v>
+      </c>
+      <c r="H13" t="s">
+        <v>223</v>
+      </c>
+      <c r="I13" t="s">
         <v>179</v>
-      </c>
-[...22 lines deleted...]
-        <v>184</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
+        <v>174</v>
+      </c>
+      <c r="B14" t="s">
+        <v>224</v>
+      </c>
+      <c r="C14" t="s">
+        <v>12</v>
+      </c>
+      <c r="D14" t="s">
+        <v>12</v>
+      </c>
+      <c r="E14" t="s">
+        <v>225</v>
+      </c>
+      <c r="F14" t="s">
+        <v>12</v>
+      </c>
+      <c r="G14" t="s">
+        <v>226</v>
+      </c>
+      <c r="H14" t="s">
+        <v>227</v>
+      </c>
+      <c r="I14" t="s">
         <v>179</v>
-      </c>
-[...22 lines deleted...]
-        <v>184</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
+        <v>174</v>
+      </c>
+      <c r="B15" t="s">
+        <v>228</v>
+      </c>
+      <c r="C15" t="s">
+        <v>12</v>
+      </c>
+      <c r="D15" t="s">
+        <v>12</v>
+      </c>
+      <c r="E15" t="s">
+        <v>229</v>
+      </c>
+      <c r="F15" t="s">
+        <v>12</v>
+      </c>
+      <c r="G15" t="s">
+        <v>230</v>
+      </c>
+      <c r="H15" t="s">
+        <v>231</v>
+      </c>
+      <c r="I15" t="s">
         <v>179</v>
-      </c>
-[...22 lines deleted...]
-        <v>184</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
+        <v>174</v>
+      </c>
+      <c r="B16" t="s">
+        <v>232</v>
+      </c>
+      <c r="C16" t="s">
+        <v>12</v>
+      </c>
+      <c r="D16" t="s">
+        <v>12</v>
+      </c>
+      <c r="E16" t="s">
+        <v>233</v>
+      </c>
+      <c r="F16" t="s">
+        <v>12</v>
+      </c>
+      <c r="G16" t="s">
+        <v>234</v>
+      </c>
+      <c r="H16" t="s">
+        <v>235</v>
+      </c>
+      <c r="I16" t="s">
         <v>179</v>
-      </c>
-[...22 lines deleted...]
-        <v>184</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:I1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
+        <v>236</v>
+      </c>
+      <c r="B2" t="s">
+        <v>237</v>
+      </c>
+      <c r="C2" t="s">
+        <v>238</v>
+      </c>
+      <c r="D2" t="s">
+        <v>239</v>
+      </c>
+      <c r="E2" t="s">
+        <v>240</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
         <v>241</v>
       </c>
-      <c r="B2" t="s">
+      <c r="H2" t="s">
         <v>242</v>
-      </c>
-[...16 lines deleted...]
-        <v>247</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>