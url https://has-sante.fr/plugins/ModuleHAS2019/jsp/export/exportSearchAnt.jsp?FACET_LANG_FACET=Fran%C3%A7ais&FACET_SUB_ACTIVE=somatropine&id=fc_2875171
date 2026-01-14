--- v0 (2025-10-16)
+++ v1 (2026-01-14)
@@ -1,807 +1,2123 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Drugs" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Guide maladie chronique" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Evaluation des technolog" r:id="rId4" sheetId="2"/>
+    <sheet name="Export évènement de calendrier" r:id="rId5" sheetId="3"/>
+    <sheet name="Export Medicament" r:id="rId6" sheetId="4"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Drugs'!$B$1:$K$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="131" uniqueCount="97">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="405" uniqueCount="224">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Active ingredient</t>
-[...8 lines deleted...]
-    <t>Medicine</t>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Syndrome de Costello</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint du Syndrome de Costello. Il a été élaboré par le Centre de référence Anomalies du développement et syndromes malformatifs SOOR à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>19/07/2012 00:00:00</t>
+  </si>
+  <si>
+    <t>10/07/2025 00:00:00</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1288596/fr/syndrome-de-costello</t>
+  </si>
+  <si>
+    <t>c_1288596</t>
+  </si>
+  <si>
+    <t>Déficit hypophysaire congénital</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de déficit hypophysaire congénital. Il a été élaboré par le Centre de référence HYPO Maladies rares d’origine hypophysaire et le Centre de référence CRMERCD Maladies endocriniennes de la croissance et du développement à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>01/12/2021 17:36:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3301031/fr/deficit-hypophysaire-congenital</t>
+  </si>
+  <si>
+    <t>p_3301031</t>
+  </si>
+  <si>
+    <t>RASopathies : syndromes de Noonan, cardio-facio-cutané et apparentés</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’un syndrome de Noonan ou de ses variants, d’un syndrome cardio-facio-cutané ou d’une pathologie apparentée. Il a été élaboré par le Centre de référence Anomalies du développement et syndromes malformatif d’Ile de France à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>01/10/2021 10:41:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2679254/fr/rasopathies-syndromes-de-noonan-cardio-facio-cutane-et-apparentes</t>
+  </si>
+  <si>
+    <t>c_2679254</t>
+  </si>
+  <si>
+    <t>ALD hors liste - Syndrome de Prader-Willi</t>
+  </si>
+  <si>
+    <t>L’objectif de ce protocole national de diagnostic et de soins (PNDS) est d’expliciter pour les professionnels de santé la prise en charge optimale et le parcours de soins des patients atteints du Syndrome de Prader-Willi.</t>
+  </si>
+  <si>
+    <t>01/05/2012 00:00:00</t>
+  </si>
+  <si>
+    <t>01/05/2012 11:35:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1216145/fr/ald-hors-liste-syndrome-de-prader-willi</t>
+  </si>
+  <si>
+    <t>c_1216145</t>
+  </si>
+  <si>
+    <t>Evaluation des technologies de santé</t>
+  </si>
+  <si>
+    <t>L’hormone de croissance chez l’enfant non déficitaire, évaluation du service rendu à la collectivité</t>
+  </si>
+  <si>
+    <t>L’évaluation avait pour objectif de : répondre aux interrogations de la Commission de la transparence portant sur l’amélioration de la taille adulte, la tolérance à long terme et sur le caractère pathologique de la petite taille ; de documenter les dimensions du Service Rendu à la Collectivité (SeRC). Elle vise à éclairer en premier lieu la décision publique. Elle contient également des données scientifiques nécessaires à l’élaboration de documents destinés au prescripteur.</t>
+  </si>
+  <si>
+    <t>21/12/2011 00:00:00</t>
+  </si>
+  <si>
+    <t>30/01/2012 10:38:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1173766/fr/l-hormone-de-croissance-chez-l-enfant-non-deficitaire-evaluation-du-service-rendu-a-la-collectivite</t>
+  </si>
+  <si>
+    <t>c_1173766</t>
+  </si>
+  <si>
+    <t>Type d'évènement</t>
+  </si>
+  <si>
+    <t>Evénement de Calendrier</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 10 avril 2024</t>
+  </si>
+  <si>
+    <t>04/04/2024 10:16:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3505957/fr/commission-de-la-transparence-reunion-du-10-avril-2024</t>
+  </si>
+  <si>
+    <t>p_3505957</t>
+  </si>
+  <si>
+    <t>Commission</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 19 juillet 2023</t>
+  </si>
+  <si>
+    <t>20/07/2023 14:38:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3452781/fr/commission-de-la-transparence-reunion-du-19-juillet-2023</t>
+  </si>
+  <si>
+    <t>p_3452781</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 20 Juillet 2022</t>
+  </si>
+  <si>
+    <t>18/07/2022 09:24:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3352633/fr/commission-de-la-transparence-reunion-du-20-juillet-2022</t>
+  </si>
+  <si>
+    <t>p_3352633</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 29 Juin 2022</t>
+  </si>
+  <si>
+    <t>13/06/2022 15:58:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3343891/fr/commission-de-la-transparence-reunion-du-29-juin-2022</t>
+  </si>
+  <si>
+    <t>p_3343891</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion à distance du 18 novembre 2020</t>
+  </si>
+  <si>
+    <t>16/11/2020 16:06:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3217678/fr/commission-de-la-transparence-reunion-a-distance-du-18-novembre-2020</t>
+  </si>
+  <si>
+    <t>p_3217678</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion à distance du 21 octobre 2020</t>
+  </si>
+  <si>
+    <t>14/10/2020 16:14:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3212898/fr/commission-de-la-transparence-reunion-a-distance-du-21-octobre-2020</t>
+  </si>
+  <si>
+    <t>p_3212898</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion à distance du 7 octobre 2020</t>
+  </si>
+  <si>
+    <t>30/09/2020 16:29:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3210376/fr/commission-de-la-transparence-reunion-a-distance-du-7-octobre-2020</t>
+  </si>
+  <si>
+    <t>p_3210376</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion à distance du 23 septembre 2020</t>
+  </si>
+  <si>
+    <t>17/09/2020 17:33:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3202127/fr/commission-de-la-transparence-reunion-a-distance-du-23-septembre-2020</t>
+  </si>
+  <si>
+    <t>p_3202127</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 18 septembre 2019</t>
+  </si>
+  <si>
+    <t>11/09/2019 16:48:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3104426/fr/commission-de-la-transparence-reunion-du-18-septembre-2019</t>
+  </si>
+  <si>
+    <t>p_3104426</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 17 février 2016</t>
+  </si>
+  <si>
+    <t>09/02/2016 16:06:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2607552/fr/commission-de-la-transparence-reunion-du-17-fevrier-2016</t>
+  </si>
+  <si>
+    <t>c_2607552</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 2 décembre 2015</t>
+  </si>
+  <si>
+    <t>25/11/2015 17:59:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2574689/fr/commission-de-la-transparence-reunion-du-2-decembre-2015</t>
+  </si>
+  <si>
+    <t>c_2574689</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 21 octobre 2015</t>
+  </si>
+  <si>
+    <t>14/10/2015 17:27:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2563061/fr/commission-de-la-transparence-reunion-du-21-octobre-2015</t>
+  </si>
+  <si>
+    <t>c_2563061</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 22 juillet 2015</t>
+  </si>
+  <si>
+    <t>15/07/2015 14:16:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2046188/fr/commission-de-la-transparence-reunion-du-22-juillet-2015</t>
+  </si>
+  <si>
+    <t>c_2046188</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 1er juillet 2015</t>
+  </si>
+  <si>
+    <t>24/06/2015 17:09:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2040932/fr/commission-de-la-transparence-reunion-du-1er-juillet-2015</t>
+  </si>
+  <si>
+    <t>c_2040932</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 17 juin 2015</t>
+  </si>
+  <si>
+    <t>10/06/2015 18:26:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2038314/fr/commission-de-la-transparence-reunion-du-17-juin-2015</t>
+  </si>
+  <si>
+    <t>c_2038314</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 1 avril 2015</t>
+  </si>
+  <si>
+    <t>25/03/2015 17:38:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2022641/fr/commission-de-la-transparence-reunion-du-1-avril-2015</t>
+  </si>
+  <si>
+    <t>c_2022641</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 7 janvier 2015</t>
+  </si>
+  <si>
+    <t>31/12/2014 15:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2004258/fr/commission-de-la-transparence-reunion-du-7-janvier-2015</t>
+  </si>
+  <si>
+    <t>c_2004258</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 19 mars 2014</t>
+  </si>
+  <si>
+    <t>14/03/2014 16:13:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1728868/fr/commission-de-la-transparence-reunion-du-19-mars-2014</t>
+  </si>
+  <si>
+    <t>c_1728868</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 19 septembre 2012</t>
+  </si>
+  <si>
+    <t>18/09/2012 09:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1296038/fr/commission-de-la-transparence-reunion-du-19-septembre-2012</t>
+  </si>
+  <si>
+    <t>c_1296038</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 7 décembre 2011</t>
+  </si>
+  <si>
+    <t>07/12/2011 14:35:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1146241/fr/commission-de-la-transparence-reunion-du-7-decembre-2011</t>
+  </si>
+  <si>
+    <t>c_1146241</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 25 juin 2008</t>
+  </si>
+  <si>
+    <t>25/06/2008 16:36:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_673949/fr/commission-de-la-transparence-reunion-du-25-juin-2008</t>
+  </si>
+  <si>
+    <t>c_673949</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 20 juin 2007</t>
+  </si>
+  <si>
+    <t>20/06/2007 10:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_616102/fr/commission-de-la-transparence-reunion-du-20-juin-2007</t>
+  </si>
+  <si>
+    <t>c_616102</t>
+  </si>
+  <si>
+    <t>Substance active (DCI)</t>
+  </si>
+  <si>
+    <t>Laboratoire / Fabricant</t>
+  </si>
+  <si>
+    <t>Avis sur les Médicaments</t>
+  </si>
+  <si>
+    <t>Médicament</t>
   </si>
   <si>
     <t>GENOTONORM (somatropine)</t>
   </si>
   <si>
-    <t/>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2984428/en/genotonorm-somatropine</t>
+    <t>17/05/2024 09:19:14</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984428/fr/genotonorm-somatropine</t>
   </si>
   <si>
     <t>pprd_2984428</t>
   </si>
   <si>
     <t>somatropine</t>
   </si>
   <si>
     <t>PFIZER PFE FRANCE</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_398956/en/genotonorm-miniquick-0-6-ui-0-2-mg-/0-25-ml-poudre-et-solvant-pour-solution-injectable-en-seringue-pre-remplie-b/7-genotonorm-miniquick-1-2-ui-0-4-mg-/0-25-ml-poudre-et-solvant-pour-solution-injectable-en-seringue-pre-remplie-b/7-genotonorm-miniquick-1-8-ui-0-6-mg-/0-25-ml-poudre-et-solvant-pour-solution-injectable-en-seringue-pre-remplie-b/7-genotonorm-miniquick-2-4-ui-0-8mg-/0-25-ml-poudre-et-solvant-pour-solution-injectable-en-seringue-pre-remplie-b/7-genotonorm-miniquick-3-ui-1mg-/0-25-ml-poudre-et-solvant-pour-solution-injectable-en-seringue-pre-remplie-b/7-genotonorm-miniquick-3-6-ui-1-2mg-/0-25-ml-poudre-et-solvant-pour-solution-injectable-en-seringue-pre-remplie-b/7-genotonorm-miniquick-4-2-ui-1-4mg-/0-25-ml-poudre-et-solvant-pour-solution-injectable-en-seringue-pre-remplie-b/7-genotonorm-miniquick-4-8-ui-1-6mg-/0-25-ml-poudre-et-solvant-pour-solution-injectable-en-seringue-pre-remplie-b/7-genotonorm-miniquick-5-4-ui-1-8mg-/0-25-ml-poudre-et-solvant-pour-solution-injectable-en-seringue-pre-remplie-b/7</t>
-[...26 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3517166/en/genotonorm-somatropin-growth-disturbance</t>
+    <t>https://www.has-sante.fr/jcms/c_398956/fr/genotonorm-miniquick-0-6-ui-0-2-mg-/0-25-ml-poudre-et-solvant-pour-solution-injectable-en-seringue-pre-remplie-b/7-genotonorm-miniquick-1-2-ui-0-4-mg-/0-25-ml-poudre-et-solvant-pour-solution-injectable-en-seringue-pre-remplie-b/7-genotonorm-miniquick-1-8-ui-0-6-mg-/0-25-ml-poudre-et-solvant-pour-solution-injectable-en-seringue-pre-remplie-b/7-genotonorm-miniquick-2-4-ui-0-8mg-/0-25-ml-poudre-et-solvant-pour-solution-injectable-en-seringue-pre-remplie-b/7-genotonorm-miniquick-3-ui-1mg-/0-25-ml-poudre-et-solvant-pour-solution-injectable-en-seringue-pre-remplie-b/7-genotonorm-miniquick-3-6-ui-1-2mg-/0-25-ml-poudre-et-solvant-pour-solution-injectable-en-seringue-pre-remplie-b/7-genotonorm-miniquick-4-2-ui-1-4mg-/0-25-ml-poudre-et-solvant-pour-solution-injectable-en-seringue-pre-remplie-b/7-genotonorm-miniquick-4-8-ui-1-6mg-/0-25-ml-poudre-et-solvant-pour-solution-injectable-en-seringue-pre-remplie-b/7-genotonorm-miniquick-5-4-ui-1-8mg-/0-25-ml-poudre-et-solvant-pour-solution-injectable-en-seringue-pre-remplie-b/7</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399145/fr/genotonorm-miniquick-0-2-mg/0-25-ml-poudre-et-solvant-pour-solution-injectable-en-seringue-pre-remplie-b/7-genotonorm-miniquick-0-4-mg/0-25-ml-poudre-et-solvant-pour-solution-injectable-en-seringue-pre-remplie-b/7-genotonorm-miniquick-0-6-mg/0-25-ml-poudre-et-solvant-pour-solution-injectable-en-seringue-pre-remplie-b/7-genotonorm-miniquick-0-8mg/0-25-ml-poudre-et-solvant-pour-solution-injectable-en-seringue-pre-remplie-b/7-genotonorm-miniquick-1mg/0-25-ml-poudre-et-solvant-pour-solution-injectable-en-seringue-pre-remplie-b/7-genotonorm-miniquick-1-2mg/0-25-ml-poudre-et-solvant-pour-solution-injectable-en-seringue-pre-remplie-b/7-genotonorm-miniquick-1-4mg/0-25-ml-poudre-et-solvant-pour-solution-injectable-en-seringue-pre-remplie-b/7-genotonorm-miniquick-1-6mg/0-25-ml-poudre-et-solvant-pour-solution-injectable-en-seringue-pre-remplie-b/7-genotonorm-miniquick-1-8mg/0-25-ml-poudre-et-solvant-pour-solution-injectable-en-seringue-pre-remplie-b/7-genotonorm-miniquick-2mg/0-25-ml-poudre-et-solvant-pour-solution-inje</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399745/fr/genotonorm-miniquick-0-2-mg/0-25-ml-poudre-et-solvant-pour-solution-injectable-en-seringue-preremplie-genotonorm-miniquick-0-4-mg/0-25-ml-poudre-et-solvant-pour-solution-injectable-en-seringue-preremplie-genotonorm-miniquick-0-6-mg/0-25-ml-poudre-et-solvant-pour-solution-injectable-en-seringue-preremplie-genotonorm-miniquick-0-8-mg/0-25-ml-poudre-et-solvant-pour-solution-injectable-en-seringue-preremplie-genotonorm-miniquick-1-mg/0-25-ml-poudre-et-solvant-pour-solution-injectable-en-seringue-preremplie-genotonorm-miniquick-1-2-mg/0-25-ml-poudre-et-solvant-pour-solution-injectable-en-seringue-preremplie-genotonorm-miniquick-1-4-mg/0-25-ml-poudre-et-solvant-pour-solution-injectable-en-seringue-preremplie-genotonorm-miniquick-1-6-mg/0-25-ml-poudre-et-solvant-pour-solution-injectable-en-seringue-preremplie-genotonorm-miniquick-1-8-mg/0-25-ml-poudre-et-solvant-pour-solution-injectable-en-seringue-preremplie-genotonorm-miniquick-2-mg/0-25-ml-poudre-et-solvant-pour-solution-injectable-en-seringue-preremplie-genotono</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400036/fr/genotonorm-somatropine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400192/fr/genotonorm-5-3-mg/1-ml-genotonorm-12-mg/1-ml-poudre-et-solvant-pour-solution-injectable-en-cartouche-boite-de-1</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1334814/fr/genotonorm-genotonorm-miniquick-somatropine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1190364/fr/genotonorm-somatropine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2057637/fr/genotonorm-somatropine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3108936/fr/genotonorm-somatropine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3517166/fr/genotonorm-somatropine-hormone-de-croissance</t>
   </si>
   <si>
     <t>UMATROPE (somatropine)</t>
   </si>
   <si>
-    <t>05/17/2024 10:38:45</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2984459/en/umatrope-somatropine</t>
+    <t>17/05/2024 10:38:45</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984459/fr/umatrope-somatropine</t>
   </si>
   <si>
     <t>pprd_2984459</t>
   </si>
   <si>
     <t>LILLY FRANCE</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_400202/en/umatrope-1-3-mg/2-ml-poudre-et-solvant-pour-solution-injectable-en-multidose-boite-de-1-umatrope-6-mg/3-ml-umatrope-12-mg/3-ml-poudre-et-solvant-pour-solution-injectable-en-cartouche-multidose-boite-de-1</t>
-[...20 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3517408/en/umatrope-somatropine-growth-disturbance</t>
+    <t>https://www.has-sante.fr/jcms/c_400202/fr/umatrope-1-3-mg/2-ml-poudre-et-solvant-pour-solution-injectable-en-multidose-boite-de-1-umatrope-6-mg/3-ml-umatrope-12-mg/3-ml-poudre-et-solvant-pour-solution-injectable-en-cartouche-multidose-boite-de-1</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_574649/fr/umatrope-somatropine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_684131/fr/umatrope-somatropine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1190382/fr/umatrope-somatropine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1336447/fr/umatrope-somatropine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2048961/fr/umatrope-somatropine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3108939/fr/umatrope-somatropine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3517408/fr/umatrope-somatropine-hormone-de-croissance</t>
   </si>
   <si>
     <t>OMNITROPE (somatropine)</t>
   </si>
   <si>
-    <t>09/07/2023 15:25:49</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2984824/en/omnitrope-somatropine</t>
+    <t>07/09/2023 15:25:49</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984824/fr/omnitrope-somatropine</t>
   </si>
   <si>
     <t>pprd_2984824</t>
   </si>
   <si>
     <t>SANDOZ SAS</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_486595/en/omnitrope</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3459847/en/omnitrope-somatropin-growth-hormone</t>
+    <t>https://www.has-sante.fr/jcms/c_486595/fr/omnitrope-somatropine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1190353/fr/omnitrope-somatropine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1334829/fr/omnitrope-somatropine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1724454/fr/omnitrope-somatropine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3459847/fr/omnitrope-somatropine-hormone-de-croissance</t>
   </si>
   <si>
     <t>SAIZEN - SAIZEN CLICKEASY (somatropine)</t>
   </si>
   <si>
-    <t>09/22/2022 14:46:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2984968/en/saizen-saizen-clickeasy-somatropine</t>
+    <t>22/09/2022 14:46:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984968/fr/saizen-saizen-clickeasy-somatropine</t>
   </si>
   <si>
     <t>pprd_2984968</t>
   </si>
   <si>
     <t>MERCK SERONO</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_399515/en/saizen-somatropine</t>
-[...17 lines deleted...]
-    <t>NORDITROPINE</t>
+    <t>https://www.has-sante.fr/jcms/c_399515/fr/saizen-somatropine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400946/fr/saizen-saizen-clickeasy-somatropine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_559895/fr/saizen-somatropine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1190350/fr/saizen-somatropine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1336435/fr/saizen-saizen-clickeasy-somatropine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3361553/fr/saizen-somatropine-hormone-de-croissance</t>
+  </si>
+  <si>
+    <t>NORDITROPINE (somatropine)</t>
   </si>
   <si>
     <t>09/09/2022 15:23:00</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/pprd_2984245/en/norditropine</t>
+    <t>https://www.has-sante.fr/jcms/pprd_2984245/fr/norditropine-somatropine</t>
   </si>
   <si>
     <t>pprd_2984245</t>
   </si>
   <si>
     <t>NOVO NORDISK</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_400037/en/norditropine-1-3-mg/1-ml-poudre-et-solvant-pour-solution-injectable-boite-de-1-norditropine-simplexx-5-mg/1-5-ml-solution-injectable-en-cartouche-boite-de-1-cartouche-norditropine-simplexx-10-mg/1-5-ml-solution-injectable-en-cartouche-boite-de-1-cartouche-norditropine-simplexx-15-mg/1-5-ml-solution-injectable-en-cartouche-boite-de-1-cartouche</t>
-[...23 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3358585/en/norditropine-flexpro-somatropine</t>
+    <t>https://www.has-sante.fr/jcms/c_400037/fr/norditropine-1-3-mg/1-ml-poudre-et-solvant-pour-solution-injectable-boite-de-1-norditropine-simplexx-5-mg/1-5-ml-solution-injectable-en-cartouche-boite-de-1-cartouche-norditropine-simplexx-10-mg/1-5-ml-solution-injectable-en-cartouche-boite-de-1-cartouche-norditropine-simplexx-15-mg/1-5-ml-solution-injectable-en-cartouche-boite-de-1-cartouche</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400812/fr/norditropine-simplexx-10-mg/1-5-ml-solution-injectable-en-cartouche-1-cartouche-de-1-5-ml-353-089-1-norditropine-simplexx-15-mg/1-5-ml-solution-injectable-en-cartouche-1-cartouche-de-1-5-ml-353-093-9-norditropine-simplexx-5-mg/1-5-ml-solution-injectable-en-cartouche-1-cartouche-de-1-5-ml-353-086-2-somatropine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1190361/fr/norditropine-somatropine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1334796/fr/norditropine-simplex-et-nordiflex-somatropine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2598132/fr/norditropine-simplexx-nordiflex-somatropine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3108982/fr/norditropine-somatropine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3077006/fr/norditropine-flexpro-somatropine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3214282/fr/norditropine-somatropine-somatropine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3358585/fr/norditropine-flexpro-somatropine</t>
   </si>
   <si>
     <t>NUTROPINAQ (somatropine)</t>
   </si>
   <si>
-    <t>10/03/2019 11:57:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2984604/en/nutropinaq-somatropine</t>
+    <t>03/10/2019 11:57:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984604/fr/nutropinaq-somatropine</t>
   </si>
   <si>
     <t>pprd_2984604</t>
   </si>
   <si>
     <t>IPSEN PHARMA</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_400048/en/nutropinaq-10-mg-/-2-ml-solution-injectable-en-cartouche-boite-de-1</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3108930/en/nutropinaq-somatropine</t>
+    <t>https://www.has-sante.fr/jcms/c_400048/fr/nutropinaq-10-mg-/-2-ml-solution-injectable-en-cartouche-boite-de-1</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1190370/fr/nutropinaq-somatropine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1334817/fr/nutropinaq-somatropine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2013177/fr/nutropinaq-somatropine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3108930/fr/nutropinaq-somatropine</t>
   </si>
   <si>
     <t>ZOMACTON (somatropine)</t>
   </si>
   <si>
-    <t>08/06/2015 09:28:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2984444/en/zomacton-somatropine</t>
+    <t>06/08/2015 09:28:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984444/fr/zomacton-somatropine</t>
   </si>
   <si>
     <t>pprd_2984444</t>
   </si>
   <si>
     <t>FERRING SAS</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_399209/en/zomacton-1-3-mg/ml-poudre-et-solvant-pour-solution-injectable-boite-de-1-flacon-zomacton-4-mg-poudre-et-solvant-pour-solution-injectable-en-multidose-boite-de-1-flacon</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2052647/en/zomacton-somatropine</t>
+    <t>https://www.has-sante.fr/jcms/c_399209/fr/zomacton-1-3-mg/ml-poudre-et-solvant-pour-solution-injectable-boite-de-1-flacon-zomacton-4-mg-poudre-et-solvant-pour-solution-injectable-en-multidose-boite-de-1-flacon</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_460289/fr/zomacton-somatropine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1190373/fr/zomacton-somatropine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1336444/fr/zomacton-somatropine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2052647/fr/zomacton-somatropine</t>
+  </si>
+  <si>
+    <t>MAXOMAT (somatropine)</t>
+  </si>
+  <si>
+    <t>19/01/2005 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985865/fr/maxomat-somatropine</t>
+  </si>
+  <si>
+    <t>pprd_2985865</t>
+  </si>
+  <si>
+    <t>SANOFI-SYNTHELABO France</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400168/fr/maxomat-1-3-mg-poudre-et-solvant-pour-solution-injectable-boite-de-1-flacon-de-poudre-1-ampoule-de-2-ml-de-solvant</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:T8"/>
+  <dimension ref="A1:H5"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
-      <c r="I1" t="s">
-[...7 lines deleted...]
-      </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
+        <v>8</v>
+      </c>
+      <c r="B2" t="s">
+        <v>9</v>
+      </c>
+      <c r="C2" t="s">
+        <v>10</v>
+      </c>
+      <c r="D2" t="s">
         <v>11</v>
       </c>
-      <c r="B2" t="s">
+      <c r="E2" t="s">
         <v>12</v>
       </c>
-      <c r="C2" t="s">
-[...5 lines deleted...]
-      <c r="E2" t="s">
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
         <v>14</v>
       </c>
-      <c r="F2" t="s">
-[...2 lines deleted...]
-      <c r="G2" t="s">
+      <c r="H2" t="s">
         <v>15</v>
-      </c>
-[...37 lines deleted...]
-        <v>28</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="B3" t="s">
-        <v>29</v>
+        <v>16</v>
       </c>
       <c r="C3" t="s">
-        <v>13</v>
+        <v>17</v>
       </c>
       <c r="D3" t="s">
         <v>13</v>
       </c>
       <c r="E3" t="s">
-        <v>30</v>
+        <v>18</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>31</v>
+        <v>19</v>
       </c>
       <c r="H3" t="s">
-        <v>32</v>
-[...29 lines deleted...]
-        <v>41</v>
+        <v>20</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="B4" t="s">
-        <v>42</v>
+        <v>21</v>
       </c>
       <c r="C4" t="s">
-        <v>13</v>
+        <v>22</v>
       </c>
       <c r="D4" t="s">
         <v>13</v>
       </c>
       <c r="E4" t="s">
-        <v>43</v>
+        <v>23</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>44</v>
+        <v>24</v>
       </c>
       <c r="H4" t="s">
-        <v>45</v>
-[...20 lines deleted...]
-        <v>51</v>
+        <v>25</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="B5" t="s">
+        <v>26</v>
+      </c>
+      <c r="C5" t="s">
+        <v>27</v>
+      </c>
+      <c r="D5" t="s">
+        <v>28</v>
+      </c>
+      <c r="E5" t="s">
+        <v>29</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>30</v>
+      </c>
+      <c r="H5" t="s">
+        <v>31</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>32</v>
+      </c>
+      <c r="B2" t="s">
+        <v>33</v>
+      </c>
+      <c r="C2" t="s">
+        <v>34</v>
+      </c>
+      <c r="D2" t="s">
+        <v>35</v>
+      </c>
+      <c r="E2" t="s">
+        <v>36</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>37</v>
+      </c>
+      <c r="H2" t="s">
+        <v>38</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:I23"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>40</v>
+      </c>
+      <c r="B2" t="s">
+        <v>41</v>
+      </c>
+      <c r="C2" t="s">
+        <v>13</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>42</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>43</v>
+      </c>
+      <c r="H2" t="s">
+        <v>44</v>
+      </c>
+      <c r="I2" t="s">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>40</v>
+      </c>
+      <c r="B3" t="s">
+        <v>46</v>
+      </c>
+      <c r="C3" t="s">
+        <v>13</v>
+      </c>
+      <c r="D3" t="s">
+        <v>13</v>
+      </c>
+      <c r="E3" t="s">
+        <v>47</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>48</v>
+      </c>
+      <c r="H3" t="s">
+        <v>49</v>
+      </c>
+      <c r="I3" t="s">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>40</v>
+      </c>
+      <c r="B4" t="s">
+        <v>50</v>
+      </c>
+      <c r="C4" t="s">
+        <v>13</v>
+      </c>
+      <c r="D4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E4" t="s">
+        <v>51</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
         <v>52</v>
       </c>
+      <c r="H4" t="s">
+        <v>53</v>
+      </c>
+      <c r="I4" t="s">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>40</v>
+      </c>
+      <c r="B5" t="s">
+        <v>54</v>
+      </c>
       <c r="C5" t="s">
         <v>13</v>
       </c>
       <c r="D5" t="s">
         <v>13</v>
       </c>
       <c r="E5" t="s">
-        <v>53</v>
+        <v>55</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>54</v>
+        <v>56</v>
       </c>
       <c r="H5" t="s">
-        <v>55</v>
+        <v>57</v>
       </c>
       <c r="I5" t="s">
-        <v>17</v>
-[...23 lines deleted...]
-        <v>62</v>
+        <v>45</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>11</v>
+        <v>40</v>
       </c>
       <c r="B6" t="s">
-        <v>63</v>
+        <v>58</v>
       </c>
       <c r="C6" t="s">
         <v>13</v>
       </c>
       <c r="D6" t="s">
         <v>13</v>
       </c>
       <c r="E6" t="s">
-        <v>64</v>
+        <v>59</v>
       </c>
       <c r="F6" t="s">
         <v>13</v>
       </c>
       <c r="G6" t="s">
-        <v>65</v>
+        <v>60</v>
       </c>
       <c r="H6" t="s">
-        <v>66</v>
+        <v>61</v>
       </c>
       <c r="I6" t="s">
-        <v>17</v>
-[...32 lines deleted...]
-        <v>76</v>
+        <v>45</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>11</v>
+        <v>40</v>
       </c>
       <c r="B7" t="s">
-        <v>77</v>
+        <v>62</v>
       </c>
       <c r="C7" t="s">
         <v>13</v>
       </c>
       <c r="D7" t="s">
         <v>13</v>
       </c>
       <c r="E7" t="s">
-        <v>78</v>
+        <v>63</v>
       </c>
       <c r="F7" t="s">
         <v>13</v>
       </c>
       <c r="G7" t="s">
-        <v>79</v>
+        <v>64</v>
       </c>
       <c r="H7" t="s">
-        <v>80</v>
+        <v>65</v>
       </c>
       <c r="I7" t="s">
-        <v>17</v>
-[...17 lines deleted...]
-        <v>86</v>
+        <v>45</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>11</v>
+        <v>40</v>
       </c>
       <c r="B8" t="s">
+        <v>66</v>
+      </c>
+      <c r="C8" t="s">
+        <v>13</v>
+      </c>
+      <c r="D8" t="s">
+        <v>13</v>
+      </c>
+      <c r="E8" t="s">
+        <v>67</v>
+      </c>
+      <c r="F8" t="s">
+        <v>13</v>
+      </c>
+      <c r="G8" t="s">
+        <v>68</v>
+      </c>
+      <c r="H8" t="s">
+        <v>69</v>
+      </c>
+      <c r="I8" t="s">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>40</v>
+      </c>
+      <c r="B9" t="s">
+        <v>70</v>
+      </c>
+      <c r="C9" t="s">
+        <v>13</v>
+      </c>
+      <c r="D9" t="s">
+        <v>13</v>
+      </c>
+      <c r="E9" t="s">
+        <v>71</v>
+      </c>
+      <c r="F9" t="s">
+        <v>13</v>
+      </c>
+      <c r="G9" t="s">
+        <v>72</v>
+      </c>
+      <c r="H9" t="s">
+        <v>73</v>
+      </c>
+      <c r="I9" t="s">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>40</v>
+      </c>
+      <c r="B10" t="s">
+        <v>74</v>
+      </c>
+      <c r="C10" t="s">
+        <v>13</v>
+      </c>
+      <c r="D10" t="s">
+        <v>13</v>
+      </c>
+      <c r="E10" t="s">
+        <v>75</v>
+      </c>
+      <c r="F10" t="s">
+        <v>13</v>
+      </c>
+      <c r="G10" t="s">
+        <v>76</v>
+      </c>
+      <c r="H10" t="s">
+        <v>77</v>
+      </c>
+      <c r="I10" t="s">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>40</v>
+      </c>
+      <c r="B11" t="s">
+        <v>78</v>
+      </c>
+      <c r="C11" t="s">
+        <v>13</v>
+      </c>
+      <c r="D11" t="s">
+        <v>13</v>
+      </c>
+      <c r="E11" t="s">
+        <v>79</v>
+      </c>
+      <c r="F11" t="s">
+        <v>13</v>
+      </c>
+      <c r="G11" t="s">
+        <v>80</v>
+      </c>
+      <c r="H11" t="s">
+        <v>81</v>
+      </c>
+      <c r="I11" t="s">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>40</v>
+      </c>
+      <c r="B12" t="s">
+        <v>82</v>
+      </c>
+      <c r="C12" t="s">
+        <v>13</v>
+      </c>
+      <c r="D12" t="s">
+        <v>13</v>
+      </c>
+      <c r="E12" t="s">
+        <v>83</v>
+      </c>
+      <c r="F12" t="s">
+        <v>13</v>
+      </c>
+      <c r="G12" t="s">
+        <v>84</v>
+      </c>
+      <c r="H12" t="s">
+        <v>85</v>
+      </c>
+      <c r="I12" t="s">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="s">
+        <v>40</v>
+      </c>
+      <c r="B13" t="s">
+        <v>86</v>
+      </c>
+      <c r="C13" t="s">
+        <v>13</v>
+      </c>
+      <c r="D13" t="s">
+        <v>13</v>
+      </c>
+      <c r="E13" t="s">
         <v>87</v>
       </c>
+      <c r="F13" t="s">
+        <v>13</v>
+      </c>
+      <c r="G13" t="s">
+        <v>88</v>
+      </c>
+      <c r="H13" t="s">
+        <v>89</v>
+      </c>
+      <c r="I13" t="s">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" t="s">
+        <v>40</v>
+      </c>
+      <c r="B14" t="s">
+        <v>90</v>
+      </c>
+      <c r="C14" t="s">
+        <v>13</v>
+      </c>
+      <c r="D14" t="s">
+        <v>13</v>
+      </c>
+      <c r="E14" t="s">
+        <v>91</v>
+      </c>
+      <c r="F14" t="s">
+        <v>13</v>
+      </c>
+      <c r="G14" t="s">
+        <v>92</v>
+      </c>
+      <c r="H14" t="s">
+        <v>93</v>
+      </c>
+      <c r="I14" t="s">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" t="s">
+        <v>40</v>
+      </c>
+      <c r="B15" t="s">
+        <v>94</v>
+      </c>
+      <c r="C15" t="s">
+        <v>13</v>
+      </c>
+      <c r="D15" t="s">
+        <v>13</v>
+      </c>
+      <c r="E15" t="s">
+        <v>95</v>
+      </c>
+      <c r="F15" t="s">
+        <v>13</v>
+      </c>
+      <c r="G15" t="s">
+        <v>96</v>
+      </c>
+      <c r="H15" t="s">
+        <v>97</v>
+      </c>
+      <c r="I15" t="s">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" t="s">
+        <v>40</v>
+      </c>
+      <c r="B16" t="s">
+        <v>98</v>
+      </c>
+      <c r="C16" t="s">
+        <v>13</v>
+      </c>
+      <c r="D16" t="s">
+        <v>13</v>
+      </c>
+      <c r="E16" t="s">
+        <v>99</v>
+      </c>
+      <c r="F16" t="s">
+        <v>13</v>
+      </c>
+      <c r="G16" t="s">
+        <v>100</v>
+      </c>
+      <c r="H16" t="s">
+        <v>101</v>
+      </c>
+      <c r="I16" t="s">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" t="s">
+        <v>40</v>
+      </c>
+      <c r="B17" t="s">
+        <v>102</v>
+      </c>
+      <c r="C17" t="s">
+        <v>13</v>
+      </c>
+      <c r="D17" t="s">
+        <v>13</v>
+      </c>
+      <c r="E17" t="s">
+        <v>103</v>
+      </c>
+      <c r="F17" t="s">
+        <v>13</v>
+      </c>
+      <c r="G17" t="s">
+        <v>104</v>
+      </c>
+      <c r="H17" t="s">
+        <v>105</v>
+      </c>
+      <c r="I17" t="s">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="18">
+      <c r="A18" t="s">
+        <v>40</v>
+      </c>
+      <c r="B18" t="s">
+        <v>106</v>
+      </c>
+      <c r="C18" t="s">
+        <v>13</v>
+      </c>
+      <c r="D18" t="s">
+        <v>13</v>
+      </c>
+      <c r="E18" t="s">
+        <v>107</v>
+      </c>
+      <c r="F18" t="s">
+        <v>13</v>
+      </c>
+      <c r="G18" t="s">
+        <v>108</v>
+      </c>
+      <c r="H18" t="s">
+        <v>109</v>
+      </c>
+      <c r="I18" t="s">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="19">
+      <c r="A19" t="s">
+        <v>40</v>
+      </c>
+      <c r="B19" t="s">
+        <v>110</v>
+      </c>
+      <c r="C19" t="s">
+        <v>13</v>
+      </c>
+      <c r="D19" t="s">
+        <v>13</v>
+      </c>
+      <c r="E19" t="s">
+        <v>111</v>
+      </c>
+      <c r="F19" t="s">
+        <v>13</v>
+      </c>
+      <c r="G19" t="s">
+        <v>112</v>
+      </c>
+      <c r="H19" t="s">
+        <v>113</v>
+      </c>
+      <c r="I19" t="s">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="20">
+      <c r="A20" t="s">
+        <v>40</v>
+      </c>
+      <c r="B20" t="s">
+        <v>114</v>
+      </c>
+      <c r="C20" t="s">
+        <v>13</v>
+      </c>
+      <c r="D20" t="s">
+        <v>13</v>
+      </c>
+      <c r="E20" t="s">
+        <v>115</v>
+      </c>
+      <c r="F20" t="s">
+        <v>13</v>
+      </c>
+      <c r="G20" t="s">
+        <v>116</v>
+      </c>
+      <c r="H20" t="s">
+        <v>117</v>
+      </c>
+      <c r="I20" t="s">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="21">
+      <c r="A21" t="s">
+        <v>40</v>
+      </c>
+      <c r="B21" t="s">
+        <v>118</v>
+      </c>
+      <c r="C21" t="s">
+        <v>13</v>
+      </c>
+      <c r="D21" t="s">
+        <v>13</v>
+      </c>
+      <c r="E21" t="s">
+        <v>119</v>
+      </c>
+      <c r="F21" t="s">
+        <v>13</v>
+      </c>
+      <c r="G21" t="s">
+        <v>120</v>
+      </c>
+      <c r="H21" t="s">
+        <v>121</v>
+      </c>
+      <c r="I21" t="s">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="22">
+      <c r="A22" t="s">
+        <v>40</v>
+      </c>
+      <c r="B22" t="s">
+        <v>122</v>
+      </c>
+      <c r="C22" t="s">
+        <v>13</v>
+      </c>
+      <c r="D22" t="s">
+        <v>13</v>
+      </c>
+      <c r="E22" t="s">
+        <v>123</v>
+      </c>
+      <c r="F22" t="s">
+        <v>13</v>
+      </c>
+      <c r="G22" t="s">
+        <v>124</v>
+      </c>
+      <c r="H22" t="s">
+        <v>125</v>
+      </c>
+      <c r="I22" t="s">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="23">
+      <c r="A23" t="s">
+        <v>40</v>
+      </c>
+      <c r="B23" t="s">
+        <v>126</v>
+      </c>
+      <c r="C23" t="s">
+        <v>13</v>
+      </c>
+      <c r="D23" t="s">
+        <v>13</v>
+      </c>
+      <c r="E23" t="s">
+        <v>127</v>
+      </c>
+      <c r="F23" t="s">
+        <v>13</v>
+      </c>
+      <c r="G23" t="s">
+        <v>128</v>
+      </c>
+      <c r="H23" t="s">
+        <v>129</v>
+      </c>
+      <c r="I23" t="s">
+        <v>45</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:I1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:T9"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>130</v>
+      </c>
+      <c r="J1" t="s">
+        <v>131</v>
+      </c>
+      <c r="K1" t="s">
+        <v>132</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>133</v>
+      </c>
+      <c r="B2" t="s">
+        <v>134</v>
+      </c>
+      <c r="C2" t="s">
+        <v>13</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>135</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>136</v>
+      </c>
+      <c r="H2" t="s">
+        <v>137</v>
+      </c>
+      <c r="I2" t="s">
+        <v>138</v>
+      </c>
+      <c r="J2" t="s">
+        <v>139</v>
+      </c>
+      <c r="K2" t="s">
+        <v>140</v>
+      </c>
+      <c r="L2" t="s">
+        <v>141</v>
+      </c>
+      <c r="M2" t="s">
+        <v>142</v>
+      </c>
+      <c r="N2" t="s">
+        <v>143</v>
+      </c>
+      <c r="O2" t="s">
+        <v>144</v>
+      </c>
+      <c r="P2" t="s">
+        <v>145</v>
+      </c>
+      <c r="Q2" t="s">
+        <v>146</v>
+      </c>
+      <c r="R2" t="s">
+        <v>147</v>
+      </c>
+      <c r="S2" t="s">
+        <v>148</v>
+      </c>
+      <c r="T2" t="s">
+        <v>149</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>133</v>
+      </c>
+      <c r="B3" t="s">
+        <v>150</v>
+      </c>
+      <c r="C3" t="s">
+        <v>13</v>
+      </c>
+      <c r="D3" t="s">
+        <v>13</v>
+      </c>
+      <c r="E3" t="s">
+        <v>151</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>152</v>
+      </c>
+      <c r="H3" t="s">
+        <v>153</v>
+      </c>
+      <c r="I3" t="s">
+        <v>138</v>
+      </c>
+      <c r="J3" t="s">
+        <v>154</v>
+      </c>
+      <c r="K3" t="s">
+        <v>155</v>
+      </c>
+      <c r="L3" t="s">
+        <v>156</v>
+      </c>
+      <c r="M3" t="s">
+        <v>157</v>
+      </c>
+      <c r="N3" t="s">
+        <v>158</v>
+      </c>
+      <c r="O3" t="s">
+        <v>159</v>
+      </c>
+      <c r="P3" t="s">
+        <v>160</v>
+      </c>
+      <c r="Q3" t="s">
+        <v>161</v>
+      </c>
+      <c r="R3" t="s">
+        <v>162</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>133</v>
+      </c>
+      <c r="B4" t="s">
+        <v>163</v>
+      </c>
+      <c r="C4" t="s">
+        <v>13</v>
+      </c>
+      <c r="D4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E4" t="s">
+        <v>164</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>165</v>
+      </c>
+      <c r="H4" t="s">
+        <v>166</v>
+      </c>
+      <c r="I4" t="s">
+        <v>138</v>
+      </c>
+      <c r="J4" t="s">
+        <v>167</v>
+      </c>
+      <c r="K4" t="s">
+        <v>168</v>
+      </c>
+      <c r="L4" t="s">
+        <v>169</v>
+      </c>
+      <c r="M4" t="s">
+        <v>170</v>
+      </c>
+      <c r="N4" t="s">
+        <v>171</v>
+      </c>
+      <c r="O4" t="s">
+        <v>172</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>133</v>
+      </c>
+      <c r="B5" t="s">
+        <v>173</v>
+      </c>
+      <c r="C5" t="s">
+        <v>13</v>
+      </c>
+      <c r="D5" t="s">
+        <v>13</v>
+      </c>
+      <c r="E5" t="s">
+        <v>174</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>175</v>
+      </c>
+      <c r="H5" t="s">
+        <v>176</v>
+      </c>
+      <c r="I5" t="s">
+        <v>138</v>
+      </c>
+      <c r="J5" t="s">
+        <v>177</v>
+      </c>
+      <c r="K5" t="s">
+        <v>178</v>
+      </c>
+      <c r="L5" t="s">
+        <v>179</v>
+      </c>
+      <c r="M5" t="s">
+        <v>180</v>
+      </c>
+      <c r="N5" t="s">
+        <v>181</v>
+      </c>
+      <c r="O5" t="s">
+        <v>182</v>
+      </c>
+      <c r="P5" t="s">
+        <v>183</v>
+      </c>
+      <c r="Q5" t="s">
+        <v>183</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>133</v>
+      </c>
+      <c r="B6" t="s">
+        <v>184</v>
+      </c>
+      <c r="C6" t="s">
+        <v>13</v>
+      </c>
+      <c r="D6" t="s">
+        <v>13</v>
+      </c>
+      <c r="E6" t="s">
+        <v>185</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
+        <v>186</v>
+      </c>
+      <c r="H6" t="s">
+        <v>187</v>
+      </c>
+      <c r="I6" t="s">
+        <v>138</v>
+      </c>
+      <c r="J6" t="s">
+        <v>188</v>
+      </c>
+      <c r="K6" t="s">
+        <v>189</v>
+      </c>
+      <c r="L6" t="s">
+        <v>190</v>
+      </c>
+      <c r="M6" t="s">
+        <v>191</v>
+      </c>
+      <c r="N6" t="s">
+        <v>192</v>
+      </c>
+      <c r="O6" t="s">
+        <v>193</v>
+      </c>
+      <c r="P6" t="s">
+        <v>194</v>
+      </c>
+      <c r="Q6" t="s">
+        <v>195</v>
+      </c>
+      <c r="R6" t="s">
+        <v>196</v>
+      </c>
+      <c r="S6" t="s">
+        <v>197</v>
+      </c>
+      <c r="T6" t="s">
+        <v>197</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>133</v>
+      </c>
+      <c r="B7" t="s">
+        <v>198</v>
+      </c>
+      <c r="C7" t="s">
+        <v>13</v>
+      </c>
+      <c r="D7" t="s">
+        <v>13</v>
+      </c>
+      <c r="E7" t="s">
+        <v>199</v>
+      </c>
+      <c r="F7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G7" t="s">
+        <v>200</v>
+      </c>
+      <c r="H7" t="s">
+        <v>201</v>
+      </c>
+      <c r="I7" t="s">
+        <v>138</v>
+      </c>
+      <c r="J7" t="s">
+        <v>202</v>
+      </c>
+      <c r="K7" t="s">
+        <v>203</v>
+      </c>
+      <c r="L7" t="s">
+        <v>204</v>
+      </c>
+      <c r="M7" t="s">
+        <v>205</v>
+      </c>
+      <c r="N7" t="s">
+        <v>206</v>
+      </c>
+      <c r="O7" t="s">
+        <v>207</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>133</v>
+      </c>
+      <c r="B8" t="s">
+        <v>208</v>
+      </c>
       <c r="C8" t="s">
         <v>13</v>
       </c>
       <c r="D8" t="s">
         <v>13</v>
       </c>
       <c r="E8" t="s">
-        <v>88</v>
+        <v>209</v>
       </c>
       <c r="F8" t="s">
         <v>13</v>
       </c>
       <c r="G8" t="s">
-        <v>89</v>
+        <v>210</v>
       </c>
       <c r="H8" t="s">
-        <v>90</v>
+        <v>211</v>
       </c>
       <c r="I8" t="s">
-        <v>17</v>
+        <v>138</v>
       </c>
       <c r="J8" t="s">
-        <v>91</v>
+        <v>212</v>
       </c>
       <c r="K8" t="s">
-        <v>92</v>
+        <v>213</v>
       </c>
       <c r="L8" t="s">
-        <v>93</v>
+        <v>214</v>
       </c>
       <c r="M8" t="s">
-        <v>94</v>
+        <v>215</v>
       </c>
       <c r="N8" t="s">
-        <v>95</v>
+        <v>216</v>
       </c>
       <c r="O8" t="s">
-        <v>96</v>
+        <v>217</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>133</v>
+      </c>
+      <c r="B9" t="s">
+        <v>218</v>
+      </c>
+      <c r="C9" t="s">
+        <v>13</v>
+      </c>
+      <c r="D9" t="s">
+        <v>13</v>
+      </c>
+      <c r="E9" t="s">
+        <v>219</v>
+      </c>
+      <c r="F9" t="s">
+        <v>13</v>
+      </c>
+      <c r="G9" t="s">
+        <v>220</v>
+      </c>
+      <c r="H9" t="s">
+        <v>221</v>
+      </c>
+      <c r="I9" t="s">
+        <v>138</v>
+      </c>
+      <c r="J9" t="s">
+        <v>222</v>
+      </c>
+      <c r="K9" t="s">
+        <v>223</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>