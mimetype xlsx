--- v0 (2025-10-23)
+++ v1 (2025-12-17)
@@ -9,92 +9,164 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export " r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="16" uniqueCount="15">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="48" uniqueCount="39">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Practice guidelines</t>
-[...8 lines deleted...]
-    <t>09/01/2001 00:00:00</t>
+    <t>Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Traitement curatif des personnes infectées par Mycoplasma genitalium</t>
+  </si>
+  <si>
+    <t>À la demande du ministère chargé de la santé, le Conseil National du Sida et des hépatites virales (CNS) et l'Agence nationale de recherches sur le sida | Maladies infectieuses émergentes (ANRS | MIE) ont sollicité la Haute Autorité de santé (HAS) pour l’élaboration d’une actualisation des recommandations françaises de prise en charge thérapeutique des personnes infectées par Mycoplasma genitalium. L’accompagnement de la HAS s’est inscrit dans le cadre de la labellisation par la HAS d’une recommandation élaborée par un organisme professionnel.</t>
+  </si>
+  <si>
+    <t>10/04/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>13/05/2025 09:20:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_272118/en/antenatal-prevention-of-the-risk-of-early-neonatal-bacterial-infection</t>
+    <t>https://www.has-sante.fr/jcms/p_3604652/fr/traitement-curatif-des-personnes-infectees-par-mycoplasma-genitalium</t>
+  </si>
+  <si>
+    <t>p_3604652</t>
+  </si>
+  <si>
+    <t>Recommandations de prise en charge des personnes infectées par Neisseria gonorrhoeae</t>
+  </si>
+  <si>
+    <t>À la demande du ministère chargé de la santé, le Conseil National du Sida et des hépatites virales (CNS) et l'Agence nationale de recherches sur le sida | Maladies infectieuses émergentes (ANRS | MIE) ont sollicité la Haute Autorité de santé (HAS) pour l’élaboration d’une actualisation des recommandations françaises de prise en charge des personnes infectées par Neisseria gonorrhoeae. L’accompagnement de la HAS s’est inscrit dans le cadre de la labellisation par la HAS d’une recommandation élaborée par un organisme professionnel.</t>
+  </si>
+  <si>
+    <t>13/05/2025 17:45:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3604670/fr/recommandations-de-prise-en-charge-des-personnes-infectees-par-neisseria-gonorrhoeae</t>
+  </si>
+  <si>
+    <t>p_3604670</t>
+  </si>
+  <si>
+    <t>Recommandation en santé publique</t>
+  </si>
+  <si>
+    <t>État de santé des personnes en situation de prostitution et des travailleurs du sexe et identification des facteurs de vulnérabilité sanitaire</t>
+  </si>
+  <si>
+    <t>Un état des lieux des connaissances sur la situation sanitaire des personnes en situation de prostitution et sur les facteurs de vulnérabilité sanitaire de ces personnes. Ce travail s’inscrit dans le cadre d’éventuelles modifications réglementaires futures, susceptibles d’avoir un impact sur la santé des personnes en situation de prostitution, et ont pour vocation de servir de socle de connaissances à une politique de réduction des risques.</t>
+  </si>
+  <si>
+    <t>20/01/2016 00:00:00</t>
+  </si>
+  <si>
+    <t>11/04/2016 14:22:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2615057/fr/etat-de-sante-des-personnes-en-situation-de-prostitution-et-des-travailleurs-du-sexe-et-identification-des-facteurs-de-vulnerabilite-sanitaire</t>
+  </si>
+  <si>
+    <t>c_2615057</t>
+  </si>
+  <si>
+    <t>Dépistage et prise en charge de l’infection à Neisseria gonorrhoeae : état des lieux et propositions</t>
+  </si>
+  <si>
+    <t>Trois objectifs généraux ont guidé l’élaboration de ce rapport : établir un état des lieux des données disponibles ou non sur l’infection à Neisseria gonorrhoeae : histoire naturelle de la maladie, épidémiologie, identification et traitement. identifier l’ensemble des problèmes posés par la prise en charge diagnostique et thérapeutique et s’interroger sur les évolutions souhaitables. conduire une réflexion sur la pertinence du dépistage.</t>
+  </si>
+  <si>
+    <t>16/12/2010 00:00:00</t>
+  </si>
+  <si>
+    <t>11/03/2011 11:35:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1031777/fr/depistage-et-prise-en-charge-de-l-infection-a-neisseria-gonorrhoeae-etat-des-lieux-et-propositions</t>
+  </si>
+  <si>
+    <t>c_1031777</t>
+  </si>
+  <si>
+    <t>Prévention anténatale du risque infectieux bactérien néonatal précoce</t>
+  </si>
+  <si>
+    <t>Ces recommandations professionnelles répondent aux questions suivantes : 1. Dans quelles circonstances faut-il rechercher une infection cervico-vaginale chez la femme enceinte ? 2. Quels prélèvements faut-il réaliser chez la femme enceinte pour rechercher une infection bactérienne cervico-vaginale et comment en interpréter les résultats ? 3. Quelle est la conduite à tenir en cas d'infection bactérienne cervico-vaginale au cours d'une grossesse normale ou pathologique ? 4. Y a-t-il un intérêt à rechercher systématiquement un portage du streptocoque du groupe B au cours de la grossesse et du travail ? Si oui, quels selon quelles modalités, quand et comment ? 5. Quelle antibioprophylaxie de l'infection néonatale à streptocoque du groupe B proposer en per partum ? 6. Quels examens faut-il réaliser en cas de rupture prématurée des membranes ? 7. Quelle est la conduite à tenir au plan infectieux en cas de rupture prématurée des membranes ?</t>
+  </si>
+  <si>
+    <t>01/09/2001 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272118/fr/prevention-antenatale-du-risque-infectieux-bacterien-neonatal-precoce</t>
   </si>
   <si>
     <t>c_272118</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -104,101 +176,205 @@
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H2"/>
+  <dimension ref="A1:H6"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
+        <v>12</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>14</v>
+      </c>
+      <c r="H2" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>8</v>
+      </c>
+      <c r="B3" t="s">
+        <v>16</v>
+      </c>
+      <c r="C3" t="s">
+        <v>17</v>
+      </c>
+      <c r="D3" t="s">
         <v>11</v>
       </c>
-      <c r="F2" t="s">
-[...6 lines deleted...]
-        <v>14</v>
+      <c r="E3" t="s">
+        <v>18</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>19</v>
+      </c>
+      <c r="H3" t="s">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>21</v>
+      </c>
+      <c r="B4" t="s">
+        <v>22</v>
+      </c>
+      <c r="C4" t="s">
+        <v>23</v>
+      </c>
+      <c r="D4" t="s">
+        <v>24</v>
+      </c>
+      <c r="E4" t="s">
+        <v>25</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>26</v>
+      </c>
+      <c r="H4" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>21</v>
+      </c>
+      <c r="B5" t="s">
+        <v>28</v>
+      </c>
+      <c r="C5" t="s">
+        <v>29</v>
+      </c>
+      <c r="D5" t="s">
+        <v>30</v>
+      </c>
+      <c r="E5" t="s">
+        <v>31</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>32</v>
+      </c>
+      <c r="H5" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>8</v>
+      </c>
+      <c r="B6" t="s">
+        <v>34</v>
+      </c>
+      <c r="C6" t="s">
+        <v>35</v>
+      </c>
+      <c r="D6" t="s">
+        <v>36</v>
+      </c>
+      <c r="E6" t="s">
+        <v>36</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
+        <v>37</v>
+      </c>
+      <c r="H6" t="s">
+        <v>38</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>