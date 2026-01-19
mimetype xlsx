--- v0 (2025-10-18)
+++ v1 (2026-01-19)
@@ -1,193 +1,451 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet5.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet6.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export " r:id="rId3" sheetId="1"/>
+    <sheet name="Export Recommandation en santé " r:id="rId3" sheetId="1"/>
+    <sheet name="Export Guide maladie chronique" r:id="rId4" sheetId="2"/>
+    <sheet name="Export Recommandation de bonne " r:id="rId5" sheetId="3"/>
+    <sheet name="Export Evaluation des technolog" r:id="rId6" sheetId="4"/>
+    <sheet name="Export évènement de calendrier" r:id="rId7" sheetId="5"/>
+    <sheet name="Export Medicament" r:id="rId8" sheetId="6"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Recommandation en santé '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="32" uniqueCount="28">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="192" uniqueCount="109">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Health technology assessment</t>
-[...11 lines deleted...]
-    <t>12/21/2018 14:53:00</t>
+    <t>Recommandation en santé publique</t>
+  </si>
+  <si>
+    <t>Surveillance sérologique et prévention de la toxoplasmose et de la rubéole au cours de la grossesse et dépistage prénatal de l’hépatite B – Pertinence des modalités de réalisation</t>
+  </si>
+  <si>
+    <t>Deux objectifs généraux ont été poursuivis dans le cadre des recommandations en santé publique : Évaluer la pertinence d’une évolution de la stratégie et des modalités de réalisation du dépistage prénatal de la toxoplasmose. Évaluer la pertinence d’une évolution de la stratégie et des modalités de réalisation du dépistage prénatal de la rubéole. L’objectif du rapport d’orientation était d’évaluer l’intérêt d’une modification du moment de réalisation du dépistage prénatal de l’antigène HBs.</t>
+  </si>
+  <si>
+    <t>22/07/2009 00:00:00</t>
+  </si>
+  <si>
+    <t>16/12/2009 09:00:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_2842270/en/assessment-of-scaling-and-root-planing-non-surgical-periodontal-therapy-in-the-treatment-of-periodontal-disease-inahta-brief</t>
+    <t>https://www.has-sante.fr/jcms/c_893585/fr/surveillance-serologique-et-prevention-de-la-toxoplasmose-et-de-la-rubeole-au-cours-de-la-grossesse-et-depistage-prenatal-de-l-hepatite-b-pertinence-des-modalites-de-realisation</t>
+  </si>
+  <si>
+    <t>c_893585</t>
+  </si>
+  <si>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Péricardites Récidivantes</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de PéR. Il a été élaboré sous l’égide de : Filière de santé des maladies auto-immunes et auto-inflammatoires rares (FAI²R) Et de la Filière de santé des maladies cardiaques héréditaires ou rares (Cardiogen) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>05/12/2025 14:58:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3777808/fr/pericardites-recidivantes</t>
+  </si>
+  <si>
+    <t>p_3777808</t>
+  </si>
+  <si>
+    <t>ALD n° 10 - Syndromes drépanocytaires majeurs de l'adulte</t>
+  </si>
+  <si>
+    <t>L’objectif de ce protocole national de diagnostic et de soins (PNDS) est d’expliciter pour les professionnels de la santé la prise en charge optimale actuelle et le parcours de soins d’un patient atteint de syndrome drépanocytaire majeur admis en ALD au titre de l’ALD 10, hémoglobinopathies invalidantes. Ce PNDS est limité à la prise en charge de l’adulte atteint d’un syndrome drépanocytaire majeur (SDM). Il complète dans ce domaine le PNDS concernant les syndromes drépanocytaires majeurs de l’enfant et de l’adolescent et celui concernant les patients atteints de bêta- thalassémie majeure.</t>
+  </si>
+  <si>
+    <t>06/01/2010 00:00:00</t>
+  </si>
+  <si>
+    <t>02/04/2010 13:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_938884/fr/ald-n-10-syndromes-drepanocytaires-majeurs-de-l-adulte</t>
+  </si>
+  <si>
+    <t>c_938884</t>
+  </si>
+  <si>
+    <t>Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Choix et durées d’antibiothérapie : Pneumonie Aiguë Communautaire chez l’enfant</t>
+  </si>
+  <si>
+    <t>L’expansion de l’antibiorésistance constitue un problème majeur de santé publique. La HAS met à disposition des professionnels de santé une série de fiches synthétiques préconisant les durées d'antibiothérapie les plus courtes possibles pour les infections bactériennes courantes de ville. En collaboration avec la Société de pathologie infectieuse de langue française (SPILF) et le Groupe de pathologie infectieuse pédiatrique (GPIP).</t>
+  </si>
+  <si>
+    <t>19/12/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>09/01/2025 08:43:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3575612/fr/choix-et-durees-d-antibiotherapie-pneumonie-aigue-communautaire-chez-l-enfant</t>
+  </si>
+  <si>
+    <t>p_3575612</t>
+  </si>
+  <si>
+    <t>Choix et durées d’antibiothérapies préconisées dans les infections bactériennes courantes</t>
+  </si>
+  <si>
+    <t>L’exposition excessive aux antibiotiques participe à la progression des résistances bactériennes. La HAS met à disposition des professionnels de santé une série de fiches synthétiques préconisant les durées d'antibiothérapie les plus courtes possibles pour les infections bactériennes courantes de ville. Ces fiches ont été élaborées en collaboration avec la Société de pathologie infectieuse de langue française (SPILF) et le Groupe de pathologie infectieuse pédiatrique (GPIP).</t>
+  </si>
+  <si>
+    <t>27/08/2021 15:40:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3278764/fr/choix-et-durees-d-antibiotherapies-preconisees-dans-les-infections-bacteriennes-courantes</t>
+  </si>
+  <si>
+    <t>p_3278764</t>
+  </si>
+  <si>
+    <t>Choix et durées d’antibiothérapies : coqueluche chez le nourrisson, l’enfant et l’adulte</t>
+  </si>
+  <si>
+    <t>25/06/2024 09:46:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3525542/fr/choix-et-durees-d-antibiotherapies-coqueluche-chez-le-nourrisson-l-enfant-et-l-adulte</t>
+  </si>
+  <si>
+    <t>p_3525542</t>
+  </si>
+  <si>
+    <t>Choix et durées d’antibiothérapies : Pneumonie Aiguë Communautaire de l’adulte en ambulatoire</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3575597/fr/choix-et-durees-d-antibiotherapies-pneumonie-aigue-communautaire-de-l-adulte-en-ambulatoire</t>
+  </si>
+  <si>
+    <t>p_3575597</t>
+  </si>
+  <si>
+    <t>Choix et durées d’antibiothérapie dans les infections génitales hautes non compliquées</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3575605/fr/choix-et-durees-d-antibiotherapie-dans-les-infections-genitales-hautes-non-compliquees</t>
+  </si>
+  <si>
+    <t>p_3575605</t>
+  </si>
+  <si>
+    <t>Choix et durées d’antibiothérapie dans les exacerbations aiguës de bronchopneumopathie chronique obstructive (EABPCO)</t>
+  </si>
+  <si>
+    <t>11/07/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>15/07/2024 09:38:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3528903/fr/choix-et-durees-d-antibiotherapie-dans-les-exacerbations-aigues-de-bronchopneumopathie-chronique-obstructive-eabpco</t>
+  </si>
+  <si>
+    <t>p_3528903</t>
+  </si>
+  <si>
+    <t>Prise en charge des infections cutanées bactériennes courantes</t>
+  </si>
+  <si>
+    <t>Ces recommandations abordent la prise en charge des principales infections cutanées bactériennes observées en médecine de ville : les dermohypodermites bactériennes non nécrosantes &amp; nécrosantes, la fasciite nécrosante, les infections bactériennes de plaie chronique, le furoncle, l’anthrax, la furonculose, les abcès cutanées et l’impétigo.</t>
+  </si>
+  <si>
+    <t>27/02/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>01/04/2019 14:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2911550/fr/prise-en-charge-des-infections-cutanees-bacteriennes-courantes</t>
+  </si>
+  <si>
+    <t>c_2911550</t>
+  </si>
+  <si>
+    <t>Evaluation des technologies de santé</t>
+  </si>
+  <si>
+    <t>Évaluation de l’assainissement parodontal - Rapport d'évaluation technologique</t>
+  </si>
+  <si>
+    <t>Analyse de l’efficacité et de la sécurité de l’acte de détartrage et surfaçage radiculaire dans la prise en charge des parodontites agressives et chroniques.</t>
+  </si>
+  <si>
+    <t>19/12/2018 00:00:00</t>
+  </si>
+  <si>
+    <t>21/12/2018 14:53:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2842270/fr/evaluation-de-l-assainissement-parodontal-rapport-d-evaluation-technologique</t>
   </si>
   <si>
     <t>c_2842270</t>
   </si>
   <si>
-    <t>Laboratory diagnosis of acquired toxoplasmosis in immunocompetent subjects (including pregnant woman), congenital toxoplasmosis (pre- and postnatal diagnosis) and ocular toxoplasmosis - INAHTA Brief</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2653655/en/laboratory-diagnosis-of-acquired-toxoplasmosis-in-immunocompetent-subjects-including-pregnant-woman-congenital-toxoplasmosis-pre-and-postnatal-diagnosis-and-ocular-toxoplasmosis-inahta-brief</t>
+    <t>Diagnostic biologique de la toxoplasmose acquise du sujet immunocompétent (dont la femme enceinte), la toxoplasmose congénitale (diagnostic pré- et postnatal) et la toxoplasmose oculaire</t>
+  </si>
+  <si>
+    <t>Evaluation portant sur les tests diagnostiques de la toxoplasmose dans les contextes suivants : toxoplasmose acquise du sujet immunocompétent (dont la femme enceinte), toxoplasmose congénitale (diagnostic pré- et postnatal) et toxoplasmose oculaire.</t>
+  </si>
+  <si>
+    <t>01/02/2017 00:00:00</t>
+  </si>
+  <si>
+    <t>13/02/2017 17:22:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2653655/fr/diagnostic-biologique-de-la-toxoplasmose-acquise-du-sujet-immunocompetent-dont-la-femme-enceinte-la-toxoplasmose-congenitale-diagnostic-pre-et-postnatal-et-la-toxoplasmose-oculaire</t>
   </si>
   <si>
     <t>c_2653655</t>
   </si>
   <si>
-    <t>Assessment of diagnostic and therapeutic parotid and submandibular sialendoscopy - INAHTA Brief</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_1164340/en/assessment-of-diagnostic-and-therapeutic-parotid-and-submandibular-sialendoscopy-inahta-brief</t>
+    <t>Évaluation de la sialendoscopie parotidienne et submandibulaire à visée diagnostique et thérapeutique</t>
+  </si>
+  <si>
+    <t>Evaluation de l’utilité clinique, de l’efficacité et la sécurité de la technique d’endoscopie (sialendoscopie) des voies salivaires de la parotide et de la glande submandibulaire dans les pathologies obstructives (lithiases et sténoses) et inflammatoires de ces glandes</t>
+  </si>
+  <si>
+    <t>03/06/2015 00:00:00</t>
+  </si>
+  <si>
+    <t>02/06/2015 09:40:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1164340/fr/evaluation-de-la-sialendoscopie-parotidienne-et-submandibulaire-a-visee-diagnostique-et-therapeutique</t>
   </si>
   <si>
     <t>c_1164340</t>
+  </si>
+  <si>
+    <t>Type d'évènement</t>
+  </si>
+  <si>
+    <t>Evénement de Calendrier</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 16 mai 2018</t>
+  </si>
+  <si>
+    <t>09/05/2018 15:39:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2849071/fr/commission-de-la-transparence-reunion-du-16-mai-2018</t>
+  </si>
+  <si>
+    <t>c_2849071</t>
+  </si>
+  <si>
+    <t>Commission</t>
+  </si>
+  <si>
+    <t>Substance active (DCI)</t>
+  </si>
+  <si>
+    <t>Laboratoire / Fabricant</t>
+  </si>
+  <si>
+    <t>Avis sur les Médicaments</t>
+  </si>
+  <si>
+    <t>Médicament</t>
+  </si>
+  <si>
+    <t>ROVAMYCINE (spiramycine)</t>
+  </si>
+  <si>
+    <t>13/11/2018 16:31:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983046/fr/rovamycine-spiramycine</t>
+  </si>
+  <si>
+    <t>pprd_2983046</t>
+  </si>
+  <si>
+    <t>spiramycine</t>
+  </si>
+  <si>
+    <t>SANOFI-AVENTIS FRANCE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_778875/fr/rovamycine-spiramycine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2052632/fr/rovamycine-spiramycine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2881391/fr/rovamycine-spiramycine</t>
+  </si>
+  <si>
+    <t>BIRODOGYL - RODOGYL (spiramycine/ métronidazole)</t>
+  </si>
+  <si>
+    <t>20/06/2018 16:44:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983223/fr/birodogyl-rodogyl-spiramycine/-metronidazole</t>
+  </si>
+  <si>
+    <t>pprd_2983223</t>
+  </si>
+  <si>
+    <t>spiramycine,métronidazole</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399609/fr/birodogyl-comprimes-pellicules-b/10-spiramycine/-metronidazole</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_468646/fr/birodogyl-spiramycine/-metronidazole</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1332046/fr/birodogyl-rodogyl-spiramycine/-metronidazole</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2857788/fr/birodogyl-rodogyl-spiramycine/-metronidazole</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId8" Target="worksheets/sheet6.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H4"/>
+  <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -201,95 +459,681 @@
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
         <v>14</v>
       </c>
       <c r="H2" t="s">
         <v>15</v>
       </c>
     </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H3"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>16</v>
+      </c>
+      <c r="B2" t="s">
+        <v>17</v>
+      </c>
+      <c r="C2" t="s">
+        <v>18</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>19</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>20</v>
+      </c>
+      <c r="H2" t="s">
+        <v>21</v>
+      </c>
+    </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>8</v>
+        <v>16</v>
       </c>
       <c r="B3" t="s">
-        <v>16</v>
+        <v>22</v>
       </c>
       <c r="C3" t="s">
-        <v>17</v>
+        <v>23</v>
       </c>
       <c r="D3" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="E3" t="s">
-        <v>19</v>
+        <v>25</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>20</v>
+        <v>26</v>
       </c>
       <c r="H3" t="s">
-        <v>21</v>
+        <v>27</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H8"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>28</v>
+      </c>
+      <c r="B2" t="s">
+        <v>29</v>
+      </c>
+      <c r="C2" t="s">
+        <v>30</v>
+      </c>
+      <c r="D2" t="s">
+        <v>31</v>
+      </c>
+      <c r="E2" t="s">
+        <v>32</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>33</v>
+      </c>
+      <c r="H2" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>28</v>
+      </c>
+      <c r="B3" t="s">
+        <v>35</v>
+      </c>
+      <c r="C3" t="s">
+        <v>36</v>
+      </c>
+      <c r="D3" t="s">
+        <v>31</v>
+      </c>
+      <c r="E3" t="s">
+        <v>37</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>38</v>
+      </c>
+      <c r="H3" t="s">
+        <v>39</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>8</v>
+        <v>28</v>
       </c>
       <c r="B4" t="s">
-        <v>22</v>
+        <v>40</v>
       </c>
       <c r="C4" t="s">
-        <v>23</v>
+        <v>30</v>
       </c>
       <c r="D4" t="s">
-        <v>24</v>
+        <v>31</v>
       </c>
       <c r="E4" t="s">
-        <v>25</v>
+        <v>41</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>26</v>
+        <v>42</v>
       </c>
       <c r="H4" t="s">
-        <v>27</v>
+        <v>43</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>28</v>
+      </c>
+      <c r="B5" t="s">
+        <v>44</v>
+      </c>
+      <c r="C5" t="s">
+        <v>30</v>
+      </c>
+      <c r="D5" t="s">
+        <v>31</v>
+      </c>
+      <c r="E5" t="s">
+        <v>32</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>45</v>
+      </c>
+      <c r="H5" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>28</v>
+      </c>
+      <c r="B6" t="s">
+        <v>47</v>
+      </c>
+      <c r="C6" t="s">
+        <v>30</v>
+      </c>
+      <c r="D6" t="s">
+        <v>31</v>
+      </c>
+      <c r="E6" t="s">
+        <v>32</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
+        <v>48</v>
+      </c>
+      <c r="H6" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>28</v>
+      </c>
+      <c r="B7" t="s">
+        <v>50</v>
+      </c>
+      <c r="C7" t="s">
+        <v>30</v>
+      </c>
+      <c r="D7" t="s">
+        <v>51</v>
+      </c>
+      <c r="E7" t="s">
+        <v>52</v>
+      </c>
+      <c r="F7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G7" t="s">
+        <v>53</v>
+      </c>
+      <c r="H7" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>28</v>
+      </c>
+      <c r="B8" t="s">
+        <v>55</v>
+      </c>
+      <c r="C8" t="s">
+        <v>56</v>
+      </c>
+      <c r="D8" t="s">
+        <v>57</v>
+      </c>
+      <c r="E8" t="s">
+        <v>58</v>
+      </c>
+      <c r="F8" t="s">
+        <v>13</v>
+      </c>
+      <c r="G8" t="s">
+        <v>59</v>
+      </c>
+      <c r="H8" t="s">
+        <v>60</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H4"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>61</v>
+      </c>
+      <c r="B2" t="s">
+        <v>62</v>
+      </c>
+      <c r="C2" t="s">
+        <v>63</v>
+      </c>
+      <c r="D2" t="s">
+        <v>64</v>
+      </c>
+      <c r="E2" t="s">
+        <v>65</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>66</v>
+      </c>
+      <c r="H2" t="s">
+        <v>67</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>61</v>
+      </c>
+      <c r="B3" t="s">
+        <v>68</v>
+      </c>
+      <c r="C3" t="s">
+        <v>69</v>
+      </c>
+      <c r="D3" t="s">
+        <v>70</v>
+      </c>
+      <c r="E3" t="s">
+        <v>71</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>72</v>
+      </c>
+      <c r="H3" t="s">
+        <v>73</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>61</v>
+      </c>
+      <c r="B4" t="s">
+        <v>74</v>
+      </c>
+      <c r="C4" t="s">
+        <v>75</v>
+      </c>
+      <c r="D4" t="s">
+        <v>76</v>
+      </c>
+      <c r="E4" t="s">
+        <v>77</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>78</v>
+      </c>
+      <c r="H4" t="s">
+        <v>79</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:I2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>81</v>
+      </c>
+      <c r="B2" t="s">
+        <v>82</v>
+      </c>
+      <c r="C2" t="s">
+        <v>13</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>83</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>84</v>
+      </c>
+      <c r="H2" t="s">
+        <v>85</v>
+      </c>
+      <c r="I2" t="s">
+        <v>86</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:I1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:N3"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>87</v>
+      </c>
+      <c r="J1" t="s">
+        <v>88</v>
+      </c>
+      <c r="K1" t="s">
+        <v>89</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>90</v>
+      </c>
+      <c r="B2" t="s">
+        <v>91</v>
+      </c>
+      <c r="C2" t="s">
+        <v>13</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>92</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>93</v>
+      </c>
+      <c r="H2" t="s">
+        <v>94</v>
+      </c>
+      <c r="I2" t="s">
+        <v>95</v>
+      </c>
+      <c r="J2" t="s">
+        <v>96</v>
+      </c>
+      <c r="K2" t="s">
+        <v>97</v>
+      </c>
+      <c r="L2" t="s">
+        <v>98</v>
+      </c>
+      <c r="M2" t="s">
+        <v>99</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>90</v>
+      </c>
+      <c r="B3" t="s">
+        <v>100</v>
+      </c>
+      <c r="C3" t="s">
+        <v>13</v>
+      </c>
+      <c r="D3" t="s">
+        <v>13</v>
+      </c>
+      <c r="E3" t="s">
+        <v>101</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>102</v>
+      </c>
+      <c r="H3" t="s">
+        <v>103</v>
+      </c>
+      <c r="I3" t="s">
+        <v>104</v>
+      </c>
+      <c r="J3" t="s">
+        <v>96</v>
+      </c>
+      <c r="K3" t="s">
+        <v>105</v>
+      </c>
+      <c r="L3" t="s">
+        <v>106</v>
+      </c>
+      <c r="M3" t="s">
+        <v>107</v>
+      </c>
+      <c r="N3" t="s">
+        <v>108</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>