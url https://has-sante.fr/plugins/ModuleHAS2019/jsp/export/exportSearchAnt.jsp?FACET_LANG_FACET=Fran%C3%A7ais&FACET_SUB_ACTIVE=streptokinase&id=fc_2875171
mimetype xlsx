--- v0 (2025-10-19)
+++ v1 (2025-12-03)
@@ -9,182 +9,95 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export " r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="56" uniqueCount="45">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="16" uniqueCount="16">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Guide maladie chronique</t>
-[...11 lines deleted...]
-    <t>17/11/2023 10:47:00</t>
+    <t>Practice guidelines</t>
+  </si>
+  <si>
+    <t>Early management of adult stroke patients - Medical aspects -</t>
+  </si>
+  <si>
+    <t>These guidelines concern the management of stroke patients during the acute phase, i.e. during approximately the first fortnight. They do not cover meningeal haemorrhage. They are intended for all healthcare professionals involved in this phase of management.</t>
+  </si>
+  <si>
+    <t>09/01/2002 00:00:00</t>
+  </si>
+  <si>
+    <t>09/01/2002 17:51:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3288950/fr/guide-du-parcours-de-soins-maladie-renale-chronique-de-l-adulte-mrc</t>
-[...86 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_272249/fr/prise-en-charge-initiale-des-patients-adultes-atteints-d-accident-vasculaire-cerebral-aspects-medicaux</t>
+    <t>https://www.has-sante.fr/jcms/c_272249/en/early-management-of-adult-stroke-patients-medical-aspects</t>
   </si>
   <si>
     <t>c_272249</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -194,51 +107,51 @@
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H7"/>
+  <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -252,173 +165,43 @@
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
         <v>14</v>
       </c>
       <c r="H2" t="s">
         <v>15</v>
       </c>
     </row>
-    <row r="3">
-[...128 lines deleted...]
-    </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>