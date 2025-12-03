--- v0 (2025-10-16)
+++ v1 (2025-12-03)
@@ -1,251 +1,1434 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet5.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet6.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export " r:id="rId3" sheetId="1"/>
+    <sheet name="Export Avis sur les dispositifs" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Recommandation en santé " r:id="rId4" sheetId="2"/>
+    <sheet name="Export Guide maladie chronique" r:id="rId5" sheetId="3"/>
+    <sheet name="Export Recommandation de bonne " r:id="rId6" sheetId="4"/>
+    <sheet name="Export Evaluation des technolog" r:id="rId7" sheetId="5"/>
+    <sheet name="Export Medicament" r:id="rId8" sheetId="6"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Avis sur les dispositifs'!$B$1:$J$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Recommandation en santé '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="24" uniqueCount="22">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="252" uniqueCount="144">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Health technology assessment</t>
-[...11 lines deleted...]
-    <t>05/29/2017 15:49:00</t>
+    <t>Description</t>
+  </si>
+  <si>
+    <t>Laboratoire / Fabricant</t>
+  </si>
+  <si>
+    <t>Avis sur les dispositifs médicaux et autres produits de santé</t>
+  </si>
+  <si>
+    <t>OCTENILIN</t>
+  </si>
+  <si>
+    <t>Gel pour les plaies</t>
+  </si>
+  <si>
+    <t>20/11/2012 00:00:00</t>
+  </si>
+  <si>
+    <t>23/11/2012 13:03:15</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_2770361/en/laboratory-diagnosis-of-toxoplasmosis-in-immunocompromised-patients-hiv-infected-patients-haematopoietic-stem-cell-transplant-recipients-and-solid-organ-transplant-recipients-inahta-brief</t>
+    <t>https://www.has-sante.fr/jcms/c_1336040/fr/octenilin</t>
+  </si>
+  <si>
+    <t>c_1336040</t>
+  </si>
+  <si>
+    <t>SCHULKE FRANCE SARL / schulke &amp; MAYR GmnH</t>
+  </si>
+  <si>
+    <t>IALUSET PLUS  -  25 septembre 2012 (4303) avis</t>
+  </si>
+  <si>
+    <t>25/09/2012 00:00:00</t>
+  </si>
+  <si>
+    <t>12/10/2012 18:28:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1297533/fr/ialuset-plus-25-septembre-2012-4303-avis</t>
+  </si>
+  <si>
+    <t>c_1297533</t>
+  </si>
+  <si>
+    <t>Laboratoires GENEVRIER SA (France)</t>
+  </si>
+  <si>
+    <t>EFFIDIA PLUS - 22 mars 2011 (3464) avis</t>
+  </si>
+  <si>
+    <t>Compresse imprégnée d’acide hyaluronique et de sulfadiazine argentique Crème à l’acide hyaluronique et à la sulfadiazine argentique DERMATOLOGIE– Mise au point Avis défavorable au remboursement en raison d’un intérêt clinique non établi</t>
+  </si>
+  <si>
+    <t>22/03/2011 00:00:00</t>
+  </si>
+  <si>
+    <t>27/04/2011 13:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1033131/fr/effidia-plus-22-mars-2011-3464-avis</t>
+  </si>
+  <si>
+    <t>c_1033131</t>
+  </si>
+  <si>
+    <t>FIDIA FARMACEUTICI S.p.A., Italie</t>
+  </si>
+  <si>
+    <t>ASKINA CALGITROL AG - CNEDiMTS du 22 décembre 2009 (2282)</t>
+  </si>
+  <si>
+    <t>Pansement en alginate d’argent Dermatologie – Nouveau dispositif Avis défavorable au remboursement en raison d’un intérêt clinique non établi</t>
+  </si>
+  <si>
+    <t>22/12/2009 00:00:00</t>
+  </si>
+  <si>
+    <t>14/01/2010 14:29:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_902402/fr/askina-calgitrol-ag-cnedimts-du-22-decembre-2009-2282</t>
+  </si>
+  <si>
+    <t>c_902402</t>
+  </si>
+  <si>
+    <t>B Braun Medical SAS</t>
+  </si>
+  <si>
+    <t>IALUSET PLUS</t>
+  </si>
+  <si>
+    <t>02/12/2008 00:00:00</t>
+  </si>
+  <si>
+    <t>02/12/2008 16:04:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_725071/fr/ialuset-plus</t>
+  </si>
+  <si>
+    <t>c_725071</t>
+  </si>
+  <si>
+    <t>GENEVRIER</t>
+  </si>
+  <si>
+    <t>MEPILEX</t>
+  </si>
+  <si>
+    <t>08/07/2008 00:00:00</t>
+  </si>
+  <si>
+    <t>08/07/2008 16:54:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_677036/fr/mepilex</t>
+  </si>
+  <si>
+    <t>c_677036</t>
+  </si>
+  <si>
+    <t>MÖLNLYCKE HEALTH CARE SA</t>
+  </si>
+  <si>
+    <t>RELEASE AG</t>
+  </si>
+  <si>
+    <t>10/01/2007 00:00:00</t>
+  </si>
+  <si>
+    <t>10/01/2007 09:57:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_477928/fr/release-ag</t>
+  </si>
+  <si>
+    <t>c_477928</t>
+  </si>
+  <si>
+    <t>Johnson &amp; Johnson Wound Management - Ethicon SAS</t>
+  </si>
+  <si>
+    <t>URGOTUL S.Ag</t>
+  </si>
+  <si>
+    <t>06/12/2006 00:00:00</t>
+  </si>
+  <si>
+    <t>06/12/2006 15:44:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_464206/fr/urgotul-s-ag</t>
+  </si>
+  <si>
+    <t>c_464206</t>
+  </si>
+  <si>
+    <t>Laboratoires URGO</t>
+  </si>
+  <si>
+    <t>BIATAIN AG</t>
+  </si>
+  <si>
+    <t>11/10/2006 00:00:00</t>
+  </si>
+  <si>
+    <t>11/10/2006 18:30:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_451399/fr/biatain-ag</t>
+  </si>
+  <si>
+    <t>c_451399</t>
+  </si>
+  <si>
+    <t>Laboratoires Coloplast</t>
+  </si>
+  <si>
+    <t>05/02/2003 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_398460/fr/ialuset-plus</t>
+  </si>
+  <si>
+    <t>c_398460</t>
+  </si>
+  <si>
+    <t>Laboratoires GENEVRIER (France)</t>
+  </si>
+  <si>
+    <t>MEPITEL</t>
+  </si>
+  <si>
+    <t>12/05/2004 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_398601/fr/mepitel</t>
+  </si>
+  <si>
+    <t>c_398601</t>
+  </si>
+  <si>
+    <t>MÖLNLYCKE HEALTH CARE SA (France)</t>
+  </si>
+  <si>
+    <t>HYDROFIBER AQUACEL AG</t>
+  </si>
+  <si>
+    <t>17/05/2006 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_398781/fr/hydrofiber-aquacel-ag</t>
+  </si>
+  <si>
+    <t>c_398781</t>
+  </si>
+  <si>
+    <t>Laboratoire CONVATEC</t>
+  </si>
+  <si>
+    <t>Recommandation en santé publique</t>
+  </si>
+  <si>
+    <t>Surveillance sérologique et prévention de la toxoplasmose et de la rubéole au cours de la grossesse et dépistage prénatal de l’hépatite B – Pertinence des modalités de réalisation</t>
+  </si>
+  <si>
+    <t>Deux objectifs généraux ont été poursuivis dans le cadre des recommandations en santé publique : Évaluer la pertinence d’une évolution de la stratégie et des modalités de réalisation du dépistage prénatal de la toxoplasmose. Évaluer la pertinence d’une évolution de la stratégie et des modalités de réalisation du dépistage prénatal de la rubéole. L’objectif du rapport d’orientation était d’évaluer l’intérêt d’une modification du moment de réalisation du dépistage prénatal de l’antigène HBs.</t>
+  </si>
+  <si>
+    <t>22/07/2009 00:00:00</t>
+  </si>
+  <si>
+    <t>16/12/2009 09:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_893585/fr/surveillance-serologique-et-prevention-de-la-toxoplasmose-et-de-la-rubeole-au-cours-de-la-grossesse-et-depistage-prenatal-de-l-hepatite-b-pertinence-des-modalites-de-realisation</t>
+  </si>
+  <si>
+    <t>c_893585</t>
+  </si>
+  <si>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>DRESS de l’adulte et de l’enfant</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un adulte ou d’un enfant pris en charge pour un DRESS (en anglais « Drug Reaction with Eosinophilia and Systemic Symptoms » ou DIHS « Drug-Induced Hypersensitivity Syndrome », ou syndrome d’hypersensibilité médicamenteuse). Il a été élaboré par le Centre de référence des dermatoses bulleuses toxiques et toxidermies graves TOXIBUL à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>21/11/2024 15:16:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3557694/fr/dress-de-l-adulte-et-de-l-enfant</t>
+  </si>
+  <si>
+    <t>p_3557694</t>
+  </si>
+  <si>
+    <t>Nécrolyses épidermiques chez l’enfant</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un enfant atteint du syndrome de Stevens-Johnson (SJS) ou de Lyell/nécrolyse épidermique toxique (NET). Il a été élaboré par la Filière FIMARAD : Santé Maladies Rares Dermatologiques à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>02/12/2021 09:46:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3299789/fr/necrolyses-epidermiques-chez-l-enfant</t>
+  </si>
+  <si>
+    <t>p_3299789</t>
+  </si>
+  <si>
+    <t>Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Hygiène et prévention du risque infectieux en cabinet médical ou paramédical</t>
+  </si>
+  <si>
+    <t>Ces recommandations ont pour objectif la réduction des infections transmises lors d’actes de soin, notamment par les dispositifs médicaux, la réduction des infections croisées et le contrôle du risque infectieux lié à l’environnement.</t>
+  </si>
+  <si>
+    <t>21/06/2007 00:00:00</t>
+  </si>
+  <si>
+    <t>27/11/2007 10:45:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_607182/fr/hygiene-et-prevention-du-risque-infectieux-en-cabinet-medical-ou-paramedical</t>
+  </si>
+  <si>
+    <t>c_607182</t>
+  </si>
+  <si>
+    <t>Evaluation des technologies de santé</t>
+  </si>
+  <si>
+    <t>Diagnostic biologique de la toxoplasmose chez les patients immunodéprimés - Patients infectés par le VIH, greffés de cellules souches hématopoïétiques et transplantés d’organe</t>
+  </si>
+  <si>
+    <t>La Caisse nationale d’assurance maladie des travailleurs salariés souhaite actualiser la Nomenclature des actes de biologie médicale pour ce qui est des tests relatifs au diagnostic de toxoplasmose. La présente évaluation porte sur les tests diagnostiques de la toxoplasmose chez les patients immunodéprimés, en particulier les patients infectés par le VIH et les patients receveurs de greffe de cellules souches hématopoïétiques ou de transplantation d’organe.</t>
+  </si>
+  <si>
+    <t>24/05/2017 00:00:00</t>
+  </si>
+  <si>
+    <t>29/05/2017 15:49:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2770361/fr/diagnostic-biologique-de-la-toxoplasmose-chez-les-patients-immunodeprimes-patients-infectes-par-le-vih-greffes-de-cellules-souches-hematopoietiques-et-transplantes-d-organe</t>
   </si>
   <si>
     <t>c_2770361</t>
   </si>
   <si>
-    <t>Laboratory diagnosis of acquired toxoplasmosis in immunocompetent subjects (including pregnant woman), congenital toxoplasmosis (pre- and postnatal diagnosis) and ocular toxoplasmosis - INAHTA Brief</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2653655/en/laboratory-diagnosis-of-acquired-toxoplasmosis-in-immunocompetent-subjects-including-pregnant-woman-congenital-toxoplasmosis-pre-and-postnatal-diagnosis-and-ocular-toxoplasmosis-inahta-brief</t>
+    <t>Diagnostic biologique de la toxoplasmose acquise du sujet immunocompétent (dont la femme enceinte), la toxoplasmose congénitale (diagnostic pré- et postnatal) et la toxoplasmose oculaire</t>
+  </si>
+  <si>
+    <t>Evaluation portant sur les tests diagnostiques de la toxoplasmose dans les contextes suivants : toxoplasmose acquise du sujet immunocompétent (dont la femme enceinte), toxoplasmose congénitale (diagnostic pré- et postnatal) et toxoplasmose oculaire.</t>
+  </si>
+  <si>
+    <t>01/02/2017 00:00:00</t>
+  </si>
+  <si>
+    <t>13/02/2017 17:22:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2653655/fr/diagnostic-biologique-de-la-toxoplasmose-acquise-du-sujet-immunocompetent-dont-la-femme-enceinte-la-toxoplasmose-congenitale-diagnostic-pre-et-postnatal-et-la-toxoplasmose-oculaire</t>
   </si>
   <si>
     <t>c_2653655</t>
+  </si>
+  <si>
+    <t>Évaluation des pansements</t>
+  </si>
+  <si>
+    <t>La révision des descriptions génériques des articles pour pansements a été réalisée dans le cadre de l’arrêté du 25 juillet 2005. Elle a concerné les pansements primaires, placés au contact direct de la plaie, et les pansements secondaires et matériels de fixation/maintien. Les pansements disposant d’une AMM (ou médicaments présentés sous forme de pansement) étaient hors du champ d’investigation.</t>
+  </si>
+  <si>
+    <t>03/10/2007 00:00:00</t>
+  </si>
+  <si>
+    <t>21/11/2008 13:38:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_717899/fr/evaluation-des-pansements</t>
+  </si>
+  <si>
+    <t>c_717899</t>
+  </si>
+  <si>
+    <t>Substance active (DCI)</t>
+  </si>
+  <si>
+    <t>Avis sur les Médicaments</t>
+  </si>
+  <si>
+    <t>Médicament</t>
+  </si>
+  <si>
+    <t>ADIAZINE (sulfadiazine)</t>
+  </si>
+  <si>
+    <t>20/11/2014 18:49:53</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984667/fr/adiazine-sulfadiazine</t>
+  </si>
+  <si>
+    <t>pprd_2984667</t>
+  </si>
+  <si>
+    <t>sulfadiazine</t>
+  </si>
+  <si>
+    <t>BOUCHARA RECORDATI</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_713090/fr/adiazine-sulfadiazine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1774622/fr/adiazine-sulfadiazine</t>
+  </si>
+  <si>
+    <t>TRIMADIAZ ANTRIMA (triméthoprime/ sulfadiazine)</t>
+  </si>
+  <si>
+    <t>31/05/2006 10:21:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985536/fr/trimadiaz-antrima-trimethoprime/-sulfadiazine</t>
+  </si>
+  <si>
+    <t>pprd_2985536</t>
+  </si>
+  <si>
+    <t>triméthoprime,sulfadiazine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_451770/fr/trimadiaz-antrima-trimadiaz-antrima-nourrissons-et-enfants-trimethoprime/-sulfadiazine</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId8" Target="worksheets/sheet6.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H3"/>
+  <dimension ref="A1:J13"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
+      <c r="I1" t="s">
+        <v>8</v>
+      </c>
+      <c r="J1" t="s">
+        <v>9</v>
+      </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>8</v>
+        <v>10</v>
       </c>
       <c r="B2" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
       <c r="C2" t="s">
-        <v>10</v>
+        <v>12</v>
       </c>
       <c r="D2" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E2" t="s">
+        <v>14</v>
+      </c>
+      <c r="F2" t="s">
+        <v>15</v>
+      </c>
+      <c r="G2" t="s">
+        <v>16</v>
+      </c>
+      <c r="H2" t="s">
+        <v>17</v>
+      </c>
+      <c r="I2" t="s">
         <v>12</v>
       </c>
-      <c r="F2" t="s">
-[...6 lines deleted...]
-        <v>15</v>
+      <c r="J2" t="s">
+        <v>18</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>8</v>
+        <v>10</v>
       </c>
       <c r="B3" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="C3" t="s">
-        <v>17</v>
+        <v>15</v>
       </c>
       <c r="D3" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="E3" t="s">
-        <v>19</v>
+        <v>21</v>
       </c>
       <c r="F3" t="s">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="G3" t="s">
-        <v>20</v>
+        <v>22</v>
       </c>
       <c r="H3" t="s">
-        <v>21</v>
+        <v>23</v>
+      </c>
+      <c r="I3" t="s">
+        <v>15</v>
+      </c>
+      <c r="J3" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>10</v>
+      </c>
+      <c r="B4" t="s">
+        <v>25</v>
+      </c>
+      <c r="C4" t="s">
+        <v>26</v>
+      </c>
+      <c r="D4" t="s">
+        <v>27</v>
+      </c>
+      <c r="E4" t="s">
+        <v>28</v>
+      </c>
+      <c r="F4" t="s">
+        <v>15</v>
+      </c>
+      <c r="G4" t="s">
+        <v>29</v>
+      </c>
+      <c r="H4" t="s">
+        <v>30</v>
+      </c>
+      <c r="I4" t="s">
+        <v>15</v>
+      </c>
+      <c r="J4" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>10</v>
+      </c>
+      <c r="B5" t="s">
+        <v>32</v>
+      </c>
+      <c r="C5" t="s">
+        <v>33</v>
+      </c>
+      <c r="D5" t="s">
+        <v>34</v>
+      </c>
+      <c r="E5" t="s">
+        <v>35</v>
+      </c>
+      <c r="F5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G5" t="s">
+        <v>36</v>
+      </c>
+      <c r="H5" t="s">
+        <v>37</v>
+      </c>
+      <c r="I5" t="s">
+        <v>15</v>
+      </c>
+      <c r="J5" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>10</v>
+      </c>
+      <c r="B6" t="s">
+        <v>39</v>
+      </c>
+      <c r="C6" t="s">
+        <v>15</v>
+      </c>
+      <c r="D6" t="s">
+        <v>40</v>
+      </c>
+      <c r="E6" t="s">
+        <v>41</v>
+      </c>
+      <c r="F6" t="s">
+        <v>15</v>
+      </c>
+      <c r="G6" t="s">
+        <v>42</v>
+      </c>
+      <c r="H6" t="s">
+        <v>43</v>
+      </c>
+      <c r="I6" t="s">
+        <v>15</v>
+      </c>
+      <c r="J6" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>10</v>
+      </c>
+      <c r="B7" t="s">
+        <v>45</v>
+      </c>
+      <c r="C7" t="s">
+        <v>15</v>
+      </c>
+      <c r="D7" t="s">
+        <v>46</v>
+      </c>
+      <c r="E7" t="s">
+        <v>47</v>
+      </c>
+      <c r="F7" t="s">
+        <v>15</v>
+      </c>
+      <c r="G7" t="s">
+        <v>48</v>
+      </c>
+      <c r="H7" t="s">
+        <v>49</v>
+      </c>
+      <c r="I7" t="s">
+        <v>15</v>
+      </c>
+      <c r="J7" t="s">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>10</v>
+      </c>
+      <c r="B8" t="s">
+        <v>51</v>
+      </c>
+      <c r="C8" t="s">
+        <v>15</v>
+      </c>
+      <c r="D8" t="s">
+        <v>52</v>
+      </c>
+      <c r="E8" t="s">
+        <v>53</v>
+      </c>
+      <c r="F8" t="s">
+        <v>15</v>
+      </c>
+      <c r="G8" t="s">
+        <v>54</v>
+      </c>
+      <c r="H8" t="s">
+        <v>55</v>
+      </c>
+      <c r="I8" t="s">
+        <v>15</v>
+      </c>
+      <c r="J8" t="s">
+        <v>56</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>10</v>
+      </c>
+      <c r="B9" t="s">
+        <v>57</v>
+      </c>
+      <c r="C9" t="s">
+        <v>15</v>
+      </c>
+      <c r="D9" t="s">
+        <v>58</v>
+      </c>
+      <c r="E9" t="s">
+        <v>59</v>
+      </c>
+      <c r="F9" t="s">
+        <v>15</v>
+      </c>
+      <c r="G9" t="s">
+        <v>60</v>
+      </c>
+      <c r="H9" t="s">
+        <v>61</v>
+      </c>
+      <c r="I9" t="s">
+        <v>15</v>
+      </c>
+      <c r="J9" t="s">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>10</v>
+      </c>
+      <c r="B10" t="s">
+        <v>63</v>
+      </c>
+      <c r="C10" t="s">
+        <v>15</v>
+      </c>
+      <c r="D10" t="s">
+        <v>64</v>
+      </c>
+      <c r="E10" t="s">
+        <v>65</v>
+      </c>
+      <c r="F10" t="s">
+        <v>15</v>
+      </c>
+      <c r="G10" t="s">
+        <v>66</v>
+      </c>
+      <c r="H10" t="s">
+        <v>67</v>
+      </c>
+      <c r="I10" t="s">
+        <v>15</v>
+      </c>
+      <c r="J10" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>10</v>
+      </c>
+      <c r="B11" t="s">
+        <v>39</v>
+      </c>
+      <c r="C11" t="s">
+        <v>15</v>
+      </c>
+      <c r="D11" t="s">
+        <v>69</v>
+      </c>
+      <c r="E11" t="s">
+        <v>69</v>
+      </c>
+      <c r="F11" t="s">
+        <v>15</v>
+      </c>
+      <c r="G11" t="s">
+        <v>70</v>
+      </c>
+      <c r="H11" t="s">
+        <v>71</v>
+      </c>
+      <c r="I11" t="s">
+        <v>15</v>
+      </c>
+      <c r="J11" t="s">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>10</v>
+      </c>
+      <c r="B12" t="s">
+        <v>73</v>
+      </c>
+      <c r="C12" t="s">
+        <v>15</v>
+      </c>
+      <c r="D12" t="s">
+        <v>74</v>
+      </c>
+      <c r="E12" t="s">
+        <v>74</v>
+      </c>
+      <c r="F12" t="s">
+        <v>15</v>
+      </c>
+      <c r="G12" t="s">
+        <v>75</v>
+      </c>
+      <c r="H12" t="s">
+        <v>76</v>
+      </c>
+      <c r="I12" t="s">
+        <v>15</v>
+      </c>
+      <c r="J12" t="s">
+        <v>77</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="s">
+        <v>10</v>
+      </c>
+      <c r="B13" t="s">
+        <v>78</v>
+      </c>
+      <c r="C13" t="s">
+        <v>15</v>
+      </c>
+      <c r="D13" t="s">
+        <v>79</v>
+      </c>
+      <c r="E13" t="s">
+        <v>79</v>
+      </c>
+      <c r="F13" t="s">
+        <v>15</v>
+      </c>
+      <c r="G13" t="s">
+        <v>80</v>
+      </c>
+      <c r="H13" t="s">
+        <v>81</v>
+      </c>
+      <c r="I13" t="s">
+        <v>15</v>
+      </c>
+      <c r="J13" t="s">
+        <v>82</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:J1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>83</v>
+      </c>
+      <c r="B2" t="s">
+        <v>84</v>
+      </c>
+      <c r="C2" t="s">
+        <v>85</v>
+      </c>
+      <c r="D2" t="s">
+        <v>86</v>
+      </c>
+      <c r="E2" t="s">
+        <v>87</v>
+      </c>
+      <c r="F2" t="s">
+        <v>15</v>
+      </c>
+      <c r="G2" t="s">
+        <v>88</v>
+      </c>
+      <c r="H2" t="s">
+        <v>89</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H3"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>90</v>
+      </c>
+      <c r="B2" t="s">
+        <v>91</v>
+      </c>
+      <c r="C2" t="s">
+        <v>92</v>
+      </c>
+      <c r="D2" t="s">
+        <v>15</v>
+      </c>
+      <c r="E2" t="s">
+        <v>93</v>
+      </c>
+      <c r="F2" t="s">
+        <v>15</v>
+      </c>
+      <c r="G2" t="s">
+        <v>94</v>
+      </c>
+      <c r="H2" t="s">
+        <v>95</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>90</v>
+      </c>
+      <c r="B3" t="s">
+        <v>96</v>
+      </c>
+      <c r="C3" t="s">
+        <v>97</v>
+      </c>
+      <c r="D3" t="s">
+        <v>15</v>
+      </c>
+      <c r="E3" t="s">
+        <v>98</v>
+      </c>
+      <c r="F3" t="s">
+        <v>15</v>
+      </c>
+      <c r="G3" t="s">
+        <v>99</v>
+      </c>
+      <c r="H3" t="s">
+        <v>100</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>101</v>
+      </c>
+      <c r="B2" t="s">
+        <v>102</v>
+      </c>
+      <c r="C2" t="s">
+        <v>103</v>
+      </c>
+      <c r="D2" t="s">
+        <v>104</v>
+      </c>
+      <c r="E2" t="s">
+        <v>105</v>
+      </c>
+      <c r="F2" t="s">
+        <v>15</v>
+      </c>
+      <c r="G2" t="s">
+        <v>106</v>
+      </c>
+      <c r="H2" t="s">
+        <v>107</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H4"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>108</v>
+      </c>
+      <c r="B2" t="s">
+        <v>109</v>
+      </c>
+      <c r="C2" t="s">
+        <v>110</v>
+      </c>
+      <c r="D2" t="s">
+        <v>111</v>
+      </c>
+      <c r="E2" t="s">
+        <v>112</v>
+      </c>
+      <c r="F2" t="s">
+        <v>15</v>
+      </c>
+      <c r="G2" t="s">
+        <v>113</v>
+      </c>
+      <c r="H2" t="s">
+        <v>114</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>108</v>
+      </c>
+      <c r="B3" t="s">
+        <v>115</v>
+      </c>
+      <c r="C3" t="s">
+        <v>116</v>
+      </c>
+      <c r="D3" t="s">
+        <v>117</v>
+      </c>
+      <c r="E3" t="s">
+        <v>118</v>
+      </c>
+      <c r="F3" t="s">
+        <v>15</v>
+      </c>
+      <c r="G3" t="s">
+        <v>119</v>
+      </c>
+      <c r="H3" t="s">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>108</v>
+      </c>
+      <c r="B4" t="s">
+        <v>121</v>
+      </c>
+      <c r="C4" t="s">
+        <v>122</v>
+      </c>
+      <c r="D4" t="s">
+        <v>123</v>
+      </c>
+      <c r="E4" t="s">
+        <v>124</v>
+      </c>
+      <c r="F4" t="s">
+        <v>15</v>
+      </c>
+      <c r="G4" t="s">
+        <v>125</v>
+      </c>
+      <c r="H4" t="s">
+        <v>126</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:L3"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>127</v>
+      </c>
+      <c r="J1" t="s">
+        <v>9</v>
+      </c>
+      <c r="K1" t="s">
+        <v>128</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>129</v>
+      </c>
+      <c r="B2" t="s">
+        <v>130</v>
+      </c>
+      <c r="C2" t="s">
+        <v>15</v>
+      </c>
+      <c r="D2" t="s">
+        <v>15</v>
+      </c>
+      <c r="E2" t="s">
+        <v>131</v>
+      </c>
+      <c r="F2" t="s">
+        <v>15</v>
+      </c>
+      <c r="G2" t="s">
+        <v>132</v>
+      </c>
+      <c r="H2" t="s">
+        <v>133</v>
+      </c>
+      <c r="I2" t="s">
+        <v>134</v>
+      </c>
+      <c r="J2" t="s">
+        <v>135</v>
+      </c>
+      <c r="K2" t="s">
+        <v>136</v>
+      </c>
+      <c r="L2" t="s">
+        <v>137</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>129</v>
+      </c>
+      <c r="B3" t="s">
+        <v>138</v>
+      </c>
+      <c r="C3" t="s">
+        <v>15</v>
+      </c>
+      <c r="D3" t="s">
+        <v>15</v>
+      </c>
+      <c r="E3" t="s">
+        <v>139</v>
+      </c>
+      <c r="F3" t="s">
+        <v>15</v>
+      </c>
+      <c r="G3" t="s">
+        <v>140</v>
+      </c>
+      <c r="H3" t="s">
+        <v>141</v>
+      </c>
+      <c r="I3" t="s">
+        <v>142</v>
+      </c>
+      <c r="J3" t="s">
+        <v>135</v>
+      </c>
+      <c r="K3" t="s">
+        <v>143</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>