--- v0 (2025-10-18)
+++ v1 (2026-01-19)
@@ -1,249 +1,1593 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet5.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Drugs" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Avis sur les dispositifs" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Guide maladie chronique" r:id="rId4" sheetId="2"/>
+    <sheet name="Export Evaluation des technolog" r:id="rId5" sheetId="3"/>
+    <sheet name="Export évènement de calendrier" r:id="rId6" sheetId="4"/>
+    <sheet name="Export Medicament" r:id="rId7" sheetId="5"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Drugs'!$B$1:$K$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Avis sur les dispositifs'!$B$1:$J$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="24" uniqueCount="22">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="298" uniqueCount="154">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Active ingredient</t>
-[...8 lines deleted...]
-    <t>Medicine</t>
+    <t>Description</t>
+  </si>
+  <si>
+    <t>Laboratoire / Fabricant</t>
+  </si>
+  <si>
+    <t>Avis sur les dispositifs médicaux et autres produits de santé</t>
+  </si>
+  <si>
+    <t>MEPITEL</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>22/12/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>23/05/2024 11:39:54</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3517402/fr/mepitel</t>
+  </si>
+  <si>
+    <t>p_3517402</t>
+  </si>
+  <si>
+    <t>Pansement interface</t>
+  </si>
+  <si>
+    <t>MÖLNLYCKE HEALTH CARE SA (France)</t>
+  </si>
+  <si>
+    <t>15/12/2015 00:00:00</t>
+  </si>
+  <si>
+    <t>15/01/2016 09:26:10</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2587349/fr/mepitel</t>
+  </si>
+  <si>
+    <t>c_2587349</t>
+  </si>
+  <si>
+    <t>MÖLNLYCKE HEALTH CARE SA</t>
+  </si>
+  <si>
+    <t>OCTENILIN</t>
+  </si>
+  <si>
+    <t>Gel pour les plaies</t>
+  </si>
+  <si>
+    <t>20/11/2012 00:00:00</t>
+  </si>
+  <si>
+    <t>23/11/2012 13:03:15</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1336040/fr/octenilin</t>
+  </si>
+  <si>
+    <t>c_1336040</t>
+  </si>
+  <si>
+    <t>SCHULKE FRANCE SARL / schulke &amp; MAYR GmnH</t>
+  </si>
+  <si>
+    <t>IALUSET PLUS  -  25 septembre 2012 (4303) avis</t>
+  </si>
+  <si>
+    <t>25/09/2012 00:00:00</t>
+  </si>
+  <si>
+    <t>12/10/2012 18:28:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1297533/fr/ialuset-plus-25-septembre-2012-4303-avis</t>
+  </si>
+  <si>
+    <t>c_1297533</t>
+  </si>
+  <si>
+    <t>Laboratoires GENEVRIER SA (France)</t>
+  </si>
+  <si>
+    <t>EFFIDIA PLUS - 22 mars 2011 (3464) avis</t>
+  </si>
+  <si>
+    <t>Compresse imprégnée d’acide hyaluronique et de sulfadiazine argentique Crème à l’acide hyaluronique et à la sulfadiazine argentique DERMATOLOGIE– Mise au point Avis défavorable au remboursement en raison d’un intérêt clinique non établi</t>
+  </si>
+  <si>
+    <t>22/03/2011 00:00:00</t>
+  </si>
+  <si>
+    <t>27/04/2011 13:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1033131/fr/effidia-plus-22-mars-2011-3464-avis</t>
+  </si>
+  <si>
+    <t>c_1033131</t>
+  </si>
+  <si>
+    <t>FIDIA FARMACEUTICI S.p.A., Italie</t>
+  </si>
+  <si>
+    <t>IALUSET PLUS</t>
+  </si>
+  <si>
+    <t>02/12/2008 00:00:00</t>
+  </si>
+  <si>
+    <t>02/12/2008 16:04:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_725071/fr/ialuset-plus</t>
+  </si>
+  <si>
+    <t>c_725071</t>
+  </si>
+  <si>
+    <t>GENEVRIER</t>
+  </si>
+  <si>
+    <t>RELEASE AG</t>
+  </si>
+  <si>
+    <t>10/01/2007 00:00:00</t>
+  </si>
+  <si>
+    <t>10/01/2007 09:57:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_477928/fr/release-ag</t>
+  </si>
+  <si>
+    <t>c_477928</t>
+  </si>
+  <si>
+    <t>Johnson &amp; Johnson Wound Management - Ethicon SAS</t>
+  </si>
+  <si>
+    <t>URGOTUL</t>
+  </si>
+  <si>
+    <t>06/12/2006 00:00:00</t>
+  </si>
+  <si>
+    <t>06/12/2006 15:39:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_464199/fr/urgotul</t>
+  </si>
+  <si>
+    <t>c_464199</t>
+  </si>
+  <si>
+    <t>Laboratoires URGO</t>
+  </si>
+  <si>
+    <t>URGOTUL S.Ag</t>
+  </si>
+  <si>
+    <t>06/12/2006 15:44:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_464206/fr/urgotul-s-ag</t>
+  </si>
+  <si>
+    <t>c_464206</t>
+  </si>
+  <si>
+    <t>BIATAIN AG</t>
+  </si>
+  <si>
+    <t>11/10/2006 00:00:00</t>
+  </si>
+  <si>
+    <t>11/10/2006 18:30:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_451399/fr/biatain-ag</t>
+  </si>
+  <si>
+    <t>c_451399</t>
+  </si>
+  <si>
+    <t>Laboratoires Coloplast</t>
+  </si>
+  <si>
+    <t>ALGOSTERIL</t>
+  </si>
+  <si>
+    <t>20/02/2002 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_398355/fr/algosteril</t>
+  </si>
+  <si>
+    <t>c_398355</t>
+  </si>
+  <si>
+    <t>Laboratoires BROTHIER</t>
+  </si>
+  <si>
+    <t>05/02/2003 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_398460/fr/ialuset-plus</t>
+  </si>
+  <si>
+    <t>c_398460</t>
+  </si>
+  <si>
+    <t>Laboratoires GENEVRIER (France)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_398507/fr/algosteril</t>
+  </si>
+  <si>
+    <t>c_398507</t>
+  </si>
+  <si>
+    <t>12/05/2004 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_398601/fr/mepitel</t>
+  </si>
+  <si>
+    <t>c_398601</t>
+  </si>
+  <si>
+    <t>HYDROFIBER AQUACEL AG</t>
+  </si>
+  <si>
+    <t>17/05/2006 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_398781/fr/hydrofiber-aquacel-ag</t>
+  </si>
+  <si>
+    <t>c_398781</t>
+  </si>
+  <si>
+    <t>Laboratoire CONVATEC</t>
+  </si>
+  <si>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Nécrolyse épidermique de l’adulte (Syndromes de Stevens-Johnson et de Lyell)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un adulte pris en charge pour une nécrolyse épidermique (NE, syndrome de Stevens-Johnson, SJS, et syndrome de Lyell ou nécrolyse épidermique toxique, NET). Il a été élaboré par le Centre de référence des dermatoses bulleuses toxiques et toxidermies graves TOXIBUL à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>04/04/2018 15:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1012735/fr/necrolyse-epidermique-de-l-adulte-syndromes-de-stevens-johnson-et-de-lyell</t>
+  </si>
+  <si>
+    <t>c_1012735</t>
+  </si>
+  <si>
+    <t>Épidermolyses bulleuses héréditaires</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un malade atteint d’épidermolyse bulleuse héréditaire (EBH). Il a été élaboré par la Filière FIMARAD : Santé Maladies Rares Dermatologiques à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>04/11/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2028188/fr/epidermolyses-bulleuses-hereditaires</t>
+  </si>
+  <si>
+    <t>c_2028188</t>
+  </si>
+  <si>
+    <t>Evaluation des technologies de santé</t>
+  </si>
+  <si>
+    <t>Évaluation des pansements</t>
+  </si>
+  <si>
+    <t>La révision des descriptions génériques des articles pour pansements a été réalisée dans le cadre de l’arrêté du 25 juillet 2005. Elle a concerné les pansements primaires, placés au contact direct de la plaie, et les pansements secondaires et matériels de fixation/maintien. Les pansements disposant d’une AMM (ou médicaments présentés sous forme de pansement) étaient hors du champ d’investigation.</t>
+  </si>
+  <si>
+    <t>03/10/2007 00:00:00</t>
+  </si>
+  <si>
+    <t>21/11/2008 13:38:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_717899/fr/evaluation-des-pansements</t>
+  </si>
+  <si>
+    <t>c_717899</t>
+  </si>
+  <si>
+    <t>Type d'évènement</t>
+  </si>
+  <si>
+    <t>Evénement de Calendrier</t>
+  </si>
+  <si>
+    <t>Commission de la Transparence - Réunion à distance du 21 avril 2021</t>
+  </si>
+  <si>
+    <t>16/04/2021 11:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3261408/fr/commission-de-la-transparence-reunion-a-distance-du-21-avril-2021</t>
+  </si>
+  <si>
+    <t>p_3261408</t>
+  </si>
+  <si>
+    <t>Commission</t>
+  </si>
+  <si>
+    <t>Commission de la Transparence - Réunion à distance du 7 avril 2021</t>
+  </si>
+  <si>
+    <t>31/03/2021 14:57:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3258755/fr/commission-de-la-transparence-reunion-a-distance-du-7-avril-2021</t>
+  </si>
+  <si>
+    <t>p_3258755</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 20 novembre 2019</t>
+  </si>
+  <si>
+    <t>13/11/2019 17:24:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3118206/fr/commission-de-la-transparence-reunion-du-20-novembre-2019</t>
+  </si>
+  <si>
+    <t>p_3118206</t>
+  </si>
+  <si>
+    <t>CNEDIMTS - Réunion du 20 novembre 2018</t>
+  </si>
+  <si>
+    <t>08/02/2019 08:44:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2903025/fr/cnedimts-reunion-du-20-novembre-2018</t>
+  </si>
+  <si>
+    <t>c_2903025</t>
+  </si>
+  <si>
+    <t>CNEDIMTS - Réunion du 15 mai 2018</t>
+  </si>
+  <si>
+    <t>07/05/2018 08:58:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2842875/fr/cnedimts-reunion-du-15-mai-2018</t>
+  </si>
+  <si>
+    <t>c_2842875</t>
+  </si>
+  <si>
+    <t>CNEDiMTS - Réunion du 11 Septembre 2012</t>
+  </si>
+  <si>
+    <t>25/10/2012 18:13:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1316416/fr/cnedimts-reunion-du-11-septembre-2012</t>
+  </si>
+  <si>
+    <t>c_1316416</t>
+  </si>
+  <si>
+    <t>Substance active (DCI)</t>
+  </si>
+  <si>
+    <t>Avis sur les Médicaments</t>
+  </si>
+  <si>
+    <t>Médicament</t>
   </si>
   <si>
     <t>FLAMMAZINE (sulfadiazine argentique)</t>
   </si>
   <si>
-    <t/>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2984893/en/flammazine-sulfadiazine-argentique</t>
+    <t>07/05/2021 15:05:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984893/fr/flammazine-sulfadiazine-argentique</t>
   </si>
   <si>
     <t>pprd_2984893</t>
   </si>
   <si>
     <t>sulfadiazine argentique</t>
   </si>
   <si>
     <t>ALLIANCE PHARMA FRANCE S.A.S.</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_1321839/en/flammazine-sulfadiazine-argentique</t>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3264808/en/flammazine-sulfadiazine-argentique</t>
+    <t>https://www.has-sante.fr/jcms/c_1321839/fr/flammazine-sulfadiazine-argentique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1649704/fr/flammazine-sulfadiazine-argentique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3264808/fr/flammazine-sulfadiazine-argentique</t>
+  </si>
+  <si>
+    <t>SICAZINE (sulfadiazine argentique)</t>
+  </si>
+  <si>
+    <t>13/04/2005 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985852/fr/sicazine-sulfadiazine-argentique</t>
+  </si>
+  <si>
+    <t>pprd_2985852</t>
+  </si>
+  <si>
+    <t>SMITH &amp; NEPHEW</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400216/fr/sicazine-1-pour-cent-creme-en-tube-tube-de-50-g</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:M2"/>
+  <dimension ref="A1:J16"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
-      <c r="K1" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
+        <v>10</v>
+      </c>
+      <c r="B2" t="s">
         <v>11</v>
       </c>
-      <c r="B2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C2" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="D2" t="s">
         <v>13</v>
       </c>
       <c r="E2" t="s">
         <v>14</v>
       </c>
       <c r="F2" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G2" t="s">
         <v>15</v>
       </c>
       <c r="H2" t="s">
         <v>16</v>
       </c>
       <c r="I2" t="s">
         <v>17</v>
       </c>
       <c r="J2" t="s">
         <v>18</v>
       </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>10</v>
+      </c>
+      <c r="B3" t="s">
+        <v>11</v>
+      </c>
+      <c r="C3" t="s">
+        <v>12</v>
+      </c>
+      <c r="D3" t="s">
+        <v>19</v>
+      </c>
+      <c r="E3" t="s">
+        <v>20</v>
+      </c>
+      <c r="F3" t="s">
+        <v>12</v>
+      </c>
+      <c r="G3" t="s">
+        <v>21</v>
+      </c>
+      <c r="H3" t="s">
+        <v>22</v>
+      </c>
+      <c r="I3" t="s">
+        <v>12</v>
+      </c>
+      <c r="J3" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>10</v>
+      </c>
+      <c r="B4" t="s">
+        <v>24</v>
+      </c>
+      <c r="C4" t="s">
+        <v>25</v>
+      </c>
+      <c r="D4" t="s">
+        <v>26</v>
+      </c>
+      <c r="E4" t="s">
+        <v>27</v>
+      </c>
+      <c r="F4" t="s">
+        <v>12</v>
+      </c>
+      <c r="G4" t="s">
+        <v>28</v>
+      </c>
+      <c r="H4" t="s">
+        <v>29</v>
+      </c>
+      <c r="I4" t="s">
+        <v>25</v>
+      </c>
+      <c r="J4" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>10</v>
+      </c>
+      <c r="B5" t="s">
+        <v>31</v>
+      </c>
+      <c r="C5" t="s">
+        <v>12</v>
+      </c>
+      <c r="D5" t="s">
+        <v>32</v>
+      </c>
+      <c r="E5" t="s">
+        <v>33</v>
+      </c>
+      <c r="F5" t="s">
+        <v>12</v>
+      </c>
+      <c r="G5" t="s">
+        <v>34</v>
+      </c>
+      <c r="H5" t="s">
+        <v>35</v>
+      </c>
+      <c r="I5" t="s">
+        <v>12</v>
+      </c>
+      <c r="J5" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>10</v>
+      </c>
+      <c r="B6" t="s">
+        <v>37</v>
+      </c>
+      <c r="C6" t="s">
+        <v>38</v>
+      </c>
+      <c r="D6" t="s">
+        <v>39</v>
+      </c>
+      <c r="E6" t="s">
+        <v>40</v>
+      </c>
+      <c r="F6" t="s">
+        <v>12</v>
+      </c>
+      <c r="G6" t="s">
+        <v>41</v>
+      </c>
+      <c r="H6" t="s">
+        <v>42</v>
+      </c>
+      <c r="I6" t="s">
+        <v>12</v>
+      </c>
+      <c r="J6" t="s">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>10</v>
+      </c>
+      <c r="B7" t="s">
+        <v>44</v>
+      </c>
+      <c r="C7" t="s">
+        <v>12</v>
+      </c>
+      <c r="D7" t="s">
+        <v>45</v>
+      </c>
+      <c r="E7" t="s">
+        <v>46</v>
+      </c>
+      <c r="F7" t="s">
+        <v>12</v>
+      </c>
+      <c r="G7" t="s">
+        <v>47</v>
+      </c>
+      <c r="H7" t="s">
+        <v>48</v>
+      </c>
+      <c r="I7" t="s">
+        <v>12</v>
+      </c>
+      <c r="J7" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>10</v>
+      </c>
+      <c r="B8" t="s">
+        <v>50</v>
+      </c>
+      <c r="C8" t="s">
+        <v>12</v>
+      </c>
+      <c r="D8" t="s">
+        <v>51</v>
+      </c>
+      <c r="E8" t="s">
+        <v>52</v>
+      </c>
+      <c r="F8" t="s">
+        <v>12</v>
+      </c>
+      <c r="G8" t="s">
+        <v>53</v>
+      </c>
+      <c r="H8" t="s">
+        <v>54</v>
+      </c>
+      <c r="I8" t="s">
+        <v>12</v>
+      </c>
+      <c r="J8" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>10</v>
+      </c>
+      <c r="B9" t="s">
+        <v>56</v>
+      </c>
+      <c r="C9" t="s">
+        <v>12</v>
+      </c>
+      <c r="D9" t="s">
+        <v>57</v>
+      </c>
+      <c r="E9" t="s">
+        <v>58</v>
+      </c>
+      <c r="F9" t="s">
+        <v>12</v>
+      </c>
+      <c r="G9" t="s">
+        <v>59</v>
+      </c>
+      <c r="H9" t="s">
+        <v>60</v>
+      </c>
+      <c r="I9" t="s">
+        <v>12</v>
+      </c>
+      <c r="J9" t="s">
+        <v>61</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>10</v>
+      </c>
+      <c r="B10" t="s">
+        <v>62</v>
+      </c>
+      <c r="C10" t="s">
+        <v>12</v>
+      </c>
+      <c r="D10" t="s">
+        <v>57</v>
+      </c>
+      <c r="E10" t="s">
+        <v>63</v>
+      </c>
+      <c r="F10" t="s">
+        <v>12</v>
+      </c>
+      <c r="G10" t="s">
+        <v>64</v>
+      </c>
+      <c r="H10" t="s">
+        <v>65</v>
+      </c>
+      <c r="I10" t="s">
+        <v>12</v>
+      </c>
+      <c r="J10" t="s">
+        <v>61</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>10</v>
+      </c>
+      <c r="B11" t="s">
+        <v>66</v>
+      </c>
+      <c r="C11" t="s">
+        <v>12</v>
+      </c>
+      <c r="D11" t="s">
+        <v>67</v>
+      </c>
+      <c r="E11" t="s">
+        <v>68</v>
+      </c>
+      <c r="F11" t="s">
+        <v>12</v>
+      </c>
+      <c r="G11" t="s">
+        <v>69</v>
+      </c>
+      <c r="H11" t="s">
+        <v>70</v>
+      </c>
+      <c r="I11" t="s">
+        <v>12</v>
+      </c>
+      <c r="J11" t="s">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>10</v>
+      </c>
+      <c r="B12" t="s">
+        <v>72</v>
+      </c>
+      <c r="C12" t="s">
+        <v>12</v>
+      </c>
+      <c r="D12" t="s">
+        <v>73</v>
+      </c>
+      <c r="E12" t="s">
+        <v>73</v>
+      </c>
+      <c r="F12" t="s">
+        <v>12</v>
+      </c>
+      <c r="G12" t="s">
+        <v>74</v>
+      </c>
+      <c r="H12" t="s">
+        <v>75</v>
+      </c>
+      <c r="I12" t="s">
+        <v>12</v>
+      </c>
+      <c r="J12" t="s">
+        <v>76</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="s">
+        <v>10</v>
+      </c>
+      <c r="B13" t="s">
+        <v>44</v>
+      </c>
+      <c r="C13" t="s">
+        <v>12</v>
+      </c>
+      <c r="D13" t="s">
+        <v>77</v>
+      </c>
+      <c r="E13" t="s">
+        <v>77</v>
+      </c>
+      <c r="F13" t="s">
+        <v>12</v>
+      </c>
+      <c r="G13" t="s">
+        <v>78</v>
+      </c>
+      <c r="H13" t="s">
+        <v>79</v>
+      </c>
+      <c r="I13" t="s">
+        <v>12</v>
+      </c>
+      <c r="J13" t="s">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" t="s">
+        <v>10</v>
+      </c>
+      <c r="B14" t="s">
+        <v>72</v>
+      </c>
+      <c r="C14" t="s">
+        <v>12</v>
+      </c>
+      <c r="D14" t="s">
+        <v>73</v>
+      </c>
+      <c r="E14" t="s">
+        <v>73</v>
+      </c>
+      <c r="F14" t="s">
+        <v>12</v>
+      </c>
+      <c r="G14" t="s">
+        <v>81</v>
+      </c>
+      <c r="H14" t="s">
+        <v>82</v>
+      </c>
+      <c r="I14" t="s">
+        <v>12</v>
+      </c>
+      <c r="J14" t="s">
+        <v>76</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" t="s">
+        <v>10</v>
+      </c>
+      <c r="B15" t="s">
+        <v>11</v>
+      </c>
+      <c r="C15" t="s">
+        <v>12</v>
+      </c>
+      <c r="D15" t="s">
+        <v>83</v>
+      </c>
+      <c r="E15" t="s">
+        <v>83</v>
+      </c>
+      <c r="F15" t="s">
+        <v>12</v>
+      </c>
+      <c r="G15" t="s">
+        <v>84</v>
+      </c>
+      <c r="H15" t="s">
+        <v>85</v>
+      </c>
+      <c r="I15" t="s">
+        <v>12</v>
+      </c>
+      <c r="J15" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" t="s">
+        <v>10</v>
+      </c>
+      <c r="B16" t="s">
+        <v>86</v>
+      </c>
+      <c r="C16" t="s">
+        <v>12</v>
+      </c>
+      <c r="D16" t="s">
+        <v>87</v>
+      </c>
+      <c r="E16" t="s">
+        <v>87</v>
+      </c>
+      <c r="F16" t="s">
+        <v>12</v>
+      </c>
+      <c r="G16" t="s">
+        <v>88</v>
+      </c>
+      <c r="H16" t="s">
+        <v>89</v>
+      </c>
+      <c r="I16" t="s">
+        <v>12</v>
+      </c>
+      <c r="J16" t="s">
+        <v>90</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:J1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H3"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>91</v>
+      </c>
+      <c r="B2" t="s">
+        <v>92</v>
+      </c>
+      <c r="C2" t="s">
+        <v>93</v>
+      </c>
+      <c r="D2" t="s">
+        <v>12</v>
+      </c>
+      <c r="E2" t="s">
+        <v>94</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>95</v>
+      </c>
+      <c r="H2" t="s">
+        <v>96</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>91</v>
+      </c>
+      <c r="B3" t="s">
+        <v>97</v>
+      </c>
+      <c r="C3" t="s">
+        <v>98</v>
+      </c>
+      <c r="D3" t="s">
+        <v>12</v>
+      </c>
+      <c r="E3" t="s">
+        <v>99</v>
+      </c>
+      <c r="F3" t="s">
+        <v>12</v>
+      </c>
+      <c r="G3" t="s">
+        <v>100</v>
+      </c>
+      <c r="H3" t="s">
+        <v>101</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>102</v>
+      </c>
+      <c r="B2" t="s">
+        <v>103</v>
+      </c>
+      <c r="C2" t="s">
+        <v>104</v>
+      </c>
+      <c r="D2" t="s">
+        <v>105</v>
+      </c>
+      <c r="E2" t="s">
+        <v>106</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>107</v>
+      </c>
+      <c r="H2" t="s">
+        <v>108</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:I7"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>109</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>110</v>
+      </c>
+      <c r="B2" t="s">
+        <v>111</v>
+      </c>
+      <c r="C2" t="s">
+        <v>12</v>
+      </c>
+      <c r="D2" t="s">
+        <v>12</v>
+      </c>
+      <c r="E2" t="s">
+        <v>112</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>113</v>
+      </c>
+      <c r="H2" t="s">
+        <v>114</v>
+      </c>
+      <c r="I2" t="s">
+        <v>115</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>110</v>
+      </c>
+      <c r="B3" t="s">
+        <v>116</v>
+      </c>
+      <c r="C3" t="s">
+        <v>12</v>
+      </c>
+      <c r="D3" t="s">
+        <v>12</v>
+      </c>
+      <c r="E3" t="s">
+        <v>117</v>
+      </c>
+      <c r="F3" t="s">
+        <v>12</v>
+      </c>
+      <c r="G3" t="s">
+        <v>118</v>
+      </c>
+      <c r="H3" t="s">
+        <v>119</v>
+      </c>
+      <c r="I3" t="s">
+        <v>115</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>110</v>
+      </c>
+      <c r="B4" t="s">
+        <v>120</v>
+      </c>
+      <c r="C4" t="s">
+        <v>12</v>
+      </c>
+      <c r="D4" t="s">
+        <v>12</v>
+      </c>
+      <c r="E4" t="s">
+        <v>121</v>
+      </c>
+      <c r="F4" t="s">
+        <v>12</v>
+      </c>
+      <c r="G4" t="s">
+        <v>122</v>
+      </c>
+      <c r="H4" t="s">
+        <v>123</v>
+      </c>
+      <c r="I4" t="s">
+        <v>115</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>110</v>
+      </c>
+      <c r="B5" t="s">
+        <v>124</v>
+      </c>
+      <c r="C5" t="s">
+        <v>12</v>
+      </c>
+      <c r="D5" t="s">
+        <v>12</v>
+      </c>
+      <c r="E5" t="s">
+        <v>125</v>
+      </c>
+      <c r="F5" t="s">
+        <v>12</v>
+      </c>
+      <c r="G5" t="s">
+        <v>126</v>
+      </c>
+      <c r="H5" t="s">
+        <v>127</v>
+      </c>
+      <c r="I5" t="s">
+        <v>115</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>110</v>
+      </c>
+      <c r="B6" t="s">
+        <v>128</v>
+      </c>
+      <c r="C6" t="s">
+        <v>12</v>
+      </c>
+      <c r="D6" t="s">
+        <v>12</v>
+      </c>
+      <c r="E6" t="s">
+        <v>129</v>
+      </c>
+      <c r="F6" t="s">
+        <v>12</v>
+      </c>
+      <c r="G6" t="s">
+        <v>130</v>
+      </c>
+      <c r="H6" t="s">
+        <v>131</v>
+      </c>
+      <c r="I6" t="s">
+        <v>115</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>110</v>
+      </c>
+      <c r="B7" t="s">
+        <v>132</v>
+      </c>
+      <c r="C7" t="s">
+        <v>12</v>
+      </c>
+      <c r="D7" t="s">
+        <v>12</v>
+      </c>
+      <c r="E7" t="s">
+        <v>133</v>
+      </c>
+      <c r="F7" t="s">
+        <v>12</v>
+      </c>
+      <c r="G7" t="s">
+        <v>134</v>
+      </c>
+      <c r="H7" t="s">
+        <v>135</v>
+      </c>
+      <c r="I7" t="s">
+        <v>115</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:I1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:M3"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>136</v>
+      </c>
+      <c r="J1" t="s">
+        <v>9</v>
+      </c>
+      <c r="K1" t="s">
+        <v>137</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>138</v>
+      </c>
+      <c r="B2" t="s">
+        <v>139</v>
+      </c>
+      <c r="C2" t="s">
+        <v>12</v>
+      </c>
+      <c r="D2" t="s">
+        <v>12</v>
+      </c>
+      <c r="E2" t="s">
+        <v>140</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>141</v>
+      </c>
+      <c r="H2" t="s">
+        <v>142</v>
+      </c>
+      <c r="I2" t="s">
+        <v>143</v>
+      </c>
+      <c r="J2" t="s">
+        <v>144</v>
+      </c>
       <c r="K2" t="s">
-        <v>19</v>
+        <v>145</v>
       </c>
       <c r="L2" t="s">
-        <v>20</v>
+        <v>146</v>
       </c>
       <c r="M2" t="s">
-        <v>21</v>
+        <v>147</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>138</v>
+      </c>
+      <c r="B3" t="s">
+        <v>148</v>
+      </c>
+      <c r="C3" t="s">
+        <v>12</v>
+      </c>
+      <c r="D3" t="s">
+        <v>12</v>
+      </c>
+      <c r="E3" t="s">
+        <v>149</v>
+      </c>
+      <c r="F3" t="s">
+        <v>12</v>
+      </c>
+      <c r="G3" t="s">
+        <v>150</v>
+      </c>
+      <c r="H3" t="s">
+        <v>151</v>
+      </c>
+      <c r="I3" t="s">
+        <v>143</v>
+      </c>
+      <c r="J3" t="s">
+        <v>152</v>
+      </c>
+      <c r="K3" t="s">
+        <v>153</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>