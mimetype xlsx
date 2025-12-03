--- v0 (2025-10-18)
+++ v1 (2025-12-03)
@@ -1,242 +1,533 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet5.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet6.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet7.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Chronic disease guide" r:id="rId3" sheetId="1"/>
-[...2 lines deleted...]
-    <sheet name="Export Drugs" r:id="rId6" sheetId="4"/>
+    <sheet name="Export Recommandation en santé " r:id="rId3" sheetId="1"/>
+    <sheet name="Export Guide maladie chronique" r:id="rId4" sheetId="2"/>
+    <sheet name="Export Recommandation de bonne " r:id="rId5" sheetId="3"/>
+    <sheet name="Export Evaluation des technolog" r:id="rId6" sheetId="4"/>
+    <sheet name="Export évènement de calendrier" r:id="rId7" sheetId="5"/>
+    <sheet name="Export Avis et décisions de la " r:id="rId8" sheetId="6"/>
+    <sheet name="Export Medicament" r:id="rId9" sheetId="7"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Chronic disease guide'!$B$1:$H$1</definedName>
-[...2 lines deleted...]
-    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Drugs'!$B$1:$K$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Recommandation en santé '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="true">'Export Avis et décisions de la '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="6" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="80" uniqueCount="43">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="260" uniqueCount="137">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Chronic disease guide</t>
-[...5 lines deleted...]
-    <t>This national diagnosis and care protocol (PNDS) explains to the professionals concerned the optimal diagnostic and therapeutic management and care pathway of a patient suffering from acquired (AMA) or constitutional (AMC) bone marrow aplasia (BMA). It was drawn up by the reference center for acquired and constitutional bone marrow aplasia, using a methodology proposed by the French National Authority for Health (HAS). It has not been validated by the HAS, which did not participate in its development.</t>
+    <t>Recommandation en santé publique</t>
+  </si>
+  <si>
+    <t>Évaluation médico-économique des traitements de fond biologiques dans la prise en charge de la polyarthrite rhumatoïde</t>
+  </si>
+  <si>
+    <t>La polyarthrite rhumatoïde est une maladie rhumatismale auto-immune, inflammatoire, chronique, évoluant par poussées provoquant des gonflements et des douleurs au niveau des poignets, des mains ou des pieds et détruisant progressivement les articulations.</t>
+  </si>
+  <si>
+    <t>04/11/2015 00:00:00</t>
+  </si>
+  <si>
+    <t>16/05/2019 16:53:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>05/04/2024 18:03:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3431519/en/acquired-and-inherited-aplastic-anemia</t>
+    <t>https://www.has-sante.fr/jcms/c_2580906/fr/evaluation-medico-economique-des-traitements-de-fond-biologiques-dans-la-prise-en-charge-de-la-polyarthrite-rhumatoide</t>
+  </si>
+  <si>
+    <t>c_2580906</t>
+  </si>
+  <si>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Ostéite Chronique Multifocale Récurrente</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’ostéite chronique multifocale récurrente (OCMR). Il a été élaboré sous l’égide du Centre de référence des maladies auto-inflammatoires et de l’amylose inflammatoire (CeRéMAIA) et de la Filière de santé des maladies auto-immunes et auto-inflammatoires rares (FAI²R) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>02/10/2025 12:48:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3689228/fr/osteite-chronique-multifocale-recurrente</t>
+  </si>
+  <si>
+    <t>p_3689228</t>
+  </si>
+  <si>
+    <t>DRESS de l’adulte et de l’enfant</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un adulte ou d’un enfant pris en charge pour un DRESS (en anglais « Drug Reaction with Eosinophilia and Systemic Symptoms » ou DIHS « Drug-Induced Hypersensitivity Syndrome », ou syndrome d’hypersensibilité médicamenteuse). Il a été élaboré par le Centre de référence des dermatoses bulleuses toxiques et toxidermies graves TOXIBUL à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>21/11/2024 15:16:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3557694/fr/dress-de-l-adulte-et-de-l-enfant</t>
+  </si>
+  <si>
+    <t>p_3557694</t>
+  </si>
+  <si>
+    <t>Aplasies médullaires acquises et constitutionnelles</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’aplasie médullaire (AM) acquise (AMA) ou constitutionnelle (AMC). Il a été élaboré par le centre de référence des aplasies médullaires acquises et constitutionnelles à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>04/05/2024 18:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3431519/fr/aplasies-medullaires-acquises-et-constitutionnelles</t>
   </si>
   <si>
     <t>p_3431519</t>
   </si>
   <si>
-    <t>Practice guidelines</t>
-[...8 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_606479/en/rheumatoid-arthritis-diagnosis-and-initial-management</t>
+    <t>Nécrolyse épidermique de l’adulte (Syndromes de Stevens-Johnson et de Lyell)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un adulte pris en charge pour une nécrolyse épidermique (NE, syndrome de Stevens-Johnson, SJS, et syndrome de Lyell ou nécrolyse épidermique toxique, NET). Il a été élaboré par le Centre de référence des dermatoses bulleuses toxiques et toxidermies graves TOXIBUL à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>04/04/2018 15:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1012735/fr/necrolyse-epidermique-de-l-adulte-syndromes-de-stevens-johnson-et-de-lyell</t>
+  </si>
+  <si>
+    <t>c_1012735</t>
+  </si>
+  <si>
+    <t>ALD n° 22 - Polyarthrite rhumatoïde évolutive grave</t>
+  </si>
+  <si>
+    <t>Le guide actes et prestations ALD n’est pas une recommandation de bonne pratique. Il ne constitue pas une aide à la décision portant sur la stratégie diagnostique ou thérapeutique.</t>
+  </si>
+  <si>
+    <t>22/09/2022 00:00:00</t>
+  </si>
+  <si>
+    <t>26/09/2022 16:05:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_664454/fr/ald-n-22-polyarthrite-rhumatoide-evolutive-grave</t>
+  </si>
+  <si>
+    <t>c_664454</t>
+  </si>
+  <si>
+    <t>Hyperéosinophilies et syndromes hyperéosinophiliques</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient présentant un syndrome hyperéosinophilique (SHE). Il a été élaboré sous l'égide du centre de référence des syndromes hyperéosinophiliques (CEREO) et de la filière de santé Mmaladies-rares immuno-hématologiques (MaRIH) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>30/06/2022 15:05:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3346155/fr/hypereosinophilies-et-syndromes-hypereosinophiliques</t>
+  </si>
+  <si>
+    <t>p_3346155</t>
+  </si>
+  <si>
+    <t>Phéochromocytomes et Paragangliomes</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’un phéochromocytome et/ou d'un paragangliome. Il a été élaboré par le Centre de référence des maladies rares des surrénales à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>20/10/2021 13:37:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3292734/fr/pheochromocytomes-et-paragangliomes</t>
+  </si>
+  <si>
+    <t>p_3292734</t>
+  </si>
+  <si>
+    <t>ALD n° 24 - Maladie de Crohn</t>
+  </si>
+  <si>
+    <t>22/05/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>11/06/2019 09:07:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_671094/fr/ald-n-24-maladie-de-crohn</t>
+  </si>
+  <si>
+    <t>c_671094</t>
+  </si>
+  <si>
+    <t>Arthrites Juvéniles Idiopathiques</t>
+  </si>
+  <si>
+    <t>L’objectif de ce protocole national de soins (PNDS) est d’expliciter pour les professionnels de santé la prise en charge optimale actuelle d’un patient atteint d’arthrite juvénile idiopathique (AJI) dans sa forme systémique (maladie de Still), d’AJI oligoarticulaire ou polyarticulaire sans facteur rhumatoïde et d’AJI associée aux enthésites. Ces quatre formes représentent la grande majorité des AJI.</t>
+  </si>
+  <si>
+    <t>30/10/2017 15:23:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2801939/fr/arthrites-juveniles-idiopathiques</t>
+  </si>
+  <si>
+    <t>c_2801939</t>
+  </si>
+  <si>
+    <t>Maladies bulleuses auto-immunes : Pemphigoïde cicatricielle</t>
+  </si>
+  <si>
+    <t>06/06/2016 15:01:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2636206/fr/maladies-bulleuses-auto-immunes-pemphigoide-cicatricielle</t>
+  </si>
+  <si>
+    <t>c_2636206</t>
+  </si>
+  <si>
+    <t>Maladies bulleuses auto-immunes : Dermatose à IgA linéaire</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2636268/fr/maladies-bulleuses-auto-immunes-dermatose-a-iga-lineaire</t>
+  </si>
+  <si>
+    <t>c_2636268</t>
+  </si>
+  <si>
+    <t>Maladies bulleuses auto-immunes : Épidermolyse bulleuse acquise</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2636276/fr/maladies-bulleuses-auto-immunes-epidermolyse-bulleuse-acquise</t>
+  </si>
+  <si>
+    <t>c_2636276</t>
+  </si>
+  <si>
+    <t>ALD hors liste - Maladies bulleuses auto-immunes : Épidermolyse bulleuse acquise</t>
+  </si>
+  <si>
+    <t>12/01/2011 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1035513/fr/ald-hors-liste-maladies-bulleuses-auto-immunes-epidermolyse-bulleuse-acquise</t>
+  </si>
+  <si>
+    <t>c_1035513</t>
+  </si>
+  <si>
+    <t>Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Diagnostic, prise en charge thérapeutique et suivi des spondylarthrites. Cette recommandation est suspendue.</t>
+  </si>
+  <si>
+    <t>30/11/2009 12:02:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_800266/fr/diagnostic-prise-en-charge-therapeutique-et-suivi-des-spondylarthrites-cette-recommandation-est-suspendue</t>
+  </si>
+  <si>
+    <t>c_800266</t>
+  </si>
+  <si>
+    <t>Polyarthrite rhumatoïde : diagnostic et prise en charge initiale. Cette recommandation est suspendue.</t>
+  </si>
+  <si>
+    <t>27/05/2009 12:02:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_606479/fr/polyarthrite-rhumatoide-diagnostic-et-prise-en-charge-initiale-cette-recommandation-est-suspendue</t>
   </si>
   <si>
     <t>c_606479</t>
   </si>
   <si>
-    <t>Rheumatoid arthritis: management of established RA</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_606483/en/rheumatoid-arthritis-management-of-established-ra</t>
+    <t>Polyarthrite rhumatoïde : prise en charge en phase d’état. Cette recommandation est suspendue.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_606483/fr/polyarthrite-rhumatoide-prise-en-charge-en-phase-d-etat-cette-recommandation-est-suspendue</t>
   </si>
   <si>
     <t>c_606483</t>
   </si>
   <si>
-    <t>Health technology assessment</t>
-[...2 lines deleted...]
-    <t>Assesment of homeopathic medicines</t>
+    <t>La sclérose en plaques</t>
+  </si>
+  <si>
+    <t>L'objectif de cette conférence de consensus est de répondre aux questions suivantes : Critères diagnostiques de la sclérose en plaques ? Indications thérapeutiques à visée étiologique ? Indications thérapeutiques à visée symptomatique ? Suivi de la sclérose en plaques et évaluation de l'évolution ? Modalités de la prise en charge ?</t>
+  </si>
+  <si>
+    <t>29/06/2001 00:00:00</t>
+  </si>
+  <si>
+    <t>01/06/2001 17:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272001/fr/la-sclerose-en-plaques</t>
+  </si>
+  <si>
+    <t>c_272001</t>
+  </si>
+  <si>
+    <t>Evaluation des technologies de santé</t>
+  </si>
+  <si>
+    <t>Évaluation des médicaments homéopathiques</t>
   </si>
   <si>
     <t>Negative opinion on homeopathic medicines reimbursement</t>
   </si>
   <si>
-    <t>06/26/2019 00:00:00</t>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3116594/en/assesment-of-homeopathic-medicines</t>
+    <t>26/06/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>07/09/2019 15:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3116594/fr/evaluation-des-medicaments-homeopathiques</t>
   </si>
   <si>
     <t>p_3116594</t>
   </si>
   <si>
-    <t>Active ingredient</t>
-[...8 lines deleted...]
-    <t>Medicine</t>
+    <t>Type d'évènement</t>
+  </si>
+  <si>
+    <t>Evénement de Calendrier</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 6 février 2019</t>
+  </si>
+  <si>
+    <t>29/01/2019 14:36:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2901217/fr/commission-de-la-transparence-reunion-du-6-fevrier-2019</t>
+  </si>
+  <si>
+    <t>c_2901217</t>
+  </si>
+  <si>
+    <t>Commission</t>
+  </si>
+  <si>
+    <t>Collège délibératif du 4 novembre 2015</t>
+  </si>
+  <si>
+    <t>02/11/2015 10:02:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2568466/fr/college-deliberatif-du-4-novembre-2015</t>
+  </si>
+  <si>
+    <t>c_2568466</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 24 octobre 2007</t>
+  </si>
+  <si>
+    <t>24/10/2007 16:36:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_598236/fr/commission-de-la-transparence-reunion-du-24-octobre-2007</t>
+  </si>
+  <si>
+    <t>c_598236</t>
+  </si>
+  <si>
+    <t>Avis et décisions de la HAS</t>
+  </si>
+  <si>
+    <t>DECISION N° 2015.0278/DC/SEM du 9 décembre 2015 du collège de la Haute Autorité de Santé adoptant la recommandation relative à la prise en charge à titre dérogatoire de STELARA (ustékinumab) dans le cadre d’une recommandation temporaire d’utilisation - RTU abrogée le 03 octobre 2017</t>
+  </si>
+  <si>
+    <t>Considérant l’ensemble des informations suivantes :# # - la pathologie, la maladie de Crohn modérée à sévère, maladie chronique évoluant par poussées, alternant avec des phases de rémission. Il s’agit d’une pathologie invalidante qui peut entraîner une dégradation marquée de la qualité de vie. # - l’absence d’alternative appropriée et remboursable à ce jour chez ces patients; # - le fait que l’utilisation de ce médicament semble indispensable pour le traitement de ces patients, afin d’améliorer leur état de santé ou éviter leur dégradation. # le Collège de la HAS considère que les spécialités STELARA (ustékinumab) doivent faire l’objet d’une prise en charge dérogatoire dans l’indication : « Traitement de la maladie de Crohn active modérée à sévère en échec à l’infliximab, l’adalimumab et au védolizumab ou qui sont intolérants, ou qui ont une contre-indication à ces traitements ».# *RTU abrogée le 03 octobre 2017. La fin de cette RTU fait suite à la décision de la Commission européenne en date du 11 novembre 2016 de modifier l'autorisation de mise sur le marché (AMM) de STELARA pour y inclure l'indication thérapeutique "traitement de la maladie de Crohn active modérée à sévère chez les patients adultes présentant une réponse insuffisante, une perte de réponse ou une intolérance à un traitement conventionnel ou par anti-TNFα, ou qui présentent une contre-indication médicale à ces traitements» et un nouveau dosage adapté à l’induction du traitement dans cette nouvelle indication : STELARA 130 mg, solution à diluer pour perfusion.*</t>
+  </si>
+  <si>
+    <t>09/12/2015 18:00:00</t>
+  </si>
+  <si>
+    <t>13/12/2017 17:08:16</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2582259/fr/decision-n-2015-0278/dc/sem-du-9-decembre-2015-du-college-de-la-haute-autorite-de-sante-adoptant-la-recommandation-relative-a-la-prise-en-charge-a-titre-derogatoire-de-stelara-ustekinumab-dans-le-cadre-d-une-recommandation-temporaire-d-utilisation-rtu-abrogee-le-03-octobre-2017</t>
+  </si>
+  <si>
+    <t>c_2582259</t>
+  </si>
+  <si>
+    <t>Substance active (DCI)</t>
+  </si>
+  <si>
+    <t>Laboratoire / Fabricant</t>
+  </si>
+  <si>
+    <t>Avis sur les Médicaments</t>
+  </si>
+  <si>
+    <t>Médicament</t>
   </si>
   <si>
     <t>SALAZOPYRINE (sulfasalazine)</t>
   </si>
   <si>
-    <t>05/17/2019 12:23:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2982845/en/salazopyrine-sulfasalazine</t>
+    <t>17/05/2019 12:23:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982845/fr/salazopyrine-sulfasalazine</t>
   </si>
   <si>
     <t>pprd_2982845</t>
   </si>
   <si>
     <t>sulfasalazine</t>
   </si>
   <si>
     <t>PFIZER PFE FRANCE</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_605772/en/salazopyrine-sulfasalazine</t>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_1759083/en/salazopyrine</t>
+    <t>https://www.has-sante.fr/jcms/c_605772/fr/salazopyrine-sulfasalazine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2908481/fr/salazopyrine-sulfasalazine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1759083/fr/salazopyrine-traitements-de-fond-non-biologiques-de-la-polyarthrite-rhumatoide-hors-methotrexate-et-leflunomide</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId8" Target="worksheets/sheet6.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId9" Target="worksheets/sheet7.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
@@ -246,300 +537,926 @@
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="H2" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H3"/>
+  <dimension ref="A1:H14"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>11</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="F2" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="H2" t="s">
-        <v>19</v>
+        <v>21</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="B3" t="s">
-        <v>20</v>
+        <v>22</v>
       </c>
       <c r="C3" t="s">
-        <v>11</v>
+        <v>23</v>
       </c>
       <c r="D3" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E3" t="s">
-        <v>17</v>
+        <v>24</v>
       </c>
       <c r="F3" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>21</v>
+        <v>25</v>
       </c>
       <c r="H3" t="s">
-        <v>22</v>
+        <v>26</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>16</v>
+      </c>
+      <c r="B4" t="s">
+        <v>27</v>
+      </c>
+      <c r="C4" t="s">
+        <v>28</v>
+      </c>
+      <c r="D4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E4" t="s">
+        <v>29</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>30</v>
+      </c>
+      <c r="H4" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>16</v>
+      </c>
+      <c r="B5" t="s">
+        <v>32</v>
+      </c>
+      <c r="C5" t="s">
+        <v>33</v>
+      </c>
+      <c r="D5" t="s">
+        <v>13</v>
+      </c>
+      <c r="E5" t="s">
+        <v>34</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>35</v>
+      </c>
+      <c r="H5" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>16</v>
+      </c>
+      <c r="B6" t="s">
+        <v>37</v>
+      </c>
+      <c r="C6" t="s">
+        <v>38</v>
+      </c>
+      <c r="D6" t="s">
+        <v>39</v>
+      </c>
+      <c r="E6" t="s">
+        <v>40</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
+        <v>41</v>
+      </c>
+      <c r="H6" t="s">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>16</v>
+      </c>
+      <c r="B7" t="s">
+        <v>43</v>
+      </c>
+      <c r="C7" t="s">
+        <v>44</v>
+      </c>
+      <c r="D7" t="s">
+        <v>13</v>
+      </c>
+      <c r="E7" t="s">
+        <v>45</v>
+      </c>
+      <c r="F7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G7" t="s">
+        <v>46</v>
+      </c>
+      <c r="H7" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>16</v>
+      </c>
+      <c r="B8" t="s">
+        <v>48</v>
+      </c>
+      <c r="C8" t="s">
+        <v>49</v>
+      </c>
+      <c r="D8" t="s">
+        <v>13</v>
+      </c>
+      <c r="E8" t="s">
+        <v>50</v>
+      </c>
+      <c r="F8" t="s">
+        <v>13</v>
+      </c>
+      <c r="G8" t="s">
+        <v>51</v>
+      </c>
+      <c r="H8" t="s">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>16</v>
+      </c>
+      <c r="B9" t="s">
+        <v>53</v>
+      </c>
+      <c r="C9" t="s">
+        <v>38</v>
+      </c>
+      <c r="D9" t="s">
+        <v>54</v>
+      </c>
+      <c r="E9" t="s">
+        <v>55</v>
+      </c>
+      <c r="F9" t="s">
+        <v>13</v>
+      </c>
+      <c r="G9" t="s">
+        <v>56</v>
+      </c>
+      <c r="H9" t="s">
+        <v>57</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>16</v>
+      </c>
+      <c r="B10" t="s">
+        <v>58</v>
+      </c>
+      <c r="C10" t="s">
+        <v>59</v>
+      </c>
+      <c r="D10" t="s">
+        <v>13</v>
+      </c>
+      <c r="E10" t="s">
+        <v>60</v>
+      </c>
+      <c r="F10" t="s">
+        <v>13</v>
+      </c>
+      <c r="G10" t="s">
+        <v>61</v>
+      </c>
+      <c r="H10" t="s">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>16</v>
+      </c>
+      <c r="B11" t="s">
+        <v>63</v>
+      </c>
+      <c r="C11" t="s">
+        <v>13</v>
+      </c>
+      <c r="D11" t="s">
+        <v>13</v>
+      </c>
+      <c r="E11" t="s">
+        <v>64</v>
+      </c>
+      <c r="F11" t="s">
+        <v>13</v>
+      </c>
+      <c r="G11" t="s">
+        <v>65</v>
+      </c>
+      <c r="H11" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>16</v>
+      </c>
+      <c r="B12" t="s">
+        <v>67</v>
+      </c>
+      <c r="C12" t="s">
+        <v>13</v>
+      </c>
+      <c r="D12" t="s">
+        <v>13</v>
+      </c>
+      <c r="E12" t="s">
+        <v>64</v>
+      </c>
+      <c r="F12" t="s">
+        <v>13</v>
+      </c>
+      <c r="G12" t="s">
+        <v>68</v>
+      </c>
+      <c r="H12" t="s">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="s">
+        <v>16</v>
+      </c>
+      <c r="B13" t="s">
+        <v>70</v>
+      </c>
+      <c r="C13" t="s">
+        <v>13</v>
+      </c>
+      <c r="D13" t="s">
+        <v>13</v>
+      </c>
+      <c r="E13" t="s">
+        <v>64</v>
+      </c>
+      <c r="F13" t="s">
+        <v>13</v>
+      </c>
+      <c r="G13" t="s">
+        <v>71</v>
+      </c>
+      <c r="H13" t="s">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" t="s">
+        <v>16</v>
+      </c>
+      <c r="B14" t="s">
+        <v>73</v>
+      </c>
+      <c r="C14" t="s">
+        <v>13</v>
+      </c>
+      <c r="D14" t="s">
+        <v>74</v>
+      </c>
+      <c r="E14" t="s">
+        <v>74</v>
+      </c>
+      <c r="F14" t="s">
+        <v>13</v>
+      </c>
+      <c r="G14" t="s">
+        <v>75</v>
+      </c>
+      <c r="H14" t="s">
+        <v>76</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H5"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>77</v>
+      </c>
+      <c r="B2" t="s">
+        <v>78</v>
+      </c>
+      <c r="C2" t="s">
+        <v>13</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>79</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>80</v>
+      </c>
+      <c r="H2" t="s">
+        <v>81</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>77</v>
+      </c>
+      <c r="B3" t="s">
+        <v>82</v>
+      </c>
+      <c r="C3" t="s">
+        <v>13</v>
+      </c>
+      <c r="D3" t="s">
+        <v>13</v>
+      </c>
+      <c r="E3" t="s">
+        <v>83</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>84</v>
+      </c>
+      <c r="H3" t="s">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>77</v>
+      </c>
+      <c r="B4" t="s">
+        <v>86</v>
+      </c>
+      <c r="C4" t="s">
+        <v>13</v>
+      </c>
+      <c r="D4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E4" t="s">
+        <v>83</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>87</v>
+      </c>
+      <c r="H4" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>77</v>
+      </c>
+      <c r="B5" t="s">
+        <v>89</v>
+      </c>
+      <c r="C5" t="s">
+        <v>90</v>
+      </c>
+      <c r="D5" t="s">
+        <v>91</v>
+      </c>
+      <c r="E5" t="s">
+        <v>92</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>93</v>
+      </c>
+      <c r="H5" t="s">
+        <v>94</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>23</v>
+        <v>95</v>
       </c>
       <c r="B2" t="s">
-        <v>24</v>
+        <v>96</v>
       </c>
       <c r="C2" t="s">
-        <v>25</v>
+        <v>97</v>
       </c>
       <c r="D2" t="s">
-        <v>26</v>
+        <v>98</v>
       </c>
       <c r="E2" t="s">
-        <v>27</v>
+        <v>99</v>
       </c>
       <c r="F2" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>28</v>
+        <v>100</v>
       </c>
       <c r="H2" t="s">
-        <v>29</v>
+        <v>101</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:I4"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>103</v>
+      </c>
+      <c r="B2" t="s">
+        <v>104</v>
+      </c>
+      <c r="C2" t="s">
+        <v>13</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>105</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>106</v>
+      </c>
+      <c r="H2" t="s">
+        <v>107</v>
+      </c>
+      <c r="I2" t="s">
+        <v>108</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>103</v>
+      </c>
+      <c r="B3" t="s">
+        <v>109</v>
+      </c>
+      <c r="C3" t="s">
+        <v>13</v>
+      </c>
+      <c r="D3" t="s">
+        <v>13</v>
+      </c>
+      <c r="E3" t="s">
+        <v>110</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>111</v>
+      </c>
+      <c r="H3" t="s">
+        <v>112</v>
+      </c>
+      <c r="I3" t="s">
+        <v>108</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>103</v>
+      </c>
+      <c r="B4" t="s">
+        <v>113</v>
+      </c>
+      <c r="C4" t="s">
+        <v>13</v>
+      </c>
+      <c r="D4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E4" t="s">
+        <v>114</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>115</v>
+      </c>
+      <c r="H4" t="s">
+        <v>116</v>
+      </c>
+      <c r="I4" t="s">
+        <v>108</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:I1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>117</v>
+      </c>
+      <c r="B2" t="s">
+        <v>118</v>
+      </c>
+      <c r="C2" t="s">
+        <v>119</v>
+      </c>
+      <c r="D2" t="s">
+        <v>120</v>
+      </c>
+      <c r="E2" t="s">
+        <v>121</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>122</v>
+      </c>
+      <c r="H2" t="s">
+        <v>123</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:M2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
-        <v>30</v>
+        <v>124</v>
       </c>
       <c r="J1" t="s">
-        <v>31</v>
+        <v>125</v>
       </c>
       <c r="K1" t="s">
-        <v>32</v>
+        <v>126</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>33</v>
+        <v>127</v>
       </c>
       <c r="B2" t="s">
-        <v>34</v>
+        <v>128</v>
       </c>
       <c r="C2" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="D2" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>35</v>
+        <v>129</v>
       </c>
       <c r="F2" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>36</v>
+        <v>130</v>
       </c>
       <c r="H2" t="s">
-        <v>37</v>
+        <v>131</v>
       </c>
       <c r="I2" t="s">
-        <v>38</v>
+        <v>132</v>
       </c>
       <c r="J2" t="s">
-        <v>39</v>
+        <v>133</v>
       </c>
       <c r="K2" t="s">
-        <v>40</v>
+        <v>134</v>
       </c>
       <c r="L2" t="s">
-        <v>41</v>
+        <v>135</v>
       </c>
       <c r="M2" t="s">
-        <v>42</v>
+        <v>136</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>