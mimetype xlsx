--- v0 (2025-10-19)
+++ v1 (2025-10-19)
@@ -1,513 +1,1471 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet5.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet6.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet7.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Practice guidelines" r:id="rId3" sheetId="1"/>
-    <sheet name="Export Drugs" r:id="rId4" sheetId="2"/>
+    <sheet name="Export Avis sur les dispositifs" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Recommandation de bonne " r:id="rId4" sheetId="2"/>
+    <sheet name="Export Guide maladie chronique" r:id="rId5" sheetId="3"/>
+    <sheet name="Export Communiqué de presse" r:id="rId6" sheetId="4"/>
+    <sheet name="Export évènement de calendrier" r:id="rId7" sheetId="5"/>
+    <sheet name="Export Medicament" r:id="rId8" sheetId="6"/>
+    <sheet name="Export Article HAS" r:id="rId9" sheetId="7"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Practice guidelines'!$B$1:$H$1</definedName>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Drugs'!$B$1:$K$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Avis sur les dispositifs'!$B$1:$J$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Communiqué de presse'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="6" hidden="true">'Export Article HAS'!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="73" uniqueCount="52">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="257" uniqueCount="145">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Practice guidelines</t>
-[...11 lines deleted...]
-    <t>07/10/2025 14:08:00</t>
+    <t>Description</t>
+  </si>
+  <si>
+    <t>Laboratoire / Fabricant</t>
+  </si>
+  <si>
+    <t>Avis sur les dispositifs médicaux et autres produits de santé</t>
+  </si>
+  <si>
+    <t>ARCHIMEDES</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3634512/en/fibromyalgia-in-adults-diagnostic-process-and-treatment-strategy</t>
+    <t>29/04/2008 00:00:00</t>
+  </si>
+  <si>
+    <t>29/04/2008 16:54:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_667031/fr/archimedes</t>
+  </si>
+  <si>
+    <t>c_667031</t>
+  </si>
+  <si>
+    <t>CODMAN (France)</t>
+  </si>
+  <si>
+    <t>Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Fibromyalgie de l’adulte : Conduite diagnostique et stratégie thérapeutique</t>
+  </si>
+  <si>
+    <t>La Haute Autorité de santé met à disposition des professionnels accompagnant les patients adultes une recommandation de bonne pratique sur la démarche diagnostique et la stratégie thérapeutique de la fibromyalgie.</t>
+  </si>
+  <si>
+    <t>19/06/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>10/07/2025 14:08:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3634512/fr/fibromyalgie-de-l-adulte-conduite-diagnostique-et-strategie-therapeutique</t>
   </si>
   <si>
     <t>p_3634512</t>
   </si>
   <si>
-    <t>Assessment and management of acute pain in paediatric outpatients aged between 1 month and 15 years</t>
-[...8 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_272030/en/assessment-and-management-of-acute-pain-in-paediatric-outpatients-aged-between-1-month-and-15-years</t>
+    <t>Bon usage des médicaments opioïdes : antalgie, prévention et prise en charge du trouble de l’usage et des surdoses</t>
+  </si>
+  <si>
+    <t>Le soulagement de la douleur est une priorité de santé publique. Les opioïdes peuvent y contribuer. Les enjeux de cette recommandation sur le bon usage des médicaments opioïdes et de sécuriser au mieux la prescription pour réduire le risque de dépendance et de trouble de l’usage pouvant provoquer une surdose, voire un décès.</t>
+  </si>
+  <si>
+    <t>10/03/2022 00:00:00</t>
+  </si>
+  <si>
+    <t>24/03/2022 11:12:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3215131/fr/bon-usage-des-medicaments-opioides-antalgie-prevention-et-prise-en-charge-du-trouble-de-l-usage-et-des-surdoses</t>
+  </si>
+  <si>
+    <t>p_3215131</t>
+  </si>
+  <si>
+    <t>Antalgie des douleurs rebelles et pratiques sédatives chez l'adulte : prise en charge médicamenteuse en situations palliatives jusqu’en fin de vie</t>
+  </si>
+  <si>
+    <t>Des travaux pour aider les professionnels de santé à prendre en charge les patients en fin de vie dans les conditions les plus humaines et les moins douloureuses possibles. Ces travaux s'inscrivent dans le contexte de mise en œuvre de la loi Claeys-Leonetti du 2 février 2016 créant un droit à la sédation profonde et continue, maintenue jusqu’au décès.</t>
+  </si>
+  <si>
+    <t>29/01/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>10/02/2020 00:01:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3150631/fr/antalgie-des-douleurs-rebelles-et-pratiques-sedatives-chez-l-adulte-prise-en-charge-medicamenteuse-en-situations-palliatives-jusqu-en-fin-de-vie</t>
+  </si>
+  <si>
+    <t>p_3150631</t>
+  </si>
+  <si>
+    <t>Évaluation et stratégies de prise en charge de la douleur aiguë en ambulatoire chez l'enfant de 1 mois à 15 ans</t>
+  </si>
+  <si>
+    <t>Les questions traitées sont les suivantes :# 1. Pourquoi faut-il traiter la douleur ?# 2. Quels sont les moyens d'identification et les outils d'évaluation de la douleur aiguë ?# 3. Quels sont les moyens de lutte contre la douleur aiguë ?# 4. Quelles sont les stratégies de prise en charge de la douleur aiguë lors de pathologies courantes en pédiatrie, lors d'un traumatisme récent et lors de douleur exogène provoquée par les soins ?#</t>
+  </si>
+  <si>
+    <t>01/03/2000 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272030/fr/evaluation-et-strategies-de-prise-en-charge-de-la-douleur-aigue-en-ambulatoire-chez-l-enfant-de-1-mois-a-15-ans</t>
   </si>
   <si>
     <t>c_272030</t>
   </si>
   <si>
-    <t>Preventing and managing postoperative pain after oral surgery</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_272499/en/preventing-and-managing-postoperative-pain-after-oral-surgery</t>
+    <t>Évaluation et prise en charge thérapeutique de la douleur chez les personnes âgées ayant des troubles de la communication verbale</t>
+  </si>
+  <si>
+    <t>Élaborer des recommandations concernant l'évaluation et le traitement de la douleur chez les personnes âgées ayant des troubles de la communication verbale.</t>
+  </si>
+  <si>
+    <t>01/10/2000 00:00:00</t>
+  </si>
+  <si>
+    <t>01/10/2000 17:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272123/fr/evaluation-et-prise-en-charge-therapeutique-de-la-douleur-chez-les-personnes-agees-ayant-des-troubles-de-la-communication-verbale</t>
+  </si>
+  <si>
+    <t>c_272123</t>
+  </si>
+  <si>
+    <t>Modalités de prise en charge de l'adulte nécessitant des soins palliatifs</t>
+  </si>
+  <si>
+    <t>Proposer des recommandations concernant les modalités de prise en charge de l'adulte nécessitant des soins palliatifs.</t>
+  </si>
+  <si>
+    <t>01/12/2002 00:00:00</t>
+  </si>
+  <si>
+    <t>01/12/2002 16:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272224/fr/modalites-de-prise-en-charge-de-l-adulte-necessitant-des-soins-palliatifs</t>
+  </si>
+  <si>
+    <t>c_272224</t>
+  </si>
+  <si>
+    <t>Prévention et traitement de la douleur postopératoire en chirurgie buccale</t>
+  </si>
+  <si>
+    <t>L'objectif de cette recommandation professionnelle est de répondre aux questions suivantes : 1. Comment assurer une meilleure prise en charge de la douleur postopératoire en chirurgie buccale pour les patients hospitalisés ou en ambulatoire (hors chirurgie sous anesthésie générale et hors analgésie par protoxyde d’azote-oxygène) ? 2. Quels sont les facteurs prédictifs de l’intensité et de la durée de la douleur ? 3. Comment traiter ? 4. Comment assurer le suivi et adapter le traitement antalgique ?</t>
+  </si>
+  <si>
+    <t>01/11/2005 00:00:00</t>
+  </si>
+  <si>
+    <t>01/11/2005 16:52:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272499/fr/prevention-et-traitement-de-la-douleur-postoperatoire-en-chirurgie-buccale</t>
   </si>
   <si>
     <t>c_272499</t>
   </si>
   <si>
-    <t>Active ingredient</t>
-[...8 lines deleted...]
-    <t>Medicine</t>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Guides du parcours de soins des cancers broncho-pulmonaires et mésothéliome pleural malin</t>
+  </si>
+  <si>
+    <t>Les guides du parcours de soins décrivent la prise en charge usuelle d’une personne ayant un cancer broncho-pulmonaire ou un mésothéliome pleural malin. Ils ciblent principalement les professionnels impliqués dans la prise en charge globale des patients. Tenant compte de la pluri-professionnalité de la prise en charge, les guides abordent aussi le rôle, la place et les modalités de coordination des différents professionnels. Les guides du parcours de soins sont accompagnés d'une synthèse focalisée sur les points critiques de la prise en charge et d'un mémo destiné à être intégré dans un logiciel métier pour les cancers broncho-pulmonaires.</t>
+  </si>
+  <si>
+    <t>24/07/2013 00:00:00</t>
+  </si>
+  <si>
+    <t>14/10/2013 11:27:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1650525/fr/guides-du-parcours-de-soins-des-cancers-broncho-pulmonaires-et-mesotheliome-pleural-malin</t>
+  </si>
+  <si>
+    <t>c_1650525</t>
+  </si>
+  <si>
+    <t>Guide du parcours de soins du lymphome de Hodgkin classique de l'adulte</t>
+  </si>
+  <si>
+    <t>Le guide du parcours de soins décrit la prise en charge usuelle d’une personne adulte ayant un lymphome de Hodgkin classique. Il cible principalement les professionnels impliqués dans la prise en charge globale des patients. .</t>
+  </si>
+  <si>
+    <t>14/10/2013 14:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1652304/fr/guide-du-parcours-de-soins-du-lymphome-de-hodgkin-classique-de-l-adulte</t>
+  </si>
+  <si>
+    <t>c_1652304</t>
+  </si>
+  <si>
+    <t>Parcours de soins d’une personne ayant une maladie chronique en phase palliative – Note de cadrage</t>
+  </si>
+  <si>
+    <t>Cette note de cadrage présente le projet de la HAS visant à proposer des outils facilitant le parcours des personnes ayant une maladie chronique en phase palliative. Ce projet s’inscrit dans une approche transversale qui consiste à développer des outils communs à toutes les maladies chroniques pour compléter la démarche parcours de soins par maladie.</t>
+  </si>
+  <si>
+    <t>30/05/2013 00:00:00</t>
+  </si>
+  <si>
+    <t>20/09/2013 12:02:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1638933/fr/parcours-de-soins-d-une-personne-ayant-une-maladie-chronique-en-phase-palliative-note-de-cadrage</t>
+  </si>
+  <si>
+    <t>c_1638933</t>
+  </si>
+  <si>
+    <t>Communiqué de presse</t>
+  </si>
+  <si>
+    <t>Pour une meilleure prévention de la douleur postopératoire en chirurgie buccale</t>
+  </si>
+  <si>
+    <t>08/02/2006 12:35:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_240391/fr/pour-une-meilleure-prevention-de-la-douleur-postoperatoire-en-chirurgie-buccale</t>
+  </si>
+  <si>
+    <t>c_240391</t>
+  </si>
+  <si>
+    <t>Type d'évènement</t>
+  </si>
+  <si>
+    <t>Evénement de Calendrier</t>
+  </si>
+  <si>
+    <t>Commission de la Transparence - Réunion à distance du 13 octobre 2021</t>
+  </si>
+  <si>
+    <t>07/10/2021 17:19:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3291154/fr/commission-de-la-transparence-reunion-a-distance-du-13-octobre-2021</t>
+  </si>
+  <si>
+    <t>p_3291154</t>
+  </si>
+  <si>
+    <t>Commission</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 26 juin 2013</t>
+  </si>
+  <si>
+    <t>26/06/2013 10:10:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1603005/fr/commission-de-la-transparence-reunion-du-26-juin-2013</t>
+  </si>
+  <si>
+    <t>c_1603005</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 12 juin 2013</t>
+  </si>
+  <si>
+    <t>12/06/2013 14:55:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1600312/fr/commission-de-la-transparence-reunion-du-12-juin-2013</t>
+  </si>
+  <si>
+    <t>c_1600312</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 2 février 2011</t>
+  </si>
+  <si>
+    <t>02/02/2011 15:30:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1021670/fr/commission-de-la-transparence-reunion-du-2-fevrier-2011</t>
+  </si>
+  <si>
+    <t>c_1021670</t>
+  </si>
+  <si>
+    <t>Substance active (DCI)</t>
+  </si>
+  <si>
+    <t>Avis sur les Médicaments</t>
+  </si>
+  <si>
+    <t>Médicament</t>
   </si>
   <si>
     <t>ACTISKENAN - SKENAN (sulfate de morphine)</t>
   </si>
   <si>
-    <t>11/17/2021 18:14:37</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2984511/en/actiskenan-skenan-sulfate-de-morphine</t>
+    <t>17/11/2021 18:14:37</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984511/fr/actiskenan-skenan-sulfate-de-morphine</t>
   </si>
   <si>
     <t>pprd_2984511</t>
   </si>
   <si>
     <t>sulfate de morphine</t>
   </si>
   <si>
     <t>BRISTOL-MYERS SQUIBB</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_400084/en/actiskenan-sulfate-de-morphine</t>
-[...17 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3298602/en/actiskenan-comprime-orodispersible-morphine</t>
+    <t>https://www.has-sante.fr/jcms/c_400084/fr/actiskenan-sulfate-de-morphine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_928133/fr/actiskenan-sulfate-de-morphine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1735590/fr/actiskenan-skenan-sulfate-de-morphine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2038848/fr/actiskenan-skenan-sulfate-de-morphine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400637/fr/skenan-l-p-10-mg-microgranules-a-liberation-prolongee-en-gelule-boite-de-14-code-cip-333-235-2-skenan-l-p-30-mg-microgranules-a-liberation-prolongee-en-gelule-boite-de-14-code-cip-333-236-9-skenan-l-p-60-mg-microgranules-a-liberation-prolongee-en-gelule-boite-de-14-code-cip-333-237-5-skenan-l-p-100-mg-microgranules-a-liberation-prolongee-en-gelule-boite-de-14-code-cip-333-238-1-skenan-l-p-200-mg-microgranules-a-liberation-prolongee-en-gelule-boite-de-14-code-cip-340-537-0</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_928143/fr/skenan-sulfate-de-morphine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3298602/fr/actiskenan-comprime-orodispersible-morphine</t>
   </si>
   <si>
     <t>ORAMORPH (sulfate de morphine)</t>
   </si>
   <si>
-    <t>04/15/2014 16:04:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2984795/en/oramorph-sulfate-de-morphine</t>
+    <t>15/04/2014 16:04:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984795/fr/oramorph-sulfate-de-morphine</t>
   </si>
   <si>
     <t>pprd_2984795</t>
   </si>
   <si>
     <t>NORGINE PHARMA</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_400273/en/oramorph-10-mg/5-ml-oramorph-100-mg/5-ml-oramorph-20-mg/1-ml-oramorph-30-mg/5-ml-sulfate-de-morphine</t>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_1735576/en/oramorph</t>
+    <t>https://www.has-sante.fr/jcms/c_400273/fr/oramorph-10-mg/5-ml-oramorph-100-mg/5-ml-oramorph-20-mg/1-ml-oramorph-30-mg/5-ml-sulfate-de-morphine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1013233/fr/oramorph-sulfate-de-morphine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1735576/fr/oramorph-sulfate-de-morphine</t>
+  </si>
+  <si>
+    <t>KAPANOL (sulfate de morphine)</t>
+  </si>
+  <si>
+    <t>01/12/2010 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985218/fr/kapanol-sulfate-de-morphine</t>
+  </si>
+  <si>
+    <t>pprd_2985218</t>
+  </si>
+  <si>
+    <t>Laboratoire GLAXOSMITHKLINE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_460091/fr/kapanol-sulfate-de-morphine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1016651/fr/kapanol-sulfate-de-morphine</t>
+  </si>
+  <si>
+    <t>ZOMORPH (sulfate de morphine)</t>
+  </si>
+  <si>
+    <t>02/02/2010 16:29:12</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985299/fr/zomorph-sulfate-de-morphine</t>
+  </si>
+  <si>
+    <t>pprd_2985299</t>
+  </si>
+  <si>
+    <t>Laboratoire ARCHIMEDES PHARMA</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_916582/fr/zomorph-sulfate-de-morphine</t>
+  </si>
+  <si>
+    <t>Article HAS</t>
+  </si>
+  <si>
+    <t>Lymphome de Hodgkin classique de l'adulte - Parcours de soins</t>
+  </si>
+  <si>
+    <t>Le lymphome de Hodgkin est une prolifération tumorale de cellules lymphoïdes dans un ou plusieurs organes lymphoïdes, avec parfois extension dans des sites extra-ganglionnaires. Il se différencie des lymphomes non hodgkiniens (LNH) par la présence de grandes cellules tumorales caractéristiques sur le plan morphologique et immunologique : les cellules de Reed-Sternberg, une présentation clinique plus fréquemment localisée et un pronostic globalement meilleur.</t>
+  </si>
+  <si>
+    <t>31/07/2013 11:31:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2906066/fr/lymphome-de-hodgkin-classique-de-l-adulte-parcours-de-soins</t>
+  </si>
+  <si>
+    <t>c_2906066</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId8" Target="worksheets/sheet6.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId9" Target="worksheets/sheet7.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H4"/>
+  <dimension ref="A1:J2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
+      <c r="I1" t="s">
+        <v>8</v>
+      </c>
+      <c r="J1" t="s">
+        <v>9</v>
+      </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>8</v>
+        <v>10</v>
       </c>
       <c r="B2" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
       <c r="C2" t="s">
-        <v>10</v>
+        <v>12</v>
       </c>
       <c r="D2" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="F2" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G2" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="H2" t="s">
-        <v>15</v>
-[...6 lines deleted...]
-      <c r="B3" t="s">
         <v>16</v>
       </c>
-      <c r="C3" t="s">
+      <c r="I2" t="s">
+        <v>12</v>
+      </c>
+      <c r="J2" t="s">
         <v>17</v>
       </c>
-      <c r="D3" t="s">
-[...39 lines deleted...]
-      </c>
     </row>
   </sheetData>
-  <autoFilter ref="B1:H1"/>
+  <autoFilter ref="B1:J1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:Q3"/>
+  <dimension ref="A1:H8"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
-      <c r="I1" t="s">
-[...7 lines deleted...]
-      </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>30</v>
+        <v>18</v>
       </c>
       <c r="B2" t="s">
-        <v>31</v>
+        <v>19</v>
       </c>
       <c r="C2" t="s">
-        <v>13</v>
+        <v>20</v>
       </c>
       <c r="D2" t="s">
-        <v>13</v>
+        <v>21</v>
       </c>
       <c r="E2" t="s">
-        <v>32</v>
+        <v>22</v>
       </c>
       <c r="F2" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G2" t="s">
-        <v>33</v>
+        <v>23</v>
       </c>
       <c r="H2" t="s">
-        <v>34</v>
-[...26 lines deleted...]
-        <v>43</v>
+        <v>24</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
+        <v>18</v>
+      </c>
+      <c r="B3" t="s">
+        <v>25</v>
+      </c>
+      <c r="C3" t="s">
+        <v>26</v>
+      </c>
+      <c r="D3" t="s">
+        <v>27</v>
+      </c>
+      <c r="E3" t="s">
+        <v>28</v>
+      </c>
+      <c r="F3" t="s">
+        <v>12</v>
+      </c>
+      <c r="G3" t="s">
+        <v>29</v>
+      </c>
+      <c r="H3" t="s">
         <v>30</v>
       </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>18</v>
+      </c>
+      <c r="B4" t="s">
+        <v>31</v>
+      </c>
+      <c r="C4" t="s">
+        <v>32</v>
+      </c>
+      <c r="D4" t="s">
+        <v>33</v>
+      </c>
+      <c r="E4" t="s">
+        <v>34</v>
+      </c>
+      <c r="F4" t="s">
+        <v>12</v>
+      </c>
+      <c r="G4" t="s">
+        <v>35</v>
+      </c>
+      <c r="H4" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>18</v>
+      </c>
+      <c r="B5" t="s">
+        <v>37</v>
+      </c>
+      <c r="C5" t="s">
+        <v>38</v>
+      </c>
+      <c r="D5" t="s">
+        <v>39</v>
+      </c>
+      <c r="E5" t="s">
+        <v>39</v>
+      </c>
+      <c r="F5" t="s">
+        <v>12</v>
+      </c>
+      <c r="G5" t="s">
+        <v>40</v>
+      </c>
+      <c r="H5" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>18</v>
+      </c>
+      <c r="B6" t="s">
+        <v>42</v>
+      </c>
+      <c r="C6" t="s">
+        <v>43</v>
+      </c>
+      <c r="D6" t="s">
+        <v>44</v>
+      </c>
+      <c r="E6" t="s">
+        <v>45</v>
+      </c>
+      <c r="F6" t="s">
+        <v>12</v>
+      </c>
+      <c r="G6" t="s">
+        <v>46</v>
+      </c>
+      <c r="H6" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>18</v>
+      </c>
+      <c r="B7" t="s">
+        <v>48</v>
+      </c>
+      <c r="C7" t="s">
+        <v>49</v>
+      </c>
+      <c r="D7" t="s">
+        <v>50</v>
+      </c>
+      <c r="E7" t="s">
+        <v>51</v>
+      </c>
+      <c r="F7" t="s">
+        <v>12</v>
+      </c>
+      <c r="G7" t="s">
+        <v>52</v>
+      </c>
+      <c r="H7" t="s">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>18</v>
+      </c>
+      <c r="B8" t="s">
+        <v>54</v>
+      </c>
+      <c r="C8" t="s">
+        <v>55</v>
+      </c>
+      <c r="D8" t="s">
+        <v>56</v>
+      </c>
+      <c r="E8" t="s">
+        <v>57</v>
+      </c>
+      <c r="F8" t="s">
+        <v>12</v>
+      </c>
+      <c r="G8" t="s">
+        <v>58</v>
+      </c>
+      <c r="H8" t="s">
+        <v>59</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H4"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>60</v>
+      </c>
+      <c r="B2" t="s">
+        <v>61</v>
+      </c>
+      <c r="C2" t="s">
+        <v>62</v>
+      </c>
+      <c r="D2" t="s">
+        <v>63</v>
+      </c>
+      <c r="E2" t="s">
+        <v>64</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>65</v>
+      </c>
+      <c r="H2" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>60</v>
+      </c>
       <c r="B3" t="s">
-        <v>44</v>
+        <v>67</v>
       </c>
       <c r="C3" t="s">
-        <v>13</v>
+        <v>68</v>
       </c>
       <c r="D3" t="s">
-        <v>13</v>
+        <v>63</v>
       </c>
       <c r="E3" t="s">
-        <v>45</v>
+        <v>69</v>
       </c>
       <c r="F3" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G3" t="s">
-        <v>46</v>
+        <v>70</v>
       </c>
       <c r="H3" t="s">
-        <v>47</v>
+        <v>71</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>60</v>
+      </c>
+      <c r="B4" t="s">
+        <v>72</v>
+      </c>
+      <c r="C4" t="s">
+        <v>73</v>
+      </c>
+      <c r="D4" t="s">
+        <v>74</v>
+      </c>
+      <c r="E4" t="s">
+        <v>75</v>
+      </c>
+      <c r="F4" t="s">
+        <v>12</v>
+      </c>
+      <c r="G4" t="s">
+        <v>76</v>
+      </c>
+      <c r="H4" t="s">
+        <v>77</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>78</v>
+      </c>
+      <c r="B2" t="s">
+        <v>79</v>
+      </c>
+      <c r="C2" t="s">
+        <v>12</v>
+      </c>
+      <c r="D2" t="s">
+        <v>12</v>
+      </c>
+      <c r="E2" t="s">
+        <v>80</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>81</v>
+      </c>
+      <c r="H2" t="s">
+        <v>82</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:I5"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>83</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>84</v>
+      </c>
+      <c r="B2" t="s">
+        <v>85</v>
+      </c>
+      <c r="C2" t="s">
+        <v>12</v>
+      </c>
+      <c r="D2" t="s">
+        <v>12</v>
+      </c>
+      <c r="E2" t="s">
+        <v>86</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>87</v>
+      </c>
+      <c r="H2" t="s">
+        <v>88</v>
+      </c>
+      <c r="I2" t="s">
+        <v>89</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>84</v>
+      </c>
+      <c r="B3" t="s">
+        <v>90</v>
+      </c>
+      <c r="C3" t="s">
+        <v>12</v>
+      </c>
+      <c r="D3" t="s">
+        <v>12</v>
+      </c>
+      <c r="E3" t="s">
+        <v>91</v>
+      </c>
+      <c r="F3" t="s">
+        <v>12</v>
+      </c>
+      <c r="G3" t="s">
+        <v>92</v>
+      </c>
+      <c r="H3" t="s">
+        <v>93</v>
       </c>
       <c r="I3" t="s">
-        <v>35</v>
+        <v>89</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>84</v>
+      </c>
+      <c r="B4" t="s">
+        <v>94</v>
+      </c>
+      <c r="C4" t="s">
+        <v>12</v>
+      </c>
+      <c r="D4" t="s">
+        <v>12</v>
+      </c>
+      <c r="E4" t="s">
+        <v>95</v>
+      </c>
+      <c r="F4" t="s">
+        <v>12</v>
+      </c>
+      <c r="G4" t="s">
+        <v>96</v>
+      </c>
+      <c r="H4" t="s">
+        <v>97</v>
+      </c>
+      <c r="I4" t="s">
+        <v>89</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>84</v>
+      </c>
+      <c r="B5" t="s">
+        <v>98</v>
+      </c>
+      <c r="C5" t="s">
+        <v>12</v>
+      </c>
+      <c r="D5" t="s">
+        <v>12</v>
+      </c>
+      <c r="E5" t="s">
+        <v>99</v>
+      </c>
+      <c r="F5" t="s">
+        <v>12</v>
+      </c>
+      <c r="G5" t="s">
+        <v>100</v>
+      </c>
+      <c r="H5" t="s">
+        <v>101</v>
+      </c>
+      <c r="I5" t="s">
+        <v>89</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:I1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:Q5"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>102</v>
+      </c>
+      <c r="J1" t="s">
+        <v>9</v>
+      </c>
+      <c r="K1" t="s">
+        <v>103</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>104</v>
+      </c>
+      <c r="B2" t="s">
+        <v>105</v>
+      </c>
+      <c r="C2" t="s">
+        <v>12</v>
+      </c>
+      <c r="D2" t="s">
+        <v>12</v>
+      </c>
+      <c r="E2" t="s">
+        <v>106</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>107</v>
+      </c>
+      <c r="H2" t="s">
+        <v>108</v>
+      </c>
+      <c r="I2" t="s">
+        <v>109</v>
+      </c>
+      <c r="J2" t="s">
+        <v>110</v>
+      </c>
+      <c r="K2" t="s">
+        <v>111</v>
+      </c>
+      <c r="L2" t="s">
+        <v>112</v>
+      </c>
+      <c r="M2" t="s">
+        <v>113</v>
+      </c>
+      <c r="N2" t="s">
+        <v>114</v>
+      </c>
+      <c r="O2" t="s">
+        <v>115</v>
+      </c>
+      <c r="P2" t="s">
+        <v>116</v>
+      </c>
+      <c r="Q2" t="s">
+        <v>117</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>104</v>
+      </c>
+      <c r="B3" t="s">
+        <v>118</v>
+      </c>
+      <c r="C3" t="s">
+        <v>12</v>
+      </c>
+      <c r="D3" t="s">
+        <v>12</v>
+      </c>
+      <c r="E3" t="s">
+        <v>119</v>
+      </c>
+      <c r="F3" t="s">
+        <v>12</v>
+      </c>
+      <c r="G3" t="s">
+        <v>120</v>
+      </c>
+      <c r="H3" t="s">
+        <v>121</v>
+      </c>
+      <c r="I3" t="s">
+        <v>109</v>
       </c>
       <c r="J3" t="s">
-        <v>48</v>
+        <v>122</v>
       </c>
       <c r="K3" t="s">
-        <v>49</v>
+        <v>123</v>
       </c>
       <c r="L3" t="s">
-        <v>50</v>
+        <v>124</v>
       </c>
       <c r="M3" t="s">
-        <v>51</v>
+        <v>125</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>104</v>
+      </c>
+      <c r="B4" t="s">
+        <v>126</v>
+      </c>
+      <c r="C4" t="s">
+        <v>12</v>
+      </c>
+      <c r="D4" t="s">
+        <v>12</v>
+      </c>
+      <c r="E4" t="s">
+        <v>127</v>
+      </c>
+      <c r="F4" t="s">
+        <v>12</v>
+      </c>
+      <c r="G4" t="s">
+        <v>128</v>
+      </c>
+      <c r="H4" t="s">
+        <v>129</v>
+      </c>
+      <c r="I4" t="s">
+        <v>109</v>
+      </c>
+      <c r="J4" t="s">
+        <v>130</v>
+      </c>
+      <c r="K4" t="s">
+        <v>131</v>
+      </c>
+      <c r="L4" t="s">
+        <v>132</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>104</v>
+      </c>
+      <c r="B5" t="s">
+        <v>133</v>
+      </c>
+      <c r="C5" t="s">
+        <v>12</v>
+      </c>
+      <c r="D5" t="s">
+        <v>12</v>
+      </c>
+      <c r="E5" t="s">
+        <v>134</v>
+      </c>
+      <c r="F5" t="s">
+        <v>12</v>
+      </c>
+      <c r="G5" t="s">
+        <v>135</v>
+      </c>
+      <c r="H5" t="s">
+        <v>136</v>
+      </c>
+      <c r="I5" t="s">
+        <v>109</v>
+      </c>
+      <c r="J5" t="s">
+        <v>137</v>
+      </c>
+      <c r="K5" t="s">
+        <v>138</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:K1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>139</v>
+      </c>
+      <c r="B2" t="s">
+        <v>140</v>
+      </c>
+      <c r="C2" t="s">
+        <v>141</v>
+      </c>
+      <c r="D2" t="s">
+        <v>12</v>
+      </c>
+      <c r="E2" t="s">
+        <v>142</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>143</v>
+      </c>
+      <c r="H2" t="s">
+        <v>144</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>