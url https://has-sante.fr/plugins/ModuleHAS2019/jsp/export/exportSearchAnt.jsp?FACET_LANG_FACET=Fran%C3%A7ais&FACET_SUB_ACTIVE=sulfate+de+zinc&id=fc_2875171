--- v0 (2025-10-18)
+++ v1 (2026-01-19)
@@ -1,193 +1,235 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export " r:id="rId3" sheetId="1"/>
+    <sheet name="Export Recommandation de bonne " r:id="rId3" sheetId="1"/>
+    <sheet name="Export évènement de calendrier" r:id="rId4" sheetId="2"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="32" uniqueCount="28">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="58" uniqueCount="41">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Practice guidelines</t>
-[...11 lines deleted...]
-    <t>06/22/2009 15:40:00</t>
+    <t>Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Prise en charge thérapeutique des patients atteints de condylomes ano-génitaux</t>
+  </si>
+  <si>
+    <t>À la demande du ministère chargé de la santé, le Conseil National du Sida et des hépatites virales (CNS) et l'Agence nationale de recherches sur le sida | Maladies infectieuses émergentes (ANRS | MIE) ont sollicité la Haute Autorité de santé (HAS) pour l’élaboration d’une actualisation des recommandations françaises de prise en charge des personnes atteintes de condylomes ano-génitaux. L’accompagnement de la HAS s’est inscrit dans le cadre de la labellisation par la HAS d’une recommandation élaborée par un organisme professionnel.</t>
+  </si>
+  <si>
+    <t>14/11/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>02/12/2024 14:12:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_765529/en/obesity-surgery-in-adults</t>
+    <t>https://www.has-sante.fr/jcms/p_3562508/fr/prise-en-charge-therapeutique-des-patients-atteints-de-condylomes-ano-genitaux</t>
+  </si>
+  <si>
+    <t>p_3562508</t>
+  </si>
+  <si>
+    <t>Obésité : prise en charge chirurgicale chez l'adulte</t>
+  </si>
+  <si>
+    <t>Ces recommandations ont pour objectifs : d'améliorer l’efficacité à long terme de la chirurgie et réduire la survenue des complications par : une meilleure sélection, information et préparation des patients le choix de la technique apportant le meilleur rapport bénéfice/risque chez les patients sélectionnés une meilleure formalisation de la constitution et du rôle de l’équipe pluridisciplinaire de réduire la gravité des complications par leur détection et leur prise en charge précoces. Les questions auxquelles répondent les recommandations sont les suivantes : Stratégies de prise en charge des patients atteints d’obésité dans le cadre d’une intervention chirurgicale initiale Les indications actuelles de la chirurgie bariatrique doivent-elles être revues ? Quels doivent être les modalités et le contenu de l’évaluation et de la prise en charge préopératoires du patient ? Quels critères doit-on prendre en compte pour le choix des techniques chirurgicales ? Quels doivent être les modalités et le contenu du suivi et de la prise en charge postopératoires du patient ? Stratégies de prise en charge des patients atteints d’obésité dans le cadre d’une réintervention chirurgicale.</t>
+  </si>
+  <si>
+    <t>28/01/2009 00:00:00</t>
+  </si>
+  <si>
+    <t>22/06/2009 15:40:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_765529/fr/obesite-prise-en-charge-chirurgicale-chez-l-adulte</t>
   </si>
   <si>
     <t>c_765529</t>
   </si>
   <si>
-    <t>Malnutrition in the elderly - Nutritional support strategy</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_546549/en/malnutrition-in-the-elderly-nutritional-support-strategy</t>
+    <t>Stratégie de prise en charge en cas de dénutrition protéino-énergétique chez la personne âgée</t>
+  </si>
+  <si>
+    <t>Élaborer un outil pratique de repérage et de prise en charge de la personne âgée dénutrie ou à risque de dénutrition. Ces recommandations sont complétées par une série de critères de qualité pour l'évaluation et l'amélioration des pratiques professionnelles.</t>
+  </si>
+  <si>
+    <t>25/04/2007 00:00:00</t>
+  </si>
+  <si>
+    <t>26/06/2007 13:44:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_546549/fr/strategie-de-prise-en-charge-en-cas-de-denutrition-proteino-energetique-chez-la-personne-agee</t>
   </si>
   <si>
     <t>c_546549</t>
   </si>
   <si>
-    <t>Managing venous leg ulcers (excluding dressings)</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_459541/en/managing-venous-leg-ulcers-excluding-dressings</t>
+    <t>Prise en charge de l’ulcère de jambe à prédominance veineuse hors pansement</t>
+  </si>
+  <si>
+    <t>Les recommandations concernent la prise en charge des ulcères veineux ou à prédominance veineuse.# Les questions abordées sont : # 1. la définition d’un ulcère veineux ou à prédominance veineuse# 2. l’épidémiologie et la charge de la maladie# 3. les signes cliniques et paracliniques permettant de diagnostiquer un ulcère veineux ou à prédominance veineuse# 4. le traitement étiologique des ulcères à prédominance veineuse (compression, chirurgie, techniques de destruction veineuse non chirurgicales, traitements médicamenteux)# 5. les précautions à prendre en cas d’artériopathie oblitérante des membres inférieurs (AOMI) associée# 6. les mesures associées (kinésithérapie, mesures d’hygiène de vie).# L’argumentaire comprend une analyse de la littérature médico-économique sur la charge de la maladie et les modes de prise en charge structurés.# Les recommandations n’abordent pas : # 1. les ulcères mixtes à prédominance artérielle (index de pression systolique [IPS] &lt; 0,7)# 2. les soins locaux# 3. la prise en charge de l’insuffisance veineuse en dehors du contexte de l’ulcère# 4. la place des cures thermales# 5. les malformations veineuses congénitales# 6. les spécificités de la prise en charge en médecine du travail</t>
+  </si>
+  <si>
+    <t>01/06/2006 00:00:00</t>
+  </si>
+  <si>
+    <t>30/11/2006 09:45:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_459541/fr/prise-en-charge-de-l-ulcere-de-jambe-a-predominance-veineuse-hors-pansement</t>
   </si>
   <si>
     <t>c_459541</t>
+  </si>
+  <si>
+    <t>Type d'évènement</t>
+  </si>
+  <si>
+    <t>Evénement de Calendrier</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 20 avril 2022</t>
+  </si>
+  <si>
+    <t>13/04/2022 16:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3331579/fr/commission-de-la-transparence-reunion-du-20-avril-2022</t>
+  </si>
+  <si>
+    <t>p_3331579</t>
+  </si>
+  <si>
+    <t>Commission</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H4"/>
+  <dimension ref="A1:H5"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -253,43 +295,141 @@
       <c r="A4" t="s">
         <v>8</v>
       </c>
       <c r="B4" t="s">
         <v>22</v>
       </c>
       <c r="C4" t="s">
         <v>23</v>
       </c>
       <c r="D4" t="s">
         <v>24</v>
       </c>
       <c r="E4" t="s">
         <v>25</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
         <v>26</v>
       </c>
       <c r="H4" t="s">
         <v>27</v>
       </c>
     </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>8</v>
+      </c>
+      <c r="B5" t="s">
+        <v>28</v>
+      </c>
+      <c r="C5" t="s">
+        <v>29</v>
+      </c>
+      <c r="D5" t="s">
+        <v>30</v>
+      </c>
+      <c r="E5" t="s">
+        <v>31</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>32</v>
+      </c>
+      <c r="H5" t="s">
+        <v>33</v>
+      </c>
+    </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:I2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>35</v>
+      </c>
+      <c r="B2" t="s">
+        <v>36</v>
+      </c>
+      <c r="C2" t="s">
+        <v>13</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>37</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>38</v>
+      </c>
+      <c r="H2" t="s">
+        <v>39</v>
+      </c>
+      <c r="I2" t="s">
+        <v>40</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:I1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>