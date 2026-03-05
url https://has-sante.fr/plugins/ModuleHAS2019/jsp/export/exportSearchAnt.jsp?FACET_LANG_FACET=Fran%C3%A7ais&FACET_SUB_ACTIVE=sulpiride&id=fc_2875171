--- v0 (2025-10-18)
+++ v1 (2026-03-05)
@@ -15,92 +15,110 @@
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export Recommandation de bonne " r:id="rId3" sheetId="1"/>
     <sheet name="Export Guide maladie chronique" r:id="rId4" sheetId="2"/>
     <sheet name="Export Medicament" r:id="rId5" sheetId="3"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="75" uniqueCount="47">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="83" uniqueCount="53">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
     <t>Recommandation de bonne pratique</t>
   </si>
   <si>
+    <t>Trouble du spectre de l’autisme : interventions et parcours de vie du nourrisson, de l’enfant et de l’adolescent</t>
+  </si>
+  <si>
+    <t>Cette recommandation de bonne pratique vise à améliorer la qualité des interventions proposées aux enfants ayant un TSA, afin de leur permettre un parcours de vie cohérent et de qualité, ainsi que de favoriser leur accès à des environnements de vie apprenant et inclusifs</t>
+  </si>
+  <si>
+    <t>08/01/2026 00:00:00</t>
+  </si>
+  <si>
+    <t>12/02/2026 16:17:00</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3448980/fr/trouble-du-spectre-de-l-autisme-interventions-et-parcours-de-vie-du-nourrisson-de-l-enfant-et-de-l-adolescent</t>
+  </si>
+  <si>
+    <t>p_3448980</t>
+  </si>
+  <si>
     <t>Borréliose de Lyme et autres maladies vectorielles à tiques (MVT)</t>
   </si>
   <si>
     <t>Cette actualisation de recommandation de bonne pratique, en complément du guide du parcours de soins publié en 2022 sur cette même thématique1, a pour objectif principal d’harmoniser les pratiques cliniques et d’aider les praticiens dans leurs démarches diagnostique et thérapeutique et ainsi d’éviter de laisser un patient présentant une borréliose de Lyme ou une suspicion de borréliose de Lyme voire d’une autre maladie vectorielle à tique en errance médicale en France.</t>
   </si>
   <si>
     <t>13/02/2025 00:00:00</t>
   </si>
   <si>
     <t>18/02/2025 14:02:00</t>
-  </si>
-[...1 lines deleted...]
-    <t/>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2857558/fr/borreliose-de-lyme-et-autres-maladies-vectorielles-a-tiques-mvt</t>
   </si>
   <si>
     <t>c_2857558</t>
   </si>
   <si>
     <t>Conduite à tenir en médecine de premier recours devant un enfant ou un adolescent susceptible d’avoir un trouble déficit de l’attention avec ou sans hyperactivité</t>
   </si>
   <si>
     <t>L’objectif de cette recommandation est d’aider les médecins assurant les soins de premier recours et face à un enfant ou un adolescent présentant des signes évocateurs d’un TDAH : • à mener leur mission de repérage du trouble ; • à conduire une démarche diagnostique initiale et d’orientation dans le système de soins ; • à participer au suivi en collaboration avec un médecin spécialiste du trouble, ayant acquis une compétence dans le diagnostic et la prise en charge du TDAH.</t>
   </si>
   <si>
     <t>10/12/2014 00:00:00</t>
   </si>
   <si>
     <t>12/02/2015 10:00:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_1362146/fr/conduite-a-tenir-en-medecine-de-premier-recours-devant-un-enfant-ou-un-adolescent-susceptible-d-avoir-un-trouble-deficit-de-l-attention-avec-ou-sans-hyperactivite</t>
   </si>
   <si>
     <t>c_1362146</t>
   </si>
@@ -206,51 +224,51 @@
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H3"/>
+  <dimension ref="A1:H4"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -288,236 +306,262 @@
     </row>
     <row r="3">
       <c r="A3" t="s">
         <v>8</v>
       </c>
       <c r="B3" t="s">
         <v>16</v>
       </c>
       <c r="C3" t="s">
         <v>17</v>
       </c>
       <c r="D3" t="s">
         <v>18</v>
       </c>
       <c r="E3" t="s">
         <v>19</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
         <v>20</v>
       </c>
       <c r="H3" t="s">
         <v>21</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>8</v>
+      </c>
+      <c r="B4" t="s">
+        <v>22</v>
+      </c>
+      <c r="C4" t="s">
+        <v>23</v>
+      </c>
+      <c r="D4" t="s">
+        <v>24</v>
+      </c>
+      <c r="E4" t="s">
+        <v>25</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>26</v>
+      </c>
+      <c r="H4" t="s">
+        <v>27</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>22</v>
+        <v>28</v>
       </c>
       <c r="B2" t="s">
-        <v>23</v>
+        <v>29</v>
       </c>
       <c r="C2" t="s">
-        <v>24</v>
+        <v>30</v>
       </c>
       <c r="D2" t="s">
         <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>25</v>
+        <v>31</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>26</v>
+        <v>32</v>
       </c>
       <c r="H2" t="s">
-        <v>27</v>
+        <v>33</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:M3"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
-        <v>28</v>
+        <v>34</v>
       </c>
       <c r="J1" t="s">
-        <v>29</v>
+        <v>35</v>
       </c>
       <c r="K1" t="s">
-        <v>30</v>
+        <v>36</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>31</v>
+        <v>37</v>
       </c>
       <c r="B2" t="s">
-        <v>32</v>
+        <v>38</v>
       </c>
       <c r="C2" t="s">
         <v>13</v>
       </c>
       <c r="D2" t="s">
         <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>33</v>
+        <v>39</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>34</v>
+        <v>40</v>
       </c>
       <c r="H2" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="I2" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="J2" t="s">
-        <v>37</v>
+        <v>43</v>
       </c>
       <c r="K2" t="s">
-        <v>38</v>
+        <v>44</v>
       </c>
       <c r="L2" t="s">
-        <v>39</v>
+        <v>45</v>
       </c>
       <c r="M2" t="s">
-        <v>40</v>
+        <v>46</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>31</v>
+        <v>37</v>
       </c>
       <c r="B3" t="s">
-        <v>41</v>
+        <v>47</v>
       </c>
       <c r="C3" t="s">
         <v>13</v>
       </c>
       <c r="D3" t="s">
         <v>13</v>
       </c>
       <c r="E3" t="s">
+        <v>48</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>49</v>
+      </c>
+      <c r="H3" t="s">
+        <v>50</v>
+      </c>
+      <c r="I3" t="s">
         <v>42</v>
       </c>
-      <c r="F3" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="J3" t="s">
-        <v>45</v>
+        <v>51</v>
       </c>
       <c r="K3" t="s">
-        <v>46</v>
+        <v>52</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>