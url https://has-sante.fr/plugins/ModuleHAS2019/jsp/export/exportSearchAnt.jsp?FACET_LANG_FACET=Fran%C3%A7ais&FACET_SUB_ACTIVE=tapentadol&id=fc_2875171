--- v0 (2025-10-19)
+++ v1 (2025-12-03)
@@ -1,249 +1,728 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Drugs" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Recommandation de bonne " r:id="rId3" sheetId="1"/>
+    <sheet name="Export évènement de calendrier" r:id="rId4" sheetId="2"/>
+    <sheet name="Export Medicament" r:id="rId5" sheetId="3"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Drugs'!$B$1:$K$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="24" uniqueCount="22">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="119" uniqueCount="68">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Active ingredient</t>
-[...8 lines deleted...]
-    <t>Medicine</t>
+    <t>Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Bon usage des médicaments opioïdes : antalgie, prévention et prise en charge du trouble de l’usage et des surdoses</t>
+  </si>
+  <si>
+    <t>Le soulagement de la douleur est une priorité de santé publique. Les opioïdes peuvent y contribuer. Les enjeux de cette recommandation sur le bon usage des médicaments opioïdes et de sécuriser au mieux la prescription pour réduire le risque de dépendance et de trouble de l’usage pouvant provoquer une surdose, voire un décès.</t>
+  </si>
+  <si>
+    <t>10/03/2022 00:00:00</t>
+  </si>
+  <si>
+    <t>24/03/2022 11:12:00</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3215131/fr/bon-usage-des-medicaments-opioides-antalgie-prevention-et-prise-en-charge-du-trouble-de-l-usage-et-des-surdoses</t>
+  </si>
+  <si>
+    <t>p_3215131</t>
+  </si>
+  <si>
+    <t>Antalgie des douleurs rebelles et pratiques sédatives chez l'adulte : prise en charge médicamenteuse en situations palliatives jusqu’en fin de vie</t>
+  </si>
+  <si>
+    <t>Des travaux pour aider les professionnels de santé à prendre en charge les patients en fin de vie dans les conditions les plus humaines et les moins douloureuses possibles. Ces travaux s'inscrivent dans le contexte de mise en œuvre de la loi Claeys-Leonetti du 2 février 2016 créant un droit à la sédation profonde et continue, maintenue jusqu’au décès.</t>
+  </si>
+  <si>
+    <t>29/01/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>10/02/2020 00:01:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3150631/fr/antalgie-des-douleurs-rebelles-et-pratiques-sedatives-chez-l-adulte-prise-en-charge-medicamenteuse-en-situations-palliatives-jusqu-en-fin-de-vie</t>
+  </si>
+  <si>
+    <t>p_3150631</t>
+  </si>
+  <si>
+    <t>Prise en charge du patient présentant une lombalgie commune</t>
+  </si>
+  <si>
+    <t>L’objectif : guider les professionnels de santé dans les différentes étapes du diagnostic et du traitement, afin de réduire le risque de chronicité de la lombalgie et de désinsertion professionnelle.</t>
+  </si>
+  <si>
+    <t>27/03/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>04/04/2019 10:06:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2961499/fr/prise-en-charge-du-patient-presentant-une-lombalgie-commune</t>
+  </si>
+  <si>
+    <t>c_2961499</t>
+  </si>
+  <si>
+    <t>Type d'évènement</t>
+  </si>
+  <si>
+    <t>Evénement de Calendrier</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 4 décembre 2019</t>
+  </si>
+  <si>
+    <t>27/11/2019 14:17:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3121566/fr/commission-de-la-transparence-reunion-du-4-decembre-2019</t>
+  </si>
+  <si>
+    <t>p_3121566</t>
+  </si>
+  <si>
+    <t>Commission</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 7 juin 2017</t>
+  </si>
+  <si>
+    <t>31/05/2017 11:02:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2771625/fr/commission-de-la-transparence-reunion-du-7-juin-2017</t>
+  </si>
+  <si>
+    <t>c_2771625</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 22 mars 2017</t>
+  </si>
+  <si>
+    <t>15/03/2017 14:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2750917/fr/commission-de-la-transparence-reunion-du-22-mars-2017</t>
+  </si>
+  <si>
+    <t>c_2750917</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 28 mai 2014</t>
+  </si>
+  <si>
+    <t>23/05/2014 18:09:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1742433/fr/commission-de-la-transparence-reunion-du-28-mai-2014</t>
+  </si>
+  <si>
+    <t>c_1742433</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 26 juin 2013</t>
+  </si>
+  <si>
+    <t>26/06/2013 10:10:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1603005/fr/commission-de-la-transparence-reunion-du-26-juin-2013</t>
+  </si>
+  <si>
+    <t>c_1603005</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 12 juin 2013</t>
+  </si>
+  <si>
+    <t>12/06/2013 14:55:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1600312/fr/commission-de-la-transparence-reunion-du-12-juin-2013</t>
+  </si>
+  <si>
+    <t>c_1600312</t>
+  </si>
+  <si>
+    <t>Substance active (DCI)</t>
+  </si>
+  <si>
+    <t>Laboratoire / Fabricant</t>
+  </si>
+  <si>
+    <t>Avis sur les Médicaments</t>
+  </si>
+  <si>
+    <t>Médicament</t>
   </si>
   <si>
     <t>PALEXIA - PALEXIA LP (tapentadol)</t>
   </si>
   <si>
-    <t/>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2983598/en/palexia-palexia-lp-tapentadol</t>
+    <t>20/01/2020 09:53:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983598/fr/palexia-palexia-lp-tapentadol</t>
   </si>
   <si>
     <t>pprd_2983598</t>
   </si>
   <si>
     <t>tapentadol</t>
   </si>
   <si>
     <t>GRUNENTHAL</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_1751167/en/palexia</t>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3146611/en/palexia-tapentadol</t>
+    <t>https://www.has-sante.fr/jcms/c_1751167/fr/palexia-lp-tapentadol-antalgique-opioide</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2773284/fr/palexia-lp-tapentadol-antalgique-opioide</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3146611/fr/palexia-tapentadol</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:M2"/>
+  <dimension ref="A1:H4"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
-      <c r="I1" t="s">
-[...7 lines deleted...]
-      </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
+        <v>8</v>
+      </c>
+      <c r="B2" t="s">
+        <v>9</v>
+      </c>
+      <c r="C2" t="s">
+        <v>10</v>
+      </c>
+      <c r="D2" t="s">
         <v>11</v>
       </c>
+      <c r="E2" t="s">
+        <v>12</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>14</v>
+      </c>
+      <c r="H2" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>8</v>
+      </c>
+      <c r="B3" t="s">
+        <v>16</v>
+      </c>
+      <c r="C3" t="s">
+        <v>17</v>
+      </c>
+      <c r="D3" t="s">
+        <v>18</v>
+      </c>
+      <c r="E3" t="s">
+        <v>19</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>20</v>
+      </c>
+      <c r="H3" t="s">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>8</v>
+      </c>
+      <c r="B4" t="s">
+        <v>22</v>
+      </c>
+      <c r="C4" t="s">
+        <v>23</v>
+      </c>
+      <c r="D4" t="s">
+        <v>24</v>
+      </c>
+      <c r="E4" t="s">
+        <v>25</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>26</v>
+      </c>
+      <c r="H4" t="s">
+        <v>27</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:I7"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>29</v>
+      </c>
       <c r="B2" t="s">
-        <v>12</v>
+        <v>30</v>
       </c>
       <c r="C2" t="s">
         <v>13</v>
       </c>
       <c r="D2" t="s">
         <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>14</v>
+        <v>31</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>15</v>
+        <v>32</v>
       </c>
       <c r="H2" t="s">
-        <v>16</v>
+        <v>33</v>
       </c>
       <c r="I2" t="s">
-        <v>17</v>
+        <v>34</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>29</v>
+      </c>
+      <c r="B3" t="s">
+        <v>35</v>
+      </c>
+      <c r="C3" t="s">
+        <v>13</v>
+      </c>
+      <c r="D3" t="s">
+        <v>13</v>
+      </c>
+      <c r="E3" t="s">
+        <v>36</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>37</v>
+      </c>
+      <c r="H3" t="s">
+        <v>38</v>
+      </c>
+      <c r="I3" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>29</v>
+      </c>
+      <c r="B4" t="s">
+        <v>39</v>
+      </c>
+      <c r="C4" t="s">
+        <v>13</v>
+      </c>
+      <c r="D4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E4" t="s">
+        <v>40</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>41</v>
+      </c>
+      <c r="H4" t="s">
+        <v>42</v>
+      </c>
+      <c r="I4" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>29</v>
+      </c>
+      <c r="B5" t="s">
+        <v>43</v>
+      </c>
+      <c r="C5" t="s">
+        <v>13</v>
+      </c>
+      <c r="D5" t="s">
+        <v>13</v>
+      </c>
+      <c r="E5" t="s">
+        <v>44</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>45</v>
+      </c>
+      <c r="H5" t="s">
+        <v>46</v>
+      </c>
+      <c r="I5" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>29</v>
+      </c>
+      <c r="B6" t="s">
+        <v>47</v>
+      </c>
+      <c r="C6" t="s">
+        <v>13</v>
+      </c>
+      <c r="D6" t="s">
+        <v>13</v>
+      </c>
+      <c r="E6" t="s">
+        <v>48</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
+        <v>49</v>
+      </c>
+      <c r="H6" t="s">
+        <v>50</v>
+      </c>
+      <c r="I6" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>29</v>
+      </c>
+      <c r="B7" t="s">
+        <v>51</v>
+      </c>
+      <c r="C7" t="s">
+        <v>13</v>
+      </c>
+      <c r="D7" t="s">
+        <v>13</v>
+      </c>
+      <c r="E7" t="s">
+        <v>52</v>
+      </c>
+      <c r="F7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G7" t="s">
+        <v>53</v>
+      </c>
+      <c r="H7" t="s">
+        <v>54</v>
+      </c>
+      <c r="I7" t="s">
+        <v>34</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:I1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:M2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>55</v>
+      </c>
+      <c r="J1" t="s">
+        <v>56</v>
+      </c>
+      <c r="K1" t="s">
+        <v>57</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>58</v>
+      </c>
+      <c r="B2" t="s">
+        <v>59</v>
+      </c>
+      <c r="C2" t="s">
+        <v>13</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>60</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>61</v>
+      </c>
+      <c r="H2" t="s">
+        <v>62</v>
+      </c>
+      <c r="I2" t="s">
+        <v>63</v>
       </c>
       <c r="J2" t="s">
-        <v>18</v>
+        <v>64</v>
       </c>
       <c r="K2" t="s">
-        <v>19</v>
+        <v>65</v>
       </c>
       <c r="L2" t="s">
-        <v>20</v>
+        <v>66</v>
       </c>
       <c r="M2" t="s">
-        <v>21</v>
+        <v>67</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>