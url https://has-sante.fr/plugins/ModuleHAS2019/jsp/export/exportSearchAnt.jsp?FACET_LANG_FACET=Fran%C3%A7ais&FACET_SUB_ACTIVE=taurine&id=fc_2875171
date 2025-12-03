--- v0 (2025-10-18)
+++ v1 (2025-12-03)
@@ -1,370 +1,157 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
-[...1 lines deleted...]
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Recommandation de bonne " r:id="rId3" sheetId="1"/>
-[...2 lines deleted...]
-    <sheet name="Export Medicament" r:id="rId6" sheetId="4"/>
+    <sheet name="Export " r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
-[...2 lines deleted...]
-    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="143" uniqueCount="84">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="16" uniqueCount="16">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Recommandation de bonne pratique</t>
-[...11 lines deleted...]
-    <t>03/05/2023 15:03:00</t>
+    <t>Practice guidelines</t>
+  </si>
+  <si>
+    <t>Management of patients with cystic fibrosis (compliance, nutrition, gastroenterology and metabolism)</t>
+  </si>
+  <si>
+    <t>The objective of this consensus conference is to answer the following five questions to the jury:# 1. How does nutritional status affect the course of cystic fibrosis?# 2. Which strategy maintains optimum nutritional status?# 3. What diagnostic approach should be adopted when a patient with cystic fibrosis experiences abdominal pain?# 4. What diagnostic and treatment strategies should be adopted for disorders of carbohydrate metabolism in cystic fibrosis?# 5. How should hepatobiliary disorders be managed in cystic fibrosis?#</t>
+  </si>
+  <si>
+    <t>01/15/2003 00:00:00</t>
+  </si>
+  <si>
+    <t>01/15/2003 16:51:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3427623/fr/symptomes-prolonges-a-la-suite-de-la-covid-19-etat-des-lieux-des-donnees-epidemiologiques-et-des-mecanismes-physiopathologiques</t>
-[...35 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_272207/fr/prise-en-charge-du-patient-atteint-de-mucoviscidose-observance-nutrition-gastro-enterologie-et-metabolisme</t>
+    <t>https://www.has-sante.fr/jcms/c_272207/en/management-of-patients-with-cystic-fibrosis-compliance-nutrition-gastroenterology-and-metabolism</t>
   </si>
   <si>
     <t>c_272207</t>
-  </si>
-[...166 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2558850/fr/amiped-arginine-phenylalanine-alanine-tryptophane-l-serine-aspartique-a</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H4"/>
+  <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -378,494 +165,43 @@
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
         <v>14</v>
       </c>
       <c r="H2" t="s">
         <v>15</v>
       </c>
     </row>
-    <row r="3">
-[...50 lines deleted...]
-    </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
-  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
-[...397 lines deleted...]
-  <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>