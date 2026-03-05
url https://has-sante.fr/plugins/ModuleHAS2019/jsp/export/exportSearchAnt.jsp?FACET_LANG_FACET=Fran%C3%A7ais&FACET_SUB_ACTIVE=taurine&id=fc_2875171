--- v1 (2025-12-03)
+++ v2 (2026-03-05)
@@ -1,207 +1,912 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export " r:id="rId3" sheetId="1"/>
+    <sheet name="Export Guide maladie chronique" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Recommandation de bonne " r:id="rId4" sheetId="2"/>
+    <sheet name="Export évènement de calendrier" r:id="rId5" sheetId="3"/>
+    <sheet name="Export Medicament" r:id="rId6" sheetId="4"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="16" uniqueCount="16">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="151" uniqueCount="89">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Practice guidelines</t>
-[...11 lines deleted...]
-    <t>01/15/2003 16:51:00</t>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Mucoviscidose</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de mucoviscidoses. Il a été élaboré par le Centre de Référence Mucoviscidose à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_272207/en/management-of-patients-with-cystic-fibrosis-compliance-nutrition-gastroenterology-and-metabolism</t>
+    <t>05/12/2025 11:04:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2792719/fr/mucoviscidose</t>
+  </si>
+  <si>
+    <t>c_2792719</t>
+  </si>
+  <si>
+    <t>Epilepsies vitamino-sensibles</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’épilepsie vitamino-sensible. Il a été élaboré par le Centre de référence des Epilepsies rares (CRMR Lille, Marseille) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>02/08/2022 15:39:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3358939/fr/epilepsies-vitamino-sensibles</t>
+  </si>
+  <si>
+    <t>p_3358939</t>
+  </si>
+  <si>
+    <t>Maladies mitochondriales apparentées au MELAS</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’une maladie mitochondriale apparentée au syndrome MELAS. Il a été élaboré par les Centres de Référence pour les maladies mitochondriales de l’enfant et de l’adulte CALISSON et CARAMMEL à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>27/12/2021 21:44:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3289848/fr/maladies-mitochondriales-apparentees-au-melas</t>
+  </si>
+  <si>
+    <t>p_3289848</t>
+  </si>
+  <si>
+    <t>Syndrome du grêle court chez l’adulte</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint du Syndrome du Grêle Court. Il a été élaboré par le Centre de référence des maladies rares digestives à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>20/10/2021 13:37:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3293097/fr/syndrome-du-grele-court-chez-l-adulte</t>
+  </si>
+  <si>
+    <t>p_3293097</t>
+  </si>
+  <si>
+    <t>Déficits de synthèse des acides biliaires primaires</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint de déficits de synthèse des acides biliaires primaires.</t>
+  </si>
+  <si>
+    <t>27/11/2019 16:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3121124/fr/deficits-de-synthese-des-acides-biliaires-primaires</t>
+  </si>
+  <si>
+    <t>p_3121124</t>
+  </si>
+  <si>
+    <t>Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Symptômes prolongés à la suite de la Covid-19 : état des lieux des données épidémiologiques et des mécanismes physiopathologiques</t>
+  </si>
+  <si>
+    <t>Ce travail s’inscrit à la suite des travaux de la HAS dans le champ des symptômes prolongés à la suite d’une Covid-19 (Covid long), en particulier des fiches réponses rapides sur cette question, publiées et mise à jour depuis 2021. La HAS travaille à l’analyse de la littérature dans plusieurs axes : les données épidémiologiques, les mécanismes physiopathologiques, le parcours de soins et le traitement. Elle met à disposition ce premier volet qui est un état des lieux des données épidémiologiques.</t>
+  </si>
+  <si>
+    <t>21/12/2023 00:00:00</t>
+  </si>
+  <si>
+    <t>03/05/2023 15:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3427623/fr/symptomes-prolonges-a-la-suite-de-la-covid-19-etat-des-lieux-des-donnees-epidemiologiques-et-des-mecanismes-physiopathologiques</t>
+  </si>
+  <si>
+    <t>p_3427623</t>
+  </si>
+  <si>
+    <t>Dépistage, prise en charge et suivi  des personnes potentiellement surexposées à l’arsenic inorganique du fait de leur lieu de résidence</t>
+  </si>
+  <si>
+    <t>Les objectifs de cette recommandation sont : de définir l’intérêt et les modalités de dépistage des contaminations par l’arsenic inorganique, dans les populations résidant sur des sites pollués par cet élément ; de proposer des modalités de prise en charge des personnes sur-imprégnées pour le diagnostic, le traitement et le suivi de leur intoxication.</t>
+  </si>
+  <si>
+    <t>05/02/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>09/03/2020 09:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3150638/fr/depistage-prise-en-charge-et-suivi-des-personnes-potentiellement-surexposees-a-l-arsenic-inorganique-du-fait-de-leur-lieu-de-residence</t>
+  </si>
+  <si>
+    <t>p_3150638</t>
+  </si>
+  <si>
+    <t>Prise en charge du patient atteint de mucoviscidose - Observance, nutrition, gastro-entérologie et métabolisme</t>
+  </si>
+  <si>
+    <t>L'objectif de cette conférence de consensus est de répondre aux cinq questions suivantes, posées au jury :# 1. Quelle est l'influence de l'état nutritionnel sur l'évolution de la mucoviscidose ?# 2. Quelle stratégie peut-on proposer pour maintenir un état nutritionnel optimal ?# 3. Quelle doit être la démarche diagnostique devant des douleurs abdominales chez un patient atteint de mucoviscidose ?# 4. Quelles sont les stratégies diagnostiques et thérapeutiques des troubles du métabolisme glucidique au cours de la mucoviscidose ?# 5. Quelle doit être la prise en charge de l'atteinte hépato-biliaire au cours de la mucoviscidose ?#</t>
+  </si>
+  <si>
+    <t>15/01/2003 00:00:00</t>
+  </si>
+  <si>
+    <t>15/01/2003 16:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272207/fr/prise-en-charge-du-patient-atteint-de-mucoviscidose-observance-nutrition-gastro-enterologie-et-metabolisme</t>
   </si>
   <si>
     <t>c_272207</t>
+  </si>
+  <si>
+    <t>Type d'évènement</t>
+  </si>
+  <si>
+    <t>Evénement de Calendrier</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 20 avril 2022</t>
+  </si>
+  <si>
+    <t>13/04/2022 16:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3331579/fr/commission-de-la-transparence-reunion-du-20-avril-2022</t>
+  </si>
+  <si>
+    <t>p_3331579</t>
+  </si>
+  <si>
+    <t>Commission</t>
+  </si>
+  <si>
+    <t>Commission de la Transparence - Réunion à distance du 24 mars 2021</t>
+  </si>
+  <si>
+    <t>17/03/2021 12:25:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3243755/fr/commission-de-la-transparence-reunion-a-distance-du-24-mars-2021</t>
+  </si>
+  <si>
+    <t>p_3243755</t>
+  </si>
+  <si>
+    <t>CNEDIMTS - Réunion du 26 février 2019</t>
+  </si>
+  <si>
+    <t>22/02/2019 14:55:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2904998/fr/cnedimts-reunion-du-26-fevrier-2019</t>
+  </si>
+  <si>
+    <t>c_2904998</t>
+  </si>
+  <si>
+    <t>Substance active (DCI)</t>
+  </si>
+  <si>
+    <t>Laboratoire / Fabricant</t>
+  </si>
+  <si>
+    <t>Avis sur les Médicaments</t>
+  </si>
+  <si>
+    <t>Médicament</t>
+  </si>
+  <si>
+    <t>AMINOMIX (arginine, sodium (chlorure de), potassium (hydroxyde de), alanine, lys...)</t>
+  </si>
+  <si>
+    <t>20/09/2017 09:37:04</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983531/fr/aminomix-arginine-sodium-chlorure-de-potassium-hydroxyde-de-alanine-lys</t>
+  </si>
+  <si>
+    <t>pprd_2983531</t>
+  </si>
+  <si>
+    <t>arginine, sodium (chlorure de), potassium (hydroxyde de), alanine, lysine (chlorhydrate de), sérine, tyrosine, taurine, isoleucine, glucose monohydraté, acétique glacial (acide),calcium (chlorure de) dihydraté, phénylalanine, magnésium (chlorure de) hexahydraté, leucine, glycine, tryptophane L, zinc (chlorure de), proline, thréonine, valine, méthionine, histidine, chlorhydrique (acide),isoleucine, leucine, lysine, méthionine, phénylalanine, thréonine, tryptophane, valine, arginine, histidine, glycine, sérine, tyrosine, taurine, alanine, proline, glycérophosphate de sodium, acide chlorhydrique 25%, glucose, chlorure de sodium, chlorure de calcium, chlorure de magnésium, chlorure de zinc</t>
+  </si>
+  <si>
+    <t>FRESENIUS KABI FRANCE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400963/fr/aminomix-1-solution-injectable-pour-perfusion-iv-en-poche-bicompartimentee-poche-bicompartimentee-de-1000-ml-cip-372-315-3-poche-bicompartimentee-de-1500-ml-cip-372-317-6-poche-bicompartimentee-de-2000-ml-cip-372-318-2-aminomix-2-solution-injectable-pour-perfusion-iv-en-poche-bicompartimentee-poche-bicompartimentee-de-1000-ml-cip-372-319-9-poche-bicompartimentee-de-1500-ml-cip-372-320-7-poche-bicompartimentee-de-2000-ml-cip-372-321-3</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1332093/fr/aminomix-arginine-sodium-chlorure-de-potassium-hydroxyde-de-alanine-lys</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2794094/fr/aminomix-isoleucine-leucine-lysine-methionine-phenylalanine-threonine</t>
+  </si>
+  <si>
+    <t>AMIPED (arginine, phénylalanine, alanine, tryptophane L, sérine, aspartique (a...)</t>
+  </si>
+  <si>
+    <t>02/10/2015 15:09:50</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984415/fr/amiped-arginine-phenylalanine-alanine-tryptophane-l-serine-aspartique-a</t>
+  </si>
+  <si>
+    <t>pprd_2984415</t>
+  </si>
+  <si>
+    <t>arginine, phénylalanine, alanine, tryptophane L, sérine, aspartique (acide), glycine, leucine, acétyltyrosine,,lysine monohydratée, acétylcystéine, proline, taurine, acide glutamique, thréonine, valine, histidine, méthionine, isoleucine</t>
+  </si>
+  <si>
+    <t>B BRAUN MEDICAL SAS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2558850/fr/amiped-arginine-phenylalanine-alanine-tryptophane-l-serine-aspartique-a</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H2"/>
+  <dimension ref="A1:H6"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" t="s">
         <v>13</v>
       </c>
-      <c r="G2" t="s">
+      <c r="H2" t="s">
         <v>14</v>
       </c>
-      <c r="H2" t="s">
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>8</v>
+      </c>
+      <c r="B3" t="s">
         <v>15</v>
+      </c>
+      <c r="C3" t="s">
+        <v>16</v>
+      </c>
+      <c r="D3" t="s">
+        <v>11</v>
+      </c>
+      <c r="E3" t="s">
+        <v>17</v>
+      </c>
+      <c r="F3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G3" t="s">
+        <v>18</v>
+      </c>
+      <c r="H3" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>8</v>
+      </c>
+      <c r="B4" t="s">
+        <v>20</v>
+      </c>
+      <c r="C4" t="s">
+        <v>21</v>
+      </c>
+      <c r="D4" t="s">
+        <v>11</v>
+      </c>
+      <c r="E4" t="s">
+        <v>22</v>
+      </c>
+      <c r="F4" t="s">
+        <v>11</v>
+      </c>
+      <c r="G4" t="s">
+        <v>23</v>
+      </c>
+      <c r="H4" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>8</v>
+      </c>
+      <c r="B5" t="s">
+        <v>25</v>
+      </c>
+      <c r="C5" t="s">
+        <v>26</v>
+      </c>
+      <c r="D5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E5" t="s">
+        <v>27</v>
+      </c>
+      <c r="F5" t="s">
+        <v>11</v>
+      </c>
+      <c r="G5" t="s">
+        <v>28</v>
+      </c>
+      <c r="H5" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>8</v>
+      </c>
+      <c r="B6" t="s">
+        <v>30</v>
+      </c>
+      <c r="C6" t="s">
+        <v>31</v>
+      </c>
+      <c r="D6" t="s">
+        <v>11</v>
+      </c>
+      <c r="E6" t="s">
+        <v>32</v>
+      </c>
+      <c r="F6" t="s">
+        <v>11</v>
+      </c>
+      <c r="G6" t="s">
+        <v>33</v>
+      </c>
+      <c r="H6" t="s">
+        <v>34</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H4"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>35</v>
+      </c>
+      <c r="B2" t="s">
+        <v>36</v>
+      </c>
+      <c r="C2" t="s">
+        <v>37</v>
+      </c>
+      <c r="D2" t="s">
+        <v>38</v>
+      </c>
+      <c r="E2" t="s">
+        <v>39</v>
+      </c>
+      <c r="F2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" t="s">
+        <v>40</v>
+      </c>
+      <c r="H2" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>35</v>
+      </c>
+      <c r="B3" t="s">
+        <v>42</v>
+      </c>
+      <c r="C3" t="s">
+        <v>43</v>
+      </c>
+      <c r="D3" t="s">
+        <v>44</v>
+      </c>
+      <c r="E3" t="s">
+        <v>45</v>
+      </c>
+      <c r="F3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G3" t="s">
+        <v>46</v>
+      </c>
+      <c r="H3" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>35</v>
+      </c>
+      <c r="B4" t="s">
+        <v>48</v>
+      </c>
+      <c r="C4" t="s">
+        <v>49</v>
+      </c>
+      <c r="D4" t="s">
+        <v>50</v>
+      </c>
+      <c r="E4" t="s">
+        <v>51</v>
+      </c>
+      <c r="F4" t="s">
+        <v>11</v>
+      </c>
+      <c r="G4" t="s">
+        <v>52</v>
+      </c>
+      <c r="H4" t="s">
+        <v>53</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:I4"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>55</v>
+      </c>
+      <c r="B2" t="s">
+        <v>56</v>
+      </c>
+      <c r="C2" t="s">
+        <v>11</v>
+      </c>
+      <c r="D2" t="s">
+        <v>11</v>
+      </c>
+      <c r="E2" t="s">
+        <v>57</v>
+      </c>
+      <c r="F2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" t="s">
+        <v>58</v>
+      </c>
+      <c r="H2" t="s">
+        <v>59</v>
+      </c>
+      <c r="I2" t="s">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>55</v>
+      </c>
+      <c r="B3" t="s">
+        <v>61</v>
+      </c>
+      <c r="C3" t="s">
+        <v>11</v>
+      </c>
+      <c r="D3" t="s">
+        <v>11</v>
+      </c>
+      <c r="E3" t="s">
+        <v>62</v>
+      </c>
+      <c r="F3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G3" t="s">
+        <v>63</v>
+      </c>
+      <c r="H3" t="s">
+        <v>64</v>
+      </c>
+      <c r="I3" t="s">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>55</v>
+      </c>
+      <c r="B4" t="s">
+        <v>65</v>
+      </c>
+      <c r="C4" t="s">
+        <v>11</v>
+      </c>
+      <c r="D4" t="s">
+        <v>11</v>
+      </c>
+      <c r="E4" t="s">
+        <v>66</v>
+      </c>
+      <c r="F4" t="s">
+        <v>11</v>
+      </c>
+      <c r="G4" t="s">
+        <v>67</v>
+      </c>
+      <c r="H4" t="s">
+        <v>68</v>
+      </c>
+      <c r="I4" t="s">
+        <v>60</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:I1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:M3"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>69</v>
+      </c>
+      <c r="J1" t="s">
+        <v>70</v>
+      </c>
+      <c r="K1" t="s">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>72</v>
+      </c>
+      <c r="B2" t="s">
+        <v>73</v>
+      </c>
+      <c r="C2" t="s">
+        <v>11</v>
+      </c>
+      <c r="D2" t="s">
+        <v>11</v>
+      </c>
+      <c r="E2" t="s">
+        <v>74</v>
+      </c>
+      <c r="F2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" t="s">
+        <v>75</v>
+      </c>
+      <c r="H2" t="s">
+        <v>76</v>
+      </c>
+      <c r="I2" t="s">
+        <v>77</v>
+      </c>
+      <c r="J2" t="s">
+        <v>78</v>
+      </c>
+      <c r="K2" t="s">
+        <v>79</v>
+      </c>
+      <c r="L2" t="s">
+        <v>80</v>
+      </c>
+      <c r="M2" t="s">
+        <v>81</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>72</v>
+      </c>
+      <c r="B3" t="s">
+        <v>82</v>
+      </c>
+      <c r="C3" t="s">
+        <v>11</v>
+      </c>
+      <c r="D3" t="s">
+        <v>11</v>
+      </c>
+      <c r="E3" t="s">
+        <v>83</v>
+      </c>
+      <c r="F3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G3" t="s">
+        <v>84</v>
+      </c>
+      <c r="H3" t="s">
+        <v>85</v>
+      </c>
+      <c r="I3" t="s">
+        <v>86</v>
+      </c>
+      <c r="J3" t="s">
+        <v>87</v>
+      </c>
+      <c r="K3" t="s">
+        <v>88</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>