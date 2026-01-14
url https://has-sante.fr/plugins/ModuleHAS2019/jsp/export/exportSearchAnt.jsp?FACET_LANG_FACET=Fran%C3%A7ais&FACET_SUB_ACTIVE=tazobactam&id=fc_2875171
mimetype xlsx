--- v0 (2025-10-16)
+++ v1 (2026-01-14)
@@ -1,241 +1,322 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet5.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Practice guidelines" r:id="rId3" sheetId="1"/>
-[...1 lines deleted...]
-    <sheet name="Export Drugs" r:id="rId5" sheetId="3"/>
+    <sheet name="Export Recommandation de bonne " r:id="rId3" sheetId="1"/>
+    <sheet name="Export Guide maladie chronique" r:id="rId4" sheetId="2"/>
+    <sheet name="Export Evaluation des technolog" r:id="rId5" sheetId="3"/>
+    <sheet name="Export évènement de calendrier" r:id="rId6" sheetId="4"/>
+    <sheet name="Export Medicament" r:id="rId7" sheetId="5"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Practice guidelines'!$B$1:$H$1</definedName>
-[...1 lines deleted...]
-    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Drugs'!$B$1:$K$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="64" uniqueCount="42">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="114" uniqueCount="67">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Practice guidelines</t>
-[...11 lines deleted...]
-    <t>05/29/2008 17:37:00</t>
+    <t>Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Antibiothérapie des infections à entérobactéries et à Pseudomonas aeruginosa chez l’adulte : place des carbapénèmes et de leurs alternatives</t>
+  </si>
+  <si>
+    <t>L’enjeu de ces recommandations est une meilleure utilisation des carbapénèmes, avec un objectif de réduction de leur consommation, principalement à l’hôpital, en limitant au strict nécessaire leur utilisation en antibiothérapie probabiliste ou documentée afin de préserver leur efficacité.</t>
+  </si>
+  <si>
+    <t>09/03/2023 00:00:00</t>
+  </si>
+  <si>
+    <t>04/06/2019 11:31:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_665169/en/antibiotic-therapy-and-prevention-of-bacterial-resistance-in-healthcare-organisations</t>
+    <t>https://www.has-sante.fr/jcms/c_2968915/fr/antibiotherapie-des-infections-a-enterobacteries-et-a-pseudomonas-aeruginosa-chez-l-adulte-place-des-carbapenemes-et-de-leurs-alternatives</t>
+  </si>
+  <si>
+    <t>c_2968915</t>
+  </si>
+  <si>
+    <t>Prise en charge des infections cutanées bactériennes courantes</t>
+  </si>
+  <si>
+    <t>Ces recommandations abordent la prise en charge des principales infections cutanées bactériennes observées en médecine de ville : les dermohypodermites bactériennes non nécrosantes &amp; nécrosantes, la fasciite nécrosante, les infections bactériennes de plaie chronique, le furoncle, l’anthrax, la furonculose, les abcès cutanées et l’impétigo.</t>
+  </si>
+  <si>
+    <t>27/02/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>01/04/2019 14:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2911550/fr/prise-en-charge-des-infections-cutanees-bacteriennes-courantes</t>
+  </si>
+  <si>
+    <t>c_2911550</t>
+  </si>
+  <si>
+    <t>Stratégie d'antibiothérapie et prévention des résistances bactériennes en établissement de santé</t>
+  </si>
+  <si>
+    <t>Ces recommandations ont pour objectif le bon usage des antibiotiques au sein des établissements de santé, et plus particulièrement de faciliter la mise en place des stratégies d’antibiothérapie les plus efficaces et permettant de prévenir l’émergence des résistances bactériennes. Elles correspondent à l’actualisation des recommandations publiées en 1997 par l’Anaes sur «le bon usage des antibiotiques à l’hôpital».</t>
+  </si>
+  <si>
+    <t>16/04/2008 00:00:00</t>
+  </si>
+  <si>
+    <t>29/05/2008 17:37:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_665169/fr/strategie-d-antibiotherapie-et-prevention-des-resistances-bacteriennes-en-etablissement-de-sante</t>
   </si>
   <si>
     <t>c_665169</t>
   </si>
   <si>
-    <t>Management of patients with cystic fibrosis (pulmonary disease and infection)</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_272206/en/management-of-patients-with-cystic-fibrosis-pulmonary-disease-and-infection</t>
+    <t>Prise en charge du patient atteint de mucoviscidose - Pneumologie et infectiologie</t>
+  </si>
+  <si>
+    <t>L'objectif de cette conférence de consensus est de répondre aux cinq questions suivantes, posées au jury :# 1. Quels sont les critères diagnostiques de l’infection bronchopulmonaire à Staphylococcus aureus ?# 2. Quels sont les critères diagnostiques de l’infection bronchopulmonaire à Pseudomonas aeruginosa ?# 3. Quelle est la stratégie de l’antibiothérapie, quelle que soit la voie d’administration, vis-à-vis de Staphylococcus aureus ?# 4. Quelle est la stratégie de l’antibiothérapie, quelle que soit la voie d’administration, vis-à-vis de Pseudomonas aeruginosa ?# 5. Quelle est la place des autres thérapeutiques à visée respiratoire dans le traitement de la mucoviscidose ?#</t>
+  </si>
+  <si>
+    <t>15/01/2003 00:00:00</t>
+  </si>
+  <si>
+    <t>15/01/2003 16:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272206/fr/prise-en-charge-du-patient-atteint-de-mucoviscidose-pneumologie-et-infectiologie</t>
   </si>
   <si>
     <t>c_272206</t>
   </si>
   <si>
-    <t>Health technology assessment</t>
-[...14 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2736666/en/modification-of-the-nomenclature-of-procedures-in-laboratory-medicine-for-the-diagnostic-laboratory-procedures-for-aspergillus-diseases-inahta-brief</t>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Cholangite Sclérosante Primitive</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’une cholangite sclérosante primitive (CSP). Il a été élaboré par le Centre de référence coordonnateur des maladies inflammatoires des voies biliaires et hépatites autoimmunes à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>12/12/2022 17:27:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3392249/fr/cholangite-sclerosante-primitive</t>
+  </si>
+  <si>
+    <t>p_3392249</t>
+  </si>
+  <si>
+    <t>Evaluation des technologies de santé</t>
+  </si>
+  <si>
+    <t>Actualisation des actes de biologie médicale relatifs au diagnostic des infections à Aspergillus</t>
+  </si>
+  <si>
+    <t>Pour modification de la Nomenclature des actes de biologie médicale (NABM) concernant les actes de diagnostic biologique des infections dues aux champignons filamenteux du genre Aspergillus, la HAS a évalué les techniques directes de recherche d’antigènes solubles spécifiques dans le sang (et les autres liquides biologiques) ainsi que les techniques indirectes de recherche des anticorps sériques spécifiques.</t>
+  </si>
+  <si>
+    <t>31/05/2017 00:00:00</t>
+  </si>
+  <si>
+    <t>09/06/2017 09:57:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2736666/fr/actualisation-des-actes-de-biologie-medicale-relatifs-au-diagnostic-des-infections-a-aspergillus</t>
   </si>
   <si>
     <t>c_2736666</t>
   </si>
   <si>
-    <t>Active ingredient</t>
-[...17 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2984003/en/zerbaxa-ceftolozane/-tazobactam</t>
+    <t>Type d'évènement</t>
+  </si>
+  <si>
+    <t>Evénement de Calendrier</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 3 juin 2015</t>
+  </si>
+  <si>
+    <t>27/05/2015 14:19:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2035997/fr/commission-de-la-transparence-reunion-du-3-juin-2015</t>
+  </si>
+  <si>
+    <t>c_2035997</t>
+  </si>
+  <si>
+    <t>Commission</t>
+  </si>
+  <si>
+    <t>Substance active (DCI)</t>
+  </si>
+  <si>
+    <t>Laboratoire / Fabricant</t>
+  </si>
+  <si>
+    <t>Avis sur les Médicaments</t>
+  </si>
+  <si>
+    <t>Médicament</t>
+  </si>
+  <si>
+    <t>ZERBAXA (ceftolozane/tazobactam)</t>
+  </si>
+  <si>
+    <t>09/01/2023 14:21:41</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984003/fr/zerbaxa-ceftolozane/tazobactam</t>
   </si>
   <si>
     <t>pprd_2984003</t>
   </si>
   <si>
     <t>ceftolozane,tazobactam</t>
   </si>
   <si>
     <t>MSD FRANCE</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_2658642/en/zerbaxa-ceftolozane/tazobactam-cephalosporin-and-lactamase-inhibitor</t>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3402033/en/zerbaxa-ceftolozane/tazobactam-traitement-des-infections-chez-les-enfants-de-la-naissance-a-moins-de-18-ans</t>
+    <t>https://www.has-sante.fr/jcms/c_2658642/fr/zerbaxa-ceftolozane/tazobactam-cephalosporine-et-inhibiteur-de-lactamase</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3152698/fr/zerbaxa-ceftolozane/-tazobactam</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3402033/fr/zerbaxa-ceftolozane/tazobactam-traitement-des-infections-chez-les-enfants-de-la-naissance-a-moins-de-18-ans</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H3"/>
+  <dimension ref="A1:H5"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -273,201 +354,391 @@
     </row>
     <row r="3">
       <c r="A3" t="s">
         <v>8</v>
       </c>
       <c r="B3" t="s">
         <v>16</v>
       </c>
       <c r="C3" t="s">
         <v>17</v>
       </c>
       <c r="D3" t="s">
         <v>18</v>
       </c>
       <c r="E3" t="s">
         <v>19</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
         <v>20</v>
       </c>
       <c r="H3" t="s">
         <v>21</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>8</v>
+      </c>
+      <c r="B4" t="s">
+        <v>22</v>
+      </c>
+      <c r="C4" t="s">
+        <v>23</v>
+      </c>
+      <c r="D4" t="s">
+        <v>24</v>
+      </c>
+      <c r="E4" t="s">
+        <v>25</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>26</v>
+      </c>
+      <c r="H4" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>8</v>
+      </c>
+      <c r="B5" t="s">
+        <v>28</v>
+      </c>
+      <c r="C5" t="s">
+        <v>29</v>
+      </c>
+      <c r="D5" t="s">
+        <v>30</v>
+      </c>
+      <c r="E5" t="s">
+        <v>31</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>32</v>
+      </c>
+      <c r="H5" t="s">
+        <v>33</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>22</v>
+        <v>34</v>
       </c>
       <c r="B2" t="s">
-        <v>23</v>
+        <v>35</v>
       </c>
       <c r="C2" t="s">
-        <v>24</v>
+        <v>36</v>
       </c>
       <c r="D2" t="s">
-        <v>25</v>
+        <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>26</v>
+        <v>37</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>27</v>
+        <v>38</v>
       </c>
       <c r="H2" t="s">
-        <v>28</v>
+        <v>39</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>40</v>
+      </c>
+      <c r="B2" t="s">
+        <v>41</v>
+      </c>
+      <c r="C2" t="s">
+        <v>42</v>
+      </c>
+      <c r="D2" t="s">
+        <v>43</v>
+      </c>
+      <c r="E2" t="s">
+        <v>44</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>45</v>
+      </c>
+      <c r="H2" t="s">
+        <v>46</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:I2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>48</v>
+      </c>
+      <c r="B2" t="s">
+        <v>49</v>
+      </c>
+      <c r="C2" t="s">
+        <v>13</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>50</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>51</v>
+      </c>
+      <c r="H2" t="s">
+        <v>52</v>
+      </c>
+      <c r="I2" t="s">
+        <v>53</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:I1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:M2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
-        <v>29</v>
+        <v>54</v>
       </c>
       <c r="J1" t="s">
-        <v>30</v>
+        <v>55</v>
       </c>
       <c r="K1" t="s">
-        <v>31</v>
+        <v>56</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>32</v>
+        <v>57</v>
       </c>
       <c r="B2" t="s">
-        <v>33</v>
+        <v>58</v>
       </c>
       <c r="C2" t="s">
         <v>13</v>
       </c>
       <c r="D2" t="s">
         <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>34</v>
+        <v>59</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>35</v>
+        <v>60</v>
       </c>
       <c r="H2" t="s">
-        <v>36</v>
+        <v>61</v>
       </c>
       <c r="I2" t="s">
-        <v>37</v>
+        <v>62</v>
       </c>
       <c r="J2" t="s">
-        <v>38</v>
+        <v>63</v>
       </c>
       <c r="K2" t="s">
-        <v>39</v>
+        <v>64</v>
       </c>
       <c r="L2" t="s">
-        <v>40</v>
+        <v>65</v>
       </c>
       <c r="M2" t="s">
-        <v>41</v>
+        <v>66</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>