--- v0 (2025-10-16)
+++ v1 (2026-01-14)
@@ -1,197 +1,971 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet5.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet6.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet7.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Practice guidelines" r:id="rId3" sheetId="1"/>
-    <sheet name="Export Drugs" r:id="rId4" sheetId="2"/>
+    <sheet name="Export Guide méthodologique" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Guide maladie chronique" r:id="rId4" sheetId="2"/>
+    <sheet name="Export Recommandation de bonne " r:id="rId5" sheetId="3"/>
+    <sheet name="Export Evaluation des technolog" r:id="rId6" sheetId="4"/>
+    <sheet name="Export évènement de calendrier" r:id="rId7" sheetId="5"/>
+    <sheet name="Export Avis et décisions de la " r:id="rId8" sheetId="6"/>
+    <sheet name="Export Medicament" r:id="rId9" sheetId="7"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Practice guidelines'!$B$1:$H$1</definedName>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Drugs'!$B$1:$K$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Guide méthodologique'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="true">'Export Avis et décisions de la '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="6" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="41" uniqueCount="30">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="505" uniqueCount="283">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Practice guidelines</t>
-[...11 lines deleted...]
-    <t>09/11/2013 15:00:00</t>
+    <t>Guide méthodologique</t>
+  </si>
+  <si>
+    <t>L’évaluation des aspects sociaux</t>
+  </si>
+  <si>
+    <t>En octobre 2007, la Haute Autorité de santé a mis en place un groupe de travail afin d’envisager la manière dont la sociologie pourrait contribuer à ses travaux d’évaluation. Les réflexions et les propositions de ce groupe de travail s’inscrivent dans le prolongement d’un groupe de travail plus largement consacré à la définition de la notion de Service rendu à la collectivité (SeRC). # A partir d’un examen de documents produits par la HAS, six dimensions sociologiques ont été identifiées. Des connaissances scientifiques leur ont été associées. # Ce rapport présente les six dimensions sociologiques retenues par le groupe de travail, reprend la « grille de questionnements sociologiques standardisés » qui leur est associée et détaille enfin les recommandations du groupe de travail.</t>
+  </si>
+  <si>
+    <t>09/12/2009 00:00:00</t>
+  </si>
+  <si>
+    <t>21/12/2011 15:35:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_1636956/en/fetal-alcohol-spectrum-disorder-identification</t>
+    <t>https://www.has-sante.fr/jcms/r_1499239/fr/l-evaluation-des-aspects-sociaux</t>
+  </si>
+  <si>
+    <t>r_1499239</t>
+  </si>
+  <si>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Syndromes de Willebrand acquis</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de SWA (ALD 11 : hémophilie et affectations de l’hémostase graves). Il a été élaboré par le Centre de Référence Maladie de Willebrand à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>16/05/2025 12:27:23</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3602131/fr/syndromes-de-willebrand-acquis</t>
+  </si>
+  <si>
+    <t>p_3602131</t>
+  </si>
+  <si>
+    <t>Maladie de Rendu-Osler</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins de patients atteints de la maladie de Rendu-Osler à l’âge pédiatrique et à l’âge adulte. Il a été élaboré par le Centre de Référence de la Maladie de Rendu-Osler à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>09/08/2024 16:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_875183/fr/maladie-de-rendu-osler</t>
+  </si>
+  <si>
+    <t>c_875183</t>
+  </si>
+  <si>
+    <t>Lupus Systémique de l'adulte et de l'enfant</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de lupus systémique (LS). Il a été élaboré sous l’égide du Centre de référence du lupus, syndrome des anticorps anti-phospholipides et autres maladies auto-immunes rares et du Centre de référence des rhumatismes inflammatoires et maladies auto-immunes systémiques rares de l’enfant RAISE et de la Filière des maladies auto-immunes et auto-inflammatoires rares FAI²R à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>06/02/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>09/02/2024 08:27:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3493410/fr/lupus-systemique-de-l-adulte-et-de-l-enfant</t>
+  </si>
+  <si>
+    <t>p_3493410</t>
+  </si>
+  <si>
+    <t>Arthrites Juvéniles  Idiopathiques</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’arthrite juvénile idiopathique (AJI). Il a été élaboré sous l’égide du Centre de référence des rhumatismes inflammatoires et maladies auto-immunes systémiques rares de l’enfant RAISE et de la Filière de santé des maladies auto-immunes et auto-inflammatoires rares FAI²R à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>05/02/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>07/02/2024 08:36:06</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3493132/fr/arthrites-juveniles-idiopathiques</t>
+  </si>
+  <si>
+    <t>p_3493132</t>
+  </si>
+  <si>
+    <t>Nécrolyse épidermique de l’adulte (Syndromes de Stevens-Johnson et de Lyell)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un adulte pris en charge pour une nécrolyse épidermique (NE, syndrome de Stevens-Johnson, SJS, et syndrome de Lyell ou nécrolyse épidermique toxique, NET). Il a été élaboré par le Centre de référence des dermatoses bulleuses toxiques et toxidermies graves TOXIBUL à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>04/04/2018 15:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1012735/fr/necrolyse-epidermique-de-l-adulte-syndromes-de-stevens-johnson-et-de-lyell</t>
+  </si>
+  <si>
+    <t>c_1012735</t>
+  </si>
+  <si>
+    <t>Amylose AL</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’amylose AL. Il a été élaboré par le Centre national de référence amylose AL. et autres maladies de dépôts d'immunoglobulines monoclonales à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>23/03/2023 10:32:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3385053/fr/amylose-al</t>
+  </si>
+  <si>
+    <t>p_3385053</t>
+  </si>
+  <si>
+    <t>Hyperéosinophilies et syndromes hyperéosinophiliques</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient présentant un syndrome hyperéosinophilique (SHE). Il a été élaboré sous l'égide du centre de référence des syndromes hyperéosinophiliques (CEREO) et de la filière de santé Mmaladies-rares immuno-hématologiques (MaRIH) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>30/06/2022 15:05:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3346155/fr/hypereosinophilies-et-syndromes-hypereosinophiliques</t>
+  </si>
+  <si>
+    <t>p_3346155</t>
+  </si>
+  <si>
+    <t>Maladie (ou syndrome) de Sjögren</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de Syndrome de Sjögren. Il a été élaboré par le Centre de référence des maladies auto-immunes et systémiques rares à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>07/04/2022 08:34:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3328894/fr/maladie-ou-syndrome-de-sjogren</t>
+  </si>
+  <si>
+    <t>p_3328894</t>
+  </si>
+  <si>
+    <t>Maladie de Willebrand type 3</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de MW type 3. Il a été élaboré par le Centre de Référence de la Maladie de Willebrand (CRMW) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>18/01/2022 09:58:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3309665/fr/maladie-de-willebrand-type-3</t>
+  </si>
+  <si>
+    <t>p_3309665</t>
+  </si>
+  <si>
+    <t>Amylose cardiaque</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint atteint d’une amylose cardiaque. Il a été élaboré par le Centre de référence Amyloses Cardiaquesà l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>27/12/2021 15:45:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3306904/fr/amylose-cardiaque</t>
+  </si>
+  <si>
+    <t>p_3306904</t>
+  </si>
+  <si>
+    <t>Nécrolyses épidermiques chez l’enfant</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un enfant atteint du syndrome de Stevens-Johnson (SJS) ou de Lyell/nécrolyse épidermique toxique (NET). Il a été élaboré par la Filière FIMARAD : Santé Maladies Rares Dermatologiques à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>02/12/2021 09:46:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3299789/fr/necrolyses-epidermiques-chez-l-enfant</t>
+  </si>
+  <si>
+    <t>p_3299789</t>
+  </si>
+  <si>
+    <t>Les malformations artério-veineuses superficielles</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de malformations artério-veineuses superficielles. Il a été élaboré par le Centre de référence maladies vasculaires rares – Filière FAVA-Multi à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3299827/fr/les-malformations-arterio-veineuses-superficielles</t>
+  </si>
+  <si>
+    <t>p_3299827</t>
+  </si>
+  <si>
+    <t>Microsomies craniofaciales</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de Microsomie craniofaciale. Il a été élaboré par le Centre de Référence maladies rares des Fentes et malformations faciales (MAFACE) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>01/12/2021 17:36:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3301604/fr/microsomies-craniofaciales</t>
+  </si>
+  <si>
+    <t>p_3301604</t>
+  </si>
+  <si>
+    <t>Agénésies dentaires multiples : oligodontie et anodontie</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’une oligodontie ou d’une anodontie. Il a été élaboré par les Centres de Référence et les Centres de Compétence des Maladies Rares Orales et Dentaires (O-Rares) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3301902/fr/agenesies-dentaires-multiples-oligodontie-et-anodontie</t>
+  </si>
+  <si>
+    <t>p_3301902</t>
+  </si>
+  <si>
+    <t>Histiocytose langerhansienne (enfant de moins de 18 ans)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d'histiocytose Langerhansienne. Il a été élaboré par le Centre de référence des Histiocytoses sous l’égide de la filière de santé maladies rares MARIH (Maladies Rares Immuno-Hématologiques) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3301927/fr/histiocytose-langerhansienne-enfant-de-moins-de-18-ans</t>
+  </si>
+  <si>
+    <t>p_3301927</t>
+  </si>
+  <si>
+    <t>Épidermolyses bulleuses héréditaires</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un malade atteint d’épidermolyse bulleuse héréditaire (EBH). Il a été élaboré par la Filière FIMARAD : Santé Maladies Rares Dermatologiques à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>04/11/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2028188/fr/epidermolyses-bulleuses-hereditaires</t>
+  </si>
+  <si>
+    <t>c_2028188</t>
+  </si>
+  <si>
+    <t>Cryoglobulinémies</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de cryoglobulinémie. Il a été élaboré sous l’égide du centre de référence des maladies auto-immunes systémiques rares d’Ile-de-France et de la filière des maladies auto-immunes et auto-inflammatoires rares à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>14/10/2021 08:39:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3278570/fr/cryoglobulinemies</t>
+  </si>
+  <si>
+    <t>p_3278570</t>
+  </si>
+  <si>
+    <t>Maladie de Willebrand</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint de la maladie de Willebrand. Il a été élaboré par le centre de référence de la maladie de Willebrand, à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>09/03/2021 08:42:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2876005/fr/maladie-de-willebrand</t>
+  </si>
+  <si>
+    <t>c_2876005</t>
+  </si>
+  <si>
+    <t>Thrombasthénie de Glanzmann et pathologies plaquettaires apparentées</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint de Thrombasthénie de Glanzmann et pathologies plaquettaires apparentées. Il a été élaboré par le Centre de Référence des Pathologies Plaquettaires Constitutionnelles, à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>27/01/2020 14:13:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3147548/fr/thrombasthenie-de-glanzmann-et-pathologies-plaquettaires-apparentees</t>
+  </si>
+  <si>
+    <t>p_3147548</t>
+  </si>
+  <si>
+    <t>Maladie de Behçet</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint de la Maladie de Behçet. Il a été élaboré Sous l’égide du Centre de Référence des Maladies Auto-inflammatoires et de l’Amylose Inflammatoire CeRéMAIA et de la Filière des maladies auto-immunes et auto-inflammatoires rares FAI²R, à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3148016/fr/maladie-de-behcet</t>
+  </si>
+  <si>
+    <t>p_3148016</t>
+  </si>
+  <si>
+    <t>Maladie de Castleman</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint de la maladie de Castleman.</t>
+  </si>
+  <si>
+    <t>27/11/2019 16:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3121172/fr/maladie-de-castleman</t>
+  </si>
+  <si>
+    <t>p_3121172</t>
+  </si>
+  <si>
+    <t>PFAPA : Fièvre périodique – stomatite – pharyngite – adénopathie</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint de PFAPA : Fièvre périodique – stomatite – pharyngite – adénopathie. Il a été élaboré sous l’égide du Centre de Référence des Maladies Auto-Inflammatoires et de l’Amylose Inflammatoire (CeRéMAIA) et de la Filière des maladies auto-immunes et auto-inflammatoires rares (FAI²R) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>08/08/2019 10:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3095655/fr/pfapa-fievre-periodique-stomatite-pharyngite-adenopathie</t>
+  </si>
+  <si>
+    <t>p_3095655</t>
+  </si>
+  <si>
+    <t>ALD n° 24 - Maladie de Crohn</t>
+  </si>
+  <si>
+    <t>Le guide actes et prestations ALD n’est pas une recommandation de bonne pratique. Il ne constitue pas une aide à la décision portant sur la stratégie diagnostique ou thérapeutique.</t>
+  </si>
+  <si>
+    <t>22/05/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>11/06/2019 09:07:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_671094/fr/ald-n-24-maladie-de-crohn</t>
+  </si>
+  <si>
+    <t>c_671094</t>
+  </si>
+  <si>
+    <t>TRAPS - Tumor necrosis factor-Receptor-Associated Periodic Syndrome Ou  Syndrome de fièvre récurrente lié au récepteur du facteur de nécrose tumorale</t>
+  </si>
+  <si>
+    <t>L’objectif de ce protocole national de diagnostic et de soins (PNDS) est de présenter, pour les professionnels de santé, la prise en charge optimale et le parcours de soins d’un malade atteint d’un syndrome de fièvre récurrente lié au récepteur 1 du TNF (TNF receptor associated periodic syndrome) encore appelé TRAPS.</t>
+  </si>
+  <si>
+    <t>05/07/2018 10:47:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2860688/fr/traps-tumor-necrosis-factor-receptor-associated-periodic-syndrome-ou-syndrome-de-fievre-recurrente-lie-au-recepteur-du-facteur-de-necrose-tumorale</t>
+  </si>
+  <si>
+    <t>c_2860688</t>
+  </si>
+  <si>
+    <t>Arthrites Juvéniles Idiopathiques</t>
+  </si>
+  <si>
+    <t>L’objectif de ce protocole national de soins (PNDS) est d’expliciter pour les professionnels de santé la prise en charge optimale actuelle d’un patient atteint d’arthrite juvénile idiopathique (AJI) dans sa forme systémique (maladie de Still), d’AJI oligoarticulaire ou polyarticulaire sans facteur rhumatoïde et d’AJI associée aux enthésites. Ces quatre formes représentent la grande majorité des AJI.</t>
+  </si>
+  <si>
+    <t>30/10/2017 15:23:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2801939/fr/arthrites-juveniles-idiopathiques</t>
+  </si>
+  <si>
+    <t>c_2801939</t>
+  </si>
+  <si>
+    <t>Lupus Systémique</t>
+  </si>
+  <si>
+    <t>L’objectif de ce protocole national de diagnostic et de soins (PNDS) est d’expliciter aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale actuelle et le parcours de soins d’un patient atteint de Lupus Systémique.</t>
+  </si>
+  <si>
+    <t>21/03/2017 15:02:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2751894/fr/lupus-systemique</t>
+  </si>
+  <si>
+    <t>c_2751894</t>
+  </si>
+  <si>
+    <t>Syndromes périodiques associés à la cryopyrine (CAPS)</t>
+  </si>
+  <si>
+    <t>L’objectif de ce protocole national de diagnostic et de soins (PNDS) est d’expliciter, pour les professionnels de la santé, la prise en charge optimale et le parcours de soins d’un malade atteint de Syndromes périodiques associés à la cryopyrine (CAPS)</t>
+  </si>
+  <si>
+    <t>27/05/2013 18:13:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1545731/fr/syndromes-periodiques-associes-a-la-cryopyrine-caps</t>
+  </si>
+  <si>
+    <t>c_1545731</t>
+  </si>
+  <si>
+    <t>Fièvre Méditerranéenne Familiale</t>
+  </si>
+  <si>
+    <t>L’objectif de ce protocole national de diagnostic et de soins (PNDS) est d’expliciter, pour les professionnels de la santé, la prise en charge optimale et le parcours de soins d’un malade atteint d’une fièvre méditerranéenne familiale (FMF) aussi couramment appelée maladie périodique en France.</t>
+  </si>
+  <si>
+    <t>01/03/2013 13:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1362848/fr/fievre-mediterraneenne-familiale</t>
+  </si>
+  <si>
+    <t>c_1362848</t>
+  </si>
+  <si>
+    <t>Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Troubles causés par l’alcoolisation fœtale : repérage</t>
+  </si>
+  <si>
+    <t>Cette fiche mémo vise à aider les professionnels de santé à repérer et à orienter : - les femmes enceintes susceptibles d’avoir un problème de consommation d’alcool et dont l’enfant risque d’être atteint de troubles causés par l’alcoolisation fœtale ; - les enfants à risque susceptibles d’avoir subi les effets d’une exposition prénatale à l’alcool.</t>
+  </si>
+  <si>
+    <t>10/07/2013 00:00:00</t>
+  </si>
+  <si>
+    <t>11/09/2013 15:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1636956/fr/troubles-causes-par-l-alcoolisation-foetale-reperage</t>
   </si>
   <si>
     <t>c_1636956</t>
   </si>
   <si>
-    <t>Active ingredient</t>
-[...17 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2985295/en/thalidomide-celgene-thalidomide</t>
+    <t>Prise en charge diagnostique des neuropathies périphériques (polyneuropathies et mononeuropathies multiples)</t>
+  </si>
+  <si>
+    <t>L’objectif général de ce travail est de diminuer les errances diagnostiques en cas de suspicion de neuropathie périphérique, notamment en : facilitant l’orientation des patients ; proposant aux patients une prise en charge diagnostique adaptée en fonction des différentes étiologies possibles.</t>
+  </si>
+  <si>
+    <t>23/05/2007 00:00:00</t>
+  </si>
+  <si>
+    <t>25/10/2007 18:40:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_598221/fr/prise-en-charge-diagnostique-des-neuropathies-peripheriques-polyneuropathies-et-mononeuropathies-multiples</t>
+  </si>
+  <si>
+    <t>c_598221</t>
+  </si>
+  <si>
+    <t>Evaluation des technologies de santé</t>
+  </si>
+  <si>
+    <t>Séquençage haut débit ciblé d’un panel d’altérations moléculaires dans la prise en charge du myélome multiple</t>
+  </si>
+  <si>
+    <t>Séquençage Haut Débit ciblé (ou NGS ciblé ou SHD ciblé) ; panel d’altérations moléculaires, génétique somatique des cancers, hémopathie maligne</t>
+  </si>
+  <si>
+    <t>16/10/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>21/10/2025 17:35:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3701474/fr/sequencage-haut-debit-cible-d-un-panel-d-alterations-moleculaires-dans-la-prise-en-charge-du-myelome-multiple</t>
+  </si>
+  <si>
+    <t>p_3701474</t>
+  </si>
+  <si>
+    <t>Type d'évènement</t>
+  </si>
+  <si>
+    <t>Evénement de Calendrier</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion à distance du 22 juillet 2020</t>
+  </si>
+  <si>
+    <t>16/07/2020 08:23:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3194246/fr/commission-de-la-transparence-reunion-a-distance-du-22-juillet-2020</t>
+  </si>
+  <si>
+    <t>p_3194246</t>
+  </si>
+  <si>
+    <t>Commission</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion à distance du 22 avril 2020</t>
+  </si>
+  <si>
+    <t>20/04/2020 08:31:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3179885/fr/commission-de-la-transparence-reunion-a-distance-du-22-avril-2020</t>
+  </si>
+  <si>
+    <t>p_3179885</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 18 septembre 2019</t>
+  </si>
+  <si>
+    <t>11/09/2019 16:48:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3104426/fr/commission-de-la-transparence-reunion-du-18-septembre-2019</t>
+  </si>
+  <si>
+    <t>p_3104426</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 10 janvier 2018</t>
+  </si>
+  <si>
+    <t>02/01/2018 11:31:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2817776/fr/commission-de-la-transparence-reunion-du-10-janvier-2018</t>
+  </si>
+  <si>
+    <t>c_2817776</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 11 janvier 2017</t>
+  </si>
+  <si>
+    <t>04/01/2017 17:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2735236/fr/commission-de-la-transparence-reunion-du-11-janvier-2017</t>
+  </si>
+  <si>
+    <t>c_2735236</t>
+  </si>
+  <si>
+    <t>Collège délibératif du 6 juillet 2016</t>
+  </si>
+  <si>
+    <t>01/07/2016 08:52:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2651132/fr/college-deliberatif-du-6-juillet-2016</t>
+  </si>
+  <si>
+    <t>c_2651132</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 11 mai 2016</t>
+  </si>
+  <si>
+    <t>04/05/2016 14:35:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2629937/fr/commission-de-la-transparence-reunion-du-11-mai-2016</t>
+  </si>
+  <si>
+    <t>c_2629937</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 17 février 2016</t>
+  </si>
+  <si>
+    <t>09/02/2016 16:06:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2607552/fr/commission-de-la-transparence-reunion-du-17-fevrier-2016</t>
+  </si>
+  <si>
+    <t>c_2607552</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 20 janvier 2016</t>
+  </si>
+  <si>
+    <t>18/01/2016 17:23:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2587824/fr/commission-de-la-transparence-reunion-du-20-janvier-2016</t>
+  </si>
+  <si>
+    <t>c_2587824</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 6 janvier 2016</t>
+  </si>
+  <si>
+    <t>28/12/2015 16:49:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2585312/fr/commission-de-la-transparence-reunion-du-6-janvier-2016</t>
+  </si>
+  <si>
+    <t>c_2585312</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 17 juin 2015</t>
+  </si>
+  <si>
+    <t>10/06/2015 18:26:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2038314/fr/commission-de-la-transparence-reunion-du-17-juin-2015</t>
+  </si>
+  <si>
+    <t>c_2038314</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 8 janvier 2014</t>
+  </si>
+  <si>
+    <t>29/01/2014 18:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1715235/fr/commission-de-la-transparence-reunion-du-8-janvier-2014</t>
+  </si>
+  <si>
+    <t>c_1715235</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 22 septembre 2010</t>
+  </si>
+  <si>
+    <t>22/09/2010 16:58:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_984076/fr/commission-de-la-transparence-reunion-du-22-septembre-2010</t>
+  </si>
+  <si>
+    <t>c_984076</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 27 mai 2009</t>
+  </si>
+  <si>
+    <t>27/05/2009 16:36:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_798794/fr/commission-de-la-transparence-reunion-du-27-mai-2009</t>
+  </si>
+  <si>
+    <t>c_798794</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 16 juillet 2008</t>
+  </si>
+  <si>
+    <t>16/07/2008 16:36:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_678285/fr/commission-de-la-transparence-reunion-du-16-juillet-2008</t>
+  </si>
+  <si>
+    <t>c_678285</t>
+  </si>
+  <si>
+    <t>Avis et décisions de la HAS</t>
+  </si>
+  <si>
+    <t>Avis n° 2018.0033/AC/SEM du 29 août 2018 du collège de la Haute Autorité de santé relatif à l’intérêt pour la santé publique de la recherche « Etude INTREALL»</t>
+  </si>
+  <si>
+    <t>Au regard des éléments détaillés dans l’annexe du présent avis, le collège de la Haute Autorité de santé considère que la recherche « Etude INTREALL» présente un intérêt pour la santé publique.</t>
+  </si>
+  <si>
+    <t>29/08/2018 11:17:00</t>
+  </si>
+  <si>
+    <t>07/09/2018 15:34:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2869281/fr/avis-n-2018-0033/ac/sem-du-29-aout-2018-du-college-de-la-haute-autorite-de-sante-relatif-a-l-interet-pour-la-sante-publique-de-la-recherche-etude-intreall</t>
+  </si>
+  <si>
+    <t>c_2869281</t>
+  </si>
+  <si>
+    <t>DECISION N° 2014.0086/DC du 23 avril 2014 du collège de la Haute Autorité de Santé adoptant la recommandation relative à la prise en charge à titre dérogatoire du tocilizumab (ROACTEMRA) dans le cadre d’une recommandation temporaire d’utilisation - RTU ABROGEE 19/12/2016 -</t>
+  </si>
+  <si>
+    <t>Considérant :# * la pathologie, la maladie de Castleman inflammatoire (à CRP élevée) multicentrique, HHV8 négatif, non opérable, maladie rare sévère, pouvant engager le pronostic vital du patient ; * l’absence d’alternative appropriée et remboursable actuellement disponible chez ces patients ; * le fait que l’utilisation de ce médicament semble indispensable pour les patients avec une maladie de Castleman inflammatoire (à CRP élevée) non associée au virus HHV8, afin d’améliorer leur état de santé ou éviter leur dégradation. le Collège considère que la spécialité ROACTEMRA 20 mg/ml, solution à diluer pour perfusion, comprimé doit faire l’objet d’une prise en charge dérogatoire dans les indications : « Traitement de la maladie de Castleman inflammatoire (à CRP élevée) non associée au virus HHV8 » *RTU abrogée le 19 décembre 2016 par l'ANSM. La fin de cette RTU fait suite à la commercialisation de la spécialité SYLVANT (siltuximab), dans l’indication : «traitement des patients adultes atteints de la maladie de Castleman (MC) multicentrique, non infectés par le virus de l'immunodéficience humaine (VIH) et l'herpès-virus humain 8 (HHV-8) », dont l’AMM a été octroyée le 22 mai 2014 par la Commission européenne.*</t>
+  </si>
+  <si>
+    <t>23/04/2014 10:55:00</t>
+  </si>
+  <si>
+    <t>06/02/2017 18:35:09</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1741412/fr/decision-n-2014-0086/dc-du-23-avril-2014-du-college-de-la-haute-autorite-de-sante-adoptant-la-recommandation-relative-a-la-prise-en-charge-a-titre-derogatoire-du-tocilizumab-roactemra-dans-le-cadre-d-une-recommandation-temporaire-d-utilisation-rtu-abrogee-19/12/2016</t>
+  </si>
+  <si>
+    <t>c_1741412</t>
+  </si>
+  <si>
+    <t>DECISION N° 2015.0154/DC/SEM du 17 juin 2015 du collège de la Haute Autorité de Santé adoptant la recommandation relative à la prise en charge à titre dérogatoire du thalidomide (THALIDOMIDE CELGENE 50 mg, gélule) dans le cadre d’une recommandation temporaire d’utilisation</t>
+  </si>
+  <si>
+    <t>Considérant l’ensemble des informations suivantes : - la pathologie, la maladie de Crohn sévère chez les enfants de plus de 6 ans, est une maladie inflammatoire intestinale pouvant atteindre tous les segments du tube digestif et pouvant s’accompagner de manifestations extra-intestinales (articulaires, cutanées, oculaires…). C’est une maladie chronique évoluant par poussées, alternant avec des phases de rémission. Il s’agit d’une pathologie invalidante qui peut entraîner une dégradation marquée de la qualité de vie. La spécificité de la maladie de Crohn chez l’enfant par rapport à l’adulte est le risque de retard de croissance staturo-pondérale, souvent associé à un retard pubertaire. - l’absence d’alternative appropriée et remboursable à ce jour chez les enfants de plus de 6 ans qui n’ont pas répondu malgré un traitement approprié et bien conduit par corticoïde, immunosuppresseur et anti-TNF ou chez lesquels ces traitements sont contre-indiqués ou mal tolérés ; - le fait que l’utilisation de ce médicament semble indispensable pour le traitement de la maladie de Crohn active, sévère chez les enfants de plus de 6 ans qui n’ont pas répondu malgré un traitement approprié et bien conduit par corticoïde, immunosuppresseur et anti-TNF ou chez lesquels ces traitements sont contre-indiqués ou mal tolérés, afin d’améliorer leur état de santé ou éviter leur dégradation. le Collège de la HAS considère que les spécialités THALIDOMIDE CELGENE 50 mg, gélule doit faire l’objet d’une prise en charge dérogatoire dans l’indication : « Maladie de Crohn active, sévère chez les enfants de plus de 6 ans qui n’ont pas répondu malgré un traitement approprié et bien conduit par corticoïde, immunosuppresseur ou anti-TNF ou chez lesquels ces traitements sont contre-indiqués ou mal tolérés ».</t>
+  </si>
+  <si>
+    <t>17/06/2015 10:55:00</t>
+  </si>
+  <si>
+    <t>07/07/2015 14:01:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2042572/fr/decision-n-2015-0154/dc/sem-du-17-juin-2015-du-college-de-la-haute-autorite-de-sante-adoptant-la-recommandation-relative-a-la-prise-en-charge-a-titre-derogatoire-du-thalidomide-thalidomide-celgene-50-mg-gelule-dans-le-cadre-d-une-recommandation-temporaire-d-utilisation</t>
+  </si>
+  <si>
+    <t>c_2042572</t>
+  </si>
+  <si>
+    <t>DECISION N° 2015.0155/DC/SEM du 17 juin 2015 du collège de la Haute Autorité de Santé adoptant la recommandation relative à la prise en charge à titre dérogatoire du thalidomide (THALIDOMIDE CELGENE 50 mg, gélule) dans le cadre d’une recommandation temporaire d’utilisation</t>
+  </si>
+  <si>
+    <t>Considérant l’ensemble de ces informations le Collège de la HAS : Considérant : - la pathologie, l’aphtose sévère, pathologie douloureuse souvent associée à des déficiences nutritionnelles (fer, folates, vitamines, zinc...), des désordres immunitaires (infection par le virus de l'immunodéficience acquise, herpès, neutropénies) et des maladies rares (maladie de Behçet). - l’absence d’alternative appropriée et remboursable à ce jour chez les patients en échec aux traitements de 1ère intention (traitements locaux et colchicine) ; - le fait que l’utilisation de ce médicament semble indispensable pour les patients avec une aphtose sévère, y compris chez les patients HIV positifs et dans la maladie de Behçet, en échec aux traitements de 1ère intention (traitements locaux et colchicine), afin d’améliorer leur état de santé ou éviter leur dégradation. le Collège considère que les spécialités THALIDOMIDE CELGENE 50 mg, gélule doit faire l’objet d’une prise en charge dérogatoire dans l’indication : « Aphtoses sévères, y compris chez les patients HIV positifs et dans la maladie de Behçet, en cas d’échec aux traitements de 1ère intention (traitements locaux et colchicine)». Considérant : - la pathologie, les formes cutanées du lupus érythémateux, inflammatoire auto-immune, chronique, qui présentent une grande diversité clinique avec une évolution et un pronostic variables, mais qui peuvent avoir un impact sur la qualité des vie des patients du fait notamment des cicatrices qui peuvent en résulter. - l’absence d’alternative appropriée et remboursable à ce jour chez les patients en 2ème ligne après échec des antipaludéens de synthèse (hydroxychloroquine ou chloroquine) ; - le fait que l’utilisation de ce médicament semble indispensable pour les patients des formes cutanées du lupus érythémateux, y compris la maladie de Jessner-Kanof, en 2ème ligne après échec des antipaludéens de synthèse (hydroxychloroquine ou chloroquine), afin d’améliorer leur état de santé ou éviter leur dégradation. le Collège considère que les spécialités THALIDOMIDE CELGENE 50 mg, gélule doit faire l’objet d’une prise en charge dérogatoire dans l’indication : « Traitement des formes cutanées du lupus érythémateux, y compris la maladie de Jessner-Kanof, en 2ème ligne après échec des antipaludéens de synthèse (hydroxychloroquine ou chloroquine) ». Considérant : - la pathologie, les formes aiguës sévères de l’érythème noueux lépreux, pathologie grave pouvant être à l’origine des déficits neurologiques définitifs de la lèpre. - l’absence d’alternative appropriée et remboursable à ce jour chez les patients avec des formes sévères de l’érythème noueux lépreux (réaction lépreuse de type II) ; - le fait que l’utilisation de ce médicament semble indispensable pour les patients avec des formes sévères de l’érythème noueux lépreux (réaction lépreuse de type II), afin d’améliorer leur état de santé ou éviter leur dégradation. le Collège considère que les spécialités THALIDOMIDE CELGENE 50 mg, gélule doit faire l’objet d’une prise en charge dérogatoire dans l’indication : « Traitement des formes aiguës sévères de l’érythème noueux lépreux (réaction lépreuse de type II)».</t>
+  </si>
+  <si>
+    <t>29/06/2015 17:40:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2042574/fr/decision-n-2015-0155/dc/sem-du-17-juin-2015-du-college-de-la-haute-autorite-de-sante-adoptant-la-recommandation-relative-a-la-prise-en-charge-a-titre-derogatoire-du-thalidomide-thalidomide-celgene-50-mg-gelule-dans-le-cadre-d-une-recommandation-temporaire-d-utilisation</t>
+  </si>
+  <si>
+    <t>c_2042574</t>
+  </si>
+  <si>
+    <t>DECISION N° 2015.0065/DC/SEM du 25 mars 2015 du collège de la Haute Autorité de Santé adoptant la recommandation relative à la prise en charge à titre dérogatoire du bortézomib (VELCADE 1 et 3.5 mg, poudre pour solution injectable) dans le cadre d’une recommandation temporaire d’utilisation</t>
+  </si>
+  <si>
+    <t>Considérant l’ensemble des informations suivantes : - les pathologies, l’amylose primitive ou amylose AL et la maladie de Randall, rares et graves qui sont des maladies résultant de dépôts extracellulaires d’immunoglobulines dans différents organes (notamment rein et cœur) altérant progressivement leur fonctionnement. Il s’agit de pathologies évolutives dont le pronostic est sévère en l’absence de traitement efficace. Ces pathologies peuvent engager le pronostic vital des patients. - l’absence d’alternative appropriée et remboursable à ce jour chez les patients nécessitant un traitement en association à une autre chimiothérapie1; - le fait que l’utilisation de ce médicament semble indispensable pour le traitement des patients adultes atteints d’une amylose AL non IgM ou d’une maladie de Randall, en association à une autre chimiothérapie, afin d’améliorer leur état de santé ou éviter leur dégradation. le Collège de la HAS considère que les spécialités VELCADE 1 et 3,5 mg solution pour perfusion doivent faire l’objet d’une prise en charge dérogatoire dans l’indication : « Traitement des patients adultes atteints d’une amylose AL non IgM ou d’une maladie de Randall, en association à une autre chimiothérapie».</t>
+  </si>
+  <si>
+    <t>25/03/2015 10:55:00</t>
+  </si>
+  <si>
+    <t>01/04/2015 14:49:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2024414/fr/decision-n-2015-0065/dc/sem-du-25-mars-2015-du-college-de-la-haute-autorite-de-sante-adoptant-la-recommandation-relative-a-la-prise-en-charge-a-titre-derogatoire-du-bortezomib-velcade-1-et-3-5-mg-poudre-pour-solution-injectable-dans-le-cadre-d-une-recommandation-temporaire-d-utilisation</t>
+  </si>
+  <si>
+    <t>c_2024414</t>
+  </si>
+  <si>
+    <t>Substance active (DCI)</t>
+  </si>
+  <si>
+    <t>Laboratoire / Fabricant</t>
+  </si>
+  <si>
+    <t>Avis sur les Médicaments</t>
+  </si>
+  <si>
+    <t>Médicament</t>
+  </si>
+  <si>
+    <t>THALIDOMIDE (thalidomide)</t>
+  </si>
+  <si>
+    <t>23/04/2020 12:01:37</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985295/fr/thalidomide-thalidomide</t>
   </si>
   <si>
     <t>pprd_2985295</t>
   </si>
   <si>
     <t>thalidomide</t>
   </si>
   <si>
     <t>PHARMION / CELGENE / ACCORD HEALTHCARE FRANCE</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_684162/en/thalidomide-pharmion</t>
-[...8 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3180078/en/thalidomide-accord-thalidomide</t>
+    <t>https://www.has-sante.fr/jcms/c_684162/fr/thalidomide-pharmion-thalidomide</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_923682/fr/thalidomide-celgene-thalidomide</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3120569/fr/thalidomide-celgene-thalidomide</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3180078/fr/thalidomide-accord-thalidomide</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId8" Target="worksheets/sheet6.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId9" Target="worksheets/sheet7.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
@@ -218,128 +992,1702 @@
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
         <v>14</v>
       </c>
       <c r="H2" t="s">
         <v>15</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H29"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>16</v>
+      </c>
+      <c r="B2" t="s">
+        <v>17</v>
+      </c>
+      <c r="C2" t="s">
+        <v>18</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>19</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>20</v>
+      </c>
+      <c r="H2" t="s">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>16</v>
+      </c>
+      <c r="B3" t="s">
+        <v>22</v>
+      </c>
+      <c r="C3" t="s">
+        <v>23</v>
+      </c>
+      <c r="D3" t="s">
+        <v>13</v>
+      </c>
+      <c r="E3" t="s">
+        <v>24</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>25</v>
+      </c>
+      <c r="H3" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>16</v>
+      </c>
+      <c r="B4" t="s">
+        <v>27</v>
+      </c>
+      <c r="C4" t="s">
+        <v>28</v>
+      </c>
+      <c r="D4" t="s">
+        <v>29</v>
+      </c>
+      <c r="E4" t="s">
+        <v>30</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>31</v>
+      </c>
+      <c r="H4" t="s">
+        <v>32</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>16</v>
+      </c>
+      <c r="B5" t="s">
+        <v>33</v>
+      </c>
+      <c r="C5" t="s">
+        <v>34</v>
+      </c>
+      <c r="D5" t="s">
+        <v>35</v>
+      </c>
+      <c r="E5" t="s">
+        <v>36</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>37</v>
+      </c>
+      <c r="H5" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>16</v>
+      </c>
+      <c r="B6" t="s">
+        <v>39</v>
+      </c>
+      <c r="C6" t="s">
+        <v>40</v>
+      </c>
+      <c r="D6" t="s">
+        <v>13</v>
+      </c>
+      <c r="E6" t="s">
+        <v>41</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
+        <v>42</v>
+      </c>
+      <c r="H6" t="s">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>16</v>
+      </c>
+      <c r="B7" t="s">
+        <v>44</v>
+      </c>
+      <c r="C7" t="s">
+        <v>45</v>
+      </c>
+      <c r="D7" t="s">
+        <v>13</v>
+      </c>
+      <c r="E7" t="s">
+        <v>46</v>
+      </c>
+      <c r="F7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G7" t="s">
+        <v>47</v>
+      </c>
+      <c r="H7" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>16</v>
+      </c>
+      <c r="B8" t="s">
+        <v>49</v>
+      </c>
+      <c r="C8" t="s">
+        <v>50</v>
+      </c>
+      <c r="D8" t="s">
+        <v>13</v>
+      </c>
+      <c r="E8" t="s">
+        <v>51</v>
+      </c>
+      <c r="F8" t="s">
+        <v>13</v>
+      </c>
+      <c r="G8" t="s">
+        <v>52</v>
+      </c>
+      <c r="H8" t="s">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>16</v>
+      </c>
+      <c r="B9" t="s">
+        <v>54</v>
+      </c>
+      <c r="C9" t="s">
+        <v>55</v>
+      </c>
+      <c r="D9" t="s">
+        <v>13</v>
+      </c>
+      <c r="E9" t="s">
+        <v>56</v>
+      </c>
+      <c r="F9" t="s">
+        <v>13</v>
+      </c>
+      <c r="G9" t="s">
+        <v>57</v>
+      </c>
+      <c r="H9" t="s">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>16</v>
+      </c>
+      <c r="B10" t="s">
+        <v>59</v>
+      </c>
+      <c r="C10" t="s">
+        <v>60</v>
+      </c>
+      <c r="D10" t="s">
+        <v>13</v>
+      </c>
+      <c r="E10" t="s">
+        <v>61</v>
+      </c>
+      <c r="F10" t="s">
+        <v>13</v>
+      </c>
+      <c r="G10" t="s">
+        <v>62</v>
+      </c>
+      <c r="H10" t="s">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>16</v>
+      </c>
+      <c r="B11" t="s">
+        <v>64</v>
+      </c>
+      <c r="C11" t="s">
+        <v>65</v>
+      </c>
+      <c r="D11" t="s">
+        <v>13</v>
+      </c>
+      <c r="E11" t="s">
+        <v>66</v>
+      </c>
+      <c r="F11" t="s">
+        <v>13</v>
+      </c>
+      <c r="G11" t="s">
+        <v>67</v>
+      </c>
+      <c r="H11" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>16</v>
+      </c>
+      <c r="B12" t="s">
+        <v>69</v>
+      </c>
+      <c r="C12" t="s">
+        <v>70</v>
+      </c>
+      <c r="D12" t="s">
+        <v>13</v>
+      </c>
+      <c r="E12" t="s">
+        <v>71</v>
+      </c>
+      <c r="F12" t="s">
+        <v>13</v>
+      </c>
+      <c r="G12" t="s">
+        <v>72</v>
+      </c>
+      <c r="H12" t="s">
+        <v>73</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="s">
+        <v>16</v>
+      </c>
+      <c r="B13" t="s">
+        <v>74</v>
+      </c>
+      <c r="C13" t="s">
+        <v>75</v>
+      </c>
+      <c r="D13" t="s">
+        <v>13</v>
+      </c>
+      <c r="E13" t="s">
+        <v>71</v>
+      </c>
+      <c r="F13" t="s">
+        <v>13</v>
+      </c>
+      <c r="G13" t="s">
+        <v>76</v>
+      </c>
+      <c r="H13" t="s">
+        <v>77</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" t="s">
+        <v>16</v>
+      </c>
+      <c r="B14" t="s">
+        <v>78</v>
+      </c>
+      <c r="C14" t="s">
+        <v>79</v>
+      </c>
+      <c r="D14" t="s">
+        <v>13</v>
+      </c>
+      <c r="E14" t="s">
+        <v>80</v>
+      </c>
+      <c r="F14" t="s">
+        <v>13</v>
+      </c>
+      <c r="G14" t="s">
+        <v>81</v>
+      </c>
+      <c r="H14" t="s">
+        <v>82</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" t="s">
+        <v>16</v>
+      </c>
+      <c r="B15" t="s">
+        <v>83</v>
+      </c>
+      <c r="C15" t="s">
+        <v>84</v>
+      </c>
+      <c r="D15" t="s">
+        <v>13</v>
+      </c>
+      <c r="E15" t="s">
+        <v>80</v>
+      </c>
+      <c r="F15" t="s">
+        <v>13</v>
+      </c>
+      <c r="G15" t="s">
+        <v>85</v>
+      </c>
+      <c r="H15" t="s">
+        <v>86</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" t="s">
+        <v>16</v>
+      </c>
+      <c r="B16" t="s">
+        <v>87</v>
+      </c>
+      <c r="C16" t="s">
+        <v>88</v>
+      </c>
+      <c r="D16" t="s">
+        <v>13</v>
+      </c>
+      <c r="E16" t="s">
+        <v>80</v>
+      </c>
+      <c r="F16" t="s">
+        <v>13</v>
+      </c>
+      <c r="G16" t="s">
+        <v>89</v>
+      </c>
+      <c r="H16" t="s">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" t="s">
+        <v>16</v>
+      </c>
+      <c r="B17" t="s">
+        <v>91</v>
+      </c>
+      <c r="C17" t="s">
+        <v>92</v>
+      </c>
+      <c r="D17" t="s">
+        <v>13</v>
+      </c>
+      <c r="E17" t="s">
+        <v>93</v>
+      </c>
+      <c r="F17" t="s">
+        <v>13</v>
+      </c>
+      <c r="G17" t="s">
+        <v>94</v>
+      </c>
+      <c r="H17" t="s">
+        <v>95</v>
+      </c>
+    </row>
+    <row r="18">
+      <c r="A18" t="s">
+        <v>16</v>
+      </c>
+      <c r="B18" t="s">
+        <v>96</v>
+      </c>
+      <c r="C18" t="s">
+        <v>97</v>
+      </c>
+      <c r="D18" t="s">
+        <v>13</v>
+      </c>
+      <c r="E18" t="s">
+        <v>98</v>
+      </c>
+      <c r="F18" t="s">
+        <v>13</v>
+      </c>
+      <c r="G18" t="s">
+        <v>99</v>
+      </c>
+      <c r="H18" t="s">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="19">
+      <c r="A19" t="s">
+        <v>16</v>
+      </c>
+      <c r="B19" t="s">
+        <v>101</v>
+      </c>
+      <c r="C19" t="s">
+        <v>102</v>
+      </c>
+      <c r="D19" t="s">
+        <v>13</v>
+      </c>
+      <c r="E19" t="s">
+        <v>103</v>
+      </c>
+      <c r="F19" t="s">
+        <v>13</v>
+      </c>
+      <c r="G19" t="s">
+        <v>104</v>
+      </c>
+      <c r="H19" t="s">
+        <v>105</v>
+      </c>
+    </row>
+    <row r="20">
+      <c r="A20" t="s">
+        <v>16</v>
+      </c>
+      <c r="B20" t="s">
+        <v>106</v>
+      </c>
+      <c r="C20" t="s">
+        <v>107</v>
+      </c>
+      <c r="D20" t="s">
+        <v>13</v>
+      </c>
+      <c r="E20" t="s">
+        <v>108</v>
+      </c>
+      <c r="F20" t="s">
+        <v>13</v>
+      </c>
+      <c r="G20" t="s">
+        <v>109</v>
+      </c>
+      <c r="H20" t="s">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="21">
+      <c r="A21" t="s">
+        <v>16</v>
+      </c>
+      <c r="B21" t="s">
+        <v>111</v>
+      </c>
+      <c r="C21" t="s">
+        <v>112</v>
+      </c>
+      <c r="D21" t="s">
+        <v>13</v>
+      </c>
+      <c r="E21" t="s">
+        <v>108</v>
+      </c>
+      <c r="F21" t="s">
+        <v>13</v>
+      </c>
+      <c r="G21" t="s">
+        <v>113</v>
+      </c>
+      <c r="H21" t="s">
+        <v>114</v>
+      </c>
+    </row>
+    <row r="22">
+      <c r="A22" t="s">
+        <v>16</v>
+      </c>
+      <c r="B22" t="s">
+        <v>115</v>
+      </c>
+      <c r="C22" t="s">
+        <v>116</v>
+      </c>
+      <c r="D22" t="s">
+        <v>13</v>
+      </c>
+      <c r="E22" t="s">
+        <v>117</v>
+      </c>
+      <c r="F22" t="s">
+        <v>13</v>
+      </c>
+      <c r="G22" t="s">
+        <v>118</v>
+      </c>
+      <c r="H22" t="s">
+        <v>119</v>
+      </c>
+    </row>
+    <row r="23">
+      <c r="A23" t="s">
+        <v>16</v>
+      </c>
+      <c r="B23" t="s">
+        <v>120</v>
+      </c>
+      <c r="C23" t="s">
+        <v>121</v>
+      </c>
+      <c r="D23" t="s">
+        <v>13</v>
+      </c>
+      <c r="E23" t="s">
+        <v>122</v>
+      </c>
+      <c r="F23" t="s">
+        <v>13</v>
+      </c>
+      <c r="G23" t="s">
+        <v>123</v>
+      </c>
+      <c r="H23" t="s">
+        <v>124</v>
+      </c>
+    </row>
+    <row r="24">
+      <c r="A24" t="s">
+        <v>16</v>
+      </c>
+      <c r="B24" t="s">
+        <v>125</v>
+      </c>
+      <c r="C24" t="s">
+        <v>126</v>
+      </c>
+      <c r="D24" t="s">
+        <v>127</v>
+      </c>
+      <c r="E24" t="s">
+        <v>128</v>
+      </c>
+      <c r="F24" t="s">
+        <v>13</v>
+      </c>
+      <c r="G24" t="s">
+        <v>129</v>
+      </c>
+      <c r="H24" t="s">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="25">
+      <c r="A25" t="s">
+        <v>16</v>
+      </c>
+      <c r="B25" t="s">
+        <v>131</v>
+      </c>
+      <c r="C25" t="s">
+        <v>132</v>
+      </c>
+      <c r="D25" t="s">
+        <v>13</v>
+      </c>
+      <c r="E25" t="s">
+        <v>133</v>
+      </c>
+      <c r="F25" t="s">
+        <v>13</v>
+      </c>
+      <c r="G25" t="s">
+        <v>134</v>
+      </c>
+      <c r="H25" t="s">
+        <v>135</v>
+      </c>
+    </row>
+    <row r="26">
+      <c r="A26" t="s">
+        <v>16</v>
+      </c>
+      <c r="B26" t="s">
+        <v>136</v>
+      </c>
+      <c r="C26" t="s">
+        <v>137</v>
+      </c>
+      <c r="D26" t="s">
+        <v>13</v>
+      </c>
+      <c r="E26" t="s">
+        <v>138</v>
+      </c>
+      <c r="F26" t="s">
+        <v>13</v>
+      </c>
+      <c r="G26" t="s">
+        <v>139</v>
+      </c>
+      <c r="H26" t="s">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="27">
+      <c r="A27" t="s">
+        <v>16</v>
+      </c>
+      <c r="B27" t="s">
+        <v>141</v>
+      </c>
+      <c r="C27" t="s">
+        <v>142</v>
+      </c>
+      <c r="D27" t="s">
+        <v>13</v>
+      </c>
+      <c r="E27" t="s">
+        <v>143</v>
+      </c>
+      <c r="F27" t="s">
+        <v>13</v>
+      </c>
+      <c r="G27" t="s">
+        <v>144</v>
+      </c>
+      <c r="H27" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="28">
+      <c r="A28" t="s">
+        <v>16</v>
+      </c>
+      <c r="B28" t="s">
+        <v>146</v>
+      </c>
+      <c r="C28" t="s">
+        <v>147</v>
+      </c>
+      <c r="D28" t="s">
+        <v>13</v>
+      </c>
+      <c r="E28" t="s">
+        <v>148</v>
+      </c>
+      <c r="F28" t="s">
+        <v>13</v>
+      </c>
+      <c r="G28" t="s">
+        <v>149</v>
+      </c>
+      <c r="H28" t="s">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="29">
+      <c r="A29" t="s">
+        <v>16</v>
+      </c>
+      <c r="B29" t="s">
+        <v>151</v>
+      </c>
+      <c r="C29" t="s">
+        <v>152</v>
+      </c>
+      <c r="D29" t="s">
+        <v>13</v>
+      </c>
+      <c r="E29" t="s">
+        <v>153</v>
+      </c>
+      <c r="F29" t="s">
+        <v>13</v>
+      </c>
+      <c r="G29" t="s">
+        <v>154</v>
+      </c>
+      <c r="H29" t="s">
+        <v>155</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H3"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>156</v>
+      </c>
+      <c r="B2" t="s">
+        <v>157</v>
+      </c>
+      <c r="C2" t="s">
+        <v>158</v>
+      </c>
+      <c r="D2" t="s">
+        <v>159</v>
+      </c>
+      <c r="E2" t="s">
+        <v>160</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>161</v>
+      </c>
+      <c r="H2" t="s">
+        <v>162</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>156</v>
+      </c>
+      <c r="B3" t="s">
+        <v>163</v>
+      </c>
+      <c r="C3" t="s">
+        <v>164</v>
+      </c>
+      <c r="D3" t="s">
+        <v>165</v>
+      </c>
+      <c r="E3" t="s">
+        <v>166</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>167</v>
+      </c>
+      <c r="H3" t="s">
+        <v>168</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>169</v>
+      </c>
+      <c r="B2" t="s">
+        <v>170</v>
+      </c>
+      <c r="C2" t="s">
+        <v>171</v>
+      </c>
+      <c r="D2" t="s">
+        <v>172</v>
+      </c>
+      <c r="E2" t="s">
+        <v>173</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>174</v>
+      </c>
+      <c r="H2" t="s">
+        <v>175</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:I16"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>176</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>177</v>
+      </c>
+      <c r="B2" t="s">
+        <v>178</v>
+      </c>
+      <c r="C2" t="s">
+        <v>13</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>179</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>180</v>
+      </c>
+      <c r="H2" t="s">
+        <v>181</v>
+      </c>
+      <c r="I2" t="s">
+        <v>182</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>177</v>
+      </c>
+      <c r="B3" t="s">
+        <v>183</v>
+      </c>
+      <c r="C3" t="s">
+        <v>13</v>
+      </c>
+      <c r="D3" t="s">
+        <v>13</v>
+      </c>
+      <c r="E3" t="s">
+        <v>184</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>185</v>
+      </c>
+      <c r="H3" t="s">
+        <v>186</v>
+      </c>
+      <c r="I3" t="s">
+        <v>182</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>177</v>
+      </c>
+      <c r="B4" t="s">
+        <v>187</v>
+      </c>
+      <c r="C4" t="s">
+        <v>13</v>
+      </c>
+      <c r="D4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E4" t="s">
+        <v>188</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>189</v>
+      </c>
+      <c r="H4" t="s">
+        <v>190</v>
+      </c>
+      <c r="I4" t="s">
+        <v>182</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>177</v>
+      </c>
+      <c r="B5" t="s">
+        <v>191</v>
+      </c>
+      <c r="C5" t="s">
+        <v>13</v>
+      </c>
+      <c r="D5" t="s">
+        <v>13</v>
+      </c>
+      <c r="E5" t="s">
+        <v>192</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>193</v>
+      </c>
+      <c r="H5" t="s">
+        <v>194</v>
+      </c>
+      <c r="I5" t="s">
+        <v>182</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>177</v>
+      </c>
+      <c r="B6" t="s">
+        <v>195</v>
+      </c>
+      <c r="C6" t="s">
+        <v>13</v>
+      </c>
+      <c r="D6" t="s">
+        <v>13</v>
+      </c>
+      <c r="E6" t="s">
+        <v>196</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
+        <v>197</v>
+      </c>
+      <c r="H6" t="s">
+        <v>198</v>
+      </c>
+      <c r="I6" t="s">
+        <v>182</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>177</v>
+      </c>
+      <c r="B7" t="s">
+        <v>199</v>
+      </c>
+      <c r="C7" t="s">
+        <v>13</v>
+      </c>
+      <c r="D7" t="s">
+        <v>13</v>
+      </c>
+      <c r="E7" t="s">
+        <v>200</v>
+      </c>
+      <c r="F7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G7" t="s">
+        <v>201</v>
+      </c>
+      <c r="H7" t="s">
+        <v>202</v>
+      </c>
+      <c r="I7" t="s">
+        <v>182</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>177</v>
+      </c>
+      <c r="B8" t="s">
+        <v>203</v>
+      </c>
+      <c r="C8" t="s">
+        <v>13</v>
+      </c>
+      <c r="D8" t="s">
+        <v>13</v>
+      </c>
+      <c r="E8" t="s">
+        <v>204</v>
+      </c>
+      <c r="F8" t="s">
+        <v>13</v>
+      </c>
+      <c r="G8" t="s">
+        <v>205</v>
+      </c>
+      <c r="H8" t="s">
+        <v>206</v>
+      </c>
+      <c r="I8" t="s">
+        <v>182</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>177</v>
+      </c>
+      <c r="B9" t="s">
+        <v>207</v>
+      </c>
+      <c r="C9" t="s">
+        <v>13</v>
+      </c>
+      <c r="D9" t="s">
+        <v>13</v>
+      </c>
+      <c r="E9" t="s">
+        <v>208</v>
+      </c>
+      <c r="F9" t="s">
+        <v>13</v>
+      </c>
+      <c r="G9" t="s">
+        <v>209</v>
+      </c>
+      <c r="H9" t="s">
+        <v>210</v>
+      </c>
+      <c r="I9" t="s">
+        <v>182</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>177</v>
+      </c>
+      <c r="B10" t="s">
+        <v>211</v>
+      </c>
+      <c r="C10" t="s">
+        <v>13</v>
+      </c>
+      <c r="D10" t="s">
+        <v>13</v>
+      </c>
+      <c r="E10" t="s">
+        <v>212</v>
+      </c>
+      <c r="F10" t="s">
+        <v>13</v>
+      </c>
+      <c r="G10" t="s">
+        <v>213</v>
+      </c>
+      <c r="H10" t="s">
+        <v>214</v>
+      </c>
+      <c r="I10" t="s">
+        <v>182</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>177</v>
+      </c>
+      <c r="B11" t="s">
+        <v>215</v>
+      </c>
+      <c r="C11" t="s">
+        <v>13</v>
+      </c>
+      <c r="D11" t="s">
+        <v>13</v>
+      </c>
+      <c r="E11" t="s">
+        <v>216</v>
+      </c>
+      <c r="F11" t="s">
+        <v>13</v>
+      </c>
+      <c r="G11" t="s">
+        <v>217</v>
+      </c>
+      <c r="H11" t="s">
+        <v>218</v>
+      </c>
+      <c r="I11" t="s">
+        <v>182</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>177</v>
+      </c>
+      <c r="B12" t="s">
+        <v>219</v>
+      </c>
+      <c r="C12" t="s">
+        <v>13</v>
+      </c>
+      <c r="D12" t="s">
+        <v>13</v>
+      </c>
+      <c r="E12" t="s">
+        <v>220</v>
+      </c>
+      <c r="F12" t="s">
+        <v>13</v>
+      </c>
+      <c r="G12" t="s">
+        <v>221</v>
+      </c>
+      <c r="H12" t="s">
+        <v>222</v>
+      </c>
+      <c r="I12" t="s">
+        <v>182</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="s">
+        <v>177</v>
+      </c>
+      <c r="B13" t="s">
+        <v>223</v>
+      </c>
+      <c r="C13" t="s">
+        <v>13</v>
+      </c>
+      <c r="D13" t="s">
+        <v>13</v>
+      </c>
+      <c r="E13" t="s">
+        <v>224</v>
+      </c>
+      <c r="F13" t="s">
+        <v>13</v>
+      </c>
+      <c r="G13" t="s">
+        <v>225</v>
+      </c>
+      <c r="H13" t="s">
+        <v>226</v>
+      </c>
+      <c r="I13" t="s">
+        <v>182</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" t="s">
+        <v>177</v>
+      </c>
+      <c r="B14" t="s">
+        <v>227</v>
+      </c>
+      <c r="C14" t="s">
+        <v>13</v>
+      </c>
+      <c r="D14" t="s">
+        <v>13</v>
+      </c>
+      <c r="E14" t="s">
+        <v>228</v>
+      </c>
+      <c r="F14" t="s">
+        <v>13</v>
+      </c>
+      <c r="G14" t="s">
+        <v>229</v>
+      </c>
+      <c r="H14" t="s">
+        <v>230</v>
+      </c>
+      <c r="I14" t="s">
+        <v>182</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" t="s">
+        <v>177</v>
+      </c>
+      <c r="B15" t="s">
+        <v>231</v>
+      </c>
+      <c r="C15" t="s">
+        <v>13</v>
+      </c>
+      <c r="D15" t="s">
+        <v>13</v>
+      </c>
+      <c r="E15" t="s">
+        <v>232</v>
+      </c>
+      <c r="F15" t="s">
+        <v>13</v>
+      </c>
+      <c r="G15" t="s">
+        <v>233</v>
+      </c>
+      <c r="H15" t="s">
+        <v>234</v>
+      </c>
+      <c r="I15" t="s">
+        <v>182</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" t="s">
+        <v>177</v>
+      </c>
+      <c r="B16" t="s">
+        <v>235</v>
+      </c>
+      <c r="C16" t="s">
+        <v>13</v>
+      </c>
+      <c r="D16" t="s">
+        <v>13</v>
+      </c>
+      <c r="E16" t="s">
+        <v>236</v>
+      </c>
+      <c r="F16" t="s">
+        <v>13</v>
+      </c>
+      <c r="G16" t="s">
+        <v>237</v>
+      </c>
+      <c r="H16" t="s">
+        <v>238</v>
+      </c>
+      <c r="I16" t="s">
+        <v>182</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:I1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H6"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>239</v>
+      </c>
+      <c r="B2" t="s">
+        <v>240</v>
+      </c>
+      <c r="C2" t="s">
+        <v>241</v>
+      </c>
+      <c r="D2" t="s">
+        <v>242</v>
+      </c>
+      <c r="E2" t="s">
+        <v>243</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>244</v>
+      </c>
+      <c r="H2" t="s">
+        <v>245</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>239</v>
+      </c>
+      <c r="B3" t="s">
+        <v>246</v>
+      </c>
+      <c r="C3" t="s">
+        <v>247</v>
+      </c>
+      <c r="D3" t="s">
+        <v>248</v>
+      </c>
+      <c r="E3" t="s">
+        <v>249</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>250</v>
+      </c>
+      <c r="H3" t="s">
+        <v>251</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>239</v>
+      </c>
+      <c r="B4" t="s">
+        <v>252</v>
+      </c>
+      <c r="C4" t="s">
+        <v>253</v>
+      </c>
+      <c r="D4" t="s">
+        <v>254</v>
+      </c>
+      <c r="E4" t="s">
+        <v>255</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>256</v>
+      </c>
+      <c r="H4" t="s">
+        <v>257</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>239</v>
+      </c>
+      <c r="B5" t="s">
+        <v>258</v>
+      </c>
+      <c r="C5" t="s">
+        <v>259</v>
+      </c>
+      <c r="D5" t="s">
+        <v>254</v>
+      </c>
+      <c r="E5" t="s">
+        <v>260</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>261</v>
+      </c>
+      <c r="H5" t="s">
+        <v>262</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>239</v>
+      </c>
+      <c r="B6" t="s">
+        <v>263</v>
+      </c>
+      <c r="C6" t="s">
+        <v>264</v>
+      </c>
+      <c r="D6" t="s">
+        <v>265</v>
+      </c>
+      <c r="E6" t="s">
+        <v>266</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
+        <v>267</v>
+      </c>
+      <c r="H6" t="s">
+        <v>268</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:N2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
-        <v>16</v>
+        <v>269</v>
       </c>
       <c r="J1" t="s">
-        <v>17</v>
+        <v>270</v>
       </c>
       <c r="K1" t="s">
-        <v>18</v>
+        <v>271</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>19</v>
+        <v>272</v>
       </c>
       <c r="B2" t="s">
-        <v>20</v>
+        <v>273</v>
       </c>
       <c r="C2" t="s">
         <v>13</v>
       </c>
       <c r="D2" t="s">
         <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>21</v>
+        <v>274</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>22</v>
+        <v>275</v>
       </c>
       <c r="H2" t="s">
-        <v>23</v>
+        <v>276</v>
       </c>
       <c r="I2" t="s">
-        <v>24</v>
+        <v>277</v>
       </c>
       <c r="J2" t="s">
-        <v>25</v>
+        <v>278</v>
       </c>
       <c r="K2" t="s">
-        <v>26</v>
+        <v>279</v>
       </c>
       <c r="L2" t="s">
-        <v>27</v>
+        <v>280</v>
       </c>
       <c r="M2" t="s">
-        <v>28</v>
+        <v>281</v>
       </c>
       <c r="N2" t="s">
-        <v>29</v>
+        <v>282</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>