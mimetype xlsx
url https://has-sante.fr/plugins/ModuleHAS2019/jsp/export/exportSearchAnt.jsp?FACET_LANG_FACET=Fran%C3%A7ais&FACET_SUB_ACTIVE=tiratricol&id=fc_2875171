--- v0 (2025-10-19)
+++ v1 (2025-12-03)
@@ -18,51 +18,51 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export Guide maladie chronique" r:id="rId3" sheetId="1"/>
     <sheet name="Export évènement de calendrier" r:id="rId4" sheetId="2"/>
     <sheet name="Export Avis et décisions de la " r:id="rId5" sheetId="3"/>
     <sheet name="Export Medicament" r:id="rId6" sheetId="4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Avis et décisions de la '!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="82" uniqueCount="46">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="91" uniqueCount="51">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
@@ -74,54 +74,69 @@
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de RHTβ. Il a été élaboré par le Centre de Référence des Maladies Rares de la Thyroïde et des Récepteurs Hormonaux (CRMR-TRH) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>06/02/2024 00:00:00</t>
   </si>
   <si>
     <t>09/02/2024 08:27:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3493353/fr/syndrome-de-resistance-aux-hormones-thyroidiennes-par-variant-pathogene-de-thrb</t>
   </si>
   <si>
     <t>p_3493353</t>
   </si>
   <si>
     <t>Type d'évènement</t>
   </si>
   <si>
     <t>Evénement de Calendrier</t>
   </si>
   <si>
+    <t>Collège délibératif du 24 juillet 2025</t>
+  </si>
+  <si>
+    <t>29/07/2025 17:04:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3638332/fr/college-deliberatif-du-24-juillet-2025</t>
+  </si>
+  <si>
+    <t>p_3638332</t>
+  </si>
+  <si>
+    <t>Collège</t>
+  </si>
+  <si>
     <t>Commission de la transparence - Réunion du 10 septembre 2025</t>
   </si>
   <si>
-    <t>03/09/2025 16:02:49</t>
+    <t>03/09/2025 16:02:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3643451/fr/commission-de-la-transparence-reunion-du-10-septembre-2025</t>
   </si>
   <si>
     <t>p_3643451</t>
   </si>
   <si>
     <t>Commission</t>
   </si>
   <si>
     <t>Commission de la transparence - Réunion du 16 juillet 2025</t>
   </si>
   <si>
     <t>10/07/2025 15:43:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3635468/fr/commission-de-la-transparence-reunion-du-16-juillet-2025</t>
   </si>
   <si>
     <t>p_3635468</t>
   </si>
   <si>
     <t>Avis et décisions de la HAS</t>
   </si>
@@ -272,51 +287,51 @@
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
         <v>14</v>
       </c>
       <c r="H2" t="s">
         <v>15</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:I3"/>
+  <dimension ref="A1:I4"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -362,199 +377,228 @@
       <c r="A3" t="s">
         <v>17</v>
       </c>
       <c r="B3" t="s">
         <v>23</v>
       </c>
       <c r="C3" t="s">
         <v>13</v>
       </c>
       <c r="D3" t="s">
         <v>13</v>
       </c>
       <c r="E3" t="s">
         <v>24</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
         <v>25</v>
       </c>
       <c r="H3" t="s">
         <v>26</v>
       </c>
       <c r="I3" t="s">
-        <v>22</v>
+        <v>27</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>17</v>
+      </c>
+      <c r="B4" t="s">
+        <v>28</v>
+      </c>
+      <c r="C4" t="s">
+        <v>13</v>
+      </c>
+      <c r="D4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E4" t="s">
+        <v>29</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>30</v>
+      </c>
+      <c r="H4" t="s">
+        <v>31</v>
+      </c>
+      <c r="I4" t="s">
+        <v>27</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:I1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>27</v>
+        <v>32</v>
       </c>
       <c r="B2" t="s">
-        <v>28</v>
+        <v>33</v>
       </c>
       <c r="C2" t="s">
-        <v>29</v>
+        <v>34</v>
       </c>
       <c r="D2" t="s">
-        <v>30</v>
+        <v>35</v>
       </c>
       <c r="E2" t="s">
-        <v>31</v>
+        <v>36</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>32</v>
+        <v>37</v>
       </c>
       <c r="H2" t="s">
-        <v>33</v>
+        <v>38</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:L2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
-        <v>34</v>
+        <v>39</v>
       </c>
       <c r="J1" t="s">
-        <v>35</v>
+        <v>40</v>
       </c>
       <c r="K1" t="s">
-        <v>36</v>
+        <v>41</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>37</v>
+        <v>42</v>
       </c>
       <c r="B2" t="s">
-        <v>38</v>
+        <v>43</v>
       </c>
       <c r="C2" t="s">
         <v>13</v>
       </c>
       <c r="D2" t="s">
         <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>39</v>
+        <v>44</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>40</v>
+        <v>45</v>
       </c>
       <c r="H2" t="s">
-        <v>41</v>
+        <v>46</v>
       </c>
       <c r="I2" t="s">
-        <v>42</v>
+        <v>47</v>
       </c>
       <c r="J2" t="s">
-        <v>43</v>
+        <v>48</v>
       </c>
       <c r="K2" t="s">
-        <v>44</v>
+        <v>49</v>
       </c>
       <c r="L2" t="s">
-        <v>45</v>
+        <v>50</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>