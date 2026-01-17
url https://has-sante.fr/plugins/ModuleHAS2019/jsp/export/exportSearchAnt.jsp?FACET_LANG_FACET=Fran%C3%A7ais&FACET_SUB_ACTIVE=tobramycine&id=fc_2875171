--- v0 (2025-10-18)
+++ v1 (2026-01-17)
@@ -9,62 +9,62 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet5.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet6.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet7.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet8.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export Avis sur les dispositifs" r:id="rId3" sheetId="1"/>
     <sheet name="Export Recommandation en santé " r:id="rId4" sheetId="2"/>
-    <sheet name="Export Recommandation de bonne " r:id="rId5" sheetId="3"/>
-    <sheet name="Export Guide maladie chronique" r:id="rId6" sheetId="4"/>
+    <sheet name="Export Guide maladie chronique" r:id="rId5" sheetId="3"/>
+    <sheet name="Export Recommandation de bonne " r:id="rId6" sheetId="4"/>
     <sheet name="Export Evaluation des technolog" r:id="rId7" sheetId="5"/>
     <sheet name="Export évènement de calendrier" r:id="rId8" sheetId="6"/>
     <sheet name="Export Avis et décisions de la " r:id="rId9" sheetId="7"/>
     <sheet name="Export Medicament" r:id="rId10" sheetId="8"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Avis sur les dispositifs'!$B$1:$J$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Recommandation en santé '!$B$1:$H$1</definedName>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="6" hidden="true">'Export Avis et décisions de la '!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="7" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="349" uniqueCount="194">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
@@ -161,50 +161,113 @@
   <si>
     <t>WRIGHT MEDICAL</t>
   </si>
   <si>
     <t>Recommandation en santé publique</t>
   </si>
   <si>
     <t>Le dépistage néonatal systématique de la mucovsicidose en France : état des lieux et perspectives après 5 ans de fonctionnement</t>
   </si>
   <si>
     <t>Le dépistage néonatal systématique de la mucovsicidose a été généralisé en France en 2002. Cinq ans après sa mise en oeuvre effective, la direction générale de la santé (DGS) a souhaité que la HAS évalue la qualité de ce dépistage en identifiant ses points forts et ses voies d’amélioration le cas échéant. Ce travail constitue un état des lieux du dépistage en cours (fonctionnement quotidien, difficultés potentielles rencontrées par les acteurs, résultats quantitatifs) et non pas une évaluation formelle, comparative du programme notamment du fait de l’absence de données suffisantes sur la période précédant le dépistage. Il constitue donc un préalable à la réalisation d’évaluations plus complètes de certains aspects du dépistage (opportunité du changement de test, fonctionnement des structures de prise en charge du dépistage…).</t>
   </si>
   <si>
     <t>28/01/2009 00:00:00</t>
   </si>
   <si>
     <t>06/04/2009 13:52:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_765713/fr/le-depistage-neonatal-systematique-de-la-mucovsicidose-en-france-etat-des-lieux-et-perspectives-apres-5-ans-de-fonctionnement</t>
   </si>
   <si>
     <t>c_765713</t>
   </si>
   <si>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Mucoviscidose</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de mucoviscidoses. Il a été élaboré par le Centre de Référence Mucoviscidose à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>05/12/2025 11:04:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2792719/fr/mucoviscidose</t>
+  </si>
+  <si>
+    <t>c_2792719</t>
+  </si>
+  <si>
+    <t>Évaluation diagnostique et prise en charge des affections liées ou associées à CFTR</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale le conseil génétique et le parcours de soins dans le cadre des affections liées et associées à CFTR et des formes non conclues au dépistage néonatal. Il a été élaboré par le Centre de Référence Maladie Rares Constitutif Mucoviscidose et Maladies apparentées. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>01/12/2021 17:36:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3301594/fr/evaluation-diagnostique-et-prise-en-charge-des-affections-liees-ou-associees-a-cftr</t>
+  </si>
+  <si>
+    <t>p_3301594</t>
+  </si>
+  <si>
+    <t>Bronchectasie de l’enfant, diagnostic et prise en charge (hors mucoviscidose et dyskinésies ciliaires primitives)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un enfant atteint de dilatations des bronches (DDBs) ou bronchectasies (hors mucoviscidose et dyskinésies ciliaires primitives). Il a été élaboré par le Centre de référence des maladies respiratoires rares – RespiRare à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>14/10/2021 08:39:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3290052/fr/bronchectasie-de-l-enfant-diagnostic-et-prise-en-charge-hors-mucoviscidose-et-dyskinesies-ciliaires-primitives</t>
+  </si>
+  <si>
+    <t>p_3290052</t>
+  </si>
+  <si>
+    <t>Dyskinésies ciliaires primitives</t>
+  </si>
+  <si>
+    <t>L’objectif de ce protocole national de diagnostic et de soins (PNDS) est d’expliciter pour les professionnels de santé la prise en charge optimale et le parcours de soins d’un patient atteint de dyskinésie ciliaire primitive (DCP).</t>
+  </si>
+  <si>
+    <t>12/01/2018 10:10:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2819338/fr/dyskinesies-ciliaires-primitives</t>
+  </si>
+  <si>
+    <t>c_2819338</t>
+  </si>
+  <si>
     <t>Recommandation de bonne pratique</t>
   </si>
   <si>
     <t>Antibiogrammes ciblés pour les infections urinaires à Entérobactéries dans la population féminine adulte (à partir de 12 ans)</t>
   </si>
   <si>
     <t>Ces recommandations visent à améliorer les pratiques des professionnels en favorisant la diffusion, la promotion et la mise à disposition de tous les prescripteurs d’outils de bon usage des antibiotiques notamment en favorisant les antibiogrammes ciblés dans les ECBU positifs à entérobactéries.</t>
   </si>
   <si>
     <t>05/10/2023 00:00:00</t>
   </si>
   <si>
     <t>10/10/2023 09:03:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3262788/fr/antibiogrammes-cibles-pour-les-infections-urinaires-a-enterobacteries-dans-la-population-feminine-adulte-a-partir-de-12-ans</t>
   </si>
   <si>
     <t>p_3262788</t>
   </si>
   <si>
     <t>Antibiothérapie des infections à entérobactéries et à Pseudomonas aeruginosa chez l’adulte : place des carbapénèmes et de leurs alternatives</t>
   </si>
   <si>
     <t>L’enjeu de ces recommandations est une meilleure utilisation des carbapénèmes, avec un objectif de réduction de leur consommation, principalement à l’hôpital, en limitant au strict nécessaire leur utilisation en antibiothérapie probabiliste ou documentée afin de préserver leur efficacité.</t>
@@ -270,113 +333,50 @@
     <t>15/01/2003 16:51:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_272206/fr/prise-en-charge-du-patient-atteint-de-mucoviscidose-pneumologie-et-infectiologie</t>
   </si>
   <si>
     <t>c_272206</t>
   </si>
   <si>
     <t>Diagnostic et traitement curatif de l'infection bactérienne précoce du nouveau-né</t>
   </si>
   <si>
     <t>Ces recommandations professionnelles répondent aux questions suivantes : 1 Quels sont les critères anamnestiques et les signes cliniques de suspicion d'une infection bactérienne chez un nouveau-né ? 1 Quel bilan biologique faut-il pratiquer chez un nouveau-né suspect d'infection bactérienne ? 1 Quel bilan bactériologique faut-il pratiquer chez un nouveau-né suspect d'infection bactérienne ? 1 Quelle stratégie thérapeutique est recommandée ?</t>
   </si>
   <si>
     <t>01/09/2002 00:00:00</t>
   </si>
   <si>
     <t>01/09/2002 17:51:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_272226/fr/diagnostic-et-traitement-curatif-de-l-infection-bacterienne-precoce-du-nouveau-ne</t>
   </si>
   <si>
     <t>c_272226</t>
-  </si>
-[...61 lines deleted...]
-    <t>c_2792719</t>
   </si>
   <si>
     <t>Evaluation des technologies de santé</t>
   </si>
   <si>
     <t>Ciments avec ou sans antibiotiques pour la fixation des implants articulaires</t>
   </si>
   <si>
     <t>Le ciment chirurgical est utilisé pour la fixation d’implants articulaires tels que la hanche, le genou, l’épaule, la cheville et le coude.</t>
   </si>
   <si>
     <t>20/12/2016 00:00:00</t>
   </si>
   <si>
     <t>09/02/2017 10:04:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2607290/fr/ciments-avec-ou-sans-antibiotiques-pour-la-fixation-des-implants-articulaires</t>
   </si>
   <si>
     <t>c_2607290</t>
   </si>
   <si>
     <t>Type d'évènement</t>
   </si>
@@ -902,379 +902,379 @@
       </c>
       <c r="D2" t="s">
         <v>39</v>
       </c>
       <c r="E2" t="s">
         <v>40</v>
       </c>
       <c r="F2" t="s">
         <v>12</v>
       </c>
       <c r="G2" t="s">
         <v>41</v>
       </c>
       <c r="H2" t="s">
         <v>42</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H5"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>43</v>
+      </c>
+      <c r="B2" t="s">
+        <v>44</v>
+      </c>
+      <c r="C2" t="s">
+        <v>45</v>
+      </c>
+      <c r="D2" t="s">
+        <v>12</v>
+      </c>
+      <c r="E2" t="s">
+        <v>46</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>47</v>
+      </c>
+      <c r="H2" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>43</v>
+      </c>
+      <c r="B3" t="s">
+        <v>49</v>
+      </c>
+      <c r="C3" t="s">
+        <v>50</v>
+      </c>
+      <c r="D3" t="s">
+        <v>12</v>
+      </c>
+      <c r="E3" t="s">
+        <v>51</v>
+      </c>
+      <c r="F3" t="s">
+        <v>12</v>
+      </c>
+      <c r="G3" t="s">
+        <v>52</v>
+      </c>
+      <c r="H3" t="s">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>43</v>
+      </c>
+      <c r="B4" t="s">
+        <v>54</v>
+      </c>
+      <c r="C4" t="s">
+        <v>55</v>
+      </c>
+      <c r="D4" t="s">
+        <v>12</v>
+      </c>
+      <c r="E4" t="s">
+        <v>56</v>
+      </c>
+      <c r="F4" t="s">
+        <v>12</v>
+      </c>
+      <c r="G4" t="s">
+        <v>57</v>
+      </c>
+      <c r="H4" t="s">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>43</v>
+      </c>
+      <c r="B5" t="s">
+        <v>59</v>
+      </c>
+      <c r="C5" t="s">
+        <v>60</v>
+      </c>
+      <c r="D5" t="s">
+        <v>12</v>
+      </c>
+      <c r="E5" t="s">
+        <v>61</v>
+      </c>
+      <c r="F5" t="s">
+        <v>12</v>
+      </c>
+      <c r="G5" t="s">
+        <v>62</v>
+      </c>
+      <c r="H5" t="s">
+        <v>63</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H7"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>43</v>
+        <v>64</v>
       </c>
       <c r="B2" t="s">
-        <v>44</v>
+        <v>65</v>
       </c>
       <c r="C2" t="s">
-        <v>45</v>
+        <v>66</v>
       </c>
       <c r="D2" t="s">
-        <v>46</v>
+        <v>67</v>
       </c>
       <c r="E2" t="s">
-        <v>47</v>
+        <v>68</v>
       </c>
       <c r="F2" t="s">
         <v>12</v>
       </c>
       <c r="G2" t="s">
-        <v>48</v>
+        <v>69</v>
       </c>
       <c r="H2" t="s">
-        <v>49</v>
+        <v>70</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>43</v>
+        <v>64</v>
       </c>
       <c r="B3" t="s">
-        <v>50</v>
+        <v>71</v>
       </c>
       <c r="C3" t="s">
-        <v>51</v>
+        <v>72</v>
       </c>
       <c r="D3" t="s">
-        <v>52</v>
+        <v>73</v>
       </c>
       <c r="E3" t="s">
-        <v>53</v>
+        <v>74</v>
       </c>
       <c r="F3" t="s">
         <v>12</v>
       </c>
       <c r="G3" t="s">
-        <v>54</v>
+        <v>75</v>
       </c>
       <c r="H3" t="s">
-        <v>55</v>
+        <v>76</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>43</v>
+        <v>64</v>
       </c>
       <c r="B4" t="s">
-        <v>56</v>
+        <v>77</v>
       </c>
       <c r="C4" t="s">
-        <v>57</v>
+        <v>78</v>
       </c>
       <c r="D4" t="s">
-        <v>58</v>
+        <v>79</v>
       </c>
       <c r="E4" t="s">
-        <v>59</v>
+        <v>80</v>
       </c>
       <c r="F4" t="s">
         <v>12</v>
       </c>
       <c r="G4" t="s">
-        <v>60</v>
+        <v>81</v>
       </c>
       <c r="H4" t="s">
-        <v>61</v>
+        <v>82</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>43</v>
+        <v>64</v>
       </c>
       <c r="B5" t="s">
-        <v>62</v>
+        <v>83</v>
       </c>
       <c r="C5" t="s">
-        <v>63</v>
+        <v>84</v>
       </c>
       <c r="D5" t="s">
-        <v>64</v>
+        <v>85</v>
       </c>
       <c r="E5" t="s">
-        <v>65</v>
+        <v>86</v>
       </c>
       <c r="F5" t="s">
         <v>12</v>
       </c>
       <c r="G5" t="s">
-        <v>66</v>
+        <v>87</v>
       </c>
       <c r="H5" t="s">
-        <v>67</v>
+        <v>88</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>43</v>
+        <v>64</v>
       </c>
       <c r="B6" t="s">
-        <v>68</v>
+        <v>89</v>
       </c>
       <c r="C6" t="s">
-        <v>69</v>
+        <v>90</v>
       </c>
       <c r="D6" t="s">
-        <v>70</v>
+        <v>91</v>
       </c>
       <c r="E6" t="s">
-        <v>71</v>
+        <v>92</v>
       </c>
       <c r="F6" t="s">
         <v>12</v>
       </c>
       <c r="G6" t="s">
-        <v>72</v>
+        <v>93</v>
       </c>
       <c r="H6" t="s">
-        <v>73</v>
+        <v>94</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>43</v>
+        <v>64</v>
       </c>
       <c r="B7" t="s">
-        <v>74</v>
+        <v>95</v>
       </c>
       <c r="C7" t="s">
-        <v>75</v>
+        <v>96</v>
       </c>
       <c r="D7" t="s">
-        <v>76</v>
+        <v>97</v>
       </c>
       <c r="E7" t="s">
-        <v>77</v>
+        <v>98</v>
       </c>
       <c r="F7" t="s">
         <v>12</v>
       </c>
       <c r="G7" t="s">
-        <v>78</v>
+        <v>99</v>
       </c>
       <c r="H7" t="s">
-        <v>79</v>
-[...142 lines deleted...]
-      <c r="H5" t="s">
         <v>100</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">